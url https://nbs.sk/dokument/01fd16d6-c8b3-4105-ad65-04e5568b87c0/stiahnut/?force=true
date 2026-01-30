--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,80 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EEA272BC-7E77-4A52-8A9D-168A1D2F1EEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{23DA1F4A-B851-430E-B549-DEDC7B30B8E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="assets_liabilities" sheetId="103" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">assets_liabilities!$A:$A,assets_liabilities!$11:$17</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">assets_liabilities!$B$9</definedName>
     <definedName name="REFNAZBAN1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">assets_liabilities!$F$9</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="118">
   <si>
     <t>1.   Cash</t>
   </si>
   <si>
     <t>1e.   Of which: euro</t>
   </si>
   <si>
     <t>1x.    Foreign currencies</t>
   </si>
   <si>
     <t>2.    Loans</t>
   </si>
   <si>
     <t xml:space="preserve">      up to 1 year</t>
   </si>
   <si>
     <t xml:space="preserve">       over 1 year and up to 5 years</t>
   </si>
   <si>
     <t xml:space="preserve">       over 5 years</t>
@@ -1960,117 +1947,117 @@
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="5" borderId="48" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="5" borderId="35" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="5" borderId="23" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="6" borderId="30" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="6" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="65" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="5" borderId="26" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="5" fillId="5" borderId="28" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="5" borderId="7" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="5" fillId="5" borderId="29" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="5" borderId="67" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="5" fillId="5" borderId="66" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="5" borderId="52" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="5" borderId="53" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="5" borderId="54" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="5" borderId="53" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="3" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="4" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="31" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="9" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="27" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="11" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="25" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="5" borderId="28" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="32" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="33" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="5" borderId="68" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="5" borderId="52" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="6" fillId="5" borderId="54" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="5" borderId="53" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="5" fillId="5" borderId="26" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="5" borderId="54" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="5" fillId="5" borderId="7" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="5" borderId="67" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="11">
     <cellStyle name="Currency 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 2_VS_MCR_01_01_8" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 3 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 3 2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 4" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal_VS_MCR01_01_1" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -2789,496 +2776,496 @@
       <c r="AH10" s="8"/>
       <c r="AI10" s="8"/>
       <c r="AJ10" s="8"/>
       <c r="AK10" s="8"/>
       <c r="AL10" s="8"/>
       <c r="AM10" s="8"/>
       <c r="AN10" s="8"/>
       <c r="AO10" s="8"/>
       <c r="AP10" s="8"/>
       <c r="AQ10" s="8"/>
       <c r="AR10" s="4"/>
       <c r="AS10" s="8"/>
       <c r="AT10" s="8"/>
       <c r="AU10" s="4" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="11" spans="1:47" s="8" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="16"/>
       <c r="B11" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="17" t="s">
         <v>76</v>
       </c>
-      <c r="D11" s="168" t="s">
+      <c r="D11" s="153" t="s">
         <v>77</v>
       </c>
-      <c r="E11" s="171"/>
-[...3 lines deleted...]
-      <c r="I11" s="168" t="s">
+      <c r="E11" s="154"/>
+      <c r="F11" s="154"/>
+      <c r="G11" s="154"/>
+      <c r="H11" s="155"/>
+      <c r="I11" s="153" t="s">
         <v>78</v>
       </c>
-      <c r="J11" s="171"/>
-[...2 lines deleted...]
-      <c r="M11" s="168" t="s">
+      <c r="J11" s="154"/>
+      <c r="K11" s="154"/>
+      <c r="L11" s="155"/>
+      <c r="M11" s="153" t="s">
         <v>79</v>
       </c>
-      <c r="N11" s="171"/>
-[...8 lines deleted...]
-      <c r="W11" s="165" t="s">
+      <c r="N11" s="154"/>
+      <c r="O11" s="154"/>
+      <c r="P11" s="154"/>
+      <c r="Q11" s="154"/>
+      <c r="R11" s="154"/>
+      <c r="S11" s="154"/>
+      <c r="T11" s="154"/>
+      <c r="U11" s="154"/>
+      <c r="V11" s="154"/>
+      <c r="W11" s="166" t="s">
         <v>80</v>
       </c>
-      <c r="X11" s="168" t="s">
+      <c r="X11" s="153" t="s">
         <v>81</v>
       </c>
-      <c r="Y11" s="169"/>
-[...2 lines deleted...]
-      <c r="AB11" s="168" t="s">
+      <c r="Y11" s="156"/>
+      <c r="Z11" s="156"/>
+      <c r="AA11" s="169"/>
+      <c r="AB11" s="153" t="s">
         <v>82</v>
       </c>
-      <c r="AC11" s="171"/>
-[...3 lines deleted...]
-      <c r="AG11" s="168" t="s">
+      <c r="AC11" s="154"/>
+      <c r="AD11" s="154"/>
+      <c r="AE11" s="154"/>
+      <c r="AF11" s="155"/>
+      <c r="AG11" s="153" t="s">
         <v>83</v>
       </c>
-      <c r="AH11" s="169"/>
-[...3 lines deleted...]
-      <c r="AL11" s="171"/>
+      <c r="AH11" s="156"/>
+      <c r="AI11" s="154"/>
+      <c r="AJ11" s="154"/>
+      <c r="AK11" s="154"/>
+      <c r="AL11" s="154"/>
       <c r="AM11" s="18" t="s">
         <v>84</v>
       </c>
       <c r="AN11" s="18"/>
       <c r="AO11" s="18"/>
       <c r="AP11" s="19"/>
-      <c r="AQ11" s="168" t="s">
+      <c r="AQ11" s="153" t="s">
         <v>85</v>
       </c>
-      <c r="AR11" s="171"/>
-[...1 lines deleted...]
-      <c r="AT11" s="172"/>
+      <c r="AR11" s="154"/>
+      <c r="AS11" s="154"/>
+      <c r="AT11" s="155"/>
       <c r="AU11" s="20" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:47" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="21"/>
       <c r="B12" s="22"/>
       <c r="C12" s="22"/>
-      <c r="D12" s="162" t="s">
+      <c r="D12" s="150" t="s">
         <v>86</v>
       </c>
       <c r="E12" s="147" t="s">
         <v>87</v>
       </c>
       <c r="F12" s="147" t="s">
         <v>88</v>
       </c>
       <c r="G12" s="147" t="s">
         <v>89</v>
       </c>
       <c r="H12" s="147" t="s">
         <v>90</v>
       </c>
-      <c r="I12" s="162" t="s">
+      <c r="I12" s="150" t="s">
         <v>86</v>
       </c>
       <c r="J12" s="147" t="s">
         <v>91</v>
       </c>
       <c r="K12" s="147" t="s">
         <v>92</v>
       </c>
       <c r="L12" s="147" t="s">
         <v>93</v>
       </c>
-      <c r="M12" s="162" t="s">
+      <c r="M12" s="150" t="s">
         <v>86</v>
       </c>
-      <c r="N12" s="162" t="s">
+      <c r="N12" s="150" t="s">
         <v>94</v>
       </c>
-      <c r="O12" s="162" t="s">
+      <c r="O12" s="150" t="s">
         <v>95</v>
       </c>
-      <c r="P12" s="162" t="s">
+      <c r="P12" s="150" t="s">
         <v>96</v>
       </c>
-      <c r="Q12" s="162" t="s">
+      <c r="Q12" s="150" t="s">
         <v>97</v>
       </c>
-      <c r="R12" s="162" t="s">
+      <c r="R12" s="150" t="s">
         <v>98</v>
       </c>
-      <c r="S12" s="153" t="s">
+      <c r="S12" s="157" t="s">
         <v>99</v>
       </c>
-      <c r="T12" s="154"/>
-[...3 lines deleted...]
-      <c r="X12" s="162" t="s">
+      <c r="T12" s="158"/>
+      <c r="U12" s="158"/>
+      <c r="V12" s="159"/>
+      <c r="W12" s="167"/>
+      <c r="X12" s="150" t="s">
         <v>100</v>
       </c>
       <c r="Y12" s="23" t="s">
         <v>101</v>
       </c>
       <c r="Z12" s="24"/>
       <c r="AA12" s="25"/>
-      <c r="AB12" s="162" t="s">
+      <c r="AB12" s="150" t="s">
         <v>86</v>
       </c>
       <c r="AC12" s="147" t="s">
         <v>91</v>
       </c>
       <c r="AD12" s="147" t="s">
         <v>102</v>
       </c>
       <c r="AE12" s="147" t="s">
         <v>92</v>
       </c>
       <c r="AF12" s="147" t="s">
         <v>93</v>
       </c>
-      <c r="AG12" s="162" t="s">
+      <c r="AG12" s="150" t="s">
         <v>86</v>
       </c>
       <c r="AH12" s="147" t="s">
         <v>94</v>
       </c>
       <c r="AI12" s="147" t="s">
         <v>95</v>
       </c>
       <c r="AJ12" s="147" t="s">
         <v>96</v>
       </c>
       <c r="AK12" s="147" t="s">
         <v>97</v>
       </c>
       <c r="AL12" s="147" t="s">
         <v>98</v>
       </c>
-      <c r="AM12" s="153" t="s">
+      <c r="AM12" s="157" t="s">
         <v>103</v>
       </c>
-      <c r="AN12" s="154"/>
-[...2 lines deleted...]
-      <c r="AQ12" s="162" t="s">
+      <c r="AN12" s="158"/>
+      <c r="AO12" s="158"/>
+      <c r="AP12" s="159"/>
+      <c r="AQ12" s="150" t="s">
         <v>86</v>
       </c>
       <c r="AR12" s="147" t="s">
         <v>104</v>
       </c>
       <c r="AS12" s="147" t="s">
         <v>78</v>
       </c>
       <c r="AT12" s="147" t="s">
         <v>105</v>
       </c>
       <c r="AU12" s="26"/>
     </row>
     <row r="13" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="21" t="s">
         <v>116</v>
       </c>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
-      <c r="D13" s="163"/>
+      <c r="D13" s="151"/>
       <c r="E13" s="148"/>
       <c r="F13" s="148"/>
       <c r="G13" s="148"/>
       <c r="H13" s="148"/>
-      <c r="I13" s="163"/>
+      <c r="I13" s="151"/>
       <c r="J13" s="148"/>
       <c r="K13" s="148"/>
       <c r="L13" s="148"/>
-      <c r="M13" s="163"/>
-[...11 lines deleted...]
-      <c r="Y13" s="150" t="s">
+      <c r="M13" s="151"/>
+      <c r="N13" s="151"/>
+      <c r="O13" s="151"/>
+      <c r="P13" s="151"/>
+      <c r="Q13" s="151"/>
+      <c r="R13" s="151"/>
+      <c r="S13" s="160"/>
+      <c r="T13" s="161"/>
+      <c r="U13" s="161"/>
+      <c r="V13" s="162"/>
+      <c r="W13" s="167"/>
+      <c r="X13" s="151"/>
+      <c r="Y13" s="170" t="s">
         <v>106</v>
       </c>
-      <c r="Z13" s="150" t="s">
+      <c r="Z13" s="170" t="s">
         <v>107</v>
       </c>
-      <c r="AA13" s="150" t="s">
+      <c r="AA13" s="170" t="s">
         <v>90</v>
       </c>
-      <c r="AB13" s="163"/>
+      <c r="AB13" s="151"/>
       <c r="AC13" s="148"/>
       <c r="AD13" s="148"/>
       <c r="AE13" s="148"/>
       <c r="AF13" s="148"/>
-      <c r="AG13" s="163"/>
+      <c r="AG13" s="151"/>
       <c r="AH13" s="148"/>
       <c r="AI13" s="148"/>
       <c r="AJ13" s="148"/>
       <c r="AK13" s="148"/>
       <c r="AL13" s="148"/>
-      <c r="AM13" s="156"/>
-[...3 lines deleted...]
-      <c r="AQ13" s="163"/>
+      <c r="AM13" s="160"/>
+      <c r="AN13" s="161"/>
+      <c r="AO13" s="161"/>
+      <c r="AP13" s="162"/>
+      <c r="AQ13" s="151"/>
       <c r="AR13" s="148"/>
       <c r="AS13" s="148"/>
       <c r="AT13" s="148"/>
       <c r="AU13" s="26"/>
     </row>
     <row r="14" spans="1:47" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="21"/>
       <c r="B14" s="22"/>
       <c r="C14" s="22"/>
-      <c r="D14" s="163"/>
+      <c r="D14" s="151"/>
       <c r="E14" s="148"/>
       <c r="F14" s="148"/>
       <c r="G14" s="148"/>
       <c r="H14" s="148"/>
-      <c r="I14" s="163"/>
+      <c r="I14" s="151"/>
       <c r="J14" s="148"/>
       <c r="K14" s="148"/>
       <c r="L14" s="148"/>
-      <c r="M14" s="163"/>
-[...14 lines deleted...]
-      <c r="AB14" s="163"/>
+      <c r="M14" s="151"/>
+      <c r="N14" s="151"/>
+      <c r="O14" s="151"/>
+      <c r="P14" s="151"/>
+      <c r="Q14" s="151"/>
+      <c r="R14" s="151"/>
+      <c r="S14" s="163"/>
+      <c r="T14" s="164"/>
+      <c r="U14" s="164"/>
+      <c r="V14" s="165"/>
+      <c r="W14" s="167"/>
+      <c r="X14" s="151"/>
+      <c r="Y14" s="171"/>
+      <c r="Z14" s="171"/>
+      <c r="AA14" s="171"/>
+      <c r="AB14" s="151"/>
       <c r="AC14" s="148"/>
       <c r="AD14" s="148"/>
       <c r="AE14" s="148"/>
       <c r="AF14" s="148"/>
-      <c r="AG14" s="163"/>
+      <c r="AG14" s="151"/>
       <c r="AH14" s="148"/>
       <c r="AI14" s="148"/>
       <c r="AJ14" s="148"/>
       <c r="AK14" s="148"/>
       <c r="AL14" s="148"/>
-      <c r="AM14" s="159"/>
-[...3 lines deleted...]
-      <c r="AQ14" s="163"/>
+      <c r="AM14" s="163"/>
+      <c r="AN14" s="164"/>
+      <c r="AO14" s="164"/>
+      <c r="AP14" s="165"/>
+      <c r="AQ14" s="151"/>
       <c r="AR14" s="148"/>
       <c r="AS14" s="148"/>
       <c r="AT14" s="148"/>
       <c r="AU14" s="22"/>
     </row>
     <row r="15" spans="1:47" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="21"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
-      <c r="D15" s="163"/>
+      <c r="D15" s="151"/>
       <c r="E15" s="148"/>
       <c r="F15" s="148"/>
       <c r="G15" s="148"/>
       <c r="H15" s="148"/>
-      <c r="I15" s="163"/>
+      <c r="I15" s="151"/>
       <c r="J15" s="148"/>
       <c r="K15" s="148"/>
       <c r="L15" s="148"/>
-      <c r="M15" s="163"/>
-[...4 lines deleted...]
-      <c r="R15" s="163"/>
+      <c r="M15" s="151"/>
+      <c r="N15" s="151"/>
+      <c r="O15" s="151"/>
+      <c r="P15" s="151"/>
+      <c r="Q15" s="151"/>
+      <c r="R15" s="151"/>
       <c r="S15" s="30" t="s">
         <v>86</v>
       </c>
       <c r="T15" s="27" t="s">
         <v>108</v>
       </c>
       <c r="U15" s="27" t="s">
         <v>109</v>
       </c>
       <c r="V15" s="29" t="s">
         <v>110</v>
       </c>
-      <c r="W15" s="166"/>
-[...4 lines deleted...]
-      <c r="AB15" s="163"/>
+      <c r="W15" s="167"/>
+      <c r="X15" s="151"/>
+      <c r="Y15" s="171"/>
+      <c r="Z15" s="171"/>
+      <c r="AA15" s="171"/>
+      <c r="AB15" s="151"/>
       <c r="AC15" s="148"/>
       <c r="AD15" s="148"/>
       <c r="AE15" s="148"/>
       <c r="AF15" s="148"/>
-      <c r="AG15" s="163"/>
+      <c r="AG15" s="151"/>
       <c r="AH15" s="148"/>
       <c r="AI15" s="148"/>
       <c r="AJ15" s="148"/>
       <c r="AK15" s="148"/>
       <c r="AL15" s="148"/>
       <c r="AM15" s="30" t="s">
         <v>86</v>
       </c>
       <c r="AN15" s="27" t="s">
         <v>108</v>
       </c>
       <c r="AO15" s="27" t="s">
         <v>109</v>
       </c>
       <c r="AP15" s="28" t="s">
         <v>110</v>
       </c>
-      <c r="AQ15" s="163"/>
+      <c r="AQ15" s="151"/>
       <c r="AR15" s="148"/>
       <c r="AS15" s="148"/>
       <c r="AT15" s="148"/>
       <c r="AU15" s="26"/>
     </row>
     <row r="16" spans="1:47" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="21"/>
       <c r="B16" s="22"/>
       <c r="C16" s="22"/>
-      <c r="D16" s="163"/>
+      <c r="D16" s="151"/>
       <c r="E16" s="148"/>
       <c r="F16" s="148"/>
       <c r="G16" s="148"/>
       <c r="H16" s="148"/>
-      <c r="I16" s="163"/>
+      <c r="I16" s="151"/>
       <c r="J16" s="148"/>
       <c r="K16" s="148"/>
       <c r="L16" s="148"/>
-      <c r="M16" s="163"/>
-[...4 lines deleted...]
-      <c r="R16" s="163"/>
+      <c r="M16" s="151"/>
+      <c r="N16" s="151"/>
+      <c r="O16" s="151"/>
+      <c r="P16" s="151"/>
+      <c r="Q16" s="151"/>
+      <c r="R16" s="151"/>
       <c r="S16" s="31"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="29"/>
-      <c r="W16" s="166"/>
-[...4 lines deleted...]
-      <c r="AB16" s="163"/>
+      <c r="W16" s="167"/>
+      <c r="X16" s="151"/>
+      <c r="Y16" s="171"/>
+      <c r="Z16" s="171"/>
+      <c r="AA16" s="171"/>
+      <c r="AB16" s="151"/>
       <c r="AC16" s="148"/>
       <c r="AD16" s="148"/>
       <c r="AE16" s="148"/>
       <c r="AF16" s="148"/>
-      <c r="AG16" s="163"/>
+      <c r="AG16" s="151"/>
       <c r="AH16" s="148"/>
       <c r="AI16" s="148"/>
       <c r="AJ16" s="148"/>
       <c r="AK16" s="148"/>
       <c r="AL16" s="148"/>
       <c r="AM16" s="31"/>
       <c r="AN16" s="27"/>
       <c r="AO16" s="27"/>
       <c r="AP16" s="28"/>
-      <c r="AQ16" s="163"/>
+      <c r="AQ16" s="151"/>
       <c r="AR16" s="148"/>
       <c r="AS16" s="148"/>
       <c r="AT16" s="148"/>
       <c r="AU16" s="26"/>
     </row>
     <row r="17" spans="1:47" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="21"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
-      <c r="D17" s="164"/>
+      <c r="D17" s="152"/>
       <c r="E17" s="149"/>
       <c r="F17" s="149"/>
       <c r="G17" s="149"/>
       <c r="H17" s="149"/>
-      <c r="I17" s="164"/>
+      <c r="I17" s="152"/>
       <c r="J17" s="149"/>
       <c r="K17" s="149"/>
       <c r="L17" s="149"/>
-      <c r="M17" s="164"/>
-[...4 lines deleted...]
-      <c r="R17" s="164"/>
+      <c r="M17" s="152"/>
+      <c r="N17" s="152"/>
+      <c r="O17" s="152"/>
+      <c r="P17" s="152"/>
+      <c r="Q17" s="152"/>
+      <c r="R17" s="152"/>
       <c r="S17" s="31"/>
       <c r="T17" s="27"/>
       <c r="U17" s="27"/>
       <c r="V17" s="29"/>
-      <c r="W17" s="167"/>
-[...4 lines deleted...]
-      <c r="AB17" s="164"/>
+      <c r="W17" s="168"/>
+      <c r="X17" s="152"/>
+      <c r="Y17" s="172"/>
+      <c r="Z17" s="172"/>
+      <c r="AA17" s="172"/>
+      <c r="AB17" s="152"/>
       <c r="AC17" s="149"/>
       <c r="AD17" s="149"/>
       <c r="AE17" s="149"/>
       <c r="AF17" s="149"/>
-      <c r="AG17" s="164"/>
+      <c r="AG17" s="152"/>
       <c r="AH17" s="149"/>
       <c r="AI17" s="149"/>
       <c r="AJ17" s="149"/>
       <c r="AK17" s="149"/>
       <c r="AL17" s="149"/>
       <c r="AM17" s="31"/>
       <c r="AN17" s="27"/>
       <c r="AO17" s="27"/>
       <c r="AP17" s="28"/>
-      <c r="AQ17" s="164"/>
+      <c r="AQ17" s="152"/>
       <c r="AR17" s="149"/>
       <c r="AS17" s="149"/>
       <c r="AT17" s="149"/>
       <c r="AU17" s="26"/>
     </row>
     <row r="18" spans="1:47" s="32" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="89" t="s">
         <v>114</v>
       </c>
       <c r="B18" s="90"/>
       <c r="C18" s="90"/>
       <c r="D18" s="91"/>
       <c r="E18" s="92"/>
       <c r="F18" s="92"/>
       <c r="G18" s="92"/>
       <c r="H18" s="93"/>
       <c r="I18" s="91"/>
       <c r="J18" s="92"/>
       <c r="K18" s="92"/>
       <c r="L18" s="93"/>
       <c r="M18" s="91"/>
       <c r="N18" s="92"/>
       <c r="O18" s="92"/>
       <c r="P18" s="92"/>
       <c r="Q18" s="92"/>
@@ -3290,51 +3277,51 @@
       <c r="W18" s="90"/>
       <c r="X18" s="91"/>
       <c r="Y18" s="92"/>
       <c r="Z18" s="92"/>
       <c r="AA18" s="93"/>
       <c r="AB18" s="91"/>
       <c r="AC18" s="92"/>
       <c r="AD18" s="92"/>
       <c r="AE18" s="92"/>
       <c r="AF18" s="93"/>
       <c r="AG18" s="91"/>
       <c r="AH18" s="92"/>
       <c r="AI18" s="92"/>
       <c r="AJ18" s="92"/>
       <c r="AK18" s="92"/>
       <c r="AL18" s="92"/>
       <c r="AM18" s="92"/>
       <c r="AN18" s="92"/>
       <c r="AO18" s="92"/>
       <c r="AP18" s="93"/>
       <c r="AQ18" s="91"/>
       <c r="AR18" s="92"/>
       <c r="AS18" s="92"/>
       <c r="AT18" s="93"/>
       <c r="AU18" s="146">
-        <v>129520119.26227</v>
+        <v>129519848.26227</v>
       </c>
     </row>
     <row r="19" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="95"/>
       <c r="C19" s="95"/>
       <c r="D19" s="96"/>
       <c r="E19" s="97"/>
       <c r="F19" s="97"/>
       <c r="G19" s="97"/>
       <c r="H19" s="98"/>
       <c r="I19" s="96"/>
       <c r="J19" s="97"/>
       <c r="K19" s="97"/>
       <c r="L19" s="98"/>
       <c r="M19" s="96"/>
       <c r="N19" s="97"/>
       <c r="O19" s="97"/>
       <c r="P19" s="97"/>
       <c r="Q19" s="97"/>
       <c r="R19" s="97"/>
       <c r="S19" s="97"/>
       <c r="T19" s="97"/>
@@ -7288,51 +7275,51 @@
       <c r="W54" s="95"/>
       <c r="X54" s="96"/>
       <c r="Y54" s="97"/>
       <c r="Z54" s="97"/>
       <c r="AA54" s="98"/>
       <c r="AB54" s="96"/>
       <c r="AC54" s="97"/>
       <c r="AD54" s="97"/>
       <c r="AE54" s="97"/>
       <c r="AF54" s="98"/>
       <c r="AG54" s="96"/>
       <c r="AH54" s="97"/>
       <c r="AI54" s="97"/>
       <c r="AJ54" s="97"/>
       <c r="AK54" s="97"/>
       <c r="AL54" s="97"/>
       <c r="AM54" s="97"/>
       <c r="AN54" s="97"/>
       <c r="AO54" s="97"/>
       <c r="AP54" s="98"/>
       <c r="AQ54" s="96"/>
       <c r="AR54" s="97"/>
       <c r="AS54" s="97"/>
       <c r="AT54" s="98"/>
       <c r="AU54" s="100">
-        <v>2350003</v>
+        <v>2349732</v>
       </c>
     </row>
     <row r="55" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A55" s="34" t="s">
         <v>27</v>
       </c>
       <c r="B55" s="81"/>
       <c r="C55" s="50"/>
       <c r="D55" s="51"/>
       <c r="E55" s="52"/>
       <c r="F55" s="52"/>
       <c r="G55" s="52"/>
       <c r="H55" s="53"/>
       <c r="I55" s="51"/>
       <c r="J55" s="52"/>
       <c r="K55" s="52"/>
       <c r="L55" s="53"/>
       <c r="M55" s="51"/>
       <c r="N55" s="52"/>
       <c r="O55" s="52"/>
       <c r="P55" s="52"/>
       <c r="Q55" s="52"/>
       <c r="R55" s="52"/>
       <c r="S55" s="52"/>
       <c r="T55" s="52"/>
@@ -7685,51 +7672,51 @@
       <c r="W61" s="129"/>
       <c r="X61" s="130"/>
       <c r="Y61" s="131"/>
       <c r="Z61" s="131"/>
       <c r="AA61" s="132"/>
       <c r="AB61" s="130"/>
       <c r="AC61" s="131"/>
       <c r="AD61" s="131"/>
       <c r="AE61" s="131"/>
       <c r="AF61" s="132"/>
       <c r="AG61" s="130"/>
       <c r="AH61" s="131"/>
       <c r="AI61" s="131"/>
       <c r="AJ61" s="131"/>
       <c r="AK61" s="131"/>
       <c r="AL61" s="131"/>
       <c r="AM61" s="131"/>
       <c r="AN61" s="131"/>
       <c r="AO61" s="131"/>
       <c r="AP61" s="132"/>
       <c r="AQ61" s="130"/>
       <c r="AR61" s="131"/>
       <c r="AS61" s="131"/>
       <c r="AT61" s="132"/>
       <c r="AU61" s="146">
-        <v>129520119</v>
+        <v>129519848</v>
       </c>
     </row>
     <row r="62" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="42" t="s">
         <v>33</v>
       </c>
       <c r="B62" s="105">
         <v>88734605</v>
       </c>
       <c r="C62" s="105">
         <v>79233089</v>
       </c>
       <c r="D62" s="106">
         <v>162010</v>
       </c>
       <c r="E62" s="107">
         <v>54223</v>
       </c>
       <c r="F62" s="107">
         <v>107787</v>
       </c>
       <c r="G62" s="107">
         <v>0</v>
       </c>
       <c r="H62" s="108">
@@ -11785,51 +11772,51 @@
       <c r="W101" s="144"/>
       <c r="X101" s="145"/>
       <c r="Y101" s="118"/>
       <c r="Z101" s="118"/>
       <c r="AA101" s="117"/>
       <c r="AB101" s="145"/>
       <c r="AC101" s="118"/>
       <c r="AD101" s="118"/>
       <c r="AE101" s="118"/>
       <c r="AF101" s="117"/>
       <c r="AG101" s="145"/>
       <c r="AH101" s="118"/>
       <c r="AI101" s="118"/>
       <c r="AJ101" s="118"/>
       <c r="AK101" s="118"/>
       <c r="AL101" s="118"/>
       <c r="AM101" s="118"/>
       <c r="AN101" s="118"/>
       <c r="AO101" s="118"/>
       <c r="AP101" s="117"/>
       <c r="AQ101" s="145"/>
       <c r="AR101" s="118"/>
       <c r="AS101" s="118"/>
       <c r="AT101" s="117"/>
       <c r="AU101" s="105">
-        <v>15608345</v>
+        <v>15654683</v>
       </c>
     </row>
     <row r="102" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A102" s="36" t="s">
         <v>67</v>
       </c>
       <c r="B102" s="66"/>
       <c r="C102" s="66"/>
       <c r="D102" s="67"/>
       <c r="E102" s="68"/>
       <c r="F102" s="68"/>
       <c r="G102" s="68"/>
       <c r="H102" s="70"/>
       <c r="I102" s="67"/>
       <c r="J102" s="68"/>
       <c r="K102" s="68"/>
       <c r="L102" s="70"/>
       <c r="M102" s="67"/>
       <c r="N102" s="68"/>
       <c r="O102" s="68"/>
       <c r="P102" s="68"/>
       <c r="Q102" s="68"/>
       <c r="R102" s="68"/>
       <c r="S102" s="68"/>
       <c r="T102" s="68"/>
@@ -11891,51 +11878,51 @@
       <c r="W103" s="144"/>
       <c r="X103" s="145"/>
       <c r="Y103" s="118"/>
       <c r="Z103" s="118"/>
       <c r="AA103" s="117"/>
       <c r="AB103" s="145"/>
       <c r="AC103" s="118"/>
       <c r="AD103" s="118"/>
       <c r="AE103" s="118"/>
       <c r="AF103" s="117"/>
       <c r="AG103" s="145"/>
       <c r="AH103" s="118"/>
       <c r="AI103" s="118"/>
       <c r="AJ103" s="118"/>
       <c r="AK103" s="118"/>
       <c r="AL103" s="118"/>
       <c r="AM103" s="118"/>
       <c r="AN103" s="118"/>
       <c r="AO103" s="118"/>
       <c r="AP103" s="117"/>
       <c r="AQ103" s="145"/>
       <c r="AR103" s="118"/>
       <c r="AS103" s="118"/>
       <c r="AT103" s="117"/>
       <c r="AU103" s="105">
-        <v>4462964</v>
+        <v>4416355</v>
       </c>
     </row>
     <row r="104" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A104" s="34" t="s">
         <v>69</v>
       </c>
       <c r="B104" s="50"/>
       <c r="C104" s="50"/>
       <c r="D104" s="51"/>
       <c r="E104" s="52"/>
       <c r="F104" s="52"/>
       <c r="G104" s="52"/>
       <c r="H104" s="53"/>
       <c r="I104" s="51"/>
       <c r="J104" s="52"/>
       <c r="K104" s="52"/>
       <c r="L104" s="53"/>
       <c r="M104" s="51"/>
       <c r="N104" s="52"/>
       <c r="O104" s="52"/>
       <c r="P104" s="52"/>
       <c r="Q104" s="52"/>
       <c r="R104" s="52"/>
       <c r="S104" s="52"/>
       <c r="T104" s="52"/>
@@ -22058,94 +22045,94 @@
       <c r="A3252" s="49"/>
     </row>
     <row r="3253" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3253" s="49"/>
     </row>
     <row r="3254" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3254" s="49"/>
     </row>
     <row r="3255" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3255" s="49"/>
     </row>
     <row r="3256" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3256" s="49"/>
     </row>
     <row r="3257" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3257" s="49"/>
     </row>
     <row r="3258" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3258" s="49"/>
     </row>
     <row r="3259" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3259" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="44">
-    <mergeCell ref="L12:L17"/>
-[...11 lines deleted...]
-    <mergeCell ref="AG11:AL11"/>
+    <mergeCell ref="AS12:AS17"/>
+    <mergeCell ref="AT12:AT17"/>
+    <mergeCell ref="Y13:Y17"/>
+    <mergeCell ref="Z13:Z17"/>
+    <mergeCell ref="AA13:AA17"/>
+    <mergeCell ref="AJ12:AJ17"/>
+    <mergeCell ref="AK12:AK17"/>
+    <mergeCell ref="AL12:AL17"/>
+    <mergeCell ref="AM12:AP14"/>
+    <mergeCell ref="AQ12:AQ17"/>
+    <mergeCell ref="AE12:AE17"/>
+    <mergeCell ref="AF12:AF17"/>
+    <mergeCell ref="AG12:AG17"/>
+    <mergeCell ref="AH12:AH17"/>
+    <mergeCell ref="AI12:AI17"/>
     <mergeCell ref="N12:N17"/>
     <mergeCell ref="I12:I17"/>
     <mergeCell ref="J12:J17"/>
     <mergeCell ref="K12:K17"/>
     <mergeCell ref="AR12:AR17"/>
     <mergeCell ref="X12:X17"/>
     <mergeCell ref="AB12:AB17"/>
     <mergeCell ref="AC12:AC17"/>
     <mergeCell ref="AD12:AD17"/>
     <mergeCell ref="O12:O17"/>
     <mergeCell ref="P12:P17"/>
     <mergeCell ref="Q12:Q17"/>
     <mergeCell ref="R12:R17"/>
     <mergeCell ref="S12:V14"/>
     <mergeCell ref="W11:W17"/>
     <mergeCell ref="X11:AA11"/>
-    <mergeCell ref="AS12:AS17"/>
-[...13 lines deleted...]
-    <mergeCell ref="AI12:AI17"/>
+    <mergeCell ref="AQ11:AT11"/>
+    <mergeCell ref="D11:H11"/>
+    <mergeCell ref="I11:L11"/>
+    <mergeCell ref="M11:V11"/>
+    <mergeCell ref="AB11:AF11"/>
+    <mergeCell ref="AG11:AL11"/>
+    <mergeCell ref="L12:L17"/>
+    <mergeCell ref="M12:M17"/>
+    <mergeCell ref="D12:D17"/>
+    <mergeCell ref="E12:E17"/>
+    <mergeCell ref="F12:F17"/>
+    <mergeCell ref="G12:G17"/>
+    <mergeCell ref="H12:H17"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <conditionalFormatting sqref="B19:AU60 B62:AU109">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="containsBlanks" dxfId="0" priority="2">
       <formula>LEN(TRIM(B19))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.39370078740157483" bottom="0.39370078740157483" header="0.23622047244094491" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="50" pageOrder="overThenDown" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"-,Regular"&amp;10&amp;F&amp;R&amp;"-,Regular"&amp;10časť &amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"-,Regular"&amp;10&amp;P z &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="60" max="16383" man="1"/>
   </rowBreaks>
   <colBreaks count="4" manualBreakCount="4">
     <brk id="12" max="1048575" man="1"/>
     <brk id="22" max="1048575" man="1"/>
     <brk id="32" max="1048575" man="1"/>
     <brk id="42" max="1048575" man="1"/>