--- v0 (2025-12-15)
+++ v1 (2026-01-29)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A6F6A154-D46C-4E66-BF07-5A6AC1FA5B2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7C1E1070-D443-43AB-840E-BA2485B89E96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4EEF99E8-5463-4093-81F6-A4C3EEBE6523}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{15A25BE7-2EC8-4A23-AFC0-6461D4EB563D}"/>
   </bookViews>
   <sheets>
     <sheet name="assets_09" sheetId="1" r:id="rId1"/>
     <sheet name="liabilities_09" sheetId="2" r:id="rId2"/>
     <sheet name="assets (06_08)" sheetId="3" r:id="rId3"/>
     <sheet name="liabilities (06_08)" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">assets_09!$A$1:$Q$76</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">liabilities_09!$A$1:$O$69</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">assets_09!$A:$A,assets_09!$4:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">liabilities_09!$A:$A,liabilities_09!$4:$6</definedName>
   </definedNames>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -1112,65 +1112,65 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="117">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="3" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1263,161 +1263,161 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="48" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="48" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="48" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="52" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="51" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="48" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="52" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="48" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="53" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="54" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="55" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="56" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="57" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="58" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="59" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="60" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="62" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="64" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="62" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="57" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="57" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="60" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="65" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="66" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="62" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="63" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="64" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="57" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="57" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="58" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="65" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="59" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{C8C4CF94-439B-4B2E-B37A-851277B75C31}"/>
-[...2 lines deleted...]
-    <cellStyle name="Normal_kody_pre_PB_CR09" xfId="4" xr:uid="{8527019E-60A2-496A-8728-E9A11FD5CAE8}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{ACA72694-C2F5-44B0-BD03-195BAC72D7F3}"/>
+    <cellStyle name="Normal_kody_AM1-12PFI_CR09" xfId="2" xr:uid="{AD45DB2F-0674-4BB0-A186-B66C445158E2}"/>
+    <cellStyle name="Normal_kody_M1-12NBS_CR09" xfId="3" xr:uid="{72739893-5942-40EF-8D6B-8DB23A6B4560}"/>
+    <cellStyle name="Normal_kody_pre_PB_CR09" xfId="4" xr:uid="{DE8E9239-3D31-459A-96EF-BD0ECD25F36B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1694,59 +1694,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{828A49BF-B8EF-4DF2-929E-6F483C58731C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1028618A-8096-4681-A067-8B8A95ADAA60}">
   <sheetPr codeName="Sheet6"/>
-  <dimension ref="A1:S207"/>
+  <dimension ref="A1:S208"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="B191" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="A209" sqref="A209"/>
+      <selection pane="bottomRight" activeCell="B210" sqref="B210"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="5"/>
     <col min="2" max="17" width="11" style="5" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -12104,478 +12104,478 @@
       <c r="H198" s="23">
         <v>13183.8</v>
       </c>
       <c r="I198" s="24">
         <v>344.55</v>
       </c>
       <c r="J198" s="26">
         <v>0</v>
       </c>
       <c r="K198" s="25">
         <v>322.17</v>
       </c>
       <c r="L198" s="23">
         <v>1.84</v>
       </c>
       <c r="M198" s="24">
         <v>320</v>
       </c>
       <c r="N198" s="26">
         <v>9755.25</v>
       </c>
       <c r="O198" s="26">
         <v>1037.26</v>
       </c>
       <c r="P198" s="26">
-        <v>3263.76</v>
+        <v>3246.9</v>
       </c>
       <c r="Q198" s="27">
-        <v>125535.74</v>
+        <v>125518.88</v>
       </c>
     </row>
     <row r="199" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A199" s="14">
         <v>45689</v>
       </c>
       <c r="B199" s="22">
         <v>96830.55</v>
       </c>
       <c r="C199" s="23">
         <v>13840.21</v>
       </c>
       <c r="D199" s="23">
         <v>1663.49</v>
       </c>
       <c r="E199" s="24">
         <v>81326.850000000006</v>
       </c>
       <c r="F199" s="25">
         <v>15737.64</v>
       </c>
       <c r="G199" s="23">
         <v>1296.5</v>
       </c>
       <c r="H199" s="23">
         <v>14096.09</v>
       </c>
       <c r="I199" s="24">
         <v>345.06</v>
       </c>
       <c r="J199" s="26">
         <v>0</v>
       </c>
       <c r="K199" s="25">
         <v>323.01</v>
       </c>
       <c r="L199" s="23">
         <v>1.9</v>
       </c>
       <c r="M199" s="24">
         <v>320.79000000000002</v>
       </c>
       <c r="N199" s="26">
         <v>9580.83</v>
       </c>
       <c r="O199" s="26">
         <v>1029.71</v>
       </c>
       <c r="P199" s="26">
-        <v>3420.02</v>
+        <v>3404.67</v>
       </c>
       <c r="Q199" s="27">
-        <v>126921.77</v>
+        <v>126906.41</v>
       </c>
     </row>
     <row r="200" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A200" s="14">
         <v>45717</v>
       </c>
       <c r="B200" s="22">
         <v>95843.81</v>
       </c>
       <c r="C200" s="23">
         <v>12335.62</v>
       </c>
       <c r="D200" s="23">
         <v>1649.6</v>
       </c>
       <c r="E200" s="24">
         <v>81858.59</v>
       </c>
       <c r="F200" s="25">
         <v>16141.45</v>
       </c>
       <c r="G200" s="23">
         <v>1290.18</v>
       </c>
       <c r="H200" s="23">
         <v>14508.03</v>
       </c>
       <c r="I200" s="24">
         <v>343.24</v>
       </c>
       <c r="J200" s="26">
         <v>0</v>
       </c>
       <c r="K200" s="25">
         <v>326.13</v>
       </c>
       <c r="L200" s="23">
         <v>1.89</v>
       </c>
       <c r="M200" s="24">
         <v>323.89999999999998</v>
       </c>
       <c r="N200" s="26">
         <v>9486.16</v>
       </c>
       <c r="O200" s="26">
         <v>1023.56</v>
       </c>
       <c r="P200" s="26">
-        <v>3237.13</v>
+        <v>3218.21</v>
       </c>
       <c r="Q200" s="27">
-        <v>126058.24000000001</v>
+        <v>126039.32</v>
       </c>
     </row>
     <row r="201" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A201" s="14">
         <v>45748</v>
       </c>
       <c r="B201" s="22">
         <v>94190.09</v>
       </c>
       <c r="C201" s="23">
         <v>10210.58</v>
       </c>
       <c r="D201" s="23">
         <v>1665.85</v>
       </c>
       <c r="E201" s="24">
         <v>82313.67</v>
       </c>
       <c r="F201" s="25">
         <v>16648.689999999999</v>
       </c>
       <c r="G201" s="23">
         <v>1229.4100000000001</v>
       </c>
       <c r="H201" s="23">
         <v>15075.55</v>
       </c>
       <c r="I201" s="24">
         <v>343.74</v>
       </c>
       <c r="J201" s="26">
         <v>0</v>
       </c>
       <c r="K201" s="25">
         <v>325.43</v>
       </c>
       <c r="L201" s="23">
         <v>1.88</v>
       </c>
       <c r="M201" s="24">
         <v>323.22000000000003</v>
       </c>
       <c r="N201" s="26">
         <v>10177.74</v>
       </c>
       <c r="O201" s="26">
         <v>1018.06</v>
       </c>
       <c r="P201" s="26">
-        <v>3517.08</v>
+        <v>3498.01</v>
       </c>
       <c r="Q201" s="27">
-        <v>125877.11</v>
+        <v>125858.03</v>
       </c>
     </row>
     <row r="202" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A202" s="14">
         <v>45778</v>
       </c>
       <c r="B202" s="22">
         <v>96089.75</v>
       </c>
       <c r="C202" s="23">
         <v>11615.04</v>
       </c>
       <c r="D202" s="23">
         <v>1704.29</v>
       </c>
       <c r="E202" s="24">
         <v>82770.42</v>
       </c>
       <c r="F202" s="25">
         <v>16582.75</v>
       </c>
       <c r="G202" s="23">
         <v>1107.01</v>
       </c>
       <c r="H202" s="23">
         <v>15207.63</v>
       </c>
       <c r="I202" s="24">
         <v>268.11</v>
       </c>
       <c r="J202" s="26">
         <v>0</v>
       </c>
       <c r="K202" s="25">
         <v>325.33</v>
       </c>
       <c r="L202" s="23">
         <v>1.45</v>
       </c>
       <c r="M202" s="24">
         <v>323.55</v>
       </c>
       <c r="N202" s="26">
         <v>9944.75</v>
       </c>
       <c r="O202" s="26">
         <v>1012.51</v>
       </c>
       <c r="P202" s="26">
-        <v>3634.79</v>
+        <v>3616.29</v>
       </c>
       <c r="Q202" s="27">
-        <v>127589.89</v>
+        <v>127571.38</v>
       </c>
     </row>
     <row r="203" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A203" s="14">
         <v>45809</v>
       </c>
       <c r="B203" s="22">
         <v>94244.69</v>
       </c>
       <c r="C203" s="23">
         <v>9107.89</v>
       </c>
       <c r="D203" s="23">
         <v>1728.53</v>
       </c>
       <c r="E203" s="24">
         <v>83408.27</v>
       </c>
       <c r="F203" s="25">
         <v>17338.080000000002</v>
       </c>
       <c r="G203" s="23">
         <v>1051.8399999999999</v>
       </c>
       <c r="H203" s="23">
         <v>16017.83</v>
       </c>
       <c r="I203" s="24">
         <v>268.42</v>
       </c>
       <c r="J203" s="26">
         <v>0</v>
       </c>
       <c r="K203" s="25">
         <v>323.10000000000002</v>
       </c>
       <c r="L203" s="23">
         <v>1.45</v>
       </c>
       <c r="M203" s="24">
         <v>321.32</v>
       </c>
       <c r="N203" s="26">
         <v>11102.16</v>
       </c>
       <c r="O203" s="26">
         <v>1004.85</v>
       </c>
       <c r="P203" s="26">
-        <v>3402.12</v>
+        <v>3376.91</v>
       </c>
       <c r="Q203" s="27">
-        <v>127415</v>
+        <v>127389.79</v>
       </c>
     </row>
     <row r="204" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A204" s="14">
         <v>45839</v>
       </c>
       <c r="B204" s="22">
         <v>96093.46</v>
       </c>
       <c r="C204" s="23">
         <v>10421.790000000001</v>
       </c>
       <c r="D204" s="23">
         <v>1725.72</v>
       </c>
       <c r="E204" s="24">
         <v>83945.96</v>
       </c>
       <c r="F204" s="25">
         <v>17295.810000000001</v>
       </c>
       <c r="G204" s="23">
         <v>1016.15</v>
       </c>
       <c r="H204" s="23">
         <v>16021.08</v>
       </c>
       <c r="I204" s="24">
         <v>258.58</v>
       </c>
       <c r="J204" s="26">
         <v>0</v>
       </c>
       <c r="K204" s="25">
         <v>323.39999999999998</v>
       </c>
       <c r="L204" s="23">
         <v>1.49</v>
       </c>
       <c r="M204" s="24">
         <v>321.57</v>
       </c>
       <c r="N204" s="26">
         <v>10585.59</v>
       </c>
       <c r="O204" s="26">
         <v>1002.27</v>
       </c>
       <c r="P204" s="26">
-        <v>3376.9</v>
+        <v>3354.99</v>
       </c>
       <c r="Q204" s="27">
-        <v>128677.44</v>
+        <v>128655.53</v>
       </c>
     </row>
     <row r="205" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A205" s="14">
         <v>45870</v>
       </c>
       <c r="B205" s="22">
         <v>96668.98</v>
       </c>
       <c r="C205" s="23">
         <v>10467.6</v>
       </c>
       <c r="D205" s="23">
         <v>1735.24</v>
       </c>
       <c r="E205" s="24">
         <v>84466.14</v>
       </c>
       <c r="F205" s="25">
         <v>17240.55</v>
       </c>
       <c r="G205" s="23">
         <v>859.62</v>
       </c>
       <c r="H205" s="23">
         <v>16122.15</v>
       </c>
       <c r="I205" s="24">
         <v>258.77</v>
       </c>
       <c r="J205" s="26">
         <v>0</v>
       </c>
       <c r="K205" s="25">
         <v>324.74</v>
       </c>
       <c r="L205" s="23">
         <v>1.49</v>
       </c>
       <c r="M205" s="24">
         <v>322.92</v>
       </c>
       <c r="N205" s="26">
         <v>10126.030000000001</v>
       </c>
       <c r="O205" s="26">
         <v>1001.64</v>
       </c>
       <c r="P205" s="26">
-        <v>3688.15</v>
+        <v>3670.21</v>
       </c>
       <c r="Q205" s="27">
-        <v>129050.11</v>
+        <v>129032.17</v>
       </c>
     </row>
     <row r="206" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A206" s="14">
         <v>45901</v>
       </c>
       <c r="B206" s="22">
         <v>96482.22</v>
       </c>
       <c r="C206" s="23">
         <v>9687.84</v>
       </c>
       <c r="D206" s="23">
         <v>1772.37</v>
       </c>
       <c r="E206" s="24">
         <v>85022</v>
       </c>
       <c r="F206" s="25">
         <v>17736.400000000001</v>
       </c>
       <c r="G206" s="23">
         <v>865.91</v>
       </c>
       <c r="H206" s="23">
         <v>16611.77</v>
       </c>
       <c r="I206" s="24">
         <v>258.73</v>
       </c>
       <c r="J206" s="26">
         <v>0</v>
       </c>
       <c r="K206" s="25">
         <v>325.11</v>
       </c>
       <c r="L206" s="23">
         <v>1.7</v>
       </c>
       <c r="M206" s="24">
         <v>323.07</v>
       </c>
       <c r="N206" s="26">
         <v>10565.97</v>
       </c>
       <c r="O206" s="26">
         <v>1002.46</v>
       </c>
       <c r="P206" s="26">
-        <v>3407.97</v>
+        <v>3407.69</v>
       </c>
       <c r="Q206" s="27">
-        <v>129520.12</v>
+        <v>129519.85</v>
       </c>
     </row>
     <row r="207" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A207" s="14">
         <v>45931</v>
       </c>
       <c r="B207" s="22">
         <v>98292.44</v>
       </c>
       <c r="C207" s="23">
         <v>10998.26</v>
       </c>
       <c r="D207" s="23">
         <v>1730.58</v>
       </c>
       <c r="E207" s="24">
         <v>85563.6</v>
       </c>
       <c r="F207" s="25">
         <v>17057.150000000001</v>
       </c>
       <c r="G207" s="23">
         <v>855.45</v>
       </c>
       <c r="H207" s="23">
@@ -12585,83 +12585,136 @@
         <v>259.07</v>
       </c>
       <c r="J207" s="26">
         <v>0</v>
       </c>
       <c r="K207" s="25">
         <v>325.47000000000003</v>
       </c>
       <c r="L207" s="23">
         <v>1.72</v>
       </c>
       <c r="M207" s="24">
         <v>323.42</v>
       </c>
       <c r="N207" s="26">
         <v>10265.879999999999</v>
       </c>
       <c r="O207" s="26">
         <v>1006.31</v>
       </c>
       <c r="P207" s="26">
         <v>3832.76</v>
       </c>
       <c r="Q207" s="27">
         <v>130780.01</v>
+      </c>
+    </row>
+    <row r="208" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A208" s="14">
+        <v>45962</v>
+      </c>
+      <c r="B208" s="22">
+        <v>99475.78</v>
+      </c>
+      <c r="C208" s="23">
+        <v>12095.81</v>
+      </c>
+      <c r="D208" s="23">
+        <v>1755.02</v>
+      </c>
+      <c r="E208" s="24">
+        <v>85624.94</v>
+      </c>
+      <c r="F208" s="25">
+        <v>17146.849999999999</v>
+      </c>
+      <c r="G208" s="23">
+        <v>849.62</v>
+      </c>
+      <c r="H208" s="23">
+        <v>16042.68</v>
+      </c>
+      <c r="I208" s="24">
+        <v>254.55</v>
+      </c>
+      <c r="J208" s="26">
+        <v>0</v>
+      </c>
+      <c r="K208" s="25">
+        <v>328.81</v>
+      </c>
+      <c r="L208" s="23">
+        <v>1.71</v>
+      </c>
+      <c r="M208" s="24">
+        <v>326.77</v>
+      </c>
+      <c r="N208" s="26">
+        <v>11068.22</v>
+      </c>
+      <c r="O208" s="26">
+        <v>1012.4</v>
+      </c>
+      <c r="P208" s="26">
+        <v>3983.74</v>
+      </c>
+      <c r="Q208" s="27">
+        <v>133015.79999999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="O4:O5"/>
     <mergeCell ref="P4:P5"/>
     <mergeCell ref="Q4:Q5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:N5"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="60" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="53" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C3E7100-9D47-49F7-AE37-9D8B1DB1ED36}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA01F24E-184D-4B5B-BEB7-89A7EA8464A7}">
   <sheetPr codeName="Sheet7"/>
-  <dimension ref="A1:Q208"/>
+  <dimension ref="A1:Q209"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="6" topLeftCell="B194" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="6" topLeftCell="B191" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="A210" sqref="A210"/>
+      <selection pane="bottomRight" activeCell="D213" sqref="D213"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="15" width="11.42578125" style="5" customWidth="1"/>
     <col min="16" max="16" width="12.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="3"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
@@ -12685,131 +12738,131 @@
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="8"/>
       <c r="D3" s="2"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
     </row>
     <row r="4" spans="1:17" s="29" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="89"/>
-      <c r="B4" s="92" t="s">
+      <c r="A4" s="81"/>
+      <c r="B4" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="93"/>
-[...6 lines deleted...]
-      <c r="J4" s="95" t="s">
+      <c r="C4" s="85"/>
+      <c r="D4" s="85"/>
+      <c r="E4" s="85"/>
+      <c r="F4" s="85"/>
+      <c r="G4" s="85"/>
+      <c r="H4" s="85"/>
+      <c r="I4" s="86"/>
+      <c r="J4" s="87" t="s">
         <v>17</v>
       </c>
-      <c r="K4" s="81" t="s">
+      <c r="K4" s="90" t="s">
         <v>18</v>
       </c>
-      <c r="L4" s="81" t="s">
+      <c r="L4" s="90" t="s">
         <v>19</v>
       </c>
-      <c r="M4" s="81" t="s">
+      <c r="M4" s="90" t="s">
         <v>20</v>
       </c>
-      <c r="N4" s="81" t="s">
+      <c r="N4" s="90" t="s">
         <v>21</v>
       </c>
-      <c r="O4" s="81" t="s">
+      <c r="O4" s="90" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:17" s="29" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="90"/>
-      <c r="B5" s="84" t="s">
+      <c r="A5" s="82"/>
+      <c r="B5" s="91" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="86" t="s">
+      <c r="C5" s="93" t="s">
         <v>11</v>
       </c>
-      <c r="D5" s="86" t="s">
+      <c r="D5" s="93" t="s">
         <v>23</v>
       </c>
-      <c r="E5" s="87" t="s">
+      <c r="E5" s="94" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="87"/>
-[...8 lines deleted...]
-      <c r="O5" s="82"/>
+      <c r="F5" s="94"/>
+      <c r="G5" s="94"/>
+      <c r="H5" s="94"/>
+      <c r="I5" s="95"/>
+      <c r="J5" s="88"/>
+      <c r="K5" s="88"/>
+      <c r="L5" s="88"/>
+      <c r="M5" s="88"/>
+      <c r="N5" s="88"/>
+      <c r="O5" s="88"/>
     </row>
     <row r="6" spans="1:17" s="29" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="91"/>
-[...2 lines deleted...]
-      <c r="D6" s="83"/>
+      <c r="A6" s="83"/>
+      <c r="B6" s="92"/>
+      <c r="C6" s="89"/>
+      <c r="D6" s="89"/>
       <c r="E6" s="30" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="31" t="s">
         <v>25</v>
       </c>
       <c r="G6" s="32" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="32" t="s">
         <v>27</v>
       </c>
       <c r="I6" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J6" s="83"/>
-[...4 lines deleted...]
-      <c r="O6" s="83"/>
+      <c r="J6" s="89"/>
+      <c r="K6" s="89"/>
+      <c r="L6" s="89"/>
+      <c r="M6" s="89"/>
+      <c r="N6" s="89"/>
+      <c r="O6" s="89"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A7" s="34">
         <v>39814</v>
       </c>
       <c r="B7" s="15">
         <v>41338</v>
       </c>
       <c r="C7" s="19">
         <v>3685</v>
       </c>
       <c r="D7" s="19">
         <v>2448</v>
       </c>
       <c r="E7" s="19">
         <v>35205</v>
       </c>
       <c r="F7" s="18">
         <v>15882</v>
       </c>
       <c r="G7" s="16">
         <v>18244</v>
       </c>
       <c r="H7" s="16">
         <v>1079</v>
@@ -21804,555 +21857,602 @@
       <c r="D198" s="26">
         <v>1877.92</v>
       </c>
       <c r="E198" s="26">
         <v>77469.08</v>
       </c>
       <c r="F198" s="25">
         <v>54989.55</v>
       </c>
       <c r="G198" s="23">
         <v>21426.32</v>
       </c>
       <c r="H198" s="23">
         <v>1052.51</v>
       </c>
       <c r="I198" s="24">
         <v>0.7</v>
       </c>
       <c r="J198" s="26">
         <v>0</v>
       </c>
       <c r="K198" s="26">
         <v>13960.72</v>
       </c>
       <c r="L198" s="26">
-        <v>14300.29</v>
+        <v>14339.78</v>
       </c>
       <c r="M198" s="26">
         <v>6560.67</v>
       </c>
       <c r="N198" s="26">
-        <v>6541.52</v>
+        <v>6502.03</v>
       </c>
       <c r="O198" s="27">
         <v>125449.62</v>
       </c>
     </row>
     <row r="199" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A199" s="14">
         <v>45658</v>
       </c>
       <c r="B199" s="22">
         <v>84317.09</v>
       </c>
       <c r="C199" s="26">
         <v>5279.51</v>
       </c>
       <c r="D199" s="26">
         <v>2314.1999999999998</v>
       </c>
       <c r="E199" s="26">
         <v>76723.39</v>
       </c>
       <c r="F199" s="25">
         <v>53326.63</v>
       </c>
       <c r="G199" s="23">
         <v>22373.52</v>
       </c>
       <c r="H199" s="23">
         <v>1022.64</v>
       </c>
       <c r="I199" s="24">
         <v>0.6</v>
       </c>
       <c r="J199" s="26">
         <v>0</v>
       </c>
       <c r="K199" s="26">
         <v>14431.54</v>
       </c>
       <c r="L199" s="26">
-        <v>15616.97</v>
+        <v>15667.07</v>
       </c>
       <c r="M199" s="26">
         <v>5646.54</v>
       </c>
       <c r="N199" s="26">
-        <v>5524.57</v>
+        <v>5457.61</v>
       </c>
       <c r="O199" s="27">
-        <v>125535.74</v>
+        <v>125518.88</v>
       </c>
     </row>
     <row r="200" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A200" s="14">
         <v>45689</v>
       </c>
       <c r="B200" s="22">
         <v>85470.84</v>
       </c>
       <c r="C200" s="26">
         <v>5823.2</v>
       </c>
       <c r="D200" s="26">
         <v>2717.72</v>
       </c>
       <c r="E200" s="26">
         <v>76929.929999999993</v>
       </c>
       <c r="F200" s="25">
         <v>53823.63</v>
       </c>
       <c r="G200" s="23">
         <v>22090.41</v>
       </c>
       <c r="H200" s="23">
         <v>1015.28</v>
       </c>
       <c r="I200" s="24">
         <v>0.6</v>
       </c>
       <c r="J200" s="26">
         <v>0</v>
       </c>
       <c r="K200" s="26">
         <v>14181.1</v>
       </c>
       <c r="L200" s="26">
-        <v>15707.08</v>
+        <v>15756.64</v>
       </c>
       <c r="M200" s="26">
         <v>5774.35</v>
       </c>
       <c r="N200" s="26">
-        <v>5789.21</v>
+        <v>5724.29</v>
       </c>
       <c r="O200" s="27">
-        <v>126921.77</v>
+        <v>126906.41</v>
       </c>
     </row>
     <row r="201" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A201" s="14">
         <v>45717</v>
       </c>
       <c r="B201" s="22">
         <v>84553.22</v>
       </c>
       <c r="C201" s="26">
         <v>5782.74</v>
       </c>
       <c r="D201" s="26">
         <v>2486.96</v>
       </c>
       <c r="E201" s="26">
         <v>76283.520000000004</v>
       </c>
       <c r="F201" s="25">
         <v>53926.720000000001</v>
       </c>
       <c r="G201" s="23">
         <v>21387.41</v>
       </c>
       <c r="H201" s="23">
         <v>968.79</v>
       </c>
       <c r="I201" s="24">
         <v>0.6</v>
       </c>
       <c r="J201" s="26">
         <v>0</v>
       </c>
       <c r="K201" s="26">
         <v>14045.06</v>
       </c>
       <c r="L201" s="26">
-        <v>15274.02</v>
+        <v>15310.93</v>
       </c>
       <c r="M201" s="26">
         <v>6402.18</v>
       </c>
       <c r="N201" s="26">
-        <v>5784.58</v>
+        <v>5728.75</v>
       </c>
       <c r="O201" s="27">
-        <v>126058.24000000001</v>
+        <v>126039.32</v>
       </c>
     </row>
     <row r="202" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A202" s="14">
         <v>45748</v>
       </c>
       <c r="B202" s="22">
         <v>86616.7</v>
       </c>
       <c r="C202" s="26">
         <v>6172.84</v>
       </c>
       <c r="D202" s="26">
         <v>3071.52</v>
       </c>
       <c r="E202" s="26">
         <v>77372.350000000006</v>
       </c>
       <c r="F202" s="25">
         <v>53770.55</v>
       </c>
       <c r="G202" s="23">
         <v>22638</v>
       </c>
       <c r="H202" s="23">
         <v>934.38</v>
       </c>
       <c r="I202" s="24">
         <v>29.42</v>
       </c>
       <c r="J202" s="26">
         <v>0</v>
       </c>
       <c r="K202" s="26">
         <v>14083.82</v>
       </c>
       <c r="L202" s="26">
-        <v>15106.02</v>
+        <v>15140.88</v>
       </c>
       <c r="M202" s="26">
         <v>5472.98</v>
       </c>
       <c r="N202" s="26">
-        <v>4598.3999999999996</v>
+        <v>4544.46</v>
       </c>
       <c r="O202" s="27">
-        <v>125877.11</v>
+        <v>125858.03</v>
       </c>
     </row>
     <row r="203" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A203" s="14">
         <v>45778</v>
       </c>
       <c r="B203" s="22">
         <v>87416.55</v>
       </c>
       <c r="C203" s="26">
         <v>6569.03</v>
       </c>
       <c r="D203" s="26">
         <v>2747.16</v>
       </c>
       <c r="E203" s="26">
         <v>78100.36</v>
       </c>
       <c r="F203" s="25">
         <v>54272.62</v>
       </c>
       <c r="G203" s="23">
         <v>22903.98</v>
       </c>
       <c r="H203" s="23">
         <v>923.21</v>
       </c>
       <c r="I203" s="24">
         <v>0.55000000000000004</v>
       </c>
       <c r="J203" s="26">
         <v>0</v>
       </c>
       <c r="K203" s="26">
         <v>14948.92</v>
       </c>
       <c r="L203" s="26">
-        <v>15221.35</v>
+        <v>15260.01</v>
       </c>
       <c r="M203" s="26">
         <v>5270.95</v>
       </c>
       <c r="N203" s="26">
-        <v>4732.9399999999996</v>
+        <v>4675.7700000000004</v>
       </c>
       <c r="O203" s="27">
-        <v>127589.89</v>
+        <v>127571.38</v>
       </c>
     </row>
     <row r="204" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A204" s="14">
         <v>45809</v>
       </c>
       <c r="B204" s="22">
         <v>86829.65</v>
       </c>
       <c r="C204" s="26">
         <v>7078.19</v>
       </c>
       <c r="D204" s="26">
         <v>2596.6999999999998</v>
       </c>
       <c r="E204" s="26">
         <v>77154.759999999995</v>
       </c>
       <c r="F204" s="25">
         <v>55210.6</v>
       </c>
       <c r="G204" s="23">
         <v>21063.59</v>
       </c>
       <c r="H204" s="23">
         <v>880.02</v>
       </c>
       <c r="I204" s="24">
         <v>0.55000000000000004</v>
       </c>
       <c r="J204" s="26">
         <v>0</v>
       </c>
       <c r="K204" s="26">
         <v>14380.72</v>
       </c>
       <c r="L204" s="26">
-        <v>15275.4</v>
+        <v>15315.47</v>
       </c>
       <c r="M204" s="26">
         <v>5599.56</v>
       </c>
       <c r="N204" s="26">
-        <v>5330.5</v>
+        <v>5265.21</v>
       </c>
       <c r="O204" s="27">
-        <v>127415</v>
+        <v>127389.79</v>
       </c>
     </row>
     <row r="205" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A205" s="14">
         <v>45839</v>
       </c>
       <c r="B205" s="22">
         <v>88162.25</v>
       </c>
       <c r="C205" s="26">
         <v>7324.15</v>
       </c>
       <c r="D205" s="26">
         <v>3065.12</v>
       </c>
       <c r="E205" s="26">
         <v>77772.97</v>
       </c>
       <c r="F205" s="25">
         <v>55981.39</v>
       </c>
       <c r="G205" s="23">
         <v>20857.97</v>
       </c>
       <c r="H205" s="23">
         <v>933.09</v>
       </c>
       <c r="I205" s="24">
         <v>0.52</v>
       </c>
       <c r="J205" s="26">
         <v>0</v>
       </c>
       <c r="K205" s="26">
         <v>14464.94</v>
       </c>
       <c r="L205" s="26">
-        <v>15391.95</v>
+        <v>15435.15</v>
       </c>
       <c r="M205" s="26">
         <v>5905.59</v>
       </c>
       <c r="N205" s="26">
-        <v>4753.53</v>
+        <v>4688.42</v>
       </c>
       <c r="O205" s="27">
-        <v>128677.44</v>
+        <v>128655.53</v>
       </c>
     </row>
     <row r="206" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A206" s="14">
         <v>45870</v>
       </c>
       <c r="B206" s="22">
         <v>88107.28</v>
       </c>
       <c r="C206" s="26">
         <v>7322.96</v>
       </c>
       <c r="D206" s="26">
         <v>2824.48</v>
       </c>
       <c r="E206" s="26">
         <v>77959.839999999997</v>
       </c>
       <c r="F206" s="25">
         <v>54818.77</v>
       </c>
       <c r="G206" s="23">
         <v>22288.06</v>
       </c>
       <c r="H206" s="23">
         <v>852.49</v>
       </c>
       <c r="I206" s="24">
         <v>0.52</v>
       </c>
       <c r="J206" s="26">
         <v>0</v>
       </c>
       <c r="K206" s="26">
         <v>14208.61</v>
       </c>
       <c r="L206" s="26">
-        <v>15497.14</v>
+        <v>15541.66</v>
       </c>
       <c r="M206" s="26">
         <v>5751.95</v>
       </c>
       <c r="N206" s="26">
-        <v>5485.95</v>
+        <v>5423.48</v>
       </c>
       <c r="O206" s="27">
-        <v>129050.11</v>
+        <v>129032.17</v>
       </c>
     </row>
     <row r="207" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A207" s="14">
         <v>45901</v>
       </c>
       <c r="B207" s="22">
         <v>88734.61</v>
       </c>
       <c r="C207" s="26">
         <v>7500.36</v>
       </c>
       <c r="D207" s="26">
         <v>3195.04</v>
       </c>
       <c r="E207" s="26">
         <v>78039.199999999997</v>
       </c>
       <c r="F207" s="25">
         <v>56535.7</v>
       </c>
       <c r="G207" s="23">
         <v>20706.13</v>
       </c>
       <c r="H207" s="23">
         <v>796.85</v>
       </c>
       <c r="I207" s="24">
         <v>0.52</v>
       </c>
       <c r="J207" s="26">
         <v>0</v>
       </c>
       <c r="K207" s="26">
         <v>15043.22</v>
       </c>
       <c r="L207" s="26">
-        <v>15608.34</v>
+        <v>15654.68</v>
       </c>
       <c r="M207" s="26">
         <v>5671.8</v>
       </c>
       <c r="N207" s="26">
-        <v>4462.97</v>
+        <v>4416.3500000000004</v>
       </c>
       <c r="O207" s="27">
-        <v>129520.12</v>
+        <v>129519.85</v>
       </c>
     </row>
     <row r="208" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A208" s="14">
         <v>45931</v>
       </c>
       <c r="B208" s="22">
         <v>88631.5</v>
       </c>
       <c r="C208" s="26">
         <v>7506.87</v>
       </c>
       <c r="D208" s="26">
         <v>2202.17</v>
       </c>
       <c r="E208" s="26">
         <v>78922.460000000006</v>
       </c>
       <c r="F208" s="25">
         <v>55657.32</v>
       </c>
       <c r="G208" s="23">
         <v>22483.82</v>
       </c>
       <c r="H208" s="23">
         <v>780.82</v>
       </c>
       <c r="I208" s="24">
         <v>0.5</v>
       </c>
       <c r="J208" s="26">
         <v>0</v>
       </c>
       <c r="K208" s="26">
         <v>15057.5</v>
       </c>
       <c r="L208" s="26">
         <v>15766.72</v>
       </c>
       <c r="M208" s="26">
         <v>5912.44</v>
       </c>
       <c r="N208" s="26">
         <v>5411.92</v>
       </c>
       <c r="O208" s="27">
         <v>130780.01</v>
       </c>
     </row>
+    <row r="209" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A209" s="14">
+        <v>45962</v>
+      </c>
+      <c r="B209" s="22">
+        <v>89619.69</v>
+      </c>
+      <c r="C209" s="26">
+        <v>7568.14</v>
+      </c>
+      <c r="D209" s="26">
+        <v>2769.89</v>
+      </c>
+      <c r="E209" s="26">
+        <v>79281.66</v>
+      </c>
+      <c r="F209" s="25">
+        <v>55833.8</v>
+      </c>
+      <c r="G209" s="23">
+        <v>22709.43</v>
+      </c>
+      <c r="H209" s="23">
+        <v>737.92</v>
+      </c>
+      <c r="I209" s="24">
+        <v>0.5</v>
+      </c>
+      <c r="J209" s="26">
+        <v>0</v>
+      </c>
+      <c r="K209" s="26">
+        <v>15144.29</v>
+      </c>
+      <c r="L209" s="26">
+        <v>15693.86</v>
+      </c>
+      <c r="M209" s="26">
+        <v>6551.43</v>
+      </c>
+      <c r="N209" s="26">
+        <v>6006.53</v>
+      </c>
+      <c r="O209" s="27">
+        <v>133015.79999999999</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="N4:N6"/>
+    <mergeCell ref="O4:O6"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:I5"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="J4:J6"/>
     <mergeCell ref="K4:K6"/>
     <mergeCell ref="L4:L6"/>
     <mergeCell ref="M4:M6"/>
-    <mergeCell ref="N4:N6"/>
-[...4 lines deleted...]
-    <mergeCell ref="E5:I5"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0468B323-1606-441F-A5D2-F387D562593B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35503780-0438-49C9-A002-C99F53E908C0}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:R42"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="6" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="Q7" sqref="Q7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="5"/>
     <col min="2" max="17" width="11.5703125" style="5" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -24414,55 +24514,55 @@
         <v>3012</v>
       </c>
       <c r="Q42" s="57">
         <v>65509</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:I5"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="K5:M5"/>
     <mergeCell ref="N5:N6"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="74" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D53E461F-125E-4C85-9C57-7837EE960783}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FBFFED1-9973-4E2F-BB4C-6AC0B377DDFE}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:Q100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="I1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="Q8" sqref="Q8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="5"/>
     <col min="2" max="5" width="13.7109375" style="5" customWidth="1"/>
     <col min="6" max="9" width="13.42578125" style="5" customWidth="1"/>
     <col min="10" max="13" width="12.85546875" style="5" customWidth="1"/>
     <col min="14" max="15" width="13.28515625" style="5" customWidth="1"/>
     <col min="16" max="16" width="12.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
@@ -24510,131 +24610,131 @@
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
     </row>
     <row r="4" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4" s="36" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="8"/>
       <c r="D4" s="2"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
     </row>
     <row r="5" spans="1:17" s="29" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="110"/>
-      <c r="B5" s="113" t="s">
+      <c r="A5" s="106"/>
+      <c r="B5" s="109" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="114"/>
-[...6 lines deleted...]
-      <c r="J5" s="116" t="s">
+      <c r="C5" s="110"/>
+      <c r="D5" s="110"/>
+      <c r="E5" s="110"/>
+      <c r="F5" s="110"/>
+      <c r="G5" s="110"/>
+      <c r="H5" s="110"/>
+      <c r="I5" s="111"/>
+      <c r="J5" s="112" t="s">
         <v>17</v>
       </c>
-      <c r="K5" s="106" t="s">
+      <c r="K5" s="113" t="s">
         <v>18</v>
       </c>
-      <c r="L5" s="106" t="s">
+      <c r="L5" s="113" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="106" t="s">
+      <c r="M5" s="113" t="s">
         <v>20</v>
       </c>
-      <c r="N5" s="106" t="s">
+      <c r="N5" s="113" t="s">
         <v>21</v>
       </c>
-      <c r="O5" s="107" t="s">
+      <c r="O5" s="114" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:17" s="29" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="111"/>
-      <c r="B6" s="84" t="s">
+      <c r="A6" s="107"/>
+      <c r="B6" s="91" t="s">
         <v>22</v>
       </c>
-      <c r="C6" s="86" t="s">
+      <c r="C6" s="93" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="86" t="s">
+      <c r="D6" s="93" t="s">
         <v>23</v>
       </c>
-      <c r="E6" s="87" t="s">
+      <c r="E6" s="94" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="87"/>
-[...8 lines deleted...]
-      <c r="O6" s="108"/>
+      <c r="F6" s="94"/>
+      <c r="G6" s="94"/>
+      <c r="H6" s="94"/>
+      <c r="I6" s="95"/>
+      <c r="J6" s="88"/>
+      <c r="K6" s="88"/>
+      <c r="L6" s="88"/>
+      <c r="M6" s="88"/>
+      <c r="N6" s="88"/>
+      <c r="O6" s="115"/>
     </row>
     <row r="7" spans="1:17" s="29" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="112"/>
-[...2 lines deleted...]
-      <c r="D7" s="83"/>
+      <c r="A7" s="108"/>
+      <c r="B7" s="92"/>
+      <c r="C7" s="89"/>
+      <c r="D7" s="89"/>
       <c r="E7" s="30" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="31" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="32" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="32" t="s">
         <v>27</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="J7" s="83"/>
-[...4 lines deleted...]
-      <c r="O7" s="109"/>
+      <c r="J7" s="89"/>
+      <c r="K7" s="89"/>
+      <c r="L7" s="89"/>
+      <c r="M7" s="89"/>
+      <c r="N7" s="89"/>
+      <c r="O7" s="116"/>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A8" s="58">
         <v>38718</v>
       </c>
       <c r="B8" s="15">
         <v>35689</v>
       </c>
       <c r="C8" s="19">
         <v>9343</v>
       </c>
       <c r="D8" s="59">
         <v>1928</v>
       </c>
       <c r="E8" s="19">
         <v>24418</v>
       </c>
       <c r="F8" s="59">
         <v>11818</v>
       </c>
       <c r="G8" s="16">
         <v>11189</v>
       </c>
       <c r="H8" s="16">
         <v>1395</v>
@@ -27407,62 +27507,62 @@
       <c r="O99" s="28"/>
       <c r="P99" s="28"/>
       <c r="Q99" s="28"/>
     </row>
     <row r="100" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A100" s="28"/>
       <c r="B100" s="28"/>
       <c r="C100" s="28"/>
       <c r="D100" s="28"/>
       <c r="E100" s="28"/>
       <c r="F100" s="28"/>
       <c r="G100" s="28"/>
       <c r="H100" s="28"/>
       <c r="I100" s="28"/>
       <c r="J100" s="28"/>
       <c r="K100" s="28"/>
       <c r="L100" s="28"/>
       <c r="M100" s="28"/>
       <c r="N100" s="28"/>
       <c r="O100" s="28"/>
       <c r="P100" s="28"/>
       <c r="Q100" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="N5:N7"/>
+    <mergeCell ref="O5:O7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="D6:D7"/>
+    <mergeCell ref="E6:I6"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:I5"/>
     <mergeCell ref="J5:J7"/>
     <mergeCell ref="K5:K7"/>
     <mergeCell ref="L5:L7"/>
     <mergeCell ref="M5:M7"/>
-    <mergeCell ref="N5:N7"/>
-[...4 lines deleted...]
-    <mergeCell ref="E6:I6"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="74" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>