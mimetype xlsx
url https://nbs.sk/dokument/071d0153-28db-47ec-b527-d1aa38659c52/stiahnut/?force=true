--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{FA528B7C-1E83-4FCB-8B9F-2D9B158CCB3B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14A3082E-1583-46FD-9E4E-142305985C24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="uvery" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">uvery!$A$1:$O$35</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -661,51 +661,53 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:Q33"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" style="2" customWidth="1"/>
     <col min="2" max="2" width="52.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="11.5703125" style="9" customWidth="1"/>
     <col min="4" max="14" width="11.5703125" style="2" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="11">
         <v>45688</v>
       </c>
       <c r="D2" s="11">
         <v>45716</v>
       </c>
       <c r="E2" s="11">
         <v>45747</v>
       </c>
       <c r="F2" s="11">
         <v>45777</v>
@@ -718,121 +720,129 @@
       </c>
       <c r="I2" s="11">
         <v>45869</v>
       </c>
       <c r="J2" s="11">
         <v>45900</v>
       </c>
       <c r="K2" s="11">
         <v>45930</v>
       </c>
       <c r="L2" s="11">
         <v>45961</v>
       </c>
       <c r="M2" s="11">
         <v>45991</v>
       </c>
       <c r="N2" s="11">
         <v>46022</v>
       </c>
     </row>
     <row r="3" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="10">
-        <v>44906050.930990003</v>
+        <v>44906050.930989899</v>
       </c>
       <c r="D3" s="10">
-        <v>45058659.357709996</v>
+        <v>45058659.3577099</v>
       </c>
       <c r="E3" s="10">
         <v>45281007.781769998</v>
       </c>
       <c r="F3" s="10">
         <v>45543126.261029899</v>
       </c>
       <c r="G3" s="10">
         <v>45868834.196319997</v>
       </c>
       <c r="H3" s="10">
-        <v>46189582.950099997</v>
+        <v>46189582.9500999</v>
       </c>
       <c r="I3" s="10">
         <v>46558030.333420001</v>
       </c>
       <c r="J3" s="10">
         <v>46847852.633380003</v>
       </c>
       <c r="K3" s="10">
-        <v>47190005.278269902</v>
+        <v>47190005.278269999</v>
       </c>
       <c r="L3" s="10">
-        <v>47892886.956849903</v>
-[...2 lines deleted...]
-      <c r="N3" s="10"/>
+        <v>47892886.956839897</v>
+      </c>
+      <c r="M3" s="10">
+        <v>48181932.879029997</v>
+      </c>
+      <c r="N3" s="10">
+        <v>48515213.696960002</v>
+      </c>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
     </row>
     <row r="4" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="10">
         <v>2381727.5154499998</v>
       </c>
       <c r="D4" s="10">
-        <v>2366390.12176</v>
+        <v>2366390.1217599902</v>
       </c>
       <c r="E4" s="10">
-        <v>2353227.76769999</v>
+        <v>2353227.7677000002</v>
       </c>
       <c r="F4" s="10">
         <v>2334159.31134</v>
       </c>
       <c r="G4" s="10">
         <v>2316967.9130000002</v>
       </c>
       <c r="H4" s="10">
         <v>2302513.59273999</v>
       </c>
       <c r="I4" s="10">
         <v>2284707.05326</v>
       </c>
       <c r="J4" s="10">
         <v>2268272.53743</v>
       </c>
       <c r="K4" s="10">
         <v>2252771.3967300002</v>
       </c>
       <c r="L4" s="10">
         <v>2231703.6041700002</v>
       </c>
-      <c r="M4" s="10"/>
-      <c r="N4" s="10"/>
+      <c r="M4" s="10">
+        <v>2213316.7883799998</v>
+      </c>
+      <c r="N4" s="10">
+        <v>2201986.0219799899</v>
+      </c>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
     </row>
     <row r="5" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B5" s="24" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="24"/>
       <c r="D5" s="24"/>
       <c r="E5" s="24"/>
       <c r="F5" s="24"/>
       <c r="G5" s="24"/>
       <c r="H5" s="24"/>
       <c r="I5" s="24"/>
       <c r="J5" s="24"/>
       <c r="K5" s="24"/>
       <c r="L5" s="24"/>
       <c r="M5" s="24"/>
       <c r="N5" s="24"/>
     </row>
     <row r="6" spans="2:17" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="25" t="s">
         <v>22</v>
       </c>
@@ -968,311 +978,343 @@
       </c>
       <c r="E12" s="20">
         <v>3.2140000000000002E-2</v>
       </c>
       <c r="F12" s="20">
         <v>3.2250000000000001E-2</v>
       </c>
       <c r="G12" s="20">
         <v>3.2460000000000003E-2</v>
       </c>
       <c r="H12" s="20">
         <v>3.2570000000000002E-2</v>
       </c>
       <c r="I12" s="12">
         <v>3.27E-2</v>
       </c>
       <c r="J12" s="12">
         <v>3.2809999999999999E-2</v>
       </c>
       <c r="K12" s="12">
         <v>3.329E-2</v>
       </c>
       <c r="L12" s="12">
         <v>3.9960000000000002E-2</v>
       </c>
-      <c r="M12" s="12"/>
-      <c r="N12" s="12"/>
+      <c r="M12" s="12">
+        <v>4.0509999999999997E-2</v>
+      </c>
+      <c r="N12" s="12">
+        <v>4.1050000000000003E-2</v>
+      </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B13" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="20">
         <v>0.14699000000000001</v>
       </c>
       <c r="D13" s="20">
         <v>0.14723</v>
       </c>
       <c r="E13" s="20">
         <v>0.14771999999999999</v>
       </c>
       <c r="F13" s="20">
         <v>0.14795</v>
       </c>
       <c r="G13" s="20">
         <v>0.14856</v>
       </c>
       <c r="H13" s="20">
         <v>0.14845</v>
       </c>
       <c r="I13" s="12">
         <v>0.14826</v>
       </c>
       <c r="J13" s="12">
         <v>0.14785000000000001</v>
       </c>
       <c r="K13" s="12">
         <v>0.14732999999999999</v>
       </c>
       <c r="L13" s="12">
         <v>0.14596000000000001</v>
       </c>
-      <c r="M13" s="12"/>
-      <c r="N13" s="12"/>
+      <c r="M13" s="12">
+        <v>0.14554</v>
+      </c>
+      <c r="N13" s="12">
+        <v>0.14529</v>
+      </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B14" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="20">
         <v>0.10469000000000001</v>
       </c>
       <c r="D14" s="20">
         <v>0.10471999999999999</v>
       </c>
       <c r="E14" s="20">
         <v>0.10415000000000001</v>
       </c>
       <c r="F14" s="20">
         <v>0.10377</v>
       </c>
       <c r="G14" s="20">
         <v>0.10349</v>
       </c>
       <c r="H14" s="20">
         <v>0.10329000000000001</v>
       </c>
       <c r="I14" s="12">
         <v>0.10369</v>
       </c>
       <c r="J14" s="12">
         <v>0.10409</v>
       </c>
       <c r="K14" s="12">
         <v>0.1042</v>
       </c>
       <c r="L14" s="12">
         <v>0.10438</v>
       </c>
-      <c r="M14" s="12"/>
-      <c r="N14" s="12"/>
+      <c r="M14" s="12">
+        <v>0.10525</v>
+      </c>
+      <c r="N14" s="12">
+        <v>0.10582999999999999</v>
+      </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B15" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="20">
         <v>4.9919999999999999E-2</v>
       </c>
       <c r="D15" s="20">
         <v>4.9450000000000001E-2</v>
       </c>
       <c r="E15" s="20">
         <v>4.8930000000000001E-2</v>
       </c>
       <c r="F15" s="20">
         <v>4.8300000000000003E-2</v>
       </c>
       <c r="G15" s="20">
         <v>4.759E-2</v>
       </c>
       <c r="H15" s="20">
         <v>4.6969999999999998E-2</v>
       </c>
       <c r="I15" s="12">
         <v>4.6289999999999998E-2</v>
       </c>
       <c r="J15" s="12">
         <v>4.5679999999999998E-2</v>
       </c>
       <c r="K15" s="12">
         <v>4.5030000000000001E-2</v>
       </c>
       <c r="L15" s="12">
         <v>4.3959999999999999E-2</v>
       </c>
-      <c r="M15" s="12"/>
-      <c r="N15" s="12"/>
+      <c r="M15" s="12">
+        <v>4.3339999999999997E-2</v>
+      </c>
+      <c r="N15" s="12">
+        <v>4.2770000000000002E-2</v>
+      </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B16" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="20">
         <v>0.24626000000000001</v>
       </c>
       <c r="D16" s="20">
         <v>0.24682000000000001</v>
       </c>
       <c r="E16" s="20">
         <v>0.24734</v>
       </c>
       <c r="F16" s="20">
         <v>0.248</v>
       </c>
       <c r="G16" s="20">
         <v>0.24859000000000001</v>
       </c>
       <c r="H16" s="20">
         <v>0.24934000000000001</v>
       </c>
       <c r="I16" s="12">
         <v>0.25001000000000001</v>
       </c>
       <c r="J16" s="12">
         <v>0.25053999999999998</v>
       </c>
       <c r="K16" s="12">
         <v>0.25070999999999999</v>
       </c>
       <c r="L16" s="12">
         <v>0.2487</v>
       </c>
-      <c r="M16" s="12"/>
-      <c r="N16" s="12"/>
+      <c r="M16" s="12">
+        <v>0.24796000000000001</v>
+      </c>
+      <c r="N16" s="12">
+        <v>0.24722</v>
+      </c>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B17" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C17" s="20">
         <v>0.14804999999999999</v>
       </c>
       <c r="D17" s="20">
         <v>0.14779</v>
       </c>
       <c r="E17" s="20">
         <v>0.14785000000000001</v>
       </c>
       <c r="F17" s="20">
         <v>0.14785999999999999</v>
       </c>
       <c r="G17" s="20">
         <v>0.14807000000000001</v>
       </c>
       <c r="H17" s="20">
         <v>0.14884</v>
       </c>
       <c r="I17" s="12">
         <v>0.14943999999999999</v>
       </c>
       <c r="J17" s="12">
         <v>0.14998</v>
       </c>
       <c r="K17" s="12">
         <v>0.15121000000000001</v>
       </c>
       <c r="L17" s="12">
         <v>0.15126999999999999</v>
       </c>
-      <c r="M17" s="12"/>
-      <c r="N17" s="12"/>
+      <c r="M17" s="12">
+        <v>0.15229000000000001</v>
+      </c>
+      <c r="N17" s="12">
+        <v>0.15387999999999999</v>
+      </c>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B18" s="15" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="20">
         <v>0.19367000000000001</v>
       </c>
       <c r="D18" s="20">
         <v>0.19370000000000001</v>
       </c>
       <c r="E18" s="20">
         <v>0.19342000000000001</v>
       </c>
       <c r="F18" s="20">
         <v>0.19331000000000001</v>
       </c>
       <c r="G18" s="20">
         <v>0.19275</v>
       </c>
       <c r="H18" s="20">
         <v>0.19208</v>
       </c>
       <c r="I18" s="12">
         <v>0.19116</v>
       </c>
       <c r="J18" s="12">
         <v>0.19070000000000001</v>
       </c>
       <c r="K18" s="12">
         <v>0.19023000000000001</v>
       </c>
       <c r="L18" s="12">
         <v>0.18869</v>
       </c>
-      <c r="M18" s="12"/>
-      <c r="N18" s="12"/>
+      <c r="M18" s="12">
+        <v>0.18855</v>
+      </c>
+      <c r="N18" s="12">
+        <v>0.18814</v>
+      </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B19" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="20">
         <v>3.4499999999999999E-3</v>
       </c>
       <c r="D19" s="20">
         <v>3.4099999999999998E-3</v>
       </c>
       <c r="E19" s="20">
         <v>3.3999999999999998E-3</v>
       </c>
       <c r="F19" s="20">
         <v>3.3E-3</v>
       </c>
       <c r="G19" s="20">
         <v>3.2499999999999999E-3</v>
       </c>
       <c r="H19" s="20">
         <v>3.2000000000000002E-3</v>
       </c>
       <c r="I19" s="12">
         <v>3.15E-3</v>
       </c>
       <c r="J19" s="12">
         <v>3.0999999999999999E-3</v>
       </c>
       <c r="K19" s="12">
         <v>3.0599999999999998E-3</v>
       </c>
       <c r="L19" s="12">
         <v>2.98E-3</v>
       </c>
-      <c r="M19" s="12"/>
-      <c r="N19" s="12"/>
+      <c r="M19" s="12">
+        <v>2.9399999999999999E-3</v>
+      </c>
+      <c r="N19" s="12">
+        <v>2.9099999999999998E-3</v>
+      </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B20" s="16" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="21"/>
       <c r="D20" s="21"/>
       <c r="E20" s="21"/>
       <c r="F20" s="21"/>
       <c r="G20" s="21"/>
       <c r="H20" s="21"/>
       <c r="I20" s="13"/>
       <c r="J20" s="13"/>
       <c r="K20" s="13"/>
       <c r="L20" s="13"/>
       <c r="M20" s="13"/>
       <c r="N20" s="13"/>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B21" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="20">
         <v>1.42E-3</v>
       </c>
@@ -1281,200 +1323,220 @@
       </c>
       <c r="E21" s="20">
         <v>1.47E-3</v>
       </c>
       <c r="F21" s="20">
         <v>1.5100000000000001E-3</v>
       </c>
       <c r="G21" s="20">
         <v>1.5399999999999999E-3</v>
       </c>
       <c r="H21" s="20">
         <v>1.58E-3</v>
       </c>
       <c r="I21" s="12">
         <v>1.6100000000000001E-3</v>
       </c>
       <c r="J21" s="12">
         <v>1.66E-3</v>
       </c>
       <c r="K21" s="12">
         <v>1.6900000000000001E-3</v>
       </c>
       <c r="L21" s="12">
         <v>1.73E-3</v>
       </c>
-      <c r="M21" s="12"/>
-      <c r="N21" s="12"/>
+      <c r="M21" s="12">
+        <v>1.74E-3</v>
+      </c>
+      <c r="N21" s="12">
+        <v>1.75E-3</v>
+      </c>
     </row>
     <row r="22" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B22" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="20">
         <v>4.3200000000000001E-3</v>
       </c>
       <c r="D22" s="20">
         <v>4.3600000000000002E-3</v>
       </c>
       <c r="E22" s="20">
         <v>4.4299999999999999E-3</v>
       </c>
       <c r="F22" s="20">
         <v>4.47E-3</v>
       </c>
       <c r="G22" s="20">
         <v>4.4600000000000004E-3</v>
       </c>
       <c r="H22" s="20">
         <v>4.4999999999999997E-3</v>
       </c>
       <c r="I22" s="12">
         <v>4.5300000000000002E-3</v>
       </c>
       <c r="J22" s="12">
         <v>4.5700000000000003E-3</v>
       </c>
       <c r="K22" s="12">
         <v>4.62E-3</v>
       </c>
       <c r="L22" s="12">
         <v>4.6800000000000001E-3</v>
       </c>
-      <c r="M22" s="12"/>
-      <c r="N22" s="12"/>
+      <c r="M22" s="12">
+        <v>4.6899999999999997E-3</v>
+      </c>
+      <c r="N22" s="12">
+        <v>4.7200000000000002E-3</v>
+      </c>
     </row>
     <row r="23" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B23" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="20">
         <v>9.3799999999999994E-3</v>
       </c>
       <c r="D23" s="20">
         <v>9.2800000000000001E-3</v>
       </c>
       <c r="E23" s="20">
         <v>9.1800000000000007E-3</v>
       </c>
       <c r="F23" s="20">
         <v>9.1900000000000003E-3</v>
       </c>
       <c r="G23" s="20">
         <v>9.1500000000000001E-3</v>
       </c>
       <c r="H23" s="20">
         <v>9.11E-3</v>
       </c>
       <c r="I23" s="12">
         <v>9.0799999999999995E-3</v>
       </c>
       <c r="J23" s="12">
         <v>9.11E-3</v>
       </c>
       <c r="K23" s="12">
         <v>9.0900000000000009E-3</v>
       </c>
       <c r="L23" s="12">
         <v>8.9800000000000001E-3</v>
       </c>
-      <c r="M23" s="12"/>
-      <c r="N23" s="12"/>
+      <c r="M23" s="12">
+        <v>8.9499999999999996E-3</v>
+      </c>
+      <c r="N23" s="12">
+        <v>8.8500000000000002E-3</v>
+      </c>
     </row>
     <row r="24" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B24" s="15" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="20">
         <v>1.3699999999999999E-3</v>
       </c>
       <c r="D24" s="20">
         <v>1.3500000000000001E-3</v>
       </c>
       <c r="E24" s="20">
         <v>1.33E-3</v>
       </c>
       <c r="F24" s="20">
         <v>1.2999999999999999E-3</v>
       </c>
       <c r="G24" s="20">
         <v>1.2700000000000001E-3</v>
       </c>
       <c r="H24" s="20">
         <v>1.24E-3</v>
       </c>
       <c r="I24" s="12">
         <v>1.2099999999999999E-3</v>
       </c>
       <c r="J24" s="12">
         <v>1.1900000000000001E-3</v>
       </c>
       <c r="K24" s="12">
         <v>1.15E-3</v>
       </c>
       <c r="L24" s="12">
         <v>1.1299999999999999E-3</v>
       </c>
-      <c r="M24" s="12"/>
-      <c r="N24" s="12"/>
+      <c r="M24" s="12">
+        <v>1.09E-3</v>
+      </c>
+      <c r="N24" s="12">
+        <v>1.07E-3</v>
+      </c>
     </row>
     <row r="25" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B25" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="20">
         <v>5.8360000000000002E-2</v>
       </c>
       <c r="D25" s="20">
         <v>5.8439999999999999E-2</v>
       </c>
       <c r="E25" s="20">
         <v>5.8619999999999998E-2</v>
       </c>
       <c r="F25" s="20">
         <v>5.8790000000000002E-2</v>
       </c>
       <c r="G25" s="20">
         <v>5.8819999999999997E-2</v>
       </c>
       <c r="H25" s="20">
         <v>5.8840000000000003E-2</v>
       </c>
       <c r="I25" s="12">
         <v>5.8880000000000002E-2</v>
       </c>
       <c r="J25" s="12">
         <v>5.8720000000000001E-2</v>
       </c>
       <c r="K25" s="12">
         <v>5.8389999999999997E-2</v>
       </c>
       <c r="L25" s="12">
         <v>5.7579999999999999E-2</v>
       </c>
-      <c r="M25" s="12"/>
-      <c r="N25" s="12"/>
+      <c r="M25" s="12">
+        <v>5.7160000000000002E-2</v>
+      </c>
+      <c r="N25" s="12">
+        <v>5.6509999999999998E-2</v>
+      </c>
     </row>
     <row r="26" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="7"/>
       <c r="J26" s="7"/>
       <c r="K26" s="7"/>
       <c r="L26" s="7"/>
       <c r="M26" s="7"/>
       <c r="N26" s="7"/>
     </row>
     <row r="27" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B27" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
@@ -1500,89 +1562,97 @@
       </c>
       <c r="E28" s="20">
         <v>0.93330000000000002</v>
       </c>
       <c r="F28" s="20">
         <v>0.93430000000000002</v>
       </c>
       <c r="G28" s="20">
         <v>0.93440000000000001</v>
       </c>
       <c r="H28" s="20">
         <v>0.9345</v>
       </c>
       <c r="I28" s="12">
         <v>0.93469999999999998</v>
       </c>
       <c r="J28" s="12">
         <v>0.93479999999999996</v>
       </c>
       <c r="K28" s="12">
         <v>0.93479999999999996</v>
       </c>
       <c r="L28" s="12">
         <v>0.93500000000000005</v>
       </c>
-      <c r="M28" s="12"/>
-      <c r="N28" s="12"/>
+      <c r="M28" s="12">
+        <v>0.93489999999999995</v>
+      </c>
+      <c r="N28" s="12">
+        <v>0.93469999999999998</v>
+      </c>
     </row>
     <row r="29" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B29" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="20">
         <v>6.6400000000000001E-2</v>
       </c>
       <c r="D29" s="20">
         <v>6.6199999999999995E-2</v>
       </c>
       <c r="E29" s="20">
         <v>6.6699999999999995E-2</v>
       </c>
       <c r="F29" s="20">
         <v>6.5699999999999995E-2</v>
       </c>
       <c r="G29" s="20">
         <v>6.5600000000000006E-2</v>
       </c>
       <c r="H29" s="20">
         <v>6.5500000000000003E-2</v>
       </c>
       <c r="I29" s="12">
         <v>6.5299999999999997E-2</v>
       </c>
       <c r="J29" s="12">
         <v>6.5199999999999994E-2</v>
       </c>
       <c r="K29" s="12">
         <v>6.5199999999999994E-2</v>
       </c>
       <c r="L29" s="12">
         <v>6.5000000000000002E-2</v>
       </c>
-      <c r="M29" s="12"/>
-      <c r="N29" s="12"/>
+      <c r="M29" s="12">
+        <v>6.5100000000000005E-2</v>
+      </c>
+      <c r="N29" s="12">
+        <v>6.5299999999999997E-2</v>
+      </c>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B30" s="24" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="24"/>
     </row>
     <row r="31" spans="2:14" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="25" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
@@ -1619,51 +1689,51 @@
       </c>
       <c r="C33" s="18"/>
       <c r="D33" s="18"/>
       <c r="E33" s="18"/>
       <c r="F33" s="18"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B32:N32"/>
     <mergeCell ref="B5:N5"/>
     <mergeCell ref="B6:N6"/>
     <mergeCell ref="B30:N30"/>
     <mergeCell ref="B31:N31"/>
     <mergeCell ref="B8:N8"/>
     <mergeCell ref="B7:N7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="43" firstPageNumber="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="42" firstPageNumber="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>