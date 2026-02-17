--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -17,85 +17,85 @@
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://is.nbs.sk/teams/ost/hfcs/Data/2021 - 4. vlna/4. HFCS Report/b. Tabuľky/Final HFCS web/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jurasekova\Documents\work\HFCS\HFCS5\report\web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A82D833B-F162-4CCE-A1F9-DCCF00D1C3A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E32C53F-8682-431C-84D7-8402467DDE8A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List of tables" sheetId="15" r:id="rId1"/>
     <sheet name="T1 RA participation" sheetId="1" r:id="rId2"/>
     <sheet name="T2 RA median values" sheetId="2" r:id="rId3"/>
     <sheet name="T3 RA components" sheetId="3" r:id="rId4"/>
     <sheet name="T4 FA participation" sheetId="4" r:id="rId5"/>
     <sheet name="T5 FA median values" sheetId="5" r:id="rId6"/>
     <sheet name="T6 FA components" sheetId="6" r:id="rId7"/>
     <sheet name="T7 Debt participation" sheetId="7" r:id="rId8"/>
     <sheet name="T8 Debt median values" sheetId="8" r:id="rId9"/>
     <sheet name="T9 Debt components" sheetId="9" r:id="rId10"/>
     <sheet name="T10 Debt indicators" sheetId="10" r:id="rId11"/>
     <sheet name="T11 Net wealth" sheetId="11" r:id="rId12"/>
     <sheet name="T12 Income" sheetId="12" r:id="rId13"/>
     <sheet name="T13 Food consumption" sheetId="13" r:id="rId14"/>
     <sheet name="T14 Credit constraints" sheetId="14" r:id="rId15"/>
     <sheet name="T15 Savings " sheetId="16" r:id="rId16"/>
   </sheets>
   <calcPr calcId="191028"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1372" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1388" uniqueCount="141">
   <si>
     <t>Vehicles</t>
   </si>
   <si>
     <t>Valuables</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
@@ -233,62 +233,50 @@
   <si>
     <t>Total debt</t>
   </si>
   <si>
     <t>Mortgage debt</t>
   </si>
   <si>
     <t>Owner-ouright</t>
   </si>
   <si>
     <t>Renter or Other</t>
   </si>
   <si>
     <t>Median</t>
   </si>
   <si>
     <t>Mean</t>
   </si>
   <si>
     <t>Share of total net wealth</t>
   </si>
   <si>
     <t>Share of total gross income</t>
   </si>
   <si>
-    <t>DOCREDITAPPL</t>
-[...10 lines deleted...]
-  <si>
     <t>Owner-Outright</t>
   </si>
   <si>
     <t>Owner-with Mortgage</t>
   </si>
   <si>
     <t>T1 RA participation</t>
   </si>
   <si>
     <t>Ownership of real assets (% of households)</t>
   </si>
   <si>
     <t>T2 RA median values</t>
   </si>
   <si>
     <t>Real assets - conditional medians (EUR)</t>
   </si>
   <si>
     <t>T3 RA components</t>
   </si>
   <si>
     <t>Shares of main real asset types on total real assets (% of total real assests)</t>
   </si>
   <si>
     <t>T4 FA participation</t>
@@ -389,377 +377,462 @@
   <si>
     <t>Income quintiles</t>
   </si>
   <si>
     <t>Net wealth quintiles</t>
   </si>
   <si>
     <t>Age of reference person</t>
   </si>
   <si>
     <t>Employment status of reference person</t>
   </si>
   <si>
     <t>Education of reference person</t>
   </si>
   <si>
     <t>Source: HFCS 2014</t>
   </si>
   <si>
     <t>Overall</t>
   </si>
   <si>
     <t>Note: NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t>Shares, publicly traded</t>
   </si>
   <si>
     <t>Voluntary penson / whole life insurance</t>
   </si>
   <si>
     <t>Financial assets - conditional medians (EUR)</t>
-  </si>
-[...1 lines deleted...]
-    <t>NA</t>
   </si>
   <si>
     <t>Shares of  financial asset types on total financial assets (% of total financial assests)</t>
   </si>
   <si>
     <t>Credit line /overdraft debt</t>
   </si>
   <si>
     <t>Note: HMR stands for household main residence</t>
   </si>
   <si>
     <t>Credit line/ overdraft debt</t>
   </si>
   <si>
     <t>Shares of  debt types on total liabilities (% of total liabilities)</t>
   </si>
   <si>
     <t>Note: HMR stands for household main residence. NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
     <t>Debt to asset ratio</t>
   </si>
   <si>
     <t>Debt to income ratio</t>
   </si>
   <si>
     <t>Debt service to income ratio</t>
   </si>
   <si>
     <t>Loan to value ratio of HMR</t>
   </si>
   <si>
     <t>Net liquid assets to income ratio</t>
   </si>
   <si>
     <t>Net wealth median and mean values (EUR), distribution of net wealth by category (%)</t>
   </si>
   <si>
     <t>Annual gross income per household - median and mean values (EUR), distribution of gross income by category (%)</t>
   </si>
   <si>
     <t>Median food expenditure to income ratio (%)</t>
   </si>
   <si>
-    <t>Note:</t>
+    <t>There was no data for savings in this wave</t>
   </si>
   <si>
-    <t>DOCREDITAPPL Applied for credit within last 3 years</t>
+    <t>NA</t>
   </si>
   <si>
-    <t>DOCREDITNOTAPPL Not applying for credit due to perceived credit constraint</t>
+    <t xml:space="preserve"> Note: NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
-    <t>DOCREDITREFUSED Refused or  only reduced credit (among those applying in last 3 years)</t>
+    <t xml:space="preserve"> NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
-    <t>DOCREDITC Credit constrained household</t>
+    <t>Note:  NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
-    <t>There was no data for savings in this wave</t>
+    <t>1) Applied for credit within last 3 years</t>
+  </si>
+  <si>
+    <t>2) Not applying for credit due to perceived credit constraint</t>
+  </si>
+  <si>
+    <t>3) Refused or only reduced credit (among those applying in last 3 years)</t>
+  </si>
+  <si>
+    <t>4) The following households are considered as credit constraint households:</t>
+  </si>
+  <si>
+    <t>- applied for credit and were turned down and do not report successful later re-application, or</t>
+  </si>
+  <si>
+    <t>- applied for credit and were not given as much as applied for, or</t>
+  </si>
+  <si>
+    <t>- did not apply for credit due to perceived credit constraint.</t>
+  </si>
+  <si>
+    <r>
+      <t>Applied for credit</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>¹</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Perceived credit constraint</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Credit refusal</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Credit constrained households</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>4</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="10">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="4"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1"/>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -821,51 +894,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -963,15474 +1036,15698 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{360058B3-71B2-4BED-A68F-A5D598332106}">
   <dimension ref="B2:C16"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="19.77734375" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="95.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="95.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:3">
-      <c r="B2" s="38" t="s">
+    <row r="2" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B2" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B3" s="32" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="4" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B4" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C4" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="3" spans="2:3">
-      <c r="B3" s="38" t="s">
+    <row r="5" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B5" s="32" t="s">
         <v>68</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C5" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="4" spans="2:3">
-      <c r="B4" s="38" t="s">
+    <row r="6" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B6" s="32" t="s">
         <v>70</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C6" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="5" spans="2:3">
-      <c r="B5" s="38" t="s">
+    <row r="7" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B7" s="32" t="s">
         <v>72</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C7" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="6" spans="2:3">
-      <c r="B6" s="38" t="s">
+    <row r="8" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B8" s="32" t="s">
         <v>74</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C8" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="7" spans="2:3">
-      <c r="B7" s="38" t="s">
+    <row r="9" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B9" s="32" t="s">
         <v>76</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C9" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="8" spans="2:3">
-      <c r="B8" s="38" t="s">
+    <row r="10" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B10" s="32" t="s">
         <v>78</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C10" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="9" spans="2:3">
-      <c r="B9" s="38" t="s">
+    <row r="11" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B11" s="32" t="s">
         <v>80</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C11" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="10" spans="2:3">
-      <c r="B10" s="38" t="s">
+    <row r="12" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B12" s="32" t="s">
         <v>82</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C12" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="11" spans="2:3">
-      <c r="B11" s="38" t="s">
+    <row r="13" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B13" s="32" t="s">
         <v>84</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C13" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="12" spans="2:3">
-      <c r="B12" s="38" t="s">
+    <row r="14" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B14" s="32" t="s">
         <v>86</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C14" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="13" spans="2:3">
-      <c r="B13" s="38" t="s">
+    <row r="15" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B15" s="32" t="s">
         <v>88</v>
       </c>
-      <c r="C13" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="14" spans="2:3">
-      <c r="B14" s="38" t="s">
+    <row r="16" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B16" s="32" t="s">
         <v>90</v>
       </c>
-      <c r="C14" t="s">
+      <c r="C16" t="s">
         <v>91</v>
-      </c>
-[...14 lines deleted...]
-        <v>95</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" location="'T1 RA participation'!A1" display="T1 RA participation" xr:uid="{17E0C703-2B69-4487-9DDB-A55480579B76}"/>
     <hyperlink ref="B3" location="'T2 RA median values'!A1" display="T2 RA median values" xr:uid="{04031E6A-D82F-4C20-8AE8-62A9133F2FBC}"/>
     <hyperlink ref="B4" location="'T3 RA components'!A1" display="T3 RA components" xr:uid="{744D8A65-70D7-4406-8407-B1C9AA00C4B5}"/>
     <hyperlink ref="B5" location="'T4 FA participation'!A1" display="T4 FA participation" xr:uid="{11F43E5D-4C5C-4D52-8253-2130C23630D9}"/>
     <hyperlink ref="B6" location="'T5 FA median values'!A1" display="T5 FA median values" xr:uid="{BA1390E4-F43B-45CD-9E68-FD3F6A8A571B}"/>
     <hyperlink ref="B7" location="'T6 FA components'!A1" display="T6 FA components" xr:uid="{CBE57290-8922-46B5-9A91-33D8E43B7316}"/>
     <hyperlink ref="B8" location="'T7 Debt participation'!A1" display="T7 Debt participation" xr:uid="{C8FC47C5-CF86-4F1D-B99A-BB07D875185F}"/>
     <hyperlink ref="B9" location="'T8 Debt median values'!A1" display="T8 Debt median values" xr:uid="{1C54A69C-86D9-4865-BE89-63B818D7A11A}"/>
     <hyperlink ref="B10" location="'T9 Debt components'!A1" display="T9 Debt components" xr:uid="{91550E85-3B3E-4EBC-A144-0A6FB26CDACB}"/>
     <hyperlink ref="B11" location="'T10 Debt indicators'!A1" display="T10 Debt indicators" xr:uid="{4C3FF304-8968-4C71-ADCB-B803E0918F6A}"/>
     <hyperlink ref="B12" location="'T11 Net wealth'!A1" display="T11 Net wealth" xr:uid="{D54D5305-E2CD-4F63-93A8-C3E0BC2CD221}"/>
     <hyperlink ref="B13" location="'T12 Income'!A1" display="T12 Income" xr:uid="{908152DF-8A57-4AD3-88C0-347082C96920}"/>
     <hyperlink ref="B14" location="'T13 Food consumption'!A1" display="T13 Food consumption" xr:uid="{20CE5D07-BDD5-414A-82CA-7C8E154C0089}"/>
     <hyperlink ref="B15" location="'T14 Credit constraints'!A1" display="T14 Credit constraints" xr:uid="{3F68556E-D8F1-4B8A-8253-C721E21D2ECF}"/>
     <hyperlink ref="B16" location="'T15 Savings '!A1" display="T15 Savings" xr:uid="{1A0CB8A2-F5D5-4EE2-932B-161475029852}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
-  <dimension ref="A1:H62"/>
+  <dimension ref="A1:H63"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.5546875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17.5546875" customWidth="1"/>
+    <col min="1" max="1" width="19.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" customWidth="1"/>
+    <col min="4" max="4" width="14.5703125" customWidth="1"/>
+    <col min="5" max="5" width="14.42578125" customWidth="1"/>
+    <col min="6" max="6" width="15.28515625" customWidth="1"/>
+    <col min="7" max="7" width="15.85546875" customWidth="1"/>
+    <col min="8" max="8" width="17.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:8" ht="18">
+    <row r="1" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8" s="18" customFormat="1" ht="28.8">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" s="15" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
       <c r="B3" s="7" t="s">
         <v>53</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>47</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>48</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>49</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>50</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="4" spans="1:8">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="19">
+        <v>106</v>
+      </c>
+      <c r="B4" s="33">
         <v>82.389535756419633</v>
       </c>
-      <c r="C4" s="19">
+      <c r="C4" s="33">
         <v>74.20898096945308</v>
       </c>
-      <c r="D4" s="19">
+      <c r="D4" s="33">
         <v>8.1805547869665531</v>
       </c>
-      <c r="E4" s="19">
+      <c r="E4" s="33">
         <v>17.610464243580374</v>
       </c>
-      <c r="F4" s="19">
+      <c r="F4" s="33">
         <v>1.052055212761833</v>
       </c>
-      <c r="G4" s="19">
+      <c r="G4" s="33">
         <v>0.8935291858993275</v>
       </c>
-      <c r="H4" s="19">
+      <c r="H4" s="33">
         <v>15.664879844919213</v>
       </c>
     </row>
-    <row r="5" spans="1:8">
-[...8 lines deleted...]
-    <row r="6" spans="1:8">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="17"/>
+      <c r="H5" s="17"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...9 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>97</v>
+      </c>
+      <c r="B6" s="16"/>
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="16"/>
+      <c r="H6" s="16"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="19">
+      <c r="B7" s="16">
         <v>90.614724708343175</v>
       </c>
-      <c r="C7" s="19">
+      <c r="C7" s="16">
         <v>81.567828394389892</v>
       </c>
-      <c r="D7" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="19">
+      <c r="D7" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E7" s="16">
         <v>9.3852752916568392</v>
       </c>
-      <c r="F7" s="19">
+      <c r="F7" s="16">
         <v>0.51666312784388857</v>
       </c>
-      <c r="G7" s="19">
+      <c r="G7" s="16">
         <v>2.5232465462619458</v>
       </c>
-      <c r="H7" s="19">
+      <c r="H7" s="16">
         <v>6.345365617551006</v>
       </c>
     </row>
-    <row r="8" spans="1:8">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="19">
+      <c r="B8" s="16">
         <v>82.875657338186741</v>
       </c>
-      <c r="C8" s="19">
+      <c r="C8" s="16">
         <v>80.789973697882417</v>
       </c>
-      <c r="D8" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="19">
+      <c r="D8" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E8" s="16">
         <v>17.124342661813259</v>
       </c>
-      <c r="F8" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H8" s="19">
+      <c r="F8" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G8" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H8" s="16">
         <v>15.790149816218932</v>
       </c>
     </row>
-    <row r="9" spans="1:8">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="19">
+      <c r="B9" s="16">
         <v>88.558814450965855</v>
       </c>
-      <c r="C9" s="19">
+      <c r="C9" s="16">
         <v>86.750221851804355</v>
       </c>
-      <c r="D9" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="19">
+      <c r="D9" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E9" s="16">
         <v>11.441185549034145</v>
       </c>
-      <c r="F9" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H9" s="19">
+      <c r="F9" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G9" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H9" s="16">
         <v>11.235442804299019</v>
       </c>
     </row>
-    <row r="10" spans="1:8">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="19">
+      <c r="B10" s="16">
         <v>72.488844883374568</v>
       </c>
-      <c r="C10" s="19">
+      <c r="C10" s="16">
         <v>60.190704939118774</v>
       </c>
-      <c r="D10" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="19">
+      <c r="D10" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E10" s="16">
         <v>27.511155116625432</v>
       </c>
-      <c r="F10" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H10" s="19">
+      <c r="F10" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G10" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H10" s="16">
         <v>26.146405757311381</v>
       </c>
     </row>
-    <row r="11" spans="1:8">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="19">
+      <c r="B11" s="16">
         <v>83.085716041536585</v>
       </c>
-      <c r="C11" s="19">
+      <c r="C11" s="16">
         <v>73.025348267006081</v>
       </c>
-      <c r="D11" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="19">
+      <c r="D11" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E11" s="16">
         <v>16.914283958463415</v>
       </c>
-      <c r="F11" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H11" s="19">
+      <c r="F11" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G11" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H11" s="16">
         <v>15.582555282380051</v>
       </c>
     </row>
-    <row r="12" spans="1:8">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="19">
+      <c r="B12" s="16">
         <v>80.42696965946871</v>
       </c>
-      <c r="C12" s="19">
+      <c r="C12" s="16">
         <v>58.227562022843294</v>
       </c>
-      <c r="D12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="19">
+      <c r="D12" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E12" s="16">
         <v>19.573030340531293</v>
       </c>
-      <c r="F12" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H12" s="19">
+      <c r="F12" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G12" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H12" s="16">
         <v>15.511878975944459</v>
       </c>
     </row>
-    <row r="13" spans="1:8">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="19">
+      <c r="B13" s="16">
         <v>71.981026660634456</v>
       </c>
-      <c r="C13" s="19">
+      <c r="C13" s="16">
         <v>71.228467890917003</v>
       </c>
-      <c r="D13" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="19">
+      <c r="D13" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E13" s="16">
         <v>28.018973339365555</v>
       </c>
-      <c r="F13" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H13" s="19">
+      <c r="F13" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G13" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H13" s="16">
         <v>26.517442237675581</v>
       </c>
     </row>
-    <row r="14" spans="1:8">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="19">
+      <c r="B14" s="16">
         <v>76.868251683169589</v>
       </c>
-      <c r="C14" s="19">
+      <c r="C14" s="16">
         <v>75.247017736535156</v>
       </c>
-      <c r="D14" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="19">
+      <c r="D14" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" s="16">
         <v>23.131748316830414</v>
       </c>
-      <c r="F14" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H14" s="19">
+      <c r="F14" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G14" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H14" s="16">
         <v>22.399597972290351</v>
       </c>
     </row>
-    <row r="15" spans="1:8">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="2"/>
-      <c r="B15" s="19"/>
-[...7 lines deleted...]
-    <row r="16" spans="1:8">
+      <c r="B15" s="16"/>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="16"/>
+      <c r="G15" s="16"/>
+      <c r="H15" s="16"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...9 lines deleted...]
-    <row r="17" spans="1:8">
+        <v>98</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="16"/>
+      <c r="G16" s="16"/>
+      <c r="H16" s="16"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="21">
+      <c r="B17" s="18">
         <v>87.254515100325463</v>
       </c>
-      <c r="C17" s="21">
+      <c r="C17" s="18">
         <v>79.8871298607624</v>
       </c>
-      <c r="D17" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="21">
+      <c r="D17" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" s="18">
         <v>12.745484899674537</v>
       </c>
-      <c r="F17" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H17" s="21">
+      <c r="F17" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G17" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H17" s="18">
         <v>8.3459915020929341</v>
       </c>
     </row>
-    <row r="18" spans="1:8">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="21">
+      <c r="B18" s="18">
         <v>86.103888223790975</v>
       </c>
-      <c r="C18" s="21">
+      <c r="C18" s="18">
         <v>76.476875582816234</v>
       </c>
-      <c r="D18" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="21">
+      <c r="D18" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" s="18">
         <v>13.896111776209032</v>
       </c>
-      <c r="F18" s="21">
+      <c r="F18" s="18">
         <v>0.45868987137218881</v>
       </c>
-      <c r="G18" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H18" s="21">
+      <c r="G18" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H18" s="18">
         <v>13.012112253360039</v>
       </c>
     </row>
-    <row r="19" spans="1:8">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="21">
+      <c r="B19" s="18">
         <v>81.270362006696899</v>
       </c>
-      <c r="C19" s="21">
+      <c r="C19" s="18">
         <v>73.603706060636881</v>
       </c>
-      <c r="D19" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="21">
+      <c r="D19" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" s="18">
         <v>18.729637993303111</v>
       </c>
-      <c r="F19" s="21">
+      <c r="F19" s="18">
         <v>2.3656226491258425</v>
       </c>
-      <c r="G19" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="21">
+      <c r="G19" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H19" s="18">
         <v>16.058606924971887</v>
       </c>
     </row>
-    <row r="20" spans="1:8">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="21">
+      <c r="B20" s="18">
         <v>84.193058653283217</v>
       </c>
-      <c r="C20" s="21">
+      <c r="C20" s="18">
         <v>75.185525507104984</v>
       </c>
-      <c r="D20" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="21">
+      <c r="D20" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" s="18">
         <v>15.806941346716791</v>
       </c>
-      <c r="F20" s="21">
+      <c r="F20" s="18">
         <v>0.5441816998564436</v>
       </c>
-      <c r="G20" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H20" s="21">
+      <c r="G20" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H20" s="18">
         <v>14.897916741057401</v>
       </c>
     </row>
-    <row r="21" spans="1:8">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="21">
+      <c r="B21" s="18">
         <v>75.347411590195321</v>
       </c>
-      <c r="C21" s="21">
+      <c r="C21" s="18">
         <v>68.33955446158248</v>
       </c>
-      <c r="D21" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="21">
+      <c r="D21" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E21" s="18">
         <v>24.652588409804679</v>
       </c>
-      <c r="F21" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H21" s="21">
+      <c r="F21" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G21" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H21" s="18">
         <v>22.781351361287054</v>
       </c>
     </row>
-    <row r="22" spans="1:8">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="21"/>
-[...7 lines deleted...]
-    <row r="23" spans="1:8">
+      <c r="B22" s="18"/>
+      <c r="C22" s="18"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+      <c r="H22" s="18"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...9 lines deleted...]
-    <row r="24" spans="1:8">
+        <v>99</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="17"/>
+      <c r="D23" s="17"/>
+      <c r="E23" s="17"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="17"/>
+      <c r="H23" s="17"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="21">
+      <c r="B24" s="18">
         <v>34.079170517881963</v>
       </c>
-      <c r="C24" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="21">
+      <c r="C24" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" s="18">
         <v>34.079170517881963</v>
       </c>
-      <c r="E24" s="21">
+      <c r="E24" s="18">
         <v>65.920829482118052</v>
       </c>
-      <c r="F24" s="21">
+      <c r="F24" s="18">
         <v>2.1384550504525803</v>
       </c>
-      <c r="G24" s="21">
+      <c r="G24" s="18">
         <v>4.211362088028614</v>
       </c>
-      <c r="H24" s="21">
+      <c r="H24" s="18">
         <v>59.571012343636845</v>
       </c>
     </row>
-    <row r="25" spans="1:8">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="21">
+      <c r="B25" s="18">
         <v>95.472590187422369</v>
       </c>
-      <c r="C25" s="21">
+      <c r="C25" s="18">
         <v>92.552333711450956</v>
       </c>
-      <c r="D25" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="21">
+      <c r="D25" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E25" s="18">
         <v>4.5274098125776252</v>
       </c>
-      <c r="F25" s="21">
+      <c r="F25" s="18">
         <v>0.24397614503669987</v>
       </c>
-      <c r="G25" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="21">
+      <c r="G25" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H25" s="18">
         <v>3.9668997357313764</v>
       </c>
     </row>
-    <row r="26" spans="1:8">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="22" t="s">
-[...8 lines deleted...]
-      <c r="E26" s="21">
+      <c r="B26" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C26" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E26" s="18">
         <v>84.521994310818982</v>
       </c>
-      <c r="F26" s="21">
+      <c r="F26" s="18">
         <v>10.943261491176331</v>
       </c>
-      <c r="G26" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="21">
+      <c r="G26" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H26" s="18">
         <v>73.333517414227103</v>
       </c>
     </row>
-    <row r="27" spans="1:8">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="21"/>
-[...7 lines deleted...]
-    <row r="28" spans="1:8">
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...9 lines deleted...]
-    <row r="29" spans="1:8">
+        <v>100</v>
+      </c>
+      <c r="B28" s="17"/>
+      <c r="C28" s="17"/>
+      <c r="D28" s="17"/>
+      <c r="E28" s="17"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="17"/>
+      <c r="H28" s="17"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="22" t="s">
-[...8 lines deleted...]
-      <c r="E29" s="21">
+      <c r="B29" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C29" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E29" s="18">
         <v>35.618507349937389</v>
       </c>
-      <c r="F29" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H29" s="21">
+      <c r="F29" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G29" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H29" s="18">
         <v>20.695719606368904</v>
       </c>
     </row>
-    <row r="30" spans="1:8">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="21">
+      <c r="B30" s="18">
         <v>80.959840667277348</v>
       </c>
-      <c r="C30" s="21">
+      <c r="C30" s="18">
         <v>72.755198012973452</v>
       </c>
-      <c r="D30" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="21">
+      <c r="D30" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E30" s="18">
         <v>19.040159332722656</v>
       </c>
-      <c r="F30" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H30" s="21">
+      <c r="F30" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" s="18">
         <v>18.093557095343684</v>
       </c>
     </row>
-    <row r="31" spans="1:8">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="21">
+      <c r="B31" s="18">
         <v>85.07610173607128</v>
       </c>
-      <c r="C31" s="21">
+      <c r="C31" s="18">
         <v>81.775977396833824</v>
       </c>
-      <c r="D31" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="21">
+      <c r="D31" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E31" s="18">
         <v>14.923898263928722</v>
       </c>
-      <c r="F31" s="21">
+      <c r="F31" s="18">
         <v>0.77126477592303166</v>
       </c>
-      <c r="G31" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H31" s="21">
+      <c r="G31" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H31" s="18">
         <v>13.867543531731281</v>
       </c>
     </row>
-    <row r="32" spans="1:8">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="21">
+      <c r="B32" s="18">
         <v>84.31786563519303</v>
       </c>
-      <c r="C32" s="21">
+      <c r="C32" s="18">
         <v>75.387629119315548</v>
       </c>
-      <c r="D32" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="21">
+      <c r="D32" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E32" s="18">
         <v>15.682134364806979</v>
       </c>
-      <c r="F32" s="21">
+      <c r="F32" s="18">
         <v>1.4518372142154132</v>
       </c>
-      <c r="G32" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H32" s="21">
+      <c r="G32" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H32" s="18">
         <v>13.732709177417441</v>
       </c>
     </row>
-    <row r="33" spans="1:8">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="21">
+      <c r="B33" s="18">
         <v>81.131246303423808</v>
       </c>
-      <c r="C33" s="21">
+      <c r="C33" s="18">
         <v>70.502488244404091</v>
       </c>
-      <c r="D33" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="21">
+      <c r="D33" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E33" s="18">
         <v>18.868753696576189</v>
       </c>
-      <c r="F33" s="21">
+      <c r="F33" s="18">
         <v>1.1444599806232221</v>
       </c>
-      <c r="G33" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H33" s="21">
+      <c r="G33" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H33" s="18">
         <v>17.209432397690666</v>
       </c>
     </row>
-    <row r="34" spans="1:8">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="21"/>
-[...7 lines deleted...]
-    <row r="35" spans="1:8">
+      <c r="B34" s="18"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+      <c r="H34" s="18"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...9 lines deleted...]
-    <row r="36" spans="1:8">
+        <v>101</v>
+      </c>
+      <c r="B35" s="17"/>
+      <c r="C35" s="17"/>
+      <c r="D35" s="17"/>
+      <c r="E35" s="17"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="17"/>
+      <c r="H35" s="17"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="21">
+      <c r="B36" s="18">
         <v>72.179376734568251</v>
       </c>
-      <c r="C36" s="21">
+      <c r="C36" s="18">
         <v>68.139181965348428</v>
       </c>
-      <c r="D36" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="21">
+      <c r="D36" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E36" s="18">
         <v>27.820623265431756</v>
       </c>
-      <c r="F36" s="21">
+      <c r="F36" s="18">
         <v>0.94967217368258638</v>
       </c>
-      <c r="G36" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="21">
+      <c r="G36" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H36" s="18">
         <v>26.055397259096193</v>
       </c>
     </row>
-    <row r="37" spans="1:8">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="21">
+      <c r="B37" s="18">
         <v>89.646949069479106</v>
       </c>
-      <c r="C37" s="21">
+      <c r="C37" s="18">
         <v>88.196704466616794</v>
       </c>
-      <c r="D37" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="21">
+      <c r="D37" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E37" s="18">
         <v>10.353050930520897</v>
       </c>
-      <c r="F37" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H37" s="21">
+      <c r="F37" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G37" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H37" s="18">
         <v>9.8880016731598435</v>
       </c>
     </row>
-    <row r="38" spans="1:8">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="21">
+      <c r="B38" s="18">
         <v>84.182038753855196</v>
       </c>
-      <c r="C38" s="21">
+      <c r="C38" s="18">
         <v>73.441867292371114</v>
       </c>
-      <c r="D38" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="21">
+      <c r="D38" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E38" s="18">
         <v>15.817961246144799</v>
       </c>
-      <c r="F38" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H38" s="21">
+      <c r="F38" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G38" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H38" s="18">
         <v>12.352638147598926</v>
       </c>
     </row>
-    <row r="39" spans="1:8">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="21">
+      <c r="B39" s="18">
         <v>81.129274600383354</v>
       </c>
-      <c r="C39" s="21">
+      <c r="C39" s="18">
         <v>74.240252916808956</v>
       </c>
-      <c r="D39" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="21">
+      <c r="D39" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E39" s="18">
         <v>18.870725399616635</v>
       </c>
-      <c r="F39" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H39" s="21">
+      <c r="F39" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G39" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H39" s="18">
         <v>17.194919522730963</v>
       </c>
     </row>
-    <row r="40" spans="1:8">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="21">
+      <c r="B40" s="18">
         <v>83.31293899203024</v>
       </c>
-      <c r="C40" s="21">
+      <c r="C40" s="18">
         <v>67.28272548065668</v>
       </c>
-      <c r="D40" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="21">
+      <c r="D40" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E40" s="18">
         <v>16.687061007969774</v>
       </c>
-      <c r="F40" s="21">
+      <c r="F40" s="18">
         <v>2.0635801973355687</v>
       </c>
-      <c r="G40" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="21">
+      <c r="G40" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H40" s="18">
         <v>14.15751758854058</v>
       </c>
     </row>
-    <row r="41" spans="1:8">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="21"/>
-[...7 lines deleted...]
-    <row r="42" spans="1:8">
+      <c r="B41" s="18"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+      <c r="H41" s="18"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...9 lines deleted...]
-    <row r="43" spans="1:8">
+        <v>102</v>
+      </c>
+      <c r="B42" s="17"/>
+      <c r="C42" s="17"/>
+      <c r="D42" s="17"/>
+      <c r="E42" s="17"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="17"/>
+      <c r="H42" s="17"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="21">
+      <c r="B43" s="18">
         <v>92.335875472265329</v>
       </c>
-      <c r="C43" s="21">
+      <c r="C43" s="18">
         <v>82.821212091872866</v>
       </c>
-      <c r="D43" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="21">
+      <c r="D43" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E43" s="18">
         <v>7.6641245277346712</v>
       </c>
-      <c r="F43" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H43" s="21">
+      <c r="F43" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G43" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H43" s="18">
         <v>7.270455471262137</v>
       </c>
     </row>
-    <row r="44" spans="1:8">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="21">
+      <c r="B44" s="18">
         <v>85.765249554131273</v>
       </c>
-      <c r="C44" s="21">
+      <c r="C44" s="18">
         <v>81.125996099151834</v>
       </c>
-      <c r="D44" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="21">
+      <c r="D44" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E44" s="18">
         <v>14.234750445868711</v>
       </c>
-      <c r="F44" s="21">
+      <c r="F44" s="18">
         <v>0.59980578296738263</v>
       </c>
-      <c r="G44" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H44" s="21">
+      <c r="G44" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H44" s="18">
         <v>13.240766763690218</v>
       </c>
     </row>
-    <row r="45" spans="1:8">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="21">
+      <c r="B45" s="18">
         <v>76.003830802581248</v>
       </c>
-      <c r="C45" s="21">
+      <c r="C45" s="18">
         <v>68.081764313987335</v>
       </c>
-      <c r="D45" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="21">
+      <c r="D45" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E45" s="18">
         <v>23.996169197418755</v>
       </c>
-      <c r="F45" s="21">
+      <c r="F45" s="18">
         <v>0.70360337244322424</v>
       </c>
-      <c r="G45" s="21">
+      <c r="G45" s="18">
         <v>0.88486864730520676</v>
       </c>
-      <c r="H45" s="21">
+      <c r="H45" s="18">
         <v>22.407697177670329</v>
       </c>
     </row>
-    <row r="46" spans="1:8">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="21">
+      <c r="B46" s="18">
         <v>56.18149132124649</v>
       </c>
-      <c r="C46" s="21">
+      <c r="C46" s="18">
         <v>41.243430617593383</v>
       </c>
-      <c r="D46" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="21">
+      <c r="D46" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E46" s="18">
         <v>43.818508678753517</v>
       </c>
-      <c r="F46" s="21">
+      <c r="F46" s="18">
         <v>7.0646825943610745</v>
       </c>
-      <c r="G46" s="22" t="s">
-[...2 lines deleted...]
-      <c r="H46" s="21">
+      <c r="G46" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H46" s="18">
         <v>36.079624140271505</v>
       </c>
     </row>
-    <row r="47" spans="1:8">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="22" t="s">
-[...8 lines deleted...]
-      <c r="E47" s="21">
+      <c r="B47" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C47" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E47" s="18">
         <v>52.676888594581897</v>
       </c>
-      <c r="F47" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H47" s="21">
+      <c r="F47" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G47" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="18">
         <v>32.842448621671444</v>
       </c>
     </row>
-    <row r="48" spans="1:8">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="22" t="s">
-[...13 lines deleted...]
-    <row r="49" spans="1:8">
+      <c r="B48" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C48" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E48" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="F48" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G48" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H48" s="16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="21"/>
-[...7 lines deleted...]
-    <row r="50" spans="1:8">
+      <c r="B49" s="18"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="18"/>
+      <c r="G49" s="18"/>
+      <c r="H49" s="18"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...9 lines deleted...]
-    <row r="51" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="B50" s="17"/>
+      <c r="C50" s="17"/>
+      <c r="D50" s="17"/>
+      <c r="E50" s="17"/>
+      <c r="F50" s="17"/>
+      <c r="G50" s="17"/>
+      <c r="H50" s="17"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="21">
+      <c r="B51" s="18">
         <v>83.490674992642894</v>
       </c>
-      <c r="C51" s="21">
+      <c r="C51" s="18">
         <v>77.58729226945006</v>
       </c>
-      <c r="D51" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="21">
+      <c r="D51" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E51" s="18">
         <v>16.509325007357127</v>
       </c>
-      <c r="F51" s="21">
+      <c r="F51" s="18">
         <v>0.64512545127541454</v>
       </c>
-      <c r="G51" s="21">
+      <c r="G51" s="18">
         <v>0.96123626075031143</v>
       </c>
-      <c r="H51" s="21">
+      <c r="H51" s="18">
         <v>14.902963295331398</v>
       </c>
     </row>
-    <row r="52" spans="1:8">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="21">
+      <c r="B52" s="18">
         <v>86.282458607580054</v>
       </c>
-      <c r="C52" s="21">
+      <c r="C52" s="18">
         <v>71.910923238338754</v>
       </c>
-      <c r="D52" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="21">
+      <c r="D52" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E52" s="18">
         <v>13.717541392419946</v>
       </c>
-      <c r="F52" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H52" s="21">
+      <c r="F52" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G52" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H52" s="18">
         <v>10.56822327068854</v>
       </c>
     </row>
-    <row r="53" spans="1:8">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="22" t="s">
-[...8 lines deleted...]
-      <c r="E53" s="21">
+      <c r="B53" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C53" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" s="18">
         <v>34.406614248431062</v>
       </c>
-      <c r="F53" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H53" s="21">
+      <c r="F53" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G53" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H53" s="18">
         <v>32.076651574628585</v>
       </c>
     </row>
-    <row r="54" spans="1:8">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="22" t="s">
-[...8 lines deleted...]
-      <c r="E54" s="21">
+      <c r="B54" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C54" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E54" s="18">
         <v>53.966506852688198</v>
       </c>
-      <c r="F54" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H54" s="21">
+      <c r="F54" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G54" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H54" s="18">
         <v>51.350350070038907</v>
       </c>
     </row>
-    <row r="55" spans="1:8">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="21"/>
-[...7 lines deleted...]
-    <row r="56" spans="1:8">
+      <c r="B55" s="18"/>
+      <c r="C55" s="18"/>
+      <c r="D55" s="18"/>
+      <c r="E55" s="18"/>
+      <c r="F55" s="18"/>
+      <c r="G55" s="18"/>
+      <c r="H55" s="18"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...9 lines deleted...]
-    <row r="57" spans="1:8">
+        <v>104</v>
+      </c>
+      <c r="B56" s="17"/>
+      <c r="C56" s="17"/>
+      <c r="D56" s="17"/>
+      <c r="E56" s="17"/>
+      <c r="F56" s="17"/>
+      <c r="G56" s="17"/>
+      <c r="H56" s="17"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="22" t="s">
-[...8 lines deleted...]
-      <c r="E57" s="21">
+      <c r="B57" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C57" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D57" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E57" s="18">
         <v>41.162632589845387</v>
       </c>
-      <c r="F57" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H57" s="21">
+      <c r="F57" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G57" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H57" s="18">
         <v>37.976363423387717</v>
       </c>
     </row>
-    <row r="58" spans="1:8">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="21">
+      <c r="B58" s="18">
         <v>80.280312400832798</v>
       </c>
-      <c r="C58" s="21">
+      <c r="C58" s="18">
         <v>73.175563536615485</v>
       </c>
-      <c r="D58" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="21">
+      <c r="D58" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E58" s="18">
         <v>19.719687599167194</v>
       </c>
-      <c r="F58" s="21">
+      <c r="F58" s="18">
         <v>1.3417405751372271</v>
       </c>
-      <c r="G58" s="21">
+      <c r="G58" s="18">
         <v>1.0537674128196308</v>
       </c>
-      <c r="H58" s="21">
+      <c r="H58" s="18">
         <v>17.32417961121034</v>
       </c>
     </row>
-    <row r="59" spans="1:8">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="21">
+      <c r="B59" s="18">
         <v>90.924099372387474</v>
       </c>
-      <c r="C59" s="21">
+      <c r="C59" s="18">
         <v>78.900203362252796</v>
       </c>
-      <c r="D59" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="21">
+      <c r="D59" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E59" s="18">
         <v>9.0759006276125298</v>
       </c>
-      <c r="F59" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H59" s="21">
+      <c r="F59" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G59" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H59" s="18">
         <v>8.4239976487593751</v>
       </c>
     </row>
-    <row r="61" spans="1:8">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
       <c r="H61" s="10"/>
     </row>
-    <row r="62" spans="1:8">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="9" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
     </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A63" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="10"/>
+      <c r="C63" s="10"/>
+      <c r="D63" s="10"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="10"/>
+      <c r="G63" s="10"/>
+      <c r="H63" s="10"/>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-  <dimension ref="A1:G59"/>
+  <dimension ref="A1:G62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26" customWidth="1"/>
-    <col min="2" max="2" width="15.5546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="16.6640625" customWidth="1"/>
+    <col min="2" max="2" width="15.5703125" customWidth="1"/>
+    <col min="3" max="3" width="14.28515625" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" customWidth="1"/>
+    <col min="5" max="5" width="17.140625" customWidth="1"/>
+    <col min="6" max="6" width="16.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:6" ht="18">
+    <row r="1" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" ht="32.4" customHeight="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="7" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D3" s="7" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="E3" s="7" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="19">
+        <v>106</v>
+      </c>
+      <c r="B4" s="16">
         <v>12.6</v>
       </c>
-      <c r="C4" s="19">
+      <c r="C4" s="16">
         <v>41.959999999999994</v>
       </c>
-      <c r="D4" s="19">
+      <c r="D4" s="16">
         <v>9</v>
       </c>
-      <c r="E4" s="19">
+      <c r="E4" s="16">
         <v>34.58</v>
       </c>
-      <c r="F4" s="19">
+      <c r="F4" s="16">
         <v>7.7937521330562145</v>
       </c>
     </row>
-    <row r="5" spans="1:6">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="19"/>
-[...5 lines deleted...]
-    <row r="6" spans="1:6">
+      <c r="B5" s="16"/>
+      <c r="C5" s="16"/>
+      <c r="D5" s="16"/>
+      <c r="E5" s="16"/>
+      <c r="F5" s="16"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-    <row r="7" spans="1:6">
+        <v>97</v>
+      </c>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="17"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="21">
+      <c r="B7" s="18">
         <v>10.700000000000001</v>
       </c>
-      <c r="C7" s="21">
+      <c r="C7" s="18">
         <v>37.240000000000009</v>
       </c>
-      <c r="D7" s="21">
+      <c r="D7" s="18">
         <v>10.220000000000001</v>
       </c>
-      <c r="E7" s="21">
+      <c r="E7" s="18">
         <v>36.5</v>
       </c>
-      <c r="F7" s="21">
+      <c r="F7" s="18">
         <v>13.023495648959541</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="21">
+      <c r="B8" s="18">
         <v>17.640000000000004</v>
       </c>
-      <c r="C8" s="21">
+      <c r="C8" s="18">
         <v>40.14</v>
       </c>
-      <c r="D8" s="21">
+      <c r="D8" s="18">
         <v>10.920000000000002</v>
       </c>
-      <c r="E8" s="21">
+      <c r="E8" s="18">
         <v>29.099999999999998</v>
       </c>
-      <c r="F8" s="21">
+      <c r="F8" s="18">
         <v>4.3845226350981035</v>
       </c>
     </row>
-    <row r="9" spans="1:6">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="21">
+      <c r="B9" s="18">
         <v>17.84</v>
       </c>
-      <c r="C9" s="21">
+      <c r="C9" s="18">
         <v>70.5</v>
       </c>
-      <c r="D9" s="21">
+      <c r="D9" s="18">
         <v>12.9</v>
       </c>
-      <c r="E9" s="21">
+      <c r="E9" s="18">
         <v>34.660000000000004</v>
       </c>
-      <c r="F9" s="21">
+      <c r="F9" s="18">
         <v>9.4024263673110529</v>
       </c>
     </row>
-    <row r="10" spans="1:6">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="21">
+      <c r="B10" s="18">
         <v>13.3</v>
       </c>
-      <c r="C10" s="21">
+      <c r="C10" s="18">
         <v>37.580000000000005</v>
       </c>
-      <c r="D10" s="21">
+      <c r="D10" s="18">
         <v>13.200000000000001</v>
       </c>
-      <c r="E10" s="21">
+      <c r="E10" s="18">
         <v>51.339999999999996</v>
       </c>
-      <c r="F10" s="21">
+      <c r="F10" s="18">
         <v>4.7780984500152197</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="21">
+      <c r="B11" s="18">
         <v>19.46</v>
       </c>
-      <c r="C11" s="21">
+      <c r="C11" s="18">
         <v>40.24</v>
       </c>
-      <c r="D11" s="21">
+      <c r="D11" s="18">
         <v>8.82</v>
       </c>
-      <c r="E11" s="21">
+      <c r="E11" s="18">
         <v>37.76</v>
       </c>
-      <c r="F11" s="21">
+      <c r="F11" s="18">
         <v>9.7237083579290804</v>
       </c>
     </row>
-    <row r="12" spans="1:6">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="21">
+      <c r="B12" s="18">
         <v>13.720000000000002</v>
       </c>
-      <c r="C12" s="21">
+      <c r="C12" s="18">
         <v>48.680000000000007</v>
       </c>
-      <c r="D12" s="21">
+      <c r="D12" s="18">
         <v>12.740000000000002</v>
       </c>
-      <c r="E12" s="21">
+      <c r="E12" s="18">
         <v>57.699999999999996</v>
       </c>
-      <c r="F12" s="21">
+      <c r="F12" s="18">
         <v>4.9921066041828279</v>
       </c>
     </row>
-    <row r="13" spans="1:6">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="21">
+      <c r="B13" s="18">
         <v>10.18</v>
       </c>
-      <c r="C13" s="21">
+      <c r="C13" s="18">
         <v>47.260000000000005</v>
       </c>
-      <c r="D13" s="21">
+      <c r="D13" s="18">
         <v>10.4</v>
       </c>
-      <c r="E13" s="21">
+      <c r="E13" s="18">
         <v>24</v>
       </c>
-      <c r="F13" s="21">
+      <c r="F13" s="18">
         <v>8.9152568140150965</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="21">
+      <c r="B14" s="18">
         <v>12.16</v>
       </c>
-      <c r="C14" s="21">
+      <c r="C14" s="18">
         <v>28.42</v>
       </c>
-      <c r="D14" s="21">
+      <c r="D14" s="18">
         <v>10.260000000000002</v>
       </c>
-      <c r="E14" s="21">
+      <c r="E14" s="18">
         <v>24.660000000000004</v>
       </c>
-      <c r="F14" s="21">
+      <c r="F14" s="18">
         <v>9.4224591527303954</v>
       </c>
     </row>
-    <row r="15" spans="1:6">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="21"/>
-[...5 lines deleted...]
-    <row r="16" spans="1:6">
+      <c r="B15" s="18"/>
+      <c r="C15" s="18"/>
+      <c r="D15" s="18"/>
+      <c r="E15" s="18"/>
+      <c r="F15" s="18"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>98</v>
+      </c>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="17"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="21">
+      <c r="B17" s="18">
         <v>19.079999999999998</v>
       </c>
-      <c r="C17" s="21">
+      <c r="C17" s="18">
         <v>84.860000000000014</v>
       </c>
-      <c r="D17" s="21">
+      <c r="D17" s="18">
         <v>18.600000000000001</v>
       </c>
-      <c r="E17" s="21">
-[...2 lines deleted...]
-      <c r="F17" s="21">
+      <c r="E17" s="18">
         <v>10.58</v>
       </c>
+      <c r="F17" s="18">
+        <v>9.9625292606011495</v>
+      </c>
       <c r="G17" s="3"/>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="21">
+      <c r="B18" s="18">
         <v>9.1399999999999988</v>
       </c>
-      <c r="C18" s="21">
+      <c r="C18" s="18">
         <v>43.56</v>
       </c>
-      <c r="D18" s="21">
+      <c r="D18" s="18">
         <v>13.960000000000003</v>
       </c>
-      <c r="E18" s="21">
-[...2 lines deleted...]
-      <c r="F18" s="21">
+      <c r="E18" s="18">
         <v>11.940000000000001</v>
       </c>
+      <c r="F18" s="18">
+        <v>11.400917362130546</v>
+      </c>
       <c r="G18" s="3"/>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="21">
+      <c r="B19" s="18">
         <v>11.74</v>
       </c>
-      <c r="C19" s="21">
+      <c r="C19" s="18">
         <v>38.72</v>
       </c>
-      <c r="D19" s="21">
+      <c r="D19" s="18">
         <v>10.260000000000002</v>
       </c>
-      <c r="E19" s="21">
-[...2 lines deleted...]
-      <c r="F19" s="21">
+      <c r="E19" s="18">
         <v>7.3999999999999995</v>
       </c>
+      <c r="F19" s="18">
+        <v>5.1202023400834049</v>
+      </c>
       <c r="G19" s="3"/>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="21">
+      <c r="B20" s="18">
         <v>12.5</v>
       </c>
-      <c r="C20" s="21">
+      <c r="C20" s="18">
         <v>44.88000000000001</v>
       </c>
-      <c r="D20" s="21">
+      <c r="D20" s="18">
         <v>10.360000000000001</v>
       </c>
-      <c r="E20" s="21">
-[...2 lines deleted...]
-      <c r="F20" s="21">
+      <c r="E20" s="18">
         <v>9.5</v>
       </c>
+      <c r="F20" s="18">
+        <v>7.5407295613904592</v>
+      </c>
       <c r="G20" s="3"/>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="21">
+      <c r="B21" s="18">
         <v>11.6</v>
       </c>
-      <c r="C21" s="21">
+      <c r="C21" s="18">
         <v>25.1</v>
       </c>
-      <c r="D21" s="21">
+      <c r="D21" s="18">
         <v>8.5400000000000009</v>
       </c>
-      <c r="E21" s="21">
-[...2 lines deleted...]
-      <c r="F21" s="21">
+      <c r="E21" s="18">
         <v>7.1999999999999993</v>
       </c>
+      <c r="F21" s="18">
+        <v>4.9476593092065553</v>
+      </c>
       <c r="G21" s="3"/>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="21"/>
-[...3 lines deleted...]
-      <c r="F22" s="21"/>
+      <c r="B22" s="18"/>
+      <c r="C22" s="18"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="18"/>
       <c r="G22" s="3"/>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...7 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>99</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="17"/>
+      <c r="D23" s="17"/>
+      <c r="E23" s="17"/>
+      <c r="F23" s="17"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="21">
+      <c r="B24" s="18">
         <v>3.06</v>
       </c>
-      <c r="C24" s="21">
+      <c r="C24" s="18">
         <v>14.020000000000001</v>
       </c>
-      <c r="D24" s="21">
+      <c r="D24" s="18">
         <v>7.04</v>
       </c>
-      <c r="E24" s="21">
+      <c r="E24" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F24" s="18">
         <v>10.912506801571007</v>
       </c>
-      <c r="F24" s="20" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:7">
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="21">
+      <c r="B25" s="18">
         <v>27.780000000000005</v>
       </c>
-      <c r="C25" s="21">
+      <c r="C25" s="18">
         <v>119.66000000000001</v>
       </c>
-      <c r="D25" s="21">
+      <c r="D25" s="18">
         <v>15.280000000000001</v>
       </c>
-      <c r="E25" s="21">
+      <c r="E25" s="18">
+        <v>34.58</v>
+      </c>
+      <c r="F25" s="18">
         <v>4.9965404330933492</v>
       </c>
-      <c r="F25" s="20" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:7">
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="21">
+      <c r="B26" s="18">
         <v>61.240000000000009</v>
       </c>
-      <c r="C26" s="21">
+      <c r="C26" s="18">
         <v>19.939999999999998</v>
       </c>
-      <c r="D26" s="21">
+      <c r="D26" s="18">
         <v>11.040000000000001</v>
       </c>
-      <c r="E26" s="21">
+      <c r="E26" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F26" s="18">
         <v>1.9349820665590087</v>
       </c>
-      <c r="F26" s="20" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:7">
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="21"/>
-[...5 lines deleted...]
-    <row r="28" spans="1:7">
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="17"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...7 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>100</v>
+      </c>
+      <c r="B28" s="17"/>
+      <c r="C28" s="17"/>
+      <c r="D28" s="17"/>
+      <c r="E28" s="17"/>
+      <c r="F28" s="17"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="21">
+      <c r="B29" s="18">
         <v>10.900000000000002</v>
       </c>
-      <c r="C29" s="21">
+      <c r="C29" s="18">
         <v>55.98</v>
       </c>
-      <c r="D29" s="21">
+      <c r="D29" s="18">
         <v>27.62</v>
       </c>
-      <c r="E29" s="21">
+      <c r="E29" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="18">
         <v>1.4216657675139863</v>
       </c>
-      <c r="F29" s="20" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:7">
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="21">
+      <c r="B30" s="18">
         <v>15.440000000000003</v>
       </c>
-      <c r="C30" s="21">
+      <c r="C30" s="18">
         <v>50.260000000000005</v>
       </c>
-      <c r="D30" s="21">
+      <c r="D30" s="18">
         <v>17.880000000000003</v>
       </c>
-      <c r="E30" s="21">
+      <c r="E30" s="18">
+        <v>38.78</v>
+      </c>
+      <c r="F30" s="18">
         <v>10.407879686891853</v>
       </c>
-      <c r="F30" s="20" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:7">
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="21">
+      <c r="B31" s="18">
         <v>18.68</v>
       </c>
-      <c r="C31" s="21">
+      <c r="C31" s="18">
         <v>54.44</v>
       </c>
-      <c r="D31" s="21">
+      <c r="D31" s="18">
         <v>12.920000000000002</v>
       </c>
-      <c r="E31" s="21">
+      <c r="E31" s="18">
+        <v>56.940000000000012</v>
+      </c>
+      <c r="F31" s="18">
         <v>5.6216549765547033</v>
       </c>
-      <c r="F31" s="20" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:7">
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="21">
+      <c r="B32" s="18">
         <v>9.9800000000000022</v>
       </c>
-      <c r="C32" s="21">
+      <c r="C32" s="18">
         <v>33.620000000000005</v>
       </c>
-      <c r="D32" s="21">
+      <c r="D32" s="18">
         <v>10.14</v>
       </c>
-      <c r="E32" s="21">
+      <c r="E32" s="18">
+        <v>31.42</v>
+      </c>
+      <c r="F32" s="18">
         <v>8.4396841714004474</v>
       </c>
-      <c r="F32" s="20" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:7">
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="21">
+      <c r="B33" s="18">
         <v>10.899999999999999</v>
       </c>
-      <c r="C33" s="21">
+      <c r="C33" s="18">
         <v>35.92</v>
       </c>
-      <c r="D33" s="21">
+      <c r="D33" s="18">
         <v>7.66</v>
       </c>
-      <c r="E33" s="21">
+      <c r="E33" s="18">
+        <v>29.100000000000005</v>
+      </c>
+      <c r="F33" s="18">
         <v>10.925368438844814</v>
       </c>
-      <c r="F33" s="20" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:7">
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="21"/>
-[...5 lines deleted...]
-    <row r="35" spans="1:7">
+      <c r="B34" s="18"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="17"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...7 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>101</v>
+      </c>
+      <c r="B35" s="17"/>
+      <c r="C35" s="17"/>
+      <c r="D35" s="17"/>
+      <c r="E35" s="17"/>
+      <c r="F35" s="17"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="21">
+      <c r="B36" s="18">
         <v>77.58</v>
       </c>
-      <c r="C36" s="21">
+      <c r="C36" s="18">
         <v>44.36</v>
       </c>
-      <c r="D36" s="21">
+      <c r="D36" s="18">
         <v>14.540000000000003</v>
       </c>
-      <c r="E36" s="21">
-[...2 lines deleted...]
-      <c r="F36" s="21">
+      <c r="E36" s="18">
         <v>85.760000000000019</v>
       </c>
+      <c r="F36" s="18">
+        <v>0.29710396103601966</v>
+      </c>
       <c r="G36" s="3"/>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="21">
+      <c r="B37" s="18">
         <v>15.880000000000003</v>
       </c>
-      <c r="C37" s="21">
+      <c r="C37" s="18">
         <v>49.18</v>
       </c>
-      <c r="D37" s="21">
+      <c r="D37" s="18">
         <v>10.58</v>
       </c>
-      <c r="E37" s="21">
-[...2 lines deleted...]
-      <c r="F37" s="21">
+      <c r="E37" s="18">
         <v>45.78</v>
       </c>
+      <c r="F37" s="18">
+        <v>3.8724785129630304</v>
+      </c>
       <c r="G37" s="3"/>
     </row>
-    <row r="38" spans="1:7">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="21">
+      <c r="B38" s="18">
         <v>10.760000000000002</v>
       </c>
-      <c r="C38" s="21">
+      <c r="C38" s="18">
         <v>42.92</v>
       </c>
-      <c r="D38" s="21">
+      <c r="D38" s="18">
         <v>10.700000000000001</v>
       </c>
-      <c r="E38" s="21">
-[...2 lines deleted...]
-      <c r="F38" s="21">
+      <c r="E38" s="18">
         <v>32.980000000000004</v>
       </c>
+      <c r="F38" s="18">
+        <v>10.313862029800623</v>
+      </c>
       <c r="G38" s="3"/>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="21">
+      <c r="B39" s="18">
         <v>6.4600000000000009</v>
       </c>
-      <c r="C39" s="21">
+      <c r="C39" s="18">
         <v>27.320000000000004</v>
       </c>
-      <c r="D39" s="21">
+      <c r="D39" s="18">
         <v>8.7399999999999984</v>
       </c>
-      <c r="E39" s="21">
-[...2 lines deleted...]
-      <c r="F39" s="21">
+      <c r="E39" s="18">
         <v>23.340000000000003</v>
       </c>
+      <c r="F39" s="18">
+        <v>17.273339528143499</v>
+      </c>
       <c r="G39" s="3"/>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="21">
+      <c r="B40" s="18">
         <v>5.8999999999999995</v>
       </c>
-      <c r="C40" s="21">
+      <c r="C40" s="18">
         <v>40.199999999999996</v>
       </c>
-      <c r="D40" s="21">
+      <c r="D40" s="18">
         <v>10.320000000000002</v>
       </c>
-      <c r="E40" s="21">
-[...2 lines deleted...]
-      <c r="F40" s="21">
+      <c r="E40" s="18">
         <v>19.14</v>
       </c>
+      <c r="F40" s="18">
+        <v>21.932787216635177</v>
+      </c>
       <c r="G40" s="3"/>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="21"/>
-[...3 lines deleted...]
-      <c r="F41" s="21"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="18"/>
       <c r="G41" s="3"/>
     </row>
-    <row r="42" spans="1:7">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...7 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>102</v>
+      </c>
+      <c r="B42" s="17"/>
+      <c r="C42" s="17"/>
+      <c r="D42" s="17"/>
+      <c r="E42" s="17"/>
+      <c r="F42" s="17"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="21">
+      <c r="B43" s="18">
+        <v>23.18</v>
+      </c>
+      <c r="C43" s="18">
+        <v>70.38000000000001</v>
+      </c>
+      <c r="D43" s="18">
+        <v>14.34</v>
+      </c>
+      <c r="E43" s="18">
+        <v>63.260000000000005</v>
+      </c>
+      <c r="F43" s="18">
         <v>5.362022804574134</v>
       </c>
-      <c r="C43" s="20" t="s">
-[...12 lines deleted...]
-    <row r="44" spans="1:7">
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="21">
+      <c r="B44" s="18">
+        <v>20.020000000000003</v>
+      </c>
+      <c r="C44" s="18">
+        <v>64.600000000000009</v>
+      </c>
+      <c r="D44" s="18">
+        <v>12.4</v>
+      </c>
+      <c r="E44" s="18">
+        <v>32.080000000000005</v>
+      </c>
+      <c r="F44" s="18">
         <v>6.709134750400807</v>
       </c>
-      <c r="C44" s="20" t="s">
-[...12 lines deleted...]
-    <row r="45" spans="1:7">
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="21">
+      <c r="B45" s="18">
+        <v>8.0200000000000014</v>
+      </c>
+      <c r="C45" s="18">
+        <v>28.84</v>
+      </c>
+      <c r="D45" s="18">
+        <v>7.8800000000000008</v>
+      </c>
+      <c r="E45" s="18">
+        <v>25.640000000000008</v>
+      </c>
+      <c r="F45" s="18">
         <v>6.558511883231426</v>
       </c>
-      <c r="C45" s="20" t="s">
-[...12 lines deleted...]
-    <row r="46" spans="1:7">
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="21">
+      <c r="B46" s="18">
+        <v>4.0000000000000009</v>
+      </c>
+      <c r="C46" s="18">
+        <v>14.099999999999998</v>
+      </c>
+      <c r="D46" s="18">
+        <v>9.98</v>
+      </c>
+      <c r="E46" s="18">
+        <v>28.040000000000003</v>
+      </c>
+      <c r="F46" s="18">
         <v>7.4998290960621539</v>
       </c>
-      <c r="C46" s="20" t="s">
-[...12 lines deleted...]
-    <row r="47" spans="1:7">
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="21">
+      <c r="B47" s="18">
+        <v>10.260000000000002</v>
+      </c>
+      <c r="C47" s="18">
+        <v>42.94</v>
+      </c>
+      <c r="D47" s="18">
+        <v>11.14</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F47" s="18">
         <v>18.708217082040168</v>
       </c>
-      <c r="C47" s="20" t="s">
-[...12 lines deleted...]
-    <row r="48" spans="1:7">
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="21">
+      <c r="B48" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C48" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E48" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F48" s="18">
         <v>5.918939037768375</v>
       </c>
-      <c r="C48" s="20" t="s">
-[...12 lines deleted...]
-    <row r="49" spans="1:6">
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="21"/>
-[...5 lines deleted...]
-    <row r="50" spans="1:6">
+      <c r="B49" s="18"/>
+      <c r="C49" s="17"/>
+      <c r="D49" s="17"/>
+      <c r="E49" s="17"/>
+      <c r="F49" s="17"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...7 lines deleted...]
-    <row r="51" spans="1:6">
+        <v>103</v>
+      </c>
+      <c r="B50" s="17"/>
+      <c r="C50" s="17"/>
+      <c r="D50" s="17"/>
+      <c r="E50" s="17"/>
+      <c r="F50" s="17"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="21">
+      <c r="B51" s="18">
         <v>14.3</v>
       </c>
-      <c r="C51" s="21">
+      <c r="C51" s="18">
         <v>47.22</v>
       </c>
-      <c r="D51" s="21">
+      <c r="D51" s="18">
+        <v>12.3</v>
+      </c>
+      <c r="E51" s="18">
+        <v>38.42</v>
+      </c>
+      <c r="F51" s="18">
         <v>7.3125623428791409</v>
       </c>
-      <c r="E51" s="20" t="s">
-[...6 lines deleted...]
-    <row r="52" spans="1:6">
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="21">
+      <c r="B52" s="18">
         <v>12.280000000000001</v>
       </c>
-      <c r="C52" s="21">
+      <c r="C52" s="18">
         <v>48.120000000000005</v>
       </c>
-      <c r="D52" s="21">
+      <c r="D52" s="18">
+        <v>9.4600000000000009</v>
+      </c>
+      <c r="E52" s="18">
+        <v>25.46</v>
+      </c>
+      <c r="F52" s="18">
         <v>13.697086068977281</v>
       </c>
-      <c r="E52" s="20" t="s">
-[...6 lines deleted...]
-    <row r="53" spans="1:6">
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="21">
+      <c r="B53" s="18">
         <v>17.080000000000002</v>
       </c>
-      <c r="C53" s="21">
+      <c r="C53" s="18">
         <v>21.28</v>
       </c>
-      <c r="D53" s="21">
+      <c r="D53" s="18">
+        <v>8.3000000000000025</v>
+      </c>
+      <c r="E53" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F53" s="18">
         <v>0</v>
       </c>
-      <c r="E53" s="20" t="s">
-[...6 lines deleted...]
-    <row r="54" spans="1:6">
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="21">
+      <c r="B54" s="18">
         <v>3.4000000000000004</v>
       </c>
-      <c r="C54" s="21">
+      <c r="C54" s="18">
         <v>17.420000000000002</v>
       </c>
-      <c r="D54" s="21">
+      <c r="D54" s="18">
+        <v>10.88</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F54" s="18">
         <v>12.19462261521743</v>
       </c>
-      <c r="E54" s="20" t="s">
-[...6 lines deleted...]
-    <row r="55" spans="1:6">
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="21"/>
-[...5 lines deleted...]
-    <row r="56" spans="1:6">
+      <c r="B55" s="18"/>
+      <c r="C55" s="18"/>
+      <c r="D55" s="18"/>
+      <c r="E55" s="17"/>
+      <c r="F55" s="17"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...7 lines deleted...]
-    <row r="57" spans="1:6">
+        <v>104</v>
+      </c>
+      <c r="B56" s="17"/>
+      <c r="C56" s="17"/>
+      <c r="D56" s="17"/>
+      <c r="E56" s="17"/>
+      <c r="F56" s="17"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="21">
+      <c r="B57" s="18">
         <v>22.560000000000002</v>
       </c>
-      <c r="C57" s="21">
+      <c r="C57" s="18">
         <v>18.500000000000004</v>
       </c>
-      <c r="D57" s="21">
+      <c r="D57" s="18">
         <v>13.38</v>
       </c>
-      <c r="E57" s="20" t="s">
-[...6 lines deleted...]
-    <row r="58" spans="1:6">
+      <c r="E57" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" s="18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="21">
+      <c r="B58" s="18">
         <v>11.44</v>
       </c>
-      <c r="C58" s="21">
+      <c r="C58" s="18">
         <v>36.159999999999997</v>
       </c>
-      <c r="D58" s="21">
+      <c r="D58" s="18">
         <v>10.720000000000002</v>
       </c>
-      <c r="E58" s="20" t="s">
-[...6 lines deleted...]
-    <row r="59" spans="1:6">
+      <c r="E58" s="18">
+        <v>34.64</v>
+      </c>
+      <c r="F58" s="18">
+        <v>34.64</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="21">
+      <c r="B59" s="18">
         <v>18.080000000000005</v>
       </c>
-      <c r="C59" s="21">
+      <c r="C59" s="18">
         <v>82.26</v>
       </c>
-      <c r="D59" s="21">
+      <c r="D59" s="18">
         <v>11.24</v>
       </c>
-      <c r="E59" s="20" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E59" s="18">
+        <v>30.960000000000004</v>
+      </c>
+      <c r="F59" s="18">
+        <v>30.960000000000004</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B61" s="10"/>
+      <c r="C61" s="10"/>
+      <c r="D61" s="10"/>
+      <c r="E61" s="9"/>
+      <c r="F61" s="10"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" s="10"/>
+      <c r="C62" s="10"/>
+      <c r="D62" s="10"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D59"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.109375" customWidth="1"/>
+    <col min="1" max="1" width="22.140625" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="3" width="14.28515625" customWidth="1"/>
+    <col min="4" max="4" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:4" ht="18">
+    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4" ht="27.6" customHeight="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>57</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="4" spans="1:4">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="14">
+        <v>106</v>
+      </c>
+      <c r="B4" s="25">
         <v>50316</v>
       </c>
-      <c r="C4" s="14">
+      <c r="C4" s="25">
         <v>66046.9069306741</v>
       </c>
-      <c r="D4" s="32">
+      <c r="D4" s="28">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:4">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="14"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:4">
+      <c r="B5" s="13"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="26"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:4">
+        <v>97</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="27"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="31">
+      <c r="B7" s="25">
         <v>81984.800000000003</v>
       </c>
-      <c r="C7" s="31">
+      <c r="C7" s="25">
         <v>94594.965034936904</v>
       </c>
-      <c r="D7" s="34">
+      <c r="D7" s="28">
         <v>19.403179415268507</v>
       </c>
     </row>
-    <row r="8" spans="1:4">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="31">
+      <c r="B8" s="25">
         <v>46958.600000000006</v>
       </c>
-      <c r="C8" s="31">
+      <c r="C8" s="25">
         <v>51273.666005153413</v>
       </c>
-      <c r="D8" s="34">
+      <c r="D8" s="28">
         <v>8.0036195030621808</v>
       </c>
     </row>
-    <row r="9" spans="1:4">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="31">
+      <c r="B9" s="25">
         <v>51148.200000000004</v>
       </c>
-      <c r="C9" s="31">
+      <c r="C9" s="25">
         <v>68634.696198021848</v>
       </c>
-      <c r="D9" s="34">
+      <c r="D9" s="28">
         <v>11.659248916170075</v>
       </c>
     </row>
-    <row r="10" spans="1:4">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="31">
+      <c r="B10" s="25">
         <v>43402</v>
       </c>
-      <c r="C10" s="31">
+      <c r="C10" s="25">
         <v>62189.04222757175</v>
       </c>
-      <c r="D10" s="34">
+      <c r="D10" s="28">
         <v>12.531028259815931</v>
       </c>
     </row>
-    <row r="11" spans="1:4">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="31">
+      <c r="B11" s="25">
         <v>49032.4</v>
       </c>
-      <c r="C11" s="31">
+      <c r="C11" s="25">
         <v>60565.437318596843</v>
       </c>
-      <c r="D11" s="34">
+      <c r="D11" s="28">
         <v>10.812533325742393</v>
       </c>
     </row>
-    <row r="12" spans="1:4">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="31">
+      <c r="B12" s="25">
         <v>40257.800000000003</v>
       </c>
-      <c r="C12" s="31">
+      <c r="C12" s="25">
         <v>60427.348421363131</v>
       </c>
-      <c r="D12" s="34">
+      <c r="D12" s="28">
         <v>11.815601327587874</v>
       </c>
     </row>
-    <row r="13" spans="1:4">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="31">
+      <c r="B13" s="25">
         <v>51818</v>
       </c>
-      <c r="C13" s="31">
+      <c r="C13" s="25">
         <v>67282.687502782064</v>
       </c>
-      <c r="D13" s="34">
+      <c r="D13" s="28">
         <v>13.036743195136765</v>
       </c>
     </row>
-    <row r="14" spans="1:4">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="31">
+      <c r="B14" s="25">
         <v>52102</v>
       </c>
-      <c r="C14" s="31">
+      <c r="C14" s="25">
         <v>59618.58854408779</v>
       </c>
-      <c r="D14" s="34">
+      <c r="D14" s="28">
         <v>12.738046057216284</v>
       </c>
     </row>
-    <row r="15" spans="1:4">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="31"/>
-[...3 lines deleted...]
-    <row r="16" spans="1:4">
+      <c r="B15" s="25"/>
+      <c r="C15" s="25"/>
+      <c r="D15" s="28"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:4">
+        <v>98</v>
+      </c>
+      <c r="B16" s="25"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="28"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="31">
+      <c r="B17" s="25">
         <v>36114.6</v>
       </c>
-      <c r="C17" s="31">
+      <c r="C17" s="25">
         <v>43052.581908201159</v>
       </c>
-      <c r="D17" s="34">
+      <c r="D17" s="28">
         <v>16.731990111637028</v>
       </c>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="31">
+      <c r="B18" s="25">
         <v>56544</v>
       </c>
-      <c r="C18" s="31">
+      <c r="C18" s="25">
         <v>73204.651807743401</v>
       </c>
-      <c r="D18" s="34">
+      <c r="D18" s="28">
         <v>24.22550549700291</v>
       </c>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="31">
+      <c r="B19" s="25">
         <v>54730.200000000004</v>
       </c>
-      <c r="C19" s="31">
+      <c r="C19" s="25">
         <v>68838.434138604483</v>
       </c>
-      <c r="D19" s="34">
+      <c r="D19" s="28">
         <v>20.290766317769592</v>
       </c>
     </row>
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="31">
+      <c r="B20" s="25">
         <v>61257</v>
       </c>
-      <c r="C20" s="31">
+      <c r="C20" s="25">
         <v>81278.621065039581</v>
       </c>
-      <c r="D20" s="34">
+      <c r="D20" s="28">
         <v>23.044993416837659</v>
       </c>
     </row>
-    <row r="21" spans="1:4">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="31">
+      <c r="B21" s="25">
         <v>59558.8</v>
       </c>
-      <c r="C21" s="31">
+      <c r="C21" s="25">
         <v>72642.834804102851</v>
       </c>
-      <c r="D21" s="34">
+      <c r="D21" s="28">
         <v>15.706744656752813</v>
       </c>
     </row>
-    <row r="22" spans="1:4">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="31"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:4">
+      <c r="B22" s="25"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="28"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:4">
+        <v>99</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="25"/>
+      <c r="D23" s="28"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="31">
+      <c r="B24" s="25">
         <v>59713</v>
       </c>
-      <c r="C24" s="31">
+      <c r="C24" s="25">
         <v>76797.243324721188</v>
       </c>
-      <c r="D24" s="34">
+      <c r="D24" s="28">
         <v>81.61464490045995</v>
       </c>
     </row>
-    <row r="25" spans="1:4">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="31">
+      <c r="B25" s="25">
         <v>49184</v>
       </c>
-      <c r="C25" s="31">
+      <c r="C25" s="25">
         <v>71521.800627077493</v>
       </c>
-      <c r="D25" s="34">
+      <c r="D25" s="28">
         <v>16.444189940757319</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="31">
+      <c r="B26" s="25">
         <v>2743</v>
       </c>
-      <c r="C26" s="31">
+      <c r="C26" s="25">
         <v>8765.1462783969455</v>
       </c>
-      <c r="D26" s="34">
+      <c r="D26" s="28">
         <v>1.9411651587827288</v>
       </c>
     </row>
-    <row r="27" spans="1:4">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="31"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:4">
+      <c r="B27" s="25"/>
+      <c r="C27" s="25"/>
+      <c r="D27" s="28"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:4">
+        <v>100</v>
+      </c>
+      <c r="B28" s="25"/>
+      <c r="C28" s="25"/>
+      <c r="D28" s="28"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="31">
+      <c r="B29" s="25">
         <v>29758.800000000003</v>
       </c>
-      <c r="C29" s="31">
+      <c r="C29" s="25">
         <v>35305.232975977058</v>
       </c>
-      <c r="D29" s="34">
+      <c r="D29" s="28">
         <v>10.745823135524821</v>
       </c>
     </row>
-    <row r="30" spans="1:4">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="31">
+      <c r="B30" s="25">
         <v>43958.200000000004</v>
       </c>
-      <c r="C30" s="31">
+      <c r="C30" s="25">
         <v>51433.634254129109</v>
       </c>
-      <c r="D30" s="34">
+      <c r="D30" s="28">
         <v>15.520215201612061</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="31">
+      <c r="B31" s="25">
         <v>44132.4</v>
       </c>
-      <c r="C31" s="31">
+      <c r="C31" s="25">
         <v>55194.909382713842</v>
       </c>
-      <c r="D31" s="34">
+      <c r="D31" s="28">
         <v>16.745645538247903</v>
       </c>
     </row>
-    <row r="32" spans="1:4">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="31">
+      <c r="B32" s="25">
         <v>65320.800000000003</v>
       </c>
-      <c r="C32" s="31">
+      <c r="C32" s="25">
         <v>73469.138174541338</v>
       </c>
-      <c r="D32" s="34">
+      <c r="D32" s="28">
         <v>22.22581690440774</v>
       </c>
     </row>
-    <row r="33" spans="1:4">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="31">
+      <c r="B33" s="25">
         <v>82023.8</v>
       </c>
-      <c r="C33" s="31">
+      <c r="C33" s="25">
         <v>115069.05142619135</v>
       </c>
-      <c r="D33" s="34">
+      <c r="D33" s="28">
         <v>34.762499220207474</v>
       </c>
     </row>
-    <row r="34" spans="1:4">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="31"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:4">
+      <c r="B34" s="25"/>
+      <c r="C34" s="25"/>
+      <c r="D34" s="28"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:4">
+        <v>101</v>
+      </c>
+      <c r="B35" s="25"/>
+      <c r="C35" s="25"/>
+      <c r="D35" s="28"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="31">
+      <c r="B36" s="25">
         <v>3519.6000000000004</v>
       </c>
-      <c r="C36" s="31">
+      <c r="C36" s="25">
         <v>4438.3486493919627</v>
       </c>
-      <c r="D36" s="34">
+      <c r="D36" s="28">
         <v>1.3462983301787506</v>
       </c>
     </row>
-    <row r="37" spans="1:4">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="31">
+      <c r="B37" s="25">
         <v>30986.400000000001</v>
       </c>
-      <c r="C37" s="31">
+      <c r="C37" s="25">
         <v>30340.558693592375</v>
       </c>
-      <c r="D37" s="34">
+      <c r="D37" s="28">
         <v>9.2096138508178633</v>
       </c>
     </row>
-    <row r="38" spans="1:4">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="31">
+      <c r="B38" s="25">
         <v>50350.600000000006</v>
       </c>
-      <c r="C38" s="31">
+      <c r="C38" s="25">
         <v>50681.932985560343</v>
       </c>
-      <c r="D38" s="34">
+      <c r="D38" s="28">
         <v>15.331336163488679</v>
       </c>
     </row>
-    <row r="39" spans="1:4">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="31">
+      <c r="B39" s="25">
         <v>74822.2</v>
       </c>
-      <c r="C39" s="31">
+      <c r="C39" s="25">
         <v>75583.80036354567</v>
       </c>
-      <c r="D39" s="34">
+      <c r="D39" s="28">
         <v>22.850952792875184</v>
       </c>
     </row>
-    <row r="40" spans="1:4">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="31">
+      <c r="B40" s="25">
         <v>131858.4</v>
       </c>
-      <c r="C40" s="31">
+      <c r="C40" s="25">
         <v>169534.28697435776</v>
       </c>
-      <c r="D40" s="34">
+      <c r="D40" s="28">
         <v>51.261798862639523</v>
       </c>
     </row>
-    <row r="41" spans="1:4">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="31"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:4">
+      <c r="B41" s="25"/>
+      <c r="C41" s="25"/>
+      <c r="D41" s="28"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:4">
+        <v>102</v>
+      </c>
+      <c r="B42" s="25"/>
+      <c r="C42" s="25"/>
+      <c r="D42" s="28"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="31">
+      <c r="B43" s="25">
         <v>31114.7</v>
       </c>
-      <c r="C43" s="31">
+      <c r="C43" s="25">
         <v>45849.237133078372</v>
       </c>
-      <c r="D43" s="34">
+      <c r="D43" s="28">
         <v>6.8350951943915081</v>
       </c>
     </row>
-    <row r="44" spans="1:4">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="31">
+      <c r="B44" s="25">
         <v>51657.600000000006</v>
       </c>
-      <c r="C44" s="31">
+      <c r="C44" s="25">
         <v>63113.878716517414</v>
       </c>
-      <c r="D44" s="34">
+      <c r="D44" s="28">
         <v>23.605670001202242</v>
       </c>
     </row>
-    <row r="45" spans="1:4">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="31">
+      <c r="B45" s="25">
         <v>64129</v>
       </c>
-      <c r="C45" s="31">
+      <c r="C45" s="25">
         <v>85565.770623333636</v>
       </c>
-      <c r="D45" s="34">
+      <c r="D45" s="28">
         <v>26.061595370482788</v>
       </c>
     </row>
-    <row r="46" spans="1:4">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="31">
+      <c r="B46" s="25">
         <v>56173</v>
       </c>
-      <c r="C46" s="31">
+      <c r="C46" s="25">
         <v>70753.732622969459</v>
       </c>
-      <c r="D46" s="34">
+      <c r="D46" s="28">
         <v>23.393731139024389</v>
       </c>
     </row>
-    <row r="47" spans="1:4">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="31">
+      <c r="B47" s="25">
         <v>49629.8</v>
       </c>
-      <c r="C47" s="31">
+      <c r="C47" s="25">
         <v>64739.198966762517</v>
       </c>
-      <c r="D47" s="34">
+      <c r="D47" s="28">
         <v>14.464072906686523</v>
       </c>
     </row>
-    <row r="48" spans="1:4">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="31">
+      <c r="B48" s="25">
         <v>32737.4</v>
       </c>
-      <c r="C48" s="31">
+      <c r="C48" s="25">
         <v>42609.265821159403</v>
       </c>
-      <c r="D48" s="34">
+      <c r="D48" s="28">
         <v>5.6398353882125498</v>
       </c>
     </row>
-    <row r="49" spans="1:4">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="31"/>
-[...3 lines deleted...]
-    <row r="50" spans="1:4">
+      <c r="B49" s="25"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="28"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:4">
+        <v>103</v>
+      </c>
+      <c r="B50" s="25"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="28"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="31">
+      <c r="B51" s="25">
         <v>55764.600000000006</v>
       </c>
-      <c r="C51" s="31">
+      <c r="C51" s="25">
         <v>69490.266374523679</v>
       </c>
-      <c r="D51" s="34">
+      <c r="D51" s="28">
         <v>54.091243807372351</v>
       </c>
     </row>
-    <row r="52" spans="1:4">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="31">
+      <c r="B52" s="25">
         <v>70544.2</v>
       </c>
-      <c r="C52" s="31">
+      <c r="C52" s="25">
         <v>104802.97137878691</v>
       </c>
-      <c r="D52" s="34">
+      <c r="D52" s="28">
         <v>19.453396251401976</v>
       </c>
     </row>
-    <row r="53" spans="1:4">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="31">
+      <c r="B53" s="25">
         <v>18737.8</v>
       </c>
-      <c r="C53" s="31">
+      <c r="C53" s="25">
         <v>27411.894725217935</v>
       </c>
-      <c r="D53" s="34">
+      <c r="D53" s="28">
         <v>3.1546231803949834</v>
       </c>
     </row>
-    <row r="54" spans="1:4">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="31">
+      <c r="B54" s="25">
         <v>43266</v>
       </c>
-      <c r="C54" s="31">
+      <c r="C54" s="25">
         <v>53560.164973277519</v>
       </c>
-      <c r="D54" s="34">
+      <c r="D54" s="28">
         <v>23.300736760830695</v>
       </c>
     </row>
-    <row r="55" spans="1:4">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="31"/>
-[...3 lines deleted...]
-    <row r="56" spans="1:4">
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="28"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:4">
+        <v>104</v>
+      </c>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25"/>
+      <c r="D56" s="28"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B57" s="31">
+      <c r="B57" s="25">
         <v>24542.400000000001</v>
       </c>
-      <c r="C57" s="31">
+      <c r="C57" s="25">
         <v>28672.172114203408</v>
       </c>
-      <c r="D57" s="34">
+      <c r="D57" s="28">
         <v>5.4433992558090978</v>
       </c>
     </row>
-    <row r="58" spans="1:4">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B58" s="31">
+      <c r="B58" s="25">
         <v>50813.8</v>
       </c>
-      <c r="C58" s="31">
+      <c r="C58" s="25">
         <v>61992.792909700242</v>
       </c>
-      <c r="D58" s="34">
+      <c r="D58" s="28">
         <v>63.804083548508281</v>
       </c>
     </row>
-    <row r="59" spans="1:4">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="31">
+      <c r="B59" s="25">
         <v>74068.2</v>
       </c>
-      <c r="C59" s="31">
+      <c r="C59" s="25">
         <v>104232.67817537846</v>
       </c>
-      <c r="D59" s="34">
+      <c r="D59" s="28">
         <v>30.752517195682628</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D62"/>
   <sheetViews>
-    <sheetView topLeftCell="A34" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.77734375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="18.21875" customWidth="1"/>
+    <col min="1" max="1" width="21.7109375" customWidth="1"/>
+    <col min="2" max="2" width="14.85546875" customWidth="1"/>
+    <col min="3" max="3" width="15.5703125" customWidth="1"/>
+    <col min="4" max="4" width="18.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:4" ht="18">
+    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4" ht="25.2" customHeight="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>57</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="4" spans="1:4">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="14">
+        <v>106</v>
+      </c>
+      <c r="B4" s="25">
         <v>13132.6</v>
       </c>
-      <c r="C4" s="14">
+      <c r="C4" s="25">
         <v>15424.77358814336</v>
       </c>
-      <c r="D4" s="32">
+      <c r="D4" s="28">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:4">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="14"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:4">
+      <c r="B5" s="13"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="26"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:4">
+        <v>97</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="27"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="31">
+      <c r="B7" s="25">
         <v>14550.6</v>
       </c>
-      <c r="C7" s="31">
+      <c r="C7" s="25">
         <v>16065.629986836821</v>
       </c>
-      <c r="D7" s="34">
+      <c r="D7" s="28">
         <v>14.109083717045884</v>
       </c>
     </row>
-    <row r="8" spans="1:4">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="31">
+      <c r="B8" s="25">
         <v>14239.6</v>
       </c>
-      <c r="C8" s="31">
+      <c r="C8" s="25">
         <v>15547.660085510082</v>
       </c>
-      <c r="D8" s="34">
+      <c r="D8" s="28">
         <v>10.391277086958707</v>
       </c>
     </row>
-    <row r="9" spans="1:4">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="31">
+      <c r="B9" s="25">
         <v>13418.2</v>
       </c>
-      <c r="C9" s="31">
+      <c r="C9" s="25">
         <v>15642.793281354547</v>
       </c>
-      <c r="D9" s="34">
+      <c r="D9" s="28">
         <v>11.377176236224246</v>
       </c>
     </row>
-    <row r="10" spans="1:4">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="31">
+      <c r="B10" s="25">
         <v>12390.6</v>
       </c>
-      <c r="C10" s="31">
+      <c r="C10" s="25">
         <v>15073.51699350247</v>
       </c>
-      <c r="D10" s="34">
+      <c r="D10" s="28">
         <v>13.007935414332431</v>
       </c>
     </row>
-    <row r="11" spans="1:4">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="31">
+      <c r="B11" s="25">
         <v>12549.400000000001</v>
       </c>
-      <c r="C11" s="31">
+      <c r="C11" s="25">
         <v>14846.42365515701</v>
       </c>
-      <c r="D11" s="34">
+      <c r="D11" s="28">
         <v>11.348368139735323</v>
       </c>
     </row>
-    <row r="12" spans="1:4">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="31">
+      <c r="B12" s="25">
         <v>11005.2</v>
       </c>
-      <c r="C12" s="31">
+      <c r="C12" s="25">
         <v>15604.230663046445</v>
       </c>
-      <c r="D12" s="34">
+      <c r="D12" s="28">
         <v>13.064080156368062</v>
       </c>
     </row>
-    <row r="13" spans="1:4">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="31">
+      <c r="B13" s="25">
         <v>12759.800000000001</v>
       </c>
-      <c r="C13" s="31">
+      <c r="C13" s="25">
         <v>15160.174589275866</v>
       </c>
-      <c r="D13" s="34">
+      <c r="D13" s="28">
         <v>12.57939311845962</v>
       </c>
     </row>
-    <row r="14" spans="1:4">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="31">
+      <c r="B14" s="25">
         <v>13520.6</v>
       </c>
-      <c r="C14" s="31">
+      <c r="C14" s="25">
         <v>15436.793611864174</v>
       </c>
-      <c r="D14" s="34">
+      <c r="D14" s="28">
         <v>14.122686130875735</v>
       </c>
     </row>
-    <row r="15" spans="1:4">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="31"/>
-[...3 lines deleted...]
-    <row r="16" spans="1:4">
+      <c r="B15" s="25"/>
+      <c r="C15" s="25"/>
+      <c r="D15" s="28"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:4">
+        <v>98</v>
+      </c>
+      <c r="B16" s="25"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="28"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="31">
+      <c r="B17" s="25">
         <v>4926.4000000000005</v>
       </c>
-      <c r="C17" s="31">
+      <c r="C17" s="25">
         <v>6357.8941367247353</v>
       </c>
-      <c r="D17" s="34">
+      <c r="D17" s="28">
         <v>10.581090204889767</v>
       </c>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="31">
+      <c r="B18" s="25">
         <v>10813</v>
       </c>
-      <c r="C18" s="31">
+      <c r="C18" s="25">
         <v>12802.027187217036</v>
       </c>
-      <c r="D18" s="34">
+      <c r="D18" s="28">
         <v>18.140073153124145</v>
       </c>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="31">
+      <c r="B19" s="25">
         <v>16876.2</v>
       </c>
-      <c r="C19" s="31">
+      <c r="C19" s="25">
         <v>19268.285536121304</v>
       </c>
-      <c r="D19" s="34">
+      <c r="D19" s="28">
         <v>24.318852039123076</v>
       </c>
     </row>
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="31">
+      <c r="B20" s="25">
         <v>19080.400000000001</v>
       </c>
-      <c r="C20" s="31">
+      <c r="C20" s="25">
         <v>21351.373699726733</v>
       </c>
-      <c r="D20" s="34">
+      <c r="D20" s="28">
         <v>25.921339516311878</v>
       </c>
     </row>
-    <row r="21" spans="1:4">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="31">
+      <c r="B21" s="25">
         <v>20299.400000000001</v>
       </c>
-      <c r="C21" s="31">
+      <c r="C21" s="25">
         <v>22724.430505079385</v>
       </c>
-      <c r="D21" s="34">
+      <c r="D21" s="28">
         <v>21.038645086551139</v>
       </c>
     </row>
-    <row r="22" spans="1:4">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="31"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:4">
+      <c r="B22" s="25"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="28"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:4">
+        <v>99</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="25"/>
+      <c r="D23" s="28"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="31">
+      <c r="B24" s="25">
         <v>12608.800000000001</v>
       </c>
-      <c r="C24" s="31">
+      <c r="C24" s="25">
         <v>15254.347725652942</v>
       </c>
-      <c r="D24" s="34">
+      <c r="D24" s="28">
         <v>69.415111663085369</v>
       </c>
     </row>
-    <row r="25" spans="1:4">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="31">
+      <c r="B25" s="25">
         <v>17894.400000000001</v>
       </c>
-      <c r="C25" s="31">
+      <c r="C25" s="25">
         <v>19917.600951960518</v>
       </c>
-      <c r="D25" s="34">
+      <c r="D25" s="28">
         <v>19.606953840988126</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="31">
+      <c r="B26" s="25">
         <v>10398.400000000001</v>
       </c>
-      <c r="C26" s="31">
+      <c r="C26" s="25">
         <v>11577.815688621435</v>
       </c>
-      <c r="D26" s="34">
+      <c r="D26" s="28">
         <v>10.977934495926517</v>
       </c>
     </row>
-    <row r="27" spans="1:4">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="31"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:4">
+      <c r="B27" s="25"/>
+      <c r="C27" s="25"/>
+      <c r="D27" s="28"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:4">
+        <v>100</v>
+      </c>
+      <c r="B28" s="25"/>
+      <c r="C28" s="25"/>
+      <c r="D28" s="28"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="31">
+      <c r="B29" s="25">
         <v>3925.8</v>
       </c>
-      <c r="C29" s="31">
+      <c r="C29" s="25">
         <v>3332.7022227225712</v>
       </c>
-      <c r="D29" s="34">
+      <c r="D29" s="28">
         <v>4.342673140493555</v>
       </c>
     </row>
-    <row r="30" spans="1:4">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="31">
+      <c r="B30" s="25">
         <v>8288</v>
       </c>
-      <c r="C30" s="31">
+      <c r="C30" s="25">
         <v>8052.3059755512586</v>
       </c>
-      <c r="D30" s="34">
+      <c r="D30" s="28">
         <v>10.404783078880033</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="31">
+      <c r="B31" s="25">
         <v>13164</v>
       </c>
-      <c r="C31" s="31">
+      <c r="C31" s="25">
         <v>13163.102565440851</v>
       </c>
-      <c r="D31" s="34">
+      <c r="D31" s="28">
         <v>17.100311134501421</v>
       </c>
     </row>
-    <row r="32" spans="1:4">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="31">
+      <c r="B32" s="25">
         <v>18570</v>
       </c>
-      <c r="C32" s="31">
+      <c r="C32" s="25">
         <v>18624.882781481319</v>
       </c>
-      <c r="D32" s="34">
+      <c r="D32" s="28">
         <v>24.126700293845467</v>
       </c>
     </row>
-    <row r="33" spans="1:4">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="31">
+      <c r="B33" s="25">
         <v>28801.4</v>
       </c>
-      <c r="C33" s="31">
+      <c r="C33" s="25">
         <v>34034.183857499615</v>
       </c>
-      <c r="D33" s="34">
+      <c r="D33" s="28">
         <v>44.025532352279527</v>
       </c>
     </row>
-    <row r="34" spans="1:4">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="31"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:4">
+      <c r="B34" s="25"/>
+      <c r="C34" s="25"/>
+      <c r="D34" s="28"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:4">
+        <v>101</v>
+      </c>
+      <c r="B35" s="25"/>
+      <c r="C35" s="25"/>
+      <c r="D35" s="28"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="31">
+      <c r="B36" s="25">
         <v>9560.8000000000011</v>
       </c>
-      <c r="C36" s="31">
+      <c r="C36" s="25">
         <v>10382.820055951395</v>
       </c>
-      <c r="D36" s="34">
+      <c r="D36" s="28">
         <v>13.487531911574994</v>
       </c>
     </row>
-    <row r="37" spans="1:4">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="31">
+      <c r="B37" s="25">
         <v>9229.2000000000007</v>
       </c>
-      <c r="C37" s="31">
+      <c r="C37" s="25">
         <v>11590.389187179913</v>
       </c>
-      <c r="D37" s="34">
+      <c r="D37" s="28">
         <v>15.066870310678894</v>
       </c>
     </row>
-    <row r="38" spans="1:4">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="31">
+      <c r="B38" s="25">
         <v>11554.400000000001</v>
       </c>
-      <c r="C38" s="31">
+      <c r="C38" s="25">
         <v>13287.659388845112</v>
       </c>
-      <c r="D38" s="34">
+      <c r="D38" s="28">
         <v>17.208970472195755</v>
       </c>
     </row>
-    <row r="39" spans="1:4">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="31">
+      <c r="B39" s="25">
         <v>17236</v>
       </c>
-      <c r="C39" s="31">
+      <c r="C39" s="25">
         <v>17617.694190420963</v>
       </c>
-      <c r="D39" s="34">
+      <c r="D39" s="28">
         <v>22.803258112486802</v>
       </c>
     </row>
-    <row r="40" spans="1:4">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="31">
+      <c r="B40" s="25">
         <v>19871</v>
       </c>
-      <c r="C40" s="31">
+      <c r="C40" s="25">
         <v>24276.979882511252</v>
       </c>
-      <c r="D40" s="34">
+      <c r="D40" s="28">
         <v>31.433369193063562</v>
       </c>
     </row>
-    <row r="41" spans="1:4">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="31"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:4">
+      <c r="B41" s="25"/>
+      <c r="C41" s="25"/>
+      <c r="D41" s="28"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:4">
+        <v>102</v>
+      </c>
+      <c r="B42" s="25"/>
+      <c r="C42" s="25"/>
+      <c r="D42" s="28"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="31">
+      <c r="B43" s="25">
         <v>13727</v>
       </c>
-      <c r="C43" s="31">
+      <c r="C43" s="25">
         <v>14760.848264469172</v>
       </c>
-      <c r="D43" s="34">
+      <c r="D43" s="28">
         <v>9.4199584242367855</v>
       </c>
     </row>
-    <row r="44" spans="1:4">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="31">
+      <c r="B44" s="25">
         <v>17120</v>
       </c>
-      <c r="C44" s="31">
+      <c r="C44" s="25">
         <v>17946.106362625997</v>
       </c>
-      <c r="D44" s="34">
+      <c r="D44" s="28">
         <v>28.736514240357497</v>
       </c>
     </row>
-    <row r="45" spans="1:4">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="31">
+      <c r="B45" s="25">
         <v>18401.400000000001</v>
       </c>
-      <c r="C45" s="31">
+      <c r="C45" s="25">
         <v>21340.053233581802</v>
       </c>
-      <c r="D45" s="34">
+      <c r="D45" s="28">
         <v>27.839191586629887</v>
       </c>
     </row>
-    <row r="46" spans="1:4">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="31">
+      <c r="B46" s="25">
         <v>13665.2</v>
       </c>
-      <c r="C46" s="31">
+      <c r="C46" s="25">
         <v>15531.505837487337</v>
       </c>
-      <c r="D46" s="34">
+      <c r="D46" s="28">
         <v>21.989586883731349</v>
       </c>
     </row>
-    <row r="47" spans="1:4">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="31">
+      <c r="B47" s="25">
         <v>6804.8</v>
       </c>
-      <c r="C47" s="31">
+      <c r="C47" s="25">
         <v>9056.0946581330518</v>
       </c>
-      <c r="D47" s="34">
+      <c r="D47" s="28">
         <v>8.6634222367021803</v>
       </c>
     </row>
-    <row r="48" spans="1:4">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="31">
+      <c r="B48" s="25">
         <v>4984.6000000000004</v>
       </c>
-      <c r="C48" s="31">
+      <c r="C48" s="25">
         <v>5913.7535519107905</v>
       </c>
-      <c r="D48" s="34">
+      <c r="D48" s="28">
         <v>3.3513266283423064</v>
       </c>
     </row>
-    <row r="49" spans="1:4">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="31"/>
-[...3 lines deleted...]
-    <row r="50" spans="1:4">
+      <c r="B49" s="25"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="28"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:4">
+        <v>103</v>
+      </c>
+      <c r="B50" s="25"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="28"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="31">
+      <c r="B51" s="25">
         <v>16779.600000000002</v>
       </c>
-      <c r="C51" s="31">
+      <c r="C51" s="25">
         <v>18127.355231301826</v>
       </c>
-      <c r="D51" s="34">
+      <c r="D51" s="28">
         <v>60.4153094943238</v>
       </c>
     </row>
-    <row r="52" spans="1:4">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="31">
+      <c r="B52" s="25">
         <v>19022.8</v>
       </c>
-      <c r="C52" s="31">
+      <c r="C52" s="25">
         <v>25059.085683086727</v>
       </c>
-      <c r="D52" s="34">
+      <c r="D52" s="28">
         <v>19.914225976864163</v>
       </c>
     </row>
-    <row r="53" spans="1:4">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="31">
+      <c r="B53" s="25">
         <v>5425.8</v>
       </c>
-      <c r="C53" s="31">
+      <c r="C53" s="25">
         <v>7735.5449184963645</v>
       </c>
-      <c r="D53" s="34">
+      <c r="D53" s="28">
         <v>3.8119292080456733</v>
       </c>
     </row>
-    <row r="54" spans="1:4">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="31">
+      <c r="B54" s="25">
         <v>6146.6</v>
       </c>
-      <c r="C54" s="31">
+      <c r="C54" s="25">
         <v>8512.0868184359533</v>
       </c>
-      <c r="D54" s="34">
+      <c r="D54" s="28">
         <v>15.858535320766372</v>
       </c>
     </row>
-    <row r="55" spans="1:4">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="31"/>
-[...3 lines deleted...]
-    <row r="56" spans="1:4">
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="28"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:4">
+        <v>104</v>
+      </c>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25"/>
+      <c r="D56" s="28"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B57" s="31">
+      <c r="B57" s="25">
         <v>4994.6000000000004</v>
       </c>
-      <c r="C57" s="31">
+      <c r="C57" s="25">
         <v>7676.8263782277054</v>
       </c>
-      <c r="D57" s="34">
+      <c r="D57" s="28">
         <v>6.2413365603653137</v>
       </c>
     </row>
-    <row r="58" spans="1:4">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B58" s="31">
+      <c r="B58" s="25">
         <v>13163.400000000001</v>
       </c>
-      <c r="C58" s="31">
+      <c r="C58" s="25">
         <v>14572.616537433578</v>
       </c>
-      <c r="D58" s="34">
+      <c r="D58" s="28">
         <v>64.221395328042334</v>
       </c>
     </row>
-    <row r="59" spans="1:4">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="31">
+      <c r="B59" s="25">
         <v>18874.8</v>
       </c>
-      <c r="C59" s="31">
+      <c r="C59" s="25">
         <v>23381.516810616915</v>
       </c>
-      <c r="D59" s="34">
+      <c r="D59" s="28">
         <v>29.537268111592354</v>
       </c>
     </row>
-    <row r="61" spans="1:4">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
     </row>
-    <row r="62" spans="1:4">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="10"/>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.5546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="16.109375" customWidth="1"/>
+    <col min="1" max="1" width="21.5703125" customWidth="1"/>
+    <col min="2" max="2" width="15.140625" customWidth="1"/>
+    <col min="3" max="3" width="13.140625" customWidth="1"/>
+    <col min="4" max="4" width="16.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:4" ht="18">
+    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4" ht="59.4" customHeight="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="59.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>57</v>
       </c>
       <c r="D3" s="7" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="14">
+        <v>106</v>
+      </c>
+      <c r="B4" s="25">
         <v>3720</v>
       </c>
-      <c r="C4" s="14">
+      <c r="C4" s="25">
         <v>4024.8520251054015</v>
       </c>
-      <c r="D4" s="32">
+      <c r="D4" s="28">
         <v>29.68</v>
       </c>
     </row>
-    <row r="5" spans="1:4">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="14"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:4">
+      <c r="B5" s="13"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="26"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:4">
+        <v>97</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="27"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="31">
+      <c r="B7" s="25">
         <v>4800</v>
       </c>
-      <c r="C7" s="31">
-[...6 lines deleted...]
-    <row r="8" spans="1:4">
+      <c r="C7" s="25">
+        <v>4572.2746374262279</v>
+      </c>
+      <c r="D7" s="28">
+        <v>31.860000000000007</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="31">
+      <c r="B8" s="13">
         <v>3900</v>
       </c>
-      <c r="C8" s="31">
-[...6 lines deleted...]
-    <row r="9" spans="1:4">
+      <c r="C8" s="13">
+        <v>4051.5591599554641</v>
+      </c>
+      <c r="D8" s="26">
+        <v>28.439999999999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="31">
+      <c r="B9" s="25">
         <v>3960</v>
       </c>
-      <c r="C9" s="31">
-[...2 lines deleted...]
-      <c r="D9" s="34">
+      <c r="C9" s="25">
+        <v>4020.7871496011571</v>
+      </c>
+      <c r="D9" s="28">
         <v>28.18</v>
       </c>
     </row>
-    <row r="10" spans="1:4">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="31">
+      <c r="B10" s="13">
         <v>3120</v>
       </c>
-      <c r="C10" s="31">
-[...6 lines deleted...]
-    <row r="11" spans="1:4">
+      <c r="C10" s="13">
+        <v>3741.5849471153142</v>
+      </c>
+      <c r="D10" s="26">
+        <v>28.839999999999993</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="31">
+      <c r="B11" s="25">
         <v>3840</v>
       </c>
-      <c r="C11" s="31">
-[...6 lines deleted...]
-    <row r="12" spans="1:4">
+      <c r="C11" s="25">
+        <v>4293.2882958382315</v>
+      </c>
+      <c r="D11" s="28">
+        <v>31.800000000000004</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="31">
+      <c r="B12" s="13">
         <v>3480</v>
       </c>
-      <c r="C12" s="31">
-[...6 lines deleted...]
-    <row r="13" spans="1:4">
+      <c r="C12" s="13">
+        <v>3739.824208858925</v>
+      </c>
+      <c r="D12" s="26">
+        <v>31.080000000000002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="31">
+      <c r="B13" s="25">
         <v>3804</v>
       </c>
-      <c r="C13" s="31">
-[...6 lines deleted...]
-    <row r="14" spans="1:4">
+      <c r="C13" s="25">
+        <v>4158.2930052609445</v>
+      </c>
+      <c r="D13" s="28">
+        <v>31.380000000000003</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="31">
-[...9 lines deleted...]
-    <row r="15" spans="1:4">
+      <c r="B14" s="13">
+        <v>3357.6000000000004</v>
+      </c>
+      <c r="C14" s="13">
+        <v>3665.7748593896404</v>
+      </c>
+      <c r="D14" s="26">
+        <v>26.520000000000003</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="31"/>
-[...3 lines deleted...]
-    <row r="16" spans="1:4">
+      <c r="B15" s="25"/>
+      <c r="C15" s="25"/>
+      <c r="D15" s="28"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:4">
+        <v>98</v>
+      </c>
+      <c r="B16" s="13"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="26"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="31">
+      <c r="B17" s="25">
         <v>1812</v>
       </c>
-      <c r="C17" s="31">
-[...6 lines deleted...]
-    <row r="18" spans="1:4">
+      <c r="C17" s="25">
+        <v>2096.9313125412277</v>
+      </c>
+      <c r="D17" s="28">
+        <v>36.440000000000005</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="31">
+      <c r="B18" s="13">
         <v>3504</v>
       </c>
-      <c r="C18" s="31">
-[...2 lines deleted...]
-      <c r="D18" s="34">
+      <c r="C18" s="13">
+        <v>3612.2416186660175</v>
+      </c>
+      <c r="D18" s="26">
         <v>30.56</v>
       </c>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="31">
+      <c r="B19" s="25">
         <v>4320</v>
       </c>
-      <c r="C19" s="31">
-[...6 lines deleted...]
-    <row r="20" spans="1:4">
+      <c r="C19" s="25">
+        <v>4605.6210846644371</v>
+      </c>
+      <c r="D19" s="28">
+        <v>26.420000000000005</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="31">
+      <c r="B20" s="13">
         <v>5160</v>
       </c>
-      <c r="C20" s="31">
-[...6 lines deleted...]
-    <row r="21" spans="1:4">
+      <c r="C20" s="13">
+        <v>5317.0570774106054</v>
+      </c>
+      <c r="D20" s="26">
+        <v>26.680000000000003</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="31">
+      <c r="B21" s="25">
         <v>5640</v>
       </c>
-      <c r="C21" s="31">
-[...6 lines deleted...]
-    <row r="22" spans="1:4">
+      <c r="C21" s="25">
+        <v>5635.372890180568</v>
+      </c>
+      <c r="D21" s="28">
+        <v>27.240000000000002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="31"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:4">
+      <c r="B22" s="13"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="26"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:4">
+        <v>99</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="25"/>
+      <c r="D23" s="28"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="31">
+      <c r="B24" s="13">
         <v>3624</v>
       </c>
-      <c r="C24" s="31">
-[...6 lines deleted...]
-    <row r="25" spans="1:4">
+      <c r="C24" s="13">
+        <v>4002.9341713820259</v>
+      </c>
+      <c r="D24" s="26">
+        <v>30.360000000000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="31">
+      <c r="B25" s="25">
         <v>4200</v>
       </c>
-      <c r="C25" s="31">
-[...2 lines deleted...]
-      <c r="D25" s="34">
+      <c r="C25" s="25">
+        <v>4657.5910413609208</v>
+      </c>
+      <c r="D25" s="28">
         <v>24.12</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="31">
+      <c r="B26" s="13">
         <v>3240</v>
       </c>
-      <c r="C26" s="31">
-[...6 lines deleted...]
-    <row r="27" spans="1:4">
+      <c r="C26" s="13">
+        <v>3473.0697871567668</v>
+      </c>
+      <c r="D26" s="26">
+        <v>32.220000000000006</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="31"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:4">
+      <c r="B27" s="25"/>
+      <c r="C27" s="25"/>
+      <c r="D27" s="28"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:4">
+        <v>100</v>
+      </c>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="26"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="31">
+      <c r="B29" s="25">
         <v>1778.4</v>
       </c>
-      <c r="C29" s="31">
-[...2 lines deleted...]
-      <c r="D29" s="34">
+      <c r="C29" s="25">
+        <v>1949.7015505019499</v>
+      </c>
+      <c r="D29" s="28">
         <v>45.82</v>
       </c>
     </row>
-    <row r="30" spans="1:4">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="31">
+      <c r="B30" s="13">
         <v>2688</v>
       </c>
-      <c r="C30" s="31">
-[...2 lines deleted...]
-      <c r="D30" s="34">
+      <c r="C30" s="13">
+        <v>2945.5293977241195</v>
+      </c>
+      <c r="D30" s="26">
         <v>36.340000000000003</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="31">
+      <c r="B31" s="25">
         <v>4008</v>
       </c>
-      <c r="C31" s="31">
-[...6 lines deleted...]
-    <row r="32" spans="1:4">
+      <c r="C31" s="25">
+        <v>4144.9907668896567</v>
+      </c>
+      <c r="D31" s="28">
+        <v>30.560000000000002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="31">
+      <c r="B32" s="13">
         <v>4800</v>
       </c>
-      <c r="C32" s="31">
-[...2 lines deleted...]
-      <c r="D32" s="34">
+      <c r="C32" s="13">
+        <v>4959.3543146057455</v>
+      </c>
+      <c r="D32" s="26">
         <v>25.16</v>
       </c>
     </row>
-    <row r="33" spans="1:4">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="31">
+      <c r="B33" s="25">
         <v>6000</v>
       </c>
-      <c r="C33" s="31">
-[...2 lines deleted...]
-      <c r="D33" s="34">
+      <c r="C33" s="25">
+        <v>6136.7123536789513</v>
+      </c>
+      <c r="D33" s="28">
         <v>19.260000000000002</v>
       </c>
     </row>
-    <row r="34" spans="1:4">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="31"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:4">
+      <c r="B34" s="13"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="26"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:4">
+        <v>101</v>
+      </c>
+      <c r="B35" s="25"/>
+      <c r="C35" s="25"/>
+      <c r="D35" s="28"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="31">
+      <c r="B36" s="13">
         <v>3000</v>
       </c>
-      <c r="C36" s="31">
-[...6 lines deleted...]
-    <row r="37" spans="1:4">
+      <c r="C36" s="13">
+        <v>3223.8078937299583</v>
+      </c>
+      <c r="D36" s="26">
+        <v>33.080000000000005</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="31">
-[...9 lines deleted...]
-    <row r="38" spans="1:4">
+      <c r="B37" s="25">
+        <v>3009.6000000000004</v>
+      </c>
+      <c r="C37" s="25">
+        <v>3397.7932345302179</v>
+      </c>
+      <c r="D37" s="28">
+        <v>31.960000000000004</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="31">
+      <c r="B38" s="13">
         <v>3590.4</v>
       </c>
-      <c r="C38" s="31">
-[...2 lines deleted...]
-      <c r="D38" s="34">
+      <c r="C38" s="13">
+        <v>3747.1904112028033</v>
+      </c>
+      <c r="D38" s="26">
         <v>28.98</v>
       </c>
     </row>
-    <row r="39" spans="1:4">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="31">
+      <c r="B39" s="25">
         <v>4401.6000000000004</v>
       </c>
-      <c r="C39" s="31">
-[...2 lines deleted...]
-      <c r="D39" s="34">
+      <c r="C39" s="25">
+        <v>4534.5114310269728</v>
+      </c>
+      <c r="D39" s="28">
         <v>27.02</v>
       </c>
     </row>
-    <row r="40" spans="1:4">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="31">
+      <c r="B40" s="13">
         <v>4992</v>
       </c>
-      <c r="C40" s="31">
-[...6 lines deleted...]
-    <row r="41" spans="1:4">
+      <c r="C40" s="13">
+        <v>5226.1790345330364</v>
+      </c>
+      <c r="D40" s="26">
+        <v>25.320000000000004</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="31"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:4">
+      <c r="B41" s="25"/>
+      <c r="C41" s="25"/>
+      <c r="D41" s="28"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:4">
+        <v>102</v>
+      </c>
+      <c r="B42" s="13"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="26"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="31">
+      <c r="B43" s="25">
         <v>3960</v>
       </c>
-      <c r="C43" s="31">
-[...6 lines deleted...]
-    <row r="44" spans="1:4">
+      <c r="C43" s="25">
+        <v>4031.8640060076004</v>
+      </c>
+      <c r="D43" s="28">
+        <v>27.320000000000004</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="31">
+      <c r="B44" s="13">
         <v>4368</v>
       </c>
-      <c r="C44" s="31">
-[...2 lines deleted...]
-      <c r="D44" s="34">
+      <c r="C44" s="13">
+        <v>4659.8401822004298</v>
+      </c>
+      <c r="D44" s="26">
         <v>28.7</v>
       </c>
     </row>
-    <row r="45" spans="1:4">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="31">
+      <c r="B45" s="25">
         <v>4800</v>
       </c>
-      <c r="C45" s="31">
-[...6 lines deleted...]
-    <row r="46" spans="1:4">
+      <c r="C45" s="25">
+        <v>4871.116844556469</v>
+      </c>
+      <c r="D45" s="28">
+        <v>25.860000000000007</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="31">
+      <c r="B46" s="13">
         <v>3612</v>
       </c>
-      <c r="C46" s="31">
-[...6 lines deleted...]
-    <row r="47" spans="1:4">
+      <c r="C46" s="13">
+        <v>3956.0828843575605</v>
+      </c>
+      <c r="D46" s="26">
+        <v>28.280000000000005</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="31">
+      <c r="B47" s="25">
         <v>2484</v>
       </c>
-      <c r="C47" s="31">
-[...2 lines deleted...]
-      <c r="D47" s="34">
+      <c r="C47" s="25">
+        <v>2908.4846362515054</v>
+      </c>
+      <c r="D47" s="28">
         <v>35.799999999999997</v>
       </c>
     </row>
-    <row r="48" spans="1:4">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="31">
-[...9 lines deleted...]
-    <row r="49" spans="1:4">
+      <c r="B48" s="13">
+        <v>1965.6000000000001</v>
+      </c>
+      <c r="C48" s="13">
+        <v>2330.5232011192807</v>
+      </c>
+      <c r="D48" s="26">
+        <v>36.820000000000007</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="31"/>
-[...3 lines deleted...]
-    <row r="50" spans="1:4">
+      <c r="B49" s="25"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="28"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:4">
+        <v>103</v>
+      </c>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="26"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="31">
+      <c r="B51" s="25">
         <v>4320</v>
       </c>
-      <c r="C51" s="31">
-[...2 lines deleted...]
-      <c r="D51" s="34">
+      <c r="C51" s="25">
+        <v>4602.2351959485486</v>
+      </c>
+      <c r="D51" s="28">
         <v>26.56</v>
       </c>
     </row>
-    <row r="52" spans="1:4">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="31">
+      <c r="B52" s="13">
         <v>4584</v>
       </c>
-      <c r="C52" s="31">
-[...6 lines deleted...]
-    <row r="53" spans="1:4">
+      <c r="C52" s="13">
+        <v>5075.0449567725491</v>
+      </c>
+      <c r="D52" s="26">
+        <v>23.080000000000002</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="31">
+      <c r="B53" s="25">
         <v>2412</v>
       </c>
-      <c r="C53" s="31">
-[...2 lines deleted...]
-      <c r="D53" s="34">
+      <c r="C53" s="25">
+        <v>2765.2864230794567</v>
+      </c>
+      <c r="D53" s="28">
         <v>40.32</v>
       </c>
     </row>
-    <row r="54" spans="1:4">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="31">
+      <c r="B54" s="13">
         <v>2452.8000000000002</v>
       </c>
-      <c r="C54" s="31">
-[...2 lines deleted...]
-      <c r="D54" s="34">
+      <c r="C54" s="13">
+        <v>2876.9485111733629</v>
+      </c>
+      <c r="D54" s="26">
         <v>36</v>
       </c>
     </row>
-    <row r="55" spans="1:4">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="31"/>
-[...3 lines deleted...]
-    <row r="56" spans="1:4">
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="28"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:4">
+        <v>104</v>
+      </c>
+      <c r="B56" s="13"/>
+      <c r="C56" s="13"/>
+      <c r="D56" s="26"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B57" s="31">
-[...5 lines deleted...]
-      <c r="D57" s="34">
+      <c r="B57" s="25">
+        <v>1936.8000000000002</v>
+      </c>
+      <c r="C57" s="25">
+        <v>2569.5059201345625</v>
+      </c>
+      <c r="D57" s="28">
         <v>35.299999999999997</v>
       </c>
     </row>
-    <row r="58" spans="1:4">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B58" s="31">
+      <c r="B58" s="13">
         <v>3768</v>
       </c>
-      <c r="C58" s="31">
-[...6 lines deleted...]
-    <row r="59" spans="1:4">
+      <c r="C58" s="13">
+        <v>4092.545163797919</v>
+      </c>
+      <c r="D58" s="26">
+        <v>30.159999999999997</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="31">
+      <c r="B59" s="25">
         <v>4800</v>
       </c>
-      <c r="C59" s="31">
-[...6 lines deleted...]
-    <row r="61" spans="1:4">
+      <c r="C59" s="25">
+        <v>4724.9556223510435</v>
+      </c>
+      <c r="D59" s="28">
+        <v>24.139999999999997</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
     </row>
-    <row r="62" spans="1:4">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="10"/>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
-  <dimension ref="A1:E66"/>
+  <dimension ref="A1:E69"/>
   <sheetViews>
-    <sheetView topLeftCell="A37" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.21875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="17.44140625" customWidth="1"/>
+    <col min="1" max="1" width="23.28515625" customWidth="1"/>
+    <col min="2" max="2" width="19.85546875" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" customWidth="1"/>
+    <col min="4" max="4" width="24.7109375" customWidth="1"/>
+    <col min="5" max="5" width="17.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:5" ht="18">
+    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      <c r="A3" s="4"/>
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A3" s="2"/>
       <c r="B3" s="7" t="s">
-        <v>60</v>
+        <v>137</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>61</v>
+        <v>138</v>
       </c>
       <c r="D3" s="7" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="E3" s="7" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="35">
+        <v>106</v>
+      </c>
+      <c r="B4" s="31">
         <v>18.355150564570827</v>
       </c>
-      <c r="C4" s="35">
+      <c r="C4" s="31">
         <v>6.7742258686729588</v>
       </c>
-      <c r="D4" s="35">
+      <c r="D4" s="31">
         <v>28.246280597352364</v>
       </c>
-      <c r="E4" s="35">
+      <c r="E4" s="31">
         <v>9.9629811678702715</v>
       </c>
     </row>
-    <row r="5" spans="1:5">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="35"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:5">
+      <c r="B5" s="29"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...6 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>97</v>
+      </c>
+      <c r="B6" s="30"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="30"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="37">
-[...12 lines deleted...]
-    <row r="8" spans="1:5">
+      <c r="B7" s="31">
+        <v>28.389569536796994</v>
+      </c>
+      <c r="C7" s="31">
+        <v>14.766101687035714</v>
+      </c>
+      <c r="D7" s="31">
+        <v>40.47819197094789</v>
+      </c>
+      <c r="E7" s="31">
+        <v>21.464631138703016</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="37">
+      <c r="B8" s="31">
         <v>20.986207560850804</v>
       </c>
-      <c r="C8" s="37">
+      <c r="C8" s="31">
         <v>2.9389055918374241</v>
       </c>
-      <c r="D8" s="37">
+      <c r="D8" s="31">
         <v>19.84688450175512</v>
       </c>
-      <c r="E8" s="37">
+      <c r="E8" s="31">
         <v>7.1040139677380818</v>
       </c>
     </row>
-    <row r="9" spans="1:5">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="37">
+      <c r="B9" s="31">
         <v>21.936986254147556</v>
       </c>
-      <c r="C9" s="37">
-[...2 lines deleted...]
-      <c r="D9" s="37">
+      <c r="C9" s="31">
+        <v>4.3142610095915597</v>
+      </c>
+      <c r="D9" s="31">
         <v>19.145075454203301</v>
       </c>
-      <c r="E9" s="37">
-[...3 lines deleted...]
-    <row r="10" spans="1:5">
+      <c r="E9" s="31">
+        <v>7.8501747487152871</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="37">
-[...2 lines deleted...]
-      <c r="C10" s="37">
+      <c r="B10" s="31">
+        <v>14.608955713856005</v>
+      </c>
+      <c r="C10" s="31">
         <v>4.2821489325520625</v>
       </c>
-      <c r="D10" s="37">
+      <c r="D10" s="31">
         <v>17.045464897465344</v>
       </c>
-      <c r="E10" s="37">
-[...3 lines deleted...]
-    <row r="11" spans="1:5">
+      <c r="E10" s="31">
+        <v>5.0860852116230371</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="37">
-[...5 lines deleted...]
-      <c r="D11" s="37">
+      <c r="B11" s="31">
+        <v>16.782978769044789</v>
+      </c>
+      <c r="C11" s="31">
+        <v>4.8964780934510097</v>
+      </c>
+      <c r="D11" s="31">
         <v>41.082863920103122</v>
       </c>
-      <c r="E11" s="37">
-[...3 lines deleted...]
-    <row r="12" spans="1:5">
+      <c r="E11" s="31">
+        <v>9.3358304906867353</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="37">
-[...5 lines deleted...]
-      <c r="D12" s="37">
+      <c r="B12" s="31">
+        <v>16.211485346267281</v>
+      </c>
+      <c r="C12" s="31">
+        <v>4.3134985894200586</v>
+      </c>
+      <c r="D12" s="31">
         <v>21.45120640983107</v>
       </c>
-      <c r="E12" s="37">
-[...3 lines deleted...]
-    <row r="13" spans="1:5">
+      <c r="E12" s="31">
+        <v>5.6564514403753128</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="37">
-[...5 lines deleted...]
-      <c r="D13" s="37">
+      <c r="B13" s="31">
+        <v>16.939141894903493</v>
+      </c>
+      <c r="C13" s="31">
+        <v>11.597802633008552</v>
+      </c>
+      <c r="D13" s="31">
         <v>37.117629791285168</v>
       </c>
-      <c r="E13" s="37">
+      <c r="E13" s="31">
         <v>14.711638455657283</v>
       </c>
     </row>
-    <row r="14" spans="1:5">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="37">
+      <c r="B14" s="31">
         <v>12.046025547282408</v>
       </c>
-      <c r="C14" s="37">
-[...15 lines deleted...]
-    <row r="16" spans="1:5">
+      <c r="C14" s="31">
+        <v>5.6572090974577032</v>
+      </c>
+      <c r="D14" s="31">
+        <v>19.364000590109836</v>
+      </c>
+      <c r="E14" s="31">
+        <v>7.4490136679741736</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B15" s="31"/>
+      <c r="C15" s="31"/>
+      <c r="D15" s="31"/>
+      <c r="E15" s="31"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>98</v>
+      </c>
+      <c r="B16" s="31"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="37">
-[...5 lines deleted...]
-      <c r="D17" s="37">
+      <c r="B17" s="31">
+        <v>11.64800546979138</v>
+      </c>
+      <c r="C17" s="31">
+        <v>6.8601073990175356</v>
+      </c>
+      <c r="D17" s="31">
         <v>23.669027272900568</v>
       </c>
-      <c r="E17" s="37">
-[...3 lines deleted...]
-    <row r="18" spans="1:5">
+      <c r="E17" s="31">
+        <v>8.4438107346557576</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="37">
-[...5 lines deleted...]
-      <c r="D18" s="37">
+      <c r="B18" s="31">
+        <v>12.207369746400163</v>
+      </c>
+      <c r="C18" s="31">
+        <v>4.0992683019996061</v>
+      </c>
+      <c r="D18" s="31">
         <v>46.334873609073668</v>
       </c>
-      <c r="E18" s="37">
-[...3 lines deleted...]
-    <row r="19" spans="1:5">
+      <c r="E18" s="31">
+        <v>8.0281090706607863</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="37">
-[...12 lines deleted...]
-    <row r="20" spans="1:5">
+      <c r="B19" s="31">
+        <v>23.403897912839255</v>
+      </c>
+      <c r="C19" s="31">
+        <v>7.796670401555426</v>
+      </c>
+      <c r="D19" s="31">
+        <v>28.207883461815825</v>
+      </c>
+      <c r="E19" s="31">
+        <v>9.9638124928189935</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="37">
-[...2 lines deleted...]
-      <c r="C20" s="37">
+      <c r="B20" s="31">
+        <v>24.565272294480859</v>
+      </c>
+      <c r="C20" s="31">
         <v>4.8185060266035817</v>
       </c>
-      <c r="D20" s="37">
-[...6 lines deleted...]
-    <row r="21" spans="1:5">
+      <c r="D20" s="31">
+        <v>25.12166634478158</v>
+      </c>
+      <c r="E20" s="31">
+        <v>10.090949916597653</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="37">
+      <c r="B21" s="31">
         <v>24.793706886074169</v>
       </c>
-      <c r="C21" s="37">
-[...15 lines deleted...]
-    <row r="23" spans="1:5">
+      <c r="C21" s="31">
+        <v>11.88459550733981</v>
+      </c>
+      <c r="D21" s="31">
+        <v>22.589810481735746</v>
+      </c>
+      <c r="E21" s="31">
+        <v>15.485844782851355</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B22" s="31"/>
+      <c r="C22" s="31"/>
+      <c r="D22" s="31"/>
+      <c r="E22" s="31"/>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>99</v>
+      </c>
+      <c r="B23" s="31"/>
+      <c r="C23" s="31"/>
+      <c r="D23" s="31"/>
+      <c r="E23" s="31"/>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>64</v>
-[...14 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>60</v>
+      </c>
+      <c r="B24" s="31">
+        <v>10.367409855330672</v>
+      </c>
+      <c r="C24" s="31">
+        <v>3.9635251134154843</v>
+      </c>
+      <c r="D24" s="31">
+        <v>20.239600049918415</v>
+      </c>
+      <c r="E24" s="31">
+        <v>5.0852732310274833</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="D25" s="37">
+        <v>61</v>
+      </c>
+      <c r="B25" s="31">
+        <v>57.286798432784146</v>
+      </c>
+      <c r="C25" s="31">
+        <v>6.4527929922004335</v>
+      </c>
+      <c r="D25" s="31">
         <v>28.783440147231165</v>
       </c>
-      <c r="E25" s="37">
+      <c r="E25" s="31">
         <v>20.176640183654161</v>
       </c>
     </row>
-    <row r="26" spans="1:5">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="37">
-[...5 lines deleted...]
-      <c r="D26" s="37">
+      <c r="B26" s="31">
+        <v>16.269664404026805</v>
+      </c>
+      <c r="C26" s="31">
+        <v>20.598043232698334</v>
+      </c>
+      <c r="D26" s="31">
         <v>50.769910509548147</v>
       </c>
-      <c r="E26" s="37">
+      <c r="E26" s="31">
         <v>22.769051416916895</v>
       </c>
     </row>
-    <row r="27" spans="1:5">
-[...5 lines deleted...]
-    <row r="28" spans="1:5">
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B27" s="31"/>
+      <c r="C27" s="31"/>
+      <c r="D27" s="31"/>
+      <c r="E27" s="31"/>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>100</v>
+      </c>
+      <c r="B28" s="31"/>
+      <c r="C28" s="31"/>
+      <c r="D28" s="31"/>
+      <c r="E28" s="31"/>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="37">
-[...5 lines deleted...]
-      <c r="D29" s="37">
+      <c r="B29" s="31">
+        <v>7.8495882909720374</v>
+      </c>
+      <c r="C29" s="31">
+        <v>4.897573738842059</v>
+      </c>
+      <c r="D29" s="31">
         <v>24.715169668449835</v>
       </c>
-      <c r="E29" s="37">
-[...3 lines deleted...]
-    <row r="30" spans="1:5">
+      <c r="E29" s="31">
+        <v>5.4280820466313706</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="37">
-[...12 lines deleted...]
-    <row r="31" spans="1:5">
+      <c r="B30" s="31">
+        <v>15.136825814469868</v>
+      </c>
+      <c r="C30" s="31">
+        <v>8.1497933510605218</v>
+      </c>
+      <c r="D30" s="31">
+        <v>20.713522971680185</v>
+      </c>
+      <c r="E30" s="31">
+        <v>9.4109602885200765</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="37">
-[...12 lines deleted...]
-    <row r="32" spans="1:5">
+      <c r="B31" s="31">
+        <v>20.219906940023556</v>
+      </c>
+      <c r="C31" s="31">
+        <v>9.668704590257077</v>
+      </c>
+      <c r="D31" s="31">
+        <v>39.03080335791779</v>
+      </c>
+      <c r="E31" s="31">
+        <v>13.073983509685416</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="37">
-[...12 lines deleted...]
-    <row r="33" spans="1:5">
+      <c r="B32" s="31">
+        <v>20.19226555468876</v>
+      </c>
+      <c r="C32" s="31">
+        <v>8.0708443148208087</v>
+      </c>
+      <c r="D32" s="31">
+        <v>28.302642936608557</v>
+      </c>
+      <c r="E32" s="31">
+        <v>12.157254133784452</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="37">
-[...5 lines deleted...]
-      <c r="D33" s="37">
+      <c r="B33" s="31">
+        <v>28.439705876552086</v>
+      </c>
+      <c r="C33" s="31">
+        <v>3.0861528759735903</v>
+      </c>
+      <c r="D33" s="31">
         <v>25.582356165882398</v>
       </c>
-      <c r="E33" s="37">
-[...9 lines deleted...]
-    <row r="35" spans="1:5">
+      <c r="E33" s="31">
+        <v>9.7608836147128155</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B34" s="31"/>
+      <c r="C34" s="31"/>
+      <c r="D34" s="31"/>
+      <c r="E34" s="31"/>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...6 lines deleted...]
-    <row r="36" spans="1:5">
+        <v>101</v>
+      </c>
+      <c r="B35" s="31"/>
+      <c r="C35" s="31"/>
+      <c r="D35" s="31"/>
+      <c r="E35" s="31"/>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="37">
-[...12 lines deleted...]
-    <row r="37" spans="1:5">
+      <c r="B36" s="31">
+        <v>22.39095227668388</v>
+      </c>
+      <c r="C36" s="31">
+        <v>17.557299701992946</v>
+      </c>
+      <c r="D36" s="31">
+        <v>42.479387323988881</v>
+      </c>
+      <c r="E36" s="31">
+        <v>20.395132741101879</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="37">
-[...12 lines deleted...]
-    <row r="38" spans="1:5">
+      <c r="B37" s="31">
+        <v>15.611066022521769</v>
+      </c>
+      <c r="C37" s="31">
+        <v>3.339141709646106</v>
+      </c>
+      <c r="D37" s="31">
+        <v>24.024639442976504</v>
+      </c>
+      <c r="E37" s="31">
+        <v>5.6943739078539171</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="37">
-[...5 lines deleted...]
-      <c r="D38" s="37">
+      <c r="B38" s="31">
+        <v>17.967580634143605</v>
+      </c>
+      <c r="C38" s="31">
+        <v>4.7933255701108974</v>
+      </c>
+      <c r="D38" s="31">
         <v>25.978079863994246</v>
       </c>
-      <c r="E38" s="37">
-[...3 lines deleted...]
-    <row r="39" spans="1:5">
+      <c r="E38" s="31">
+        <v>9.2054107628019359</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="37">
-[...2 lines deleted...]
-      <c r="C39" s="37">
+      <c r="B39" s="31">
+        <v>13.202254775263158</v>
+      </c>
+      <c r="C39" s="31">
         <v>4.2685403503907624</v>
       </c>
-      <c r="D39" s="37">
-[...6 lines deleted...]
-    <row r="40" spans="1:5">
+      <c r="D39" s="31">
+        <v>28.83877399383999</v>
+      </c>
+      <c r="E39" s="31">
+        <v>6.8016854498950385</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="37">
-[...5 lines deleted...]
-      <c r="D40" s="37">
+      <c r="B40" s="31">
+        <v>22.598933961035883</v>
+      </c>
+      <c r="C40" s="31">
+        <v>3.8915963152903537</v>
+      </c>
+      <c r="D40" s="31">
         <v>18.290227980972894</v>
       </c>
-      <c r="E40" s="37">
-[...9 lines deleted...]
-    <row r="42" spans="1:5">
+      <c r="E40" s="31">
+        <v>7.6998405805391856</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B41" s="31"/>
+      <c r="C41" s="31"/>
+      <c r="D41" s="31"/>
+      <c r="E41" s="31"/>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-    <row r="43" spans="1:5">
+        <v>102</v>
+      </c>
+      <c r="B42" s="31"/>
+      <c r="C42" s="31"/>
+      <c r="D42" s="31"/>
+      <c r="E42" s="31"/>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="37">
-[...12 lines deleted...]
-    <row r="44" spans="1:5">
+      <c r="B43" s="31">
+        <v>27.324034861279184</v>
+      </c>
+      <c r="C43" s="31">
+        <v>12.233727980998793</v>
+      </c>
+      <c r="D43" s="31">
+        <v>27.324034861279184</v>
+      </c>
+      <c r="E43" s="31">
+        <v>20.807250868272078</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="37">
-[...5 lines deleted...]
-      <c r="D44" s="37">
+      <c r="B44" s="31">
         <v>27.884851775333079</v>
       </c>
-      <c r="E44" s="37">
-[...3 lines deleted...]
-    <row r="45" spans="1:5">
+      <c r="C44" s="31">
+        <v>10.610249330754732</v>
+      </c>
+      <c r="D44" s="31">
+        <v>27.884851775333079</v>
+      </c>
+      <c r="E44" s="31">
+        <v>15.262773525436257</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="37">
-[...5 lines deleted...]
-      <c r="D45" s="37">
+      <c r="B45" s="31">
         <v>24.552395538234574</v>
       </c>
-      <c r="E45" s="37">
-[...3 lines deleted...]
-    <row r="46" spans="1:5">
+      <c r="C45" s="31">
+        <v>4.5411088510356485</v>
+      </c>
+      <c r="D45" s="31">
+        <v>24.552395538234574</v>
+      </c>
+      <c r="E45" s="31">
+        <v>7.6413491037753589</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="37">
-[...12 lines deleted...]
-    <row r="47" spans="1:5">
+      <c r="B46" s="31">
+        <v>35.761840326773232</v>
+      </c>
+      <c r="C46" s="31">
+        <v>7.1757892302156758</v>
+      </c>
+      <c r="D46" s="31">
+        <v>35.761840326773232</v>
+      </c>
+      <c r="E46" s="31">
+        <v>9.1856216331048159</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="37">
-[...8 lines deleted...]
-      <c r="E47" s="37">
+      <c r="B47" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="C47" s="31">
+        <v>2.9411470523878935</v>
+      </c>
+      <c r="D47" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="E47" s="31">
         <v>3.8395120142124588</v>
       </c>
     </row>
-    <row r="48" spans="1:5">
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="37">
-[...18 lines deleted...]
-    <row r="50" spans="1:5">
+      <c r="B48" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="C48" s="31">
+        <v>0.39501384324854688</v>
+      </c>
+      <c r="D48" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="E48" s="31">
+        <v>0.39501384324854688</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B49" s="31"/>
+      <c r="C49" s="31"/>
+      <c r="D49" s="31"/>
+      <c r="E49" s="31"/>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...6 lines deleted...]
-    <row r="51" spans="1:5">
+        <v>103</v>
+      </c>
+      <c r="B50" s="31"/>
+      <c r="C50" s="31"/>
+      <c r="D50" s="31"/>
+      <c r="E50" s="31"/>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="37">
-[...12 lines deleted...]
-    <row r="52" spans="1:5">
+      <c r="B51" s="31">
+        <v>25.274793949015923</v>
+      </c>
+      <c r="C51" s="31">
+        <v>8.2534245844992267</v>
+      </c>
+      <c r="D51" s="31">
+        <v>24.521688508125813</v>
+      </c>
+      <c r="E51" s="31">
+        <v>12.730733066753658</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B52" s="37">
-[...2 lines deleted...]
-      <c r="C52" s="37">
+      <c r="B52" s="31">
+        <v>19.233675064731909</v>
+      </c>
+      <c r="C52" s="31">
         <v>4.8618709250002166</v>
       </c>
-      <c r="D52" s="37">
-[...2 lines deleted...]
-      <c r="E52" s="37">
+      <c r="D52" s="31">
+        <v>28.413976011141401</v>
+      </c>
+      <c r="E52" s="31">
         <v>9.0014539736296797</v>
       </c>
     </row>
-    <row r="53" spans="1:5">
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B53" s="37">
+      <c r="B53" s="31">
         <v>19.391167704712085</v>
       </c>
-      <c r="C53" s="37">
+      <c r="C53" s="31">
         <v>15.533903287007284</v>
       </c>
-      <c r="D53" s="37">
-[...6 lines deleted...]
-    <row r="54" spans="1:5">
+      <c r="D53" s="31">
+        <v>61.094620598171169</v>
+      </c>
+      <c r="E53" s="31">
+        <v>18.012117258900588</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="37">
-[...5 lines deleted...]
-      <c r="D54" s="37">
+      <c r="B54" s="31">
+        <v>5.3279083306644024</v>
+      </c>
+      <c r="C54" s="31">
+        <v>2.6273963819432473</v>
+      </c>
+      <c r="D54" s="31">
         <v>27.993712675697957</v>
       </c>
-      <c r="E54" s="37">
-[...9 lines deleted...]
-    <row r="56" spans="1:5">
+      <c r="E54" s="31">
+        <v>3.2903017329474418</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B55" s="31"/>
+      <c r="C55" s="31"/>
+      <c r="D55" s="31"/>
+      <c r="E55" s="31"/>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...6 lines deleted...]
-    <row r="57" spans="1:5">
+        <v>104</v>
+      </c>
+      <c r="B56" s="31"/>
+      <c r="C56" s="31"/>
+      <c r="D56" s="31"/>
+      <c r="E56" s="31"/>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B57" s="37">
-[...5 lines deleted...]
-      <c r="D57" s="37">
+      <c r="B57" s="31">
+        <v>11.350552194981544</v>
+      </c>
+      <c r="C57" s="31">
+        <v>7.619059115221595</v>
+      </c>
+      <c r="D57" s="31">
         <v>43.743374497275049</v>
       </c>
-      <c r="E57" s="37">
+      <c r="E57" s="31">
         <v>10.577592120816485</v>
       </c>
     </row>
-    <row r="58" spans="1:5">
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="37">
-[...12 lines deleted...]
-    <row r="59" spans="1:5">
+      <c r="B58" s="31">
+        <v>20.617876144453028</v>
+      </c>
+      <c r="C58" s="31">
+        <v>6.8727137879202811</v>
+      </c>
+      <c r="D58" s="31">
+        <v>28.117769749826994</v>
+      </c>
+      <c r="E58" s="31">
+        <v>10.221240575826892</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="37">
+      <c r="B59" s="31">
         <v>14.969286975454505</v>
       </c>
-      <c r="C59" s="37">
+      <c r="C59" s="31">
         <v>5.8875156478140172</v>
       </c>
-      <c r="D59" s="37">
-[...2 lines deleted...]
-      <c r="E59" s="37">
+      <c r="D59" s="31">
+        <v>21.269228382589723</v>
+      </c>
+      <c r="E59" s="31">
         <v>8.6662899454901741</v>
       </c>
     </row>
-    <row r="61" spans="1:5">
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
     </row>
-    <row r="62" spans="1:5">
-[...1 lines deleted...]
-        <v>131</v>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" s="10" t="s">
+        <v>129</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
     </row>
-    <row r="63" spans="1:5">
-      <c r="A63" s="9" t="s">
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A63" s="35" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" s="10"/>
+      <c r="C63" s="10"/>
+      <c r="D63" s="10"/>
+      <c r="E63" s="35"/>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A64" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="10"/>
+      <c r="C64" s="10"/>
+      <c r="D64" s="10"/>
+      <c r="E64" s="10"/>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" s="35" t="s">
         <v>132</v>
       </c>
-      <c r="B63" s="9"/>
-[...5 lines deleted...]
-      <c r="A64" s="9" t="s">
+      <c r="B65" s="10"/>
+      <c r="C65" s="10"/>
+      <c r="D65" s="10"/>
+      <c r="E65" s="35"/>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A66" s="10" t="s">
         <v>133</v>
       </c>
-      <c r="B64" s="9"/>
-[...5 lines deleted...]
-      <c r="A65" s="9" t="s">
+      <c r="B66" s="10"/>
+      <c r="C66" s="10"/>
+      <c r="D66" s="10"/>
+      <c r="E66" s="10"/>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" s="35" t="s">
         <v>134</v>
       </c>
-      <c r="B65" s="9"/>
-[...5 lines deleted...]
-      <c r="A66" s="9" t="s">
+      <c r="B67" s="10"/>
+      <c r="C67" s="10"/>
+      <c r="D67" s="10"/>
+      <c r="E67" s="35"/>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" s="10" t="s">
         <v>135</v>
       </c>
-      <c r="B66" s="9"/>
-[...2 lines deleted...]
-      <c r="E66" s="9"/>
+      <c r="B68" s="10"/>
+      <c r="C68" s="10"/>
+      <c r="D68" s="10"/>
+      <c r="E68" s="10"/>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="35" t="s">
+        <v>136</v>
+      </c>
+      <c r="B69" s="10"/>
+      <c r="C69" s="10"/>
+      <c r="D69" s="10"/>
+      <c r="E69" s="35"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D24427CE-18EB-4F7A-B7D8-E5A9B6A15937}">
   <dimension ref="A1:A4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:1" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:1" ht="18">
+    <row r="1" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.21875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="14.21875" customWidth="1"/>
+    <col min="1" max="1" width="21.28515625" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
+    <col min="3" max="4" width="16.42578125" customWidth="1"/>
+    <col min="5" max="5" width="13.7109375" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="7" width="18" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" ht="19.2" customHeight="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7" ht="34.799999999999997" customHeight="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
       <c r="B3" s="7" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D3" s="7" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G3" s="7" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:7">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B4" s="2">
+        <v>92</v>
+      </c>
+      <c r="B4" s="33">
         <v>93.73502496828101</v>
       </c>
-      <c r="C4" s="2">
+      <c r="C4" s="33">
         <v>85.375512329425959</v>
       </c>
-      <c r="D4" s="2">
+      <c r="D4" s="33">
         <v>19.418416616792889</v>
       </c>
-      <c r="E4" s="2">
+      <c r="E4" s="33">
         <v>60.720823158451431</v>
       </c>
-      <c r="F4" s="2">
+      <c r="F4" s="33">
         <v>30.180645653238475</v>
       </c>
-      <c r="G4" s="2">
+      <c r="G4" s="33">
         <v>10.763522134327886</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:7">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="12">
-[...2 lines deleted...]
-      <c r="C7" s="12">
+      <c r="B7" s="33">
+        <v>95.519407927966753</v>
+      </c>
+      <c r="C7" s="33">
         <v>82.510589712121245</v>
       </c>
-      <c r="D7" s="12">
-[...2 lines deleted...]
-      <c r="E7" s="12">
+      <c r="D7" s="33">
+        <v>18.74592586672685</v>
+      </c>
+      <c r="E7" s="33">
         <v>68.093611376531371</v>
       </c>
-      <c r="F7" s="12">
-[...6 lines deleted...]
-    <row r="8" spans="1:7">
+      <c r="F7" s="33">
+        <v>25.319404334283206</v>
+      </c>
+      <c r="G7" s="33">
+        <v>6.0056080173853941</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="12">
-[...5 lines deleted...]
-      <c r="D8" s="12">
+      <c r="B8" s="33">
+        <v>90.432913053811603</v>
+      </c>
+      <c r="C8" s="33">
+        <v>80.622082910467753</v>
+      </c>
+      <c r="D8" s="33">
         <v>10.948525322139115</v>
       </c>
-      <c r="E8" s="12">
-[...2 lines deleted...]
-      <c r="F8" s="12">
+      <c r="E8" s="33">
+        <v>62.574589621125739</v>
+      </c>
+      <c r="F8" s="33">
         <v>9.4384507593186786</v>
       </c>
-      <c r="G8" s="12">
+      <c r="G8" s="33">
         <v>10.425752831183525</v>
       </c>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="12">
+      <c r="B9" s="33">
         <v>93.292927043808746</v>
       </c>
-      <c r="C9" s="12">
-[...15 lines deleted...]
-    <row r="10" spans="1:7">
+      <c r="C9" s="33">
+        <v>85.445230830525958</v>
+      </c>
+      <c r="D9" s="33">
+        <v>22.460631765487122</v>
+      </c>
+      <c r="E9" s="33">
+        <v>62.025972516838578</v>
+      </c>
+      <c r="F9" s="33">
+        <v>40.502551235043583</v>
+      </c>
+      <c r="G9" s="33">
+        <v>12.091450969342009</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="12">
+      <c r="B10" s="33">
         <v>94.162489028063845</v>
       </c>
-      <c r="C10" s="12">
-[...2 lines deleted...]
-      <c r="D10" s="12">
+      <c r="C10" s="33">
+        <v>86.145656430208575</v>
+      </c>
+      <c r="D10" s="33">
         <v>21.633822494532932</v>
       </c>
-      <c r="E10" s="12">
-[...2 lines deleted...]
-      <c r="F10" s="12">
+      <c r="E10" s="33">
+        <v>61.278940887959699</v>
+      </c>
+      <c r="F10" s="33">
         <v>20.087873527078095</v>
       </c>
-      <c r="G10" s="12">
-[...3 lines deleted...]
-    <row r="11" spans="1:7">
+      <c r="G10" s="33">
+        <v>14.908970565528342</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="12">
+      <c r="B11" s="33">
         <v>95.007232244123117</v>
       </c>
-      <c r="C11" s="12">
+      <c r="C11" s="33">
         <v>87.689879932865182</v>
       </c>
-      <c r="D11" s="12">
-[...12 lines deleted...]
-    <row r="12" spans="1:7">
+      <c r="D11" s="33">
+        <v>19.746163686207566</v>
+      </c>
+      <c r="E11" s="33">
+        <v>61.177754451274247</v>
+      </c>
+      <c r="F11" s="33">
+        <v>37.785923758042642</v>
+      </c>
+      <c r="G11" s="33">
+        <v>14.016300936475986</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="12">
-[...2 lines deleted...]
-      <c r="C12" s="12">
+      <c r="B12" s="33">
+        <v>93.624948995171209</v>
+      </c>
+      <c r="C12" s="33">
         <v>88.464352249921049</v>
       </c>
-      <c r="D12" s="12">
-[...12 lines deleted...]
-    <row r="13" spans="1:7">
+      <c r="D12" s="33">
+        <v>26.279064672886271</v>
+      </c>
+      <c r="E12" s="33">
+        <v>56.32320310489812</v>
+      </c>
+      <c r="F12" s="33">
+        <v>32.932837312563123</v>
+      </c>
+      <c r="G12" s="33">
+        <v>8.3290141465081629</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="12">
-[...11 lines deleted...]
-      <c r="F13" s="12">
+      <c r="B13" s="33">
+        <v>94.898582556150828</v>
+      </c>
+      <c r="C13" s="33">
+        <v>85.982504175273874</v>
+      </c>
+      <c r="D13" s="33">
+        <v>21.667266698258981</v>
+      </c>
+      <c r="E13" s="33">
+        <v>64.781156948139042</v>
+      </c>
+      <c r="F13" s="33">
         <v>33.009265841806297</v>
       </c>
-      <c r="G13" s="12">
-[...3 lines deleted...]
-    <row r="14" spans="1:7">
+      <c r="G13" s="33">
+        <v>12.30466830951762</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="12">
+      <c r="B14" s="33">
         <v>92.365092155324987</v>
       </c>
-      <c r="C14" s="12">
+      <c r="C14" s="33">
         <v>85.504878986818142</v>
       </c>
-      <c r="D14" s="12">
-[...8 lines deleted...]
-      <c r="G14" s="12">
+      <c r="D14" s="33">
+        <v>13.15067424644295</v>
+      </c>
+      <c r="E14" s="33">
+        <v>50.68563411341519</v>
+      </c>
+      <c r="F14" s="33">
+        <v>39.87205648186994</v>
+      </c>
+      <c r="G14" s="33">
         <v>8.7240866492768845</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="12"/>
-[...6 lines deleted...]
-    <row r="16" spans="1:7">
+      <c r="B15" s="33"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="33"/>
+      <c r="E15" s="33"/>
+      <c r="F15" s="33"/>
+      <c r="G15" s="33"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>98</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="12">
-[...18 lines deleted...]
-    <row r="18" spans="1:7">
+      <c r="B17" s="33">
+        <v>87.614443328100123</v>
+      </c>
+      <c r="C17" s="33">
+        <v>80.541949593128578</v>
+      </c>
+      <c r="D17" s="33">
+        <v>11.448784901416607</v>
+      </c>
+      <c r="E17" s="33">
+        <v>25.559697778810015</v>
+      </c>
+      <c r="F17" s="33">
+        <v>22.324614157899827</v>
+      </c>
+      <c r="G17" s="33">
+        <v>3.8382142956799203</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="12">
-[...18 lines deleted...]
-    <row r="19" spans="1:7">
+      <c r="B18" s="33">
+        <v>96.565293686849387</v>
+      </c>
+      <c r="C18" s="33">
+        <v>91.063859137268693</v>
+      </c>
+      <c r="D18" s="33">
+        <v>24.496125874973774</v>
+      </c>
+      <c r="E18" s="33">
+        <v>58.124695642290426</v>
+      </c>
+      <c r="F18" s="33">
+        <v>31.669436104013776</v>
+      </c>
+      <c r="G18" s="33">
+        <v>8.3491034081555942</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="12">
-[...2 lines deleted...]
-      <c r="C19" s="12">
+      <c r="B19" s="33">
+        <v>96.931317810271111</v>
+      </c>
+      <c r="C19" s="33">
         <v>83.393073246697639</v>
       </c>
-      <c r="D19" s="12">
-[...12 lines deleted...]
-    <row r="20" spans="1:7">
+      <c r="D19" s="33">
+        <v>21.752709298180502</v>
+      </c>
+      <c r="E19" s="33">
+        <v>76.81960055117429</v>
+      </c>
+      <c r="F19" s="33">
+        <v>34.230320123904434</v>
+      </c>
+      <c r="G19" s="33">
+        <v>12.455375058169418</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="12">
-[...8 lines deleted...]
-      <c r="E20" s="12">
+      <c r="B20" s="33">
+        <v>96.502187710751301</v>
+      </c>
+      <c r="C20" s="33">
+        <v>85.587843571005337</v>
+      </c>
+      <c r="D20" s="33">
+        <v>23.60790589941471</v>
+      </c>
+      <c r="E20" s="33">
         <v>84.435180633165245</v>
       </c>
-      <c r="F20" s="12">
-[...6 lines deleted...]
-    <row r="21" spans="1:7">
+      <c r="F20" s="33">
+        <v>33.884363571569253</v>
+      </c>
+      <c r="G20" s="33">
+        <v>17.900179389256099</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="12">
+      <c r="B21" s="33">
         <v>92.41863035688047</v>
       </c>
-      <c r="C21" s="12">
+      <c r="C21" s="33">
         <v>87.78138027746985</v>
       </c>
-      <c r="D21" s="12">
+      <c r="D21" s="33">
         <v>17.295769225072689</v>
       </c>
-      <c r="E21" s="12">
-[...9 lines deleted...]
-    <row r="22" spans="1:7">
+      <c r="E21" s="33">
+        <v>74.849571403503106</v>
+      </c>
+      <c r="F21" s="33">
+        <v>31.64518455264556</v>
+      </c>
+      <c r="G21" s="33">
+        <v>15.241472274348805</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="12"/>
-[...6 lines deleted...]
-    <row r="23" spans="1:7">
+      <c r="B22" s="33"/>
+      <c r="C22" s="33"/>
+      <c r="D22" s="33"/>
+      <c r="E22" s="33"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="33"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>99</v>
+      </c>
+      <c r="B23" s="33"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="33"/>
+      <c r="E23" s="33"/>
+      <c r="F23" s="33"/>
+      <c r="G23" s="33"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="12">
+      <c r="B24" s="33">
         <v>100</v>
       </c>
-      <c r="C24" s="12">
+      <c r="C24" s="33">
         <v>100</v>
       </c>
-      <c r="D24" s="12">
-[...12 lines deleted...]
-    <row r="25" spans="1:7">
+      <c r="D24" s="33">
+        <v>21.380049736511385</v>
+      </c>
+      <c r="E24" s="33">
+        <v>59.544387193010948</v>
+      </c>
+      <c r="F24" s="33">
+        <v>33.32138396305794</v>
+      </c>
+      <c r="G24" s="33">
+        <v>9.2229819301170011</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="12">
+      <c r="B25" s="33">
         <v>100</v>
       </c>
-      <c r="C25" s="12">
+      <c r="C25" s="33">
         <v>100</v>
       </c>
-      <c r="D25" s="12">
+      <c r="D25" s="33">
         <v>21.139150980370808</v>
       </c>
-      <c r="E25" s="12">
+      <c r="E25" s="33">
         <v>79.271042698578242</v>
       </c>
-      <c r="F25" s="12">
-[...6 lines deleted...]
-    <row r="26" spans="1:7">
+      <c r="F25" s="33">
+        <v>24.635921175928786</v>
+      </c>
+      <c r="G25" s="33">
+        <v>20.314534227362081</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="12">
-[...2 lines deleted...]
-      <c r="C26" s="12">
+      <c r="B26" s="33">
+        <v>57.161063191808367</v>
+      </c>
+      <c r="C26" s="33">
         <v>0</v>
       </c>
-      <c r="D26" s="12">
+      <c r="D26" s="33">
         <v>8.2168258244981089</v>
       </c>
-      <c r="E26" s="12">
-[...2 lines deleted...]
-      <c r="F26" s="12">
+      <c r="E26" s="33">
+        <v>47.106366105316241</v>
+      </c>
+      <c r="F26" s="33">
         <v>20.863733428063703</v>
       </c>
-      <c r="G26" s="12">
+      <c r="G26" s="33">
         <v>8.2405264786762515</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="12"/>
-[...6 lines deleted...]
-    <row r="28" spans="1:7">
+      <c r="B27" s="33"/>
+      <c r="C27" s="33"/>
+      <c r="D27" s="33"/>
+      <c r="E27" s="33"/>
+      <c r="F27" s="33"/>
+      <c r="G27" s="33"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>100</v>
+      </c>
+      <c r="B28" s="33"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="33"/>
+      <c r="E28" s="33"/>
+      <c r="F28" s="33"/>
+      <c r="G28" s="33"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="12">
-[...18 lines deleted...]
-    <row r="30" spans="1:7">
+      <c r="B29" s="33">
+        <v>86.60958766734943</v>
+      </c>
+      <c r="C29" s="33">
+        <v>80.150351853429441</v>
+      </c>
+      <c r="D29" s="33">
+        <v>9.403290905623173</v>
+      </c>
+      <c r="E29" s="33">
+        <v>19.610906851571379</v>
+      </c>
+      <c r="F29" s="33">
+        <v>23.254207259936084</v>
+      </c>
+      <c r="G29" s="33">
+        <v>1.4274616053898495</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="12">
-[...8 lines deleted...]
-      <c r="E30" s="12">
+      <c r="B30" s="33">
+        <v>90.120212443995356</v>
+      </c>
+      <c r="C30" s="33">
+        <v>83.1027634192113</v>
+      </c>
+      <c r="D30" s="33">
+        <v>13.922310159591495</v>
+      </c>
+      <c r="E30" s="33">
         <v>44.167559507095277</v>
       </c>
-      <c r="F30" s="12">
+      <c r="F30" s="33">
         <v>28.391889522702705</v>
       </c>
-      <c r="G30" s="12">
+      <c r="G30" s="33">
         <v>5.1162463873831197</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="12">
+      <c r="B31" s="33">
         <v>95.331713042483869</v>
       </c>
-      <c r="C31" s="12">
-[...15 lines deleted...]
-    <row r="32" spans="1:7">
+      <c r="C31" s="33">
+        <v>82.951552061076939</v>
+      </c>
+      <c r="D31" s="33">
+        <v>17.4313060067931</v>
+      </c>
+      <c r="E31" s="33">
+        <v>65.541220676086823</v>
+      </c>
+      <c r="F31" s="33">
+        <v>28.267887002958663</v>
+      </c>
+      <c r="G31" s="33">
+        <v>8.0581223932002821</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="12">
-[...18 lines deleted...]
-    <row r="33" spans="1:7">
+      <c r="B32" s="33">
+        <v>97.68307436755731</v>
+      </c>
+      <c r="C32" s="33">
+        <v>86.824494840049681</v>
+      </c>
+      <c r="D32" s="33">
+        <v>22.507976039003029</v>
+      </c>
+      <c r="E32" s="33">
+        <v>84.428513560164035</v>
+      </c>
+      <c r="F32" s="33">
+        <v>37.07980913999873</v>
+      </c>
+      <c r="G32" s="33">
+        <v>14.434170755400984</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="12">
+      <c r="B33" s="33">
         <v>98.964674652685318</v>
       </c>
-      <c r="C33" s="12">
-[...8 lines deleted...]
-      <c r="F33" s="12">
+      <c r="C33" s="33">
+        <v>93.88905888106234</v>
+      </c>
+      <c r="D33" s="33">
+        <v>33.896924682448464</v>
+      </c>
+      <c r="E33" s="33">
+        <v>90.078722859525257</v>
+      </c>
+      <c r="F33" s="33">
         <v>33.94905140338517</v>
       </c>
-      <c r="G33" s="12">
-[...3 lines deleted...]
-    <row r="34" spans="1:7">
+      <c r="G33" s="33">
+        <v>24.847705501399361</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="12"/>
-[...6 lines deleted...]
-    <row r="35" spans="1:7">
+      <c r="B34" s="33"/>
+      <c r="C34" s="33"/>
+      <c r="D34" s="33"/>
+      <c r="E34" s="33"/>
+      <c r="F34" s="33"/>
+      <c r="G34" s="33"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...8 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>101</v>
+      </c>
+      <c r="B35" s="33"/>
+      <c r="C35" s="33"/>
+      <c r="D35" s="33"/>
+      <c r="E35" s="33"/>
+      <c r="F35" s="33"/>
+      <c r="G35" s="33"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="12">
-[...18 lines deleted...]
-    <row r="37" spans="1:7">
+      <c r="B36" s="33">
+        <v>68.910544681208748</v>
+      </c>
+      <c r="C36" s="33">
+        <v>35.104662833498793</v>
+      </c>
+      <c r="D36" s="33">
+        <v>4.4957399880966635</v>
+      </c>
+      <c r="E36" s="33">
+        <v>37.701601893318141</v>
+      </c>
+      <c r="F36" s="33">
+        <v>15.668347599764804</v>
+      </c>
+      <c r="G36" s="33">
+        <v>4.3175434783603448</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="12">
+      <c r="B37" s="33">
         <v>99.912476137069689</v>
       </c>
-      <c r="C37" s="12">
+      <c r="C37" s="33">
         <v>96.584770883460052</v>
       </c>
-      <c r="D37" s="12">
-[...12 lines deleted...]
-    <row r="38" spans="1:7">
+      <c r="D37" s="33">
+        <v>10.380461446307567</v>
+      </c>
+      <c r="E37" s="33">
+        <v>44.94568432854431</v>
+      </c>
+      <c r="F37" s="33">
+        <v>24.462651393200552</v>
+      </c>
+      <c r="G37" s="33">
+        <v>5.6190977068592121</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="12">
+      <c r="B38" s="33">
         <v>99.93779315581817</v>
       </c>
-      <c r="C38" s="12">
-[...15 lines deleted...]
-    <row r="39" spans="1:7">
+      <c r="C38" s="33">
+        <v>97.237889009298016</v>
+      </c>
+      <c r="D38" s="33">
+        <v>18.287012559338429</v>
+      </c>
+      <c r="E38" s="33">
+        <v>57.262648699078376</v>
+      </c>
+      <c r="F38" s="33">
+        <v>33.501112422535769</v>
+      </c>
+      <c r="G38" s="33">
+        <v>9.5211385400720641</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="12">
+      <c r="B39" s="33">
         <v>99.968904943237192</v>
       </c>
-      <c r="C39" s="12">
-[...15 lines deleted...]
-    <row r="40" spans="1:7">
+      <c r="C39" s="33">
+        <v>98.744081872015641</v>
+      </c>
+      <c r="D39" s="33">
+        <v>24.374251369474344</v>
+      </c>
+      <c r="E39" s="33">
+        <v>79.273378534363061</v>
+      </c>
+      <c r="F39" s="33">
+        <v>37.143535103747858</v>
+      </c>
+      <c r="G39" s="33">
+        <v>11.705665641404883</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="12">
+      <c r="B40" s="33">
         <v>100</v>
       </c>
-      <c r="C40" s="12">
+      <c r="C40" s="33">
         <v>99.321571194848573</v>
       </c>
-      <c r="D40" s="12">
+      <c r="D40" s="33">
         <v>39.639792864043862</v>
       </c>
-      <c r="E40" s="12">
+      <c r="E40" s="33">
         <v>84.558010349266084</v>
       </c>
-      <c r="F40" s="12">
-[...6 lines deleted...]
-    <row r="41" spans="1:7">
+      <c r="F40" s="33">
+        <v>40.194882387353438</v>
+      </c>
+      <c r="G40" s="33">
+        <v>22.694482659488603</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="12"/>
-[...6 lines deleted...]
-    <row r="42" spans="1:7">
+      <c r="B41" s="33"/>
+      <c r="C41" s="33"/>
+      <c r="D41" s="33"/>
+      <c r="E41" s="33"/>
+      <c r="F41" s="33"/>
+      <c r="G41" s="33"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...8 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>102</v>
+      </c>
+      <c r="B42" s="33"/>
+      <c r="C42" s="33"/>
+      <c r="D42" s="33"/>
+      <c r="E42" s="33"/>
+      <c r="F42" s="33"/>
+      <c r="G42" s="33"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="12">
+      <c r="B43" s="33">
         <v>90.274647622998884</v>
       </c>
-      <c r="C43" s="12">
+      <c r="C43" s="33">
         <v>65.754535349039955</v>
       </c>
-      <c r="D43" s="12">
-[...5 lines deleted...]
-      <c r="F43" s="12">
+      <c r="D43" s="33">
+        <v>11.746838887594418</v>
+      </c>
+      <c r="E43" s="33">
+        <v>58.978106247454619</v>
+      </c>
+      <c r="F43" s="33">
         <v>29.05151816566957</v>
       </c>
-      <c r="G43" s="12">
-[...3 lines deleted...]
-    <row r="44" spans="1:7">
+      <c r="G43" s="33">
+        <v>13.654240137664415</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="12">
-[...18 lines deleted...]
-    <row r="45" spans="1:7">
+      <c r="B44" s="33">
+        <v>92.653810575364801</v>
+      </c>
+      <c r="C44" s="33">
+        <v>81.186485295913158</v>
+      </c>
+      <c r="D44" s="33">
+        <v>17.451846152743322</v>
+      </c>
+      <c r="E44" s="33">
+        <v>75.70264036411838</v>
+      </c>
+      <c r="F44" s="33">
+        <v>31.385164555462392</v>
+      </c>
+      <c r="G44" s="33">
+        <v>13.994608579093432</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="12">
+      <c r="B45" s="33">
         <v>96.705919743195452</v>
       </c>
-      <c r="C45" s="12">
+      <c r="C45" s="33">
         <v>91.166621049840884</v>
       </c>
-      <c r="D45" s="12">
-[...2 lines deleted...]
-      <c r="E45" s="12">
+      <c r="D45" s="33">
+        <v>25.385374301993807</v>
+      </c>
+      <c r="E45" s="33">
         <v>77.518957877504803</v>
       </c>
-      <c r="F45" s="12">
-[...6 lines deleted...]
-    <row r="46" spans="1:7">
+      <c r="F45" s="33">
+        <v>32.893598451972984</v>
+      </c>
+      <c r="G45" s="33">
+        <v>18.136433337621906</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="12">
+      <c r="B46" s="33">
         <v>96.314494069722826</v>
       </c>
-      <c r="C46" s="12">
-[...11 lines deleted...]
-      <c r="G46" s="12">
+      <c r="C46" s="33">
+        <v>90.064038058501055</v>
+      </c>
+      <c r="D46" s="33">
+        <v>25.20791857358476</v>
+      </c>
+      <c r="E46" s="33">
+        <v>62.148382961431658</v>
+      </c>
+      <c r="F46" s="33">
+        <v>27.441245198848112</v>
+      </c>
+      <c r="G46" s="33">
         <v>8.6203939263999487</v>
       </c>
     </row>
-    <row r="47" spans="1:7">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="12">
-[...5 lines deleted...]
-      <c r="D47" s="12">
+      <c r="B47" s="33">
+        <v>93.09402755754985</v>
+      </c>
+      <c r="C47" s="33">
+        <v>89.239738534227214</v>
+      </c>
+      <c r="D47" s="33">
         <v>16.694963552412435</v>
       </c>
-      <c r="E47" s="12">
+      <c r="E47" s="33">
         <v>38.247041930813644</v>
       </c>
-      <c r="F47" s="12">
+      <c r="F47" s="33">
         <v>33.869677500411314</v>
       </c>
-      <c r="G47" s="12">
-[...3 lines deleted...]
-    <row r="48" spans="1:7">
+      <c r="G47" s="33">
+        <v>2.5057621123704328</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="12">
+      <c r="B48" s="33">
         <v>88.484154617138458</v>
       </c>
-      <c r="C48" s="12">
+      <c r="C48" s="33">
         <v>87.738031480084771</v>
       </c>
-      <c r="D48" s="12">
-[...12 lines deleted...]
-    <row r="49" spans="1:7">
+      <c r="D48" s="33">
+        <v>10.010373811550298</v>
+      </c>
+      <c r="E48" s="33">
+        <v>16.048234405555696</v>
+      </c>
+      <c r="F48" s="33">
+        <v>22.418817562573043</v>
+      </c>
+      <c r="G48" s="33">
+        <v>0.69689576972523481</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="12"/>
-[...6 lines deleted...]
-    <row r="50" spans="1:7">
+      <c r="B49" s="33"/>
+      <c r="C49" s="33"/>
+      <c r="D49" s="33"/>
+      <c r="E49" s="33"/>
+      <c r="F49" s="33"/>
+      <c r="G49" s="33"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...8 lines deleted...]
-    <row r="51" spans="1:7">
+        <v>103</v>
+      </c>
+      <c r="B50" s="33"/>
+      <c r="C50" s="33"/>
+      <c r="D50" s="33"/>
+      <c r="E50" s="33"/>
+      <c r="F50" s="33"/>
+      <c r="G50" s="33"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="12">
-[...18 lines deleted...]
-    <row r="52" spans="1:7">
+      <c r="B51" s="33">
+        <v>95.241077978132154</v>
+      </c>
+      <c r="C51" s="33">
+        <v>86.595715125722322</v>
+      </c>
+      <c r="D51" s="33">
+        <v>22.312069532709717</v>
+      </c>
+      <c r="E51" s="33">
+        <v>73.54415184525493</v>
+      </c>
+      <c r="F51" s="33">
+        <v>31.189631598189582</v>
+      </c>
+      <c r="G51" s="33">
+        <v>6.595431419879187</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="12">
-[...8 lines deleted...]
-      <c r="E52" s="12">
+      <c r="B52" s="33">
+        <v>97.976281752574565</v>
+      </c>
+      <c r="C52" s="33">
+        <v>80.315913309805154</v>
+      </c>
+      <c r="D52" s="33">
+        <v>22.44389747814721</v>
+      </c>
+      <c r="E52" s="33">
         <v>87.100087779298946</v>
       </c>
-      <c r="F52" s="12">
-[...2 lines deleted...]
-      <c r="G52" s="12">
+      <c r="F52" s="33">
+        <v>40.057216349038811</v>
+      </c>
+      <c r="G52" s="33">
         <v>55.856842904304131</v>
       </c>
     </row>
-    <row r="53" spans="1:7">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="12">
+      <c r="B53" s="33">
         <v>84.512850972714148</v>
       </c>
-      <c r="C53" s="12">
+      <c r="C53" s="33">
         <v>72.680940267704926</v>
       </c>
-      <c r="D53" s="12">
-[...12 lines deleted...]
-    <row r="54" spans="1:7">
+      <c r="D53" s="33">
+        <v>8.5224895354664714</v>
+      </c>
+      <c r="E53" s="33">
+        <v>34.135003865206237</v>
+      </c>
+      <c r="F53" s="33">
+        <v>16.983521302033232</v>
+      </c>
+      <c r="G53" s="33">
+        <v>0.48371936326786463</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="12">
-[...2 lines deleted...]
-      <c r="C54" s="12">
+      <c r="B54" s="33">
+        <v>91.670191685039399</v>
+      </c>
+      <c r="C54" s="33">
         <v>88.709729520402476</v>
       </c>
-      <c r="D54" s="12">
-[...5 lines deleted...]
-      <c r="F54" s="12">
+      <c r="D54" s="33">
+        <v>15.832137566059396</v>
+      </c>
+      <c r="E54" s="33">
+        <v>33.554640446225342</v>
+      </c>
+      <c r="F54" s="33">
         <v>27.651837706131623</v>
       </c>
-      <c r="G54" s="12">
-[...3 lines deleted...]
-    <row r="55" spans="1:7">
+      <c r="G54" s="33">
+        <v>1.6984746806789697</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="12"/>
-[...6 lines deleted...]
-    <row r="56" spans="1:7">
+      <c r="B55" s="33"/>
+      <c r="C55" s="33"/>
+      <c r="D55" s="33"/>
+      <c r="E55" s="33"/>
+      <c r="F55" s="33"/>
+      <c r="G55" s="33"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...8 lines deleted...]
-    <row r="57" spans="1:7">
+        <v>104</v>
+      </c>
+      <c r="B56" s="33"/>
+      <c r="C56" s="33"/>
+      <c r="D56" s="33"/>
+      <c r="E56" s="33"/>
+      <c r="F56" s="33"/>
+      <c r="G56" s="33"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B57" s="12">
-[...11 lines deleted...]
-      <c r="F57" s="12">
+      <c r="B57" s="33">
+        <v>81.921018511481847</v>
+      </c>
+      <c r="C57" s="33">
+        <v>80.837591257547359</v>
+      </c>
+      <c r="D57" s="33">
+        <v>8.3835808797427269</v>
+      </c>
+      <c r="E57" s="33">
+        <v>15.684507644434776</v>
+      </c>
+      <c r="F57" s="33">
         <v>14.459336178841365</v>
       </c>
-      <c r="G57" s="12">
-[...3 lines deleted...]
-    <row r="58" spans="1:7">
+      <c r="G57" s="33">
+        <v>1.2495458009211258</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B58" s="12">
-[...18 lines deleted...]
-    <row r="59" spans="1:7">
+      <c r="B58" s="33">
+        <v>94.957436906792111</v>
+      </c>
+      <c r="C58" s="33">
+        <v>85.722659363795657</v>
+      </c>
+      <c r="D58" s="33">
+        <v>18.196451858688292</v>
+      </c>
+      <c r="E58" s="33">
+        <v>64.575672232855069</v>
+      </c>
+      <c r="F58" s="33">
+        <v>31.407134124687097</v>
+      </c>
+      <c r="G58" s="33">
+        <v>10.602862755142997</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="12">
-[...8 lines deleted...]
-      <c r="E59" s="12">
+      <c r="B59" s="33">
+        <v>97.072155169963665</v>
+      </c>
+      <c r="C59" s="33">
+        <v>87.083265809963876</v>
+      </c>
+      <c r="D59" s="33">
+        <v>30.780935801509983</v>
+      </c>
+      <c r="E59" s="33">
         <v>76.252505164161093</v>
       </c>
-      <c r="F59" s="12">
-[...6 lines deleted...]
-    <row r="61" spans="1:7">
+      <c r="F59" s="33">
+        <v>36.018757333253006</v>
+      </c>
+      <c r="G59" s="33">
+        <v>17.444253261602555</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
     </row>
-    <row r="62" spans="1:7">
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="10"/>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.21875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="17.6640625" customWidth="1"/>
+    <col min="1" max="1" width="23.28515625" customWidth="1"/>
+    <col min="2" max="2" width="14.28515625" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" customWidth="1"/>
+    <col min="4" max="4" width="14.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.85546875" customWidth="1"/>
+    <col min="6" max="6" width="12.7109375" customWidth="1"/>
+    <col min="7" max="7" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:7" ht="19.2" customHeight="1">
+    <row r="1" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7" ht="36" customHeight="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="7" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D3" s="7" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G3" s="7" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:7">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B4" s="14">
+        <v>92</v>
+      </c>
+      <c r="B4" s="21">
         <v>54840</v>
       </c>
-      <c r="C4" s="14">
+      <c r="C4" s="21">
         <v>50000</v>
       </c>
-      <c r="D4" s="14">
+      <c r="D4" s="21">
         <v>13839.900000000001</v>
       </c>
-      <c r="E4" s="14">
+      <c r="E4" s="21">
         <v>3474.6000000000004</v>
       </c>
-      <c r="F4" s="14">
+      <c r="F4" s="21">
         <v>521</v>
       </c>
-      <c r="G4" s="14">
+      <c r="G4" s="21">
         <v>5832</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="14"/>
-[...6 lines deleted...]
-    <row r="6" spans="1:7">
+      <c r="B5" s="19"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="19"/>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-    <row r="7" spans="1:7">
+        <v>97</v>
+      </c>
+      <c r="B6" s="20"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+      <c r="G6" s="20"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="16">
+      <c r="B7" s="21">
         <v>96935.6</v>
       </c>
-      <c r="C7" s="16">
+      <c r="C7" s="21">
         <v>100000</v>
       </c>
-      <c r="D7" s="16">
+      <c r="D7" s="21">
         <v>37786.400000000001</v>
       </c>
-      <c r="E7" s="16">
+      <c r="E7" s="21">
         <v>4000</v>
       </c>
-      <c r="F7" s="16">
+      <c r="F7" s="21">
         <v>514.6</v>
       </c>
-      <c r="G7" s="16">
+      <c r="G7" s="21">
         <v>10000</v>
       </c>
     </row>
-    <row r="8" spans="1:7">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="16">
+      <c r="B8" s="21">
         <v>58000</v>
       </c>
-      <c r="C8" s="16">
+      <c r="C8" s="21">
         <v>53240.600000000006</v>
       </c>
-      <c r="D8" s="16">
+      <c r="D8" s="21">
         <v>14000</v>
       </c>
-      <c r="E8" s="16">
+      <c r="E8" s="21">
         <v>2500</v>
       </c>
-      <c r="F8" s="16">
+      <c r="F8" s="21">
         <v>885</v>
       </c>
-      <c r="G8" s="16"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:7">
+      <c r="G8" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="16">
+      <c r="B9" s="21">
         <v>54760</v>
       </c>
-      <c r="C9" s="16">
+      <c r="C9" s="21">
         <v>50000</v>
       </c>
-      <c r="D9" s="16">
+      <c r="D9" s="21">
         <v>12434.5</v>
       </c>
-      <c r="E9" s="16">
+      <c r="E9" s="21">
         <v>3000</v>
       </c>
-      <c r="F9" s="16">
+      <c r="F9" s="21">
         <v>300</v>
       </c>
-      <c r="G9" s="16">
+      <c r="G9" s="21">
         <v>5463.8</v>
       </c>
     </row>
-    <row r="10" spans="1:7">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="16">
+      <c r="B10" s="21">
         <v>45078.8</v>
       </c>
-      <c r="C10" s="16">
+      <c r="C10" s="21">
         <v>40171.600000000006</v>
       </c>
-      <c r="D10" s="16">
+      <c r="D10" s="21">
         <v>12800</v>
       </c>
-      <c r="E10" s="16">
+      <c r="E10" s="21">
         <v>3000</v>
       </c>
-      <c r="F10" s="16">
+      <c r="F10" s="21">
         <v>600</v>
       </c>
-      <c r="G10" s="16">
+      <c r="G10" s="21">
         <v>8164.8</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="16">
+      <c r="B11" s="21">
         <v>54171.200000000004</v>
       </c>
-      <c r="C11" s="16">
+      <c r="C11" s="21">
         <v>50000</v>
       </c>
-      <c r="D11" s="16">
+      <c r="D11" s="21">
         <v>7656</v>
       </c>
-      <c r="E11" s="16">
+      <c r="E11" s="21">
         <v>3000</v>
       </c>
-      <c r="F11" s="16">
+      <c r="F11" s="21">
         <v>636.80000000000007</v>
       </c>
-      <c r="G11" s="16">
+      <c r="G11" s="21">
         <v>2137</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="16">
+      <c r="B12" s="21">
         <v>44120</v>
       </c>
-      <c r="C12" s="16">
+      <c r="C12" s="21">
         <v>38400</v>
       </c>
-      <c r="D12" s="16">
+      <c r="D12" s="21">
         <v>13392.6</v>
       </c>
-      <c r="E12" s="16">
+      <c r="E12" s="21">
         <v>3000</v>
       </c>
-      <c r="F12" s="16">
+      <c r="F12" s="21">
         <v>561.6</v>
       </c>
-      <c r="G12" s="16">
+      <c r="G12" s="21">
         <v>9744</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="16">
+      <c r="B13" s="21">
         <v>53830.400000000001</v>
       </c>
-      <c r="C13" s="16">
+      <c r="C13" s="21">
         <v>50000</v>
       </c>
-      <c r="D13" s="16">
+      <c r="D13" s="21">
         <v>13668</v>
       </c>
-      <c r="E13" s="16">
+      <c r="E13" s="21">
         <v>4246.4000000000005</v>
       </c>
-      <c r="F13" s="16">
+      <c r="F13" s="21">
         <v>693.40000000000009</v>
       </c>
-      <c r="G13" s="16">
+      <c r="G13" s="21">
         <v>18230.600000000002</v>
       </c>
     </row>
-    <row r="14" spans="1:7">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="16">
+      <c r="B14" s="21">
         <v>54700</v>
       </c>
-      <c r="C14" s="16">
+      <c r="C14" s="21">
         <v>50000</v>
       </c>
-      <c r="D14" s="16">
+      <c r="D14" s="21">
         <v>9512.4</v>
       </c>
-      <c r="E14" s="16">
+      <c r="E14" s="21">
         <v>4711.2</v>
       </c>
-      <c r="F14" s="16">
+      <c r="F14" s="21">
         <v>510.6</v>
       </c>
-      <c r="G14" s="16">
+      <c r="G14" s="21">
         <v>3983.8</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="16"/>
-[...6 lines deleted...]
-    <row r="16" spans="1:7">
+      <c r="B15" s="21"/>
+      <c r="C15" s="21"/>
+      <c r="D15" s="21"/>
+      <c r="E15" s="21"/>
+      <c r="F15" s="21"/>
+      <c r="G15" s="21"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>98</v>
+      </c>
+      <c r="B16" s="21"/>
+      <c r="C16" s="21"/>
+      <c r="D16" s="21"/>
+      <c r="E16" s="21"/>
+      <c r="F16" s="21"/>
+      <c r="G16" s="21"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="16">
+      <c r="B17" s="21">
         <v>40000</v>
       </c>
-      <c r="C17" s="16">
+      <c r="C17" s="21">
         <v>40000</v>
       </c>
-      <c r="D17" s="16">
+      <c r="D17" s="21">
         <v>6170.6</v>
       </c>
-      <c r="E17" s="16">
+      <c r="E17" s="21">
         <v>3000</v>
       </c>
-      <c r="F17" s="16">
+      <c r="F17" s="21">
         <v>534</v>
       </c>
-      <c r="G17" s="16"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:7">
+      <c r="G17" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="16">
+      <c r="B18" s="21">
         <v>55289</v>
       </c>
-      <c r="C18" s="16">
+      <c r="C18" s="21">
         <v>50000</v>
       </c>
-      <c r="D18" s="16">
+      <c r="D18" s="21">
         <v>15893.6</v>
       </c>
-      <c r="E18" s="16">
+      <c r="E18" s="21">
         <v>3000</v>
       </c>
-      <c r="F18" s="16">
+      <c r="F18" s="21">
         <v>602.20000000000005</v>
       </c>
-      <c r="G18" s="16">
+      <c r="G18" s="21">
         <v>6569.8</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="16">
+      <c r="B19" s="21">
         <v>59958.8</v>
       </c>
-      <c r="C19" s="16">
+      <c r="C19" s="21">
         <v>55556</v>
       </c>
-      <c r="D19" s="16">
+      <c r="D19" s="21">
         <v>7178.8</v>
       </c>
-      <c r="E19" s="16">
+      <c r="E19" s="21">
         <v>3000</v>
       </c>
-      <c r="F19" s="16">
+      <c r="F19" s="21">
         <v>500</v>
       </c>
-      <c r="G19" s="16">
+      <c r="G19" s="21">
         <v>2783</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="16">
+      <c r="B20" s="21">
         <v>63640</v>
       </c>
-      <c r="C20" s="16">
+      <c r="C20" s="21">
         <v>58000</v>
       </c>
-      <c r="D20" s="16">
+      <c r="D20" s="21">
         <v>22600</v>
       </c>
-      <c r="E20" s="16">
+      <c r="E20" s="21">
         <v>4000</v>
       </c>
-      <c r="F20" s="16">
+      <c r="F20" s="21">
         <v>507</v>
       </c>
-      <c r="G20" s="16">
+      <c r="G20" s="21">
         <v>10817.6</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="16">
+      <c r="B21" s="21">
         <v>65570.8</v>
       </c>
-      <c r="C21" s="16">
+      <c r="C21" s="21">
         <v>60000</v>
       </c>
-      <c r="D21" s="16">
+      <c r="D21" s="21">
         <v>10976</v>
       </c>
-      <c r="E21" s="16">
+      <c r="E21" s="21">
         <v>4000</v>
       </c>
-      <c r="F21" s="16">
+      <c r="F21" s="21">
         <v>804.80000000000007</v>
       </c>
-      <c r="G21" s="16">
+      <c r="G21" s="21">
         <v>7584.6</v>
       </c>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="16"/>
-[...6 lines deleted...]
-    <row r="23" spans="1:7">
+      <c r="B22" s="21"/>
+      <c r="C22" s="21"/>
+      <c r="D22" s="21"/>
+      <c r="E22" s="21"/>
+      <c r="F22" s="21"/>
+      <c r="G22" s="21"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>99</v>
+      </c>
+      <c r="B23" s="21"/>
+      <c r="C23" s="21"/>
+      <c r="D23" s="21"/>
+      <c r="E23" s="21"/>
+      <c r="F23" s="21"/>
+      <c r="G23" s="21"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="16">
+      <c r="B24" s="21">
         <v>55360</v>
       </c>
-      <c r="C24" s="16">
+      <c r="C24" s="21">
         <v>50000</v>
       </c>
-      <c r="D24" s="16">
+      <c r="D24" s="21">
         <v>9664.6</v>
       </c>
-      <c r="E24" s="16">
+      <c r="E24" s="21">
         <v>3500</v>
       </c>
-      <c r="F24" s="16">
+      <c r="F24" s="21">
         <v>554.80000000000007</v>
       </c>
-      <c r="G24" s="16">
+      <c r="G24" s="21">
         <v>6411.8</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="16">
+      <c r="B25" s="21">
         <v>67969.2</v>
       </c>
-      <c r="C25" s="16">
+      <c r="C25" s="21">
         <v>60000</v>
       </c>
-      <c r="D25" s="16">
+      <c r="D25" s="21">
         <v>30000</v>
       </c>
-      <c r="E25" s="16">
+      <c r="E25" s="21">
         <v>4000</v>
       </c>
-      <c r="F25" s="16">
+      <c r="F25" s="21">
         <v>580</v>
       </c>
-      <c r="G25" s="16">
+      <c r="G25" s="21">
         <v>7600</v>
       </c>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="16">
+      <c r="B26" s="21">
         <v>3000</v>
       </c>
-      <c r="C26" s="16"/>
-      <c r="D26" s="16">
+      <c r="C26" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="21">
         <v>30788.800000000003</v>
       </c>
-      <c r="E26" s="16">
+      <c r="E26" s="21">
         <v>3000</v>
       </c>
-      <c r="F26" s="16">
+      <c r="F26" s="21">
         <v>500</v>
       </c>
-      <c r="G26" s="16">
+      <c r="G26" s="21">
         <v>1489.4</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="16"/>
-[...6 lines deleted...]
-    <row r="28" spans="1:7">
+      <c r="B27" s="21"/>
+      <c r="C27" s="21"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="21"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="21"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>100</v>
+      </c>
+      <c r="B28" s="21"/>
+      <c r="C28" s="21"/>
+      <c r="D28" s="21"/>
+      <c r="E28" s="21"/>
+      <c r="F28" s="21"/>
+      <c r="G28" s="21"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="16">
+      <c r="B29" s="21">
         <v>32615.200000000001</v>
       </c>
-      <c r="C29" s="16">
+      <c r="C29" s="21">
         <v>32966</v>
       </c>
-      <c r="D29" s="16">
+      <c r="D29" s="21">
         <v>5042.6000000000004</v>
       </c>
-      <c r="E29" s="16">
+      <c r="E29" s="21">
         <v>2040</v>
       </c>
-      <c r="F29" s="16">
+      <c r="F29" s="21">
         <v>370</v>
       </c>
-      <c r="G29" s="16"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:7">
+      <c r="G29" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="16">
+      <c r="B30" s="21">
         <v>48888.4</v>
       </c>
-      <c r="C30" s="16">
+      <c r="C30" s="21">
         <v>47996.5</v>
       </c>
-      <c r="D30" s="16">
+      <c r="D30" s="21">
         <v>6400</v>
       </c>
-      <c r="E30" s="16">
+      <c r="E30" s="21">
         <v>3000</v>
       </c>
-      <c r="F30" s="16">
+      <c r="F30" s="21">
         <v>621.80000000000007</v>
       </c>
-      <c r="G30" s="16"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:7">
+      <c r="G30" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="16">
+      <c r="B31" s="21">
         <v>50597.600000000006</v>
       </c>
-      <c r="C31" s="16">
+      <c r="C31" s="21">
         <v>50000</v>
       </c>
-      <c r="D31" s="16">
+      <c r="D31" s="21">
         <v>10179.6</v>
       </c>
-      <c r="E31" s="16">
+      <c r="E31" s="21">
         <v>3000</v>
       </c>
-      <c r="F31" s="16">
+      <c r="F31" s="21">
         <v>459</v>
       </c>
-      <c r="G31" s="16">
+      <c r="G31" s="21">
         <v>1982.6000000000001</v>
       </c>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="16">
+      <c r="B32" s="21">
         <v>65424</v>
       </c>
-      <c r="C32" s="16">
+      <c r="C32" s="21">
         <v>60800</v>
       </c>
-      <c r="D32" s="16">
+      <c r="D32" s="21">
         <v>14677.900000000001</v>
       </c>
-      <c r="E32" s="16">
+      <c r="E32" s="21">
         <v>3487.2000000000003</v>
       </c>
-      <c r="F32" s="16">
+      <c r="F32" s="21">
         <v>526.4</v>
       </c>
-      <c r="G32" s="16">
+      <c r="G32" s="21">
         <v>10707.6</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="16">
+      <c r="B33" s="21">
         <v>76413.2</v>
       </c>
-      <c r="C33" s="16">
+      <c r="C33" s="21">
         <v>62000</v>
       </c>
-      <c r="D33" s="16">
+      <c r="D33" s="21">
         <v>19280.291999999998</v>
       </c>
-      <c r="E33" s="16">
+      <c r="E33" s="21">
         <v>5000</v>
       </c>
-      <c r="F33" s="16">
+      <c r="F33" s="21">
         <v>951</v>
       </c>
-      <c r="G33" s="16">
+      <c r="G33" s="21">
         <v>8020.4000000000005</v>
       </c>
     </row>
-    <row r="34" spans="1:7">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="16"/>
-[...6 lines deleted...]
-    <row r="35" spans="1:7">
+      <c r="B34" s="21"/>
+      <c r="C34" s="21"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="21"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="21"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...8 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>101</v>
+      </c>
+      <c r="B35" s="21"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="21"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="21"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="16">
+      <c r="B36" s="21">
         <v>5466.4000000000005</v>
       </c>
-      <c r="C36" s="16">
+      <c r="C36" s="21">
         <v>11719.2</v>
       </c>
-      <c r="D36" s="16"/>
-      <c r="E36" s="16">
+      <c r="D36" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="E36" s="21">
         <v>2520</v>
       </c>
-      <c r="F36" s="16">
+      <c r="F36" s="21">
         <v>500</v>
       </c>
-      <c r="G36" s="16"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:7">
+      <c r="G36" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="16">
+      <c r="B37" s="21">
         <v>30610</v>
       </c>
-      <c r="C37" s="16">
+      <c r="C37" s="21">
         <v>30000</v>
       </c>
-      <c r="D37" s="16">
+      <c r="D37" s="21">
         <v>4500.2</v>
       </c>
-      <c r="E37" s="16">
+      <c r="E37" s="21">
         <v>2840</v>
       </c>
-      <c r="F37" s="16">
+      <c r="F37" s="21">
         <v>380</v>
       </c>
-      <c r="G37" s="16"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:7">
+      <c r="G37" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="16">
+      <c r="B38" s="21">
         <v>50200</v>
       </c>
-      <c r="C38" s="16">
+      <c r="C38" s="21">
         <v>49304.800000000003</v>
       </c>
-      <c r="D38" s="16">
+      <c r="D38" s="21">
         <v>6826.4000000000005</v>
       </c>
-      <c r="E38" s="16">
+      <c r="E38" s="21">
         <v>3000</v>
       </c>
-      <c r="F38" s="16">
+      <c r="F38" s="21">
         <v>500</v>
       </c>
-      <c r="G38" s="16">
+      <c r="G38" s="21">
         <v>1511</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="16">
+      <c r="B39" s="21">
         <v>71267.8</v>
       </c>
-      <c r="C39" s="16">
+      <c r="C39" s="21">
         <v>65461.600000000006</v>
       </c>
-      <c r="D39" s="16">
+      <c r="D39" s="21">
         <v>9138</v>
       </c>
-      <c r="E39" s="16">
+      <c r="E39" s="21">
         <v>3648.4</v>
       </c>
-      <c r="F39" s="16">
+      <c r="F39" s="21">
         <v>737.80000000000007</v>
       </c>
-      <c r="G39" s="16">
+      <c r="G39" s="21">
         <v>4448</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="16">
+      <c r="B40" s="21">
         <v>126661.42</v>
       </c>
-      <c r="C40" s="16">
+      <c r="C40" s="21">
         <v>100000</v>
       </c>
-      <c r="D40" s="16">
+      <c r="D40" s="21">
         <v>33279.336000000003</v>
       </c>
-      <c r="E40" s="16">
+      <c r="E40" s="21">
         <v>5840</v>
       </c>
-      <c r="F40" s="16">
+      <c r="F40" s="21">
         <v>989.6</v>
       </c>
-      <c r="G40" s="16">
+      <c r="G40" s="21">
         <v>20047.2</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="16"/>
-[...6 lines deleted...]
-    <row r="42" spans="1:7">
+      <c r="B41" s="21"/>
+      <c r="C41" s="21"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="21"/>
+      <c r="F41" s="21"/>
+      <c r="G41" s="21"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...8 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>102</v>
+      </c>
+      <c r="B42" s="21"/>
+      <c r="C42" s="21"/>
+      <c r="D42" s="21"/>
+      <c r="E42" s="21"/>
+      <c r="F42" s="21"/>
+      <c r="G42" s="21"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="16">
+      <c r="B43" s="21">
         <v>45449.8</v>
       </c>
-      <c r="C43" s="16">
+      <c r="C43" s="21">
         <v>55800</v>
       </c>
-      <c r="D43" s="16"/>
-      <c r="E43" s="16">
+      <c r="D43" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="E43" s="21">
         <v>3240</v>
       </c>
-      <c r="F43" s="16">
+      <c r="F43" s="21">
         <v>363</v>
       </c>
-      <c r="G43" s="16">
+      <c r="G43" s="21">
         <v>3830.4</v>
       </c>
     </row>
-    <row r="44" spans="1:7">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="16">
+      <c r="B44" s="21">
         <v>62160</v>
       </c>
-      <c r="C44" s="16">
+      <c r="C44" s="21">
         <v>60000</v>
       </c>
-      <c r="D44" s="16">
+      <c r="D44" s="21">
         <v>12362.2</v>
       </c>
-      <c r="E44" s="16">
+      <c r="E44" s="21">
         <v>4000</v>
       </c>
-      <c r="F44" s="16">
+      <c r="F44" s="21">
         <v>561.6</v>
       </c>
-      <c r="G44" s="16">
+      <c r="G44" s="21">
         <v>5378.6</v>
       </c>
     </row>
-    <row r="45" spans="1:7">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="16">
+      <c r="B45" s="21">
         <v>65287.8</v>
       </c>
-      <c r="C45" s="16">
+      <c r="C45" s="21">
         <v>55753.600000000006</v>
       </c>
-      <c r="D45" s="16">
+      <c r="D45" s="21">
         <v>15057.800000000001</v>
       </c>
-      <c r="E45" s="16">
+      <c r="E45" s="21">
         <v>3000</v>
       </c>
-      <c r="F45" s="16">
+      <c r="F45" s="21">
         <v>500</v>
       </c>
-      <c r="G45" s="16">
+      <c r="G45" s="21">
         <v>9864.6</v>
       </c>
     </row>
-    <row r="46" spans="1:7">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="16">
+      <c r="B46" s="21">
         <v>54478.400000000001</v>
       </c>
-      <c r="C46" s="16">
+      <c r="C46" s="21">
         <v>50000</v>
       </c>
-      <c r="D46" s="16">
+      <c r="D46" s="21">
         <v>15000</v>
       </c>
-      <c r="E46" s="16">
+      <c r="E46" s="21">
         <v>3017.2000000000003</v>
       </c>
-      <c r="F46" s="16">
+      <c r="F46" s="21">
         <v>860</v>
       </c>
-      <c r="G46" s="16">
+      <c r="G46" s="21">
         <v>3570.6000000000004</v>
       </c>
     </row>
-    <row r="47" spans="1:7">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="16">
+      <c r="B47" s="21">
         <v>50692.800000000003</v>
       </c>
-      <c r="C47" s="16">
+      <c r="C47" s="21">
         <v>50000</v>
       </c>
-      <c r="D47" s="16">
+      <c r="D47" s="21">
         <v>10174.150000000001</v>
       </c>
-      <c r="E47" s="16">
+      <c r="E47" s="21">
         <v>3000</v>
       </c>
-      <c r="F47" s="16">
+      <c r="F47" s="21">
         <v>588</v>
       </c>
-      <c r="G47" s="16"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:7">
+      <c r="G47" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="16">
+      <c r="B48" s="21">
         <v>33733.4</v>
       </c>
-      <c r="C48" s="16">
+      <c r="C48" s="21">
         <v>33235.200000000004</v>
       </c>
-      <c r="D48" s="16">
+      <c r="D48" s="21">
         <v>4320.4000000000005</v>
       </c>
-      <c r="E48" s="16">
+      <c r="E48" s="21">
         <v>2000</v>
       </c>
-      <c r="F48" s="16">
+      <c r="F48" s="21">
         <v>389</v>
       </c>
-      <c r="G48" s="16"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:7">
+      <c r="G48" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="16"/>
-[...6 lines deleted...]
-    <row r="50" spans="1:7">
+      <c r="B49" s="21"/>
+      <c r="C49" s="21"/>
+      <c r="D49" s="21"/>
+      <c r="E49" s="21"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="21"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...8 lines deleted...]
-    <row r="51" spans="1:7">
+        <v>103</v>
+      </c>
+      <c r="B50" s="21"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="21"/>
+      <c r="E50" s="21"/>
+      <c r="F50" s="21"/>
+      <c r="G50" s="21"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="16">
+      <c r="B51" s="21">
         <v>61455</v>
       </c>
-      <c r="C51" s="16">
+      <c r="C51" s="21">
         <v>57800</v>
       </c>
-      <c r="D51" s="16">
+      <c r="D51" s="21">
         <v>14185.6</v>
       </c>
-      <c r="E51" s="16">
+      <c r="E51" s="21">
         <v>3340</v>
       </c>
-      <c r="F51" s="16">
+      <c r="F51" s="21">
         <v>500</v>
       </c>
-      <c r="G51" s="16">
+      <c r="G51" s="21">
         <v>6865.6</v>
       </c>
     </row>
-    <row r="52" spans="1:7">
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="16">
+      <c r="B52" s="21">
         <v>70291.199999999997</v>
       </c>
-      <c r="C52" s="16">
+      <c r="C52" s="21">
         <v>59495</v>
       </c>
-      <c r="D52" s="16">
+      <c r="D52" s="21">
         <v>33974.400000000001</v>
       </c>
-      <c r="E52" s="16">
+      <c r="E52" s="21">
         <v>5000</v>
       </c>
-      <c r="F52" s="16">
+      <c r="F52" s="21">
         <v>904.6</v>
       </c>
-      <c r="G52" s="16">
+      <c r="G52" s="21">
         <v>6368.4000000000005</v>
       </c>
     </row>
-    <row r="53" spans="1:7">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="16">
+      <c r="B53" s="21">
         <v>27393.800000000003</v>
       </c>
-      <c r="C53" s="16">
+      <c r="C53" s="21">
         <v>28288.600000000002</v>
       </c>
-      <c r="D53" s="16"/>
-      <c r="E53" s="16">
+      <c r="D53" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" s="21">
         <v>3000</v>
       </c>
-      <c r="F53" s="16">
+      <c r="F53" s="21">
         <v>500</v>
       </c>
-      <c r="G53" s="16"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:7">
+      <c r="G53" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="16">
+      <c r="B54" s="21">
         <v>45000</v>
       </c>
-      <c r="C54" s="16">
+      <c r="C54" s="21">
         <v>44600</v>
       </c>
-      <c r="D54" s="16">
+      <c r="D54" s="21">
         <v>6448.2000000000007</v>
       </c>
-      <c r="E54" s="16">
+      <c r="E54" s="21">
         <v>3000</v>
       </c>
-      <c r="F54" s="16">
+      <c r="F54" s="21">
         <v>500</v>
       </c>
-      <c r="G54" s="16"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:7">
+      <c r="G54" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="16"/>
-[...6 lines deleted...]
-    <row r="56" spans="1:7">
+      <c r="B55" s="21"/>
+      <c r="C55" s="21"/>
+      <c r="D55" s="21"/>
+      <c r="E55" s="21"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="21"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...8 lines deleted...]
-    <row r="57" spans="1:7">
+        <v>104</v>
+      </c>
+      <c r="B56" s="21"/>
+      <c r="C56" s="21"/>
+      <c r="D56" s="21"/>
+      <c r="E56" s="21"/>
+      <c r="F56" s="21"/>
+      <c r="G56" s="21"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B57" s="16">
+      <c r="B57" s="21">
         <v>27157.4</v>
       </c>
-      <c r="C57" s="16">
+      <c r="C57" s="21">
         <v>26219.600000000002</v>
       </c>
-      <c r="D57" s="16">
+      <c r="D57" s="21">
         <v>6513.7000000000007</v>
       </c>
-      <c r="E57" s="16">
+      <c r="E57" s="21">
         <v>2000</v>
       </c>
-      <c r="F57" s="16">
+      <c r="F57" s="21">
         <v>287.8</v>
       </c>
-      <c r="G57" s="16"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:7">
+      <c r="G57" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B58" s="16">
+      <c r="B58" s="21">
         <v>54020</v>
       </c>
-      <c r="C58" s="16">
+      <c r="C58" s="21">
         <v>50000</v>
       </c>
-      <c r="D58" s="16">
+      <c r="D58" s="21">
         <v>10106.400000000001</v>
       </c>
-      <c r="E58" s="16">
+      <c r="E58" s="21">
         <v>3000</v>
       </c>
-      <c r="F58" s="16">
+      <c r="F58" s="21">
         <v>526.20000000000005</v>
       </c>
-      <c r="G58" s="16">
+      <c r="G58" s="21">
         <v>5109.8</v>
       </c>
     </row>
-    <row r="59" spans="1:7">
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="16">
+      <c r="B59" s="21">
         <v>71857.600000000006</v>
       </c>
-      <c r="C59" s="16">
+      <c r="C59" s="21">
         <v>64200</v>
       </c>
-      <c r="D59" s="16">
+      <c r="D59" s="21">
         <v>23587.4</v>
       </c>
-      <c r="E59" s="16">
+      <c r="E59" s="21">
         <v>5000</v>
       </c>
-      <c r="F59" s="16">
+      <c r="F59" s="21">
         <v>611.20000000000005</v>
       </c>
-      <c r="G59" s="16">
+      <c r="G59" s="21">
         <v>7219.6</v>
       </c>
     </row>
-    <row r="61" spans="1:7">
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
     </row>
-    <row r="62" spans="1:7">
-      <c r="A62" s="10"/>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="10" t="s">
+        <v>127</v>
+      </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:F62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28" customWidth="1"/>
-    <col min="2" max="2" width="18.109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="17.44140625" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="3" max="3" width="17.7109375" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" customWidth="1"/>
+    <col min="5" max="5" width="11.5703125" customWidth="1"/>
+    <col min="6" max="6" width="17.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:6" ht="18">
+    <row r="1" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      <c r="A3" s="17"/>
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="14"/>
       <c r="B3" s="7" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="19">
+        <v>106</v>
+      </c>
+      <c r="B4" s="34">
         <v>77.855945476772206</v>
       </c>
-      <c r="C4" s="19">
+      <c r="C4" s="34">
         <v>9.4603512842994419</v>
       </c>
-      <c r="D4" s="19">
+      <c r="D4" s="34">
         <v>5.7593952339462353</v>
       </c>
-      <c r="E4" s="19">
+      <c r="E4" s="34">
         <v>0.66316519621374992</v>
       </c>
-      <c r="F4" s="19">
+      <c r="F4" s="34">
         <v>6.2611428087683789</v>
       </c>
     </row>
-    <row r="5" spans="1:6">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="19"/>
-[...5 lines deleted...]
-    <row r="6" spans="1:6">
+      <c r="B5" s="16"/>
+      <c r="C5" s="16"/>
+      <c r="D5" s="16"/>
+      <c r="E5" s="16"/>
+      <c r="F5" s="16"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-    <row r="7" spans="1:6">
+        <v>97</v>
+      </c>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="17"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="21">
+      <c r="B7" s="18">
         <v>84.046630064916883</v>
       </c>
-      <c r="C7" s="21">
+      <c r="C7" s="18">
         <v>10.295873591234827</v>
       </c>
-      <c r="D7" s="21">
+      <c r="D7" s="18">
         <v>4.3078157660681997</v>
       </c>
-      <c r="E7" s="21">
+      <c r="E7" s="18">
         <v>0.22189139749475992</v>
       </c>
-      <c r="F7" s="21">
+      <c r="F7" s="18">
         <v>1.127789180285331</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="21">
+      <c r="B8" s="18">
         <v>88.776919570450715</v>
       </c>
-      <c r="C8" s="21">
+      <c r="C8" s="18">
         <v>3.5417333343671689</v>
       </c>
-      <c r="D8" s="21">
+      <c r="D8" s="18">
         <v>5.5447844492829326</v>
       </c>
-      <c r="E8" s="21">
+      <c r="E8" s="18">
         <v>0.42992851542040766</v>
       </c>
-      <c r="F8" s="22" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:6">
+      <c r="F8" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="21">
+      <c r="B9" s="18">
         <v>76.437881763499661</v>
       </c>
-      <c r="C9" s="21">
+      <c r="C9" s="18">
         <v>11.592175555082587</v>
       </c>
-      <c r="D9" s="21">
+      <c r="D9" s="18">
         <v>4.4294909113505065</v>
       </c>
-      <c r="E9" s="21">
+      <c r="E9" s="18">
         <v>0.44530270762413959</v>
       </c>
-      <c r="F9" s="21">
+      <c r="F9" s="18">
         <v>7.0951490624431166</v>
       </c>
     </row>
-    <row r="10" spans="1:6">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="21">
+      <c r="B10" s="18">
         <v>70.728607698590366</v>
       </c>
-      <c r="C10" s="21">
+      <c r="C10" s="18">
         <v>8.7074665639776114</v>
       </c>
-      <c r="D10" s="21">
+      <c r="D10" s="18">
         <v>7.081656875449843</v>
       </c>
-      <c r="E10" s="21">
+      <c r="E10" s="18">
         <v>0.34468319882838272</v>
       </c>
-      <c r="F10" s="21">
+      <c r="F10" s="18">
         <v>13.137585663153803</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="21">
+      <c r="B11" s="18">
         <v>79.978555386263466</v>
       </c>
-      <c r="C11" s="21">
+      <c r="C11" s="18">
         <v>6.8702878755186161</v>
       </c>
-      <c r="D11" s="21">
+      <c r="D11" s="18">
         <v>4.8887341626144085</v>
       </c>
-      <c r="E11" s="21">
+      <c r="E11" s="18">
         <v>0.69511192285833234</v>
       </c>
-      <c r="F11" s="21">
+      <c r="F11" s="18">
         <v>7.5673106527451806</v>
       </c>
     </row>
-    <row r="12" spans="1:6">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="21">
+      <c r="B12" s="18">
         <v>65.106534794174138</v>
       </c>
-      <c r="C12" s="21">
+      <c r="C12" s="18">
         <v>17.369156766608739</v>
       </c>
-      <c r="D12" s="21">
+      <c r="D12" s="18">
         <v>7.1666405183538382</v>
       </c>
-      <c r="E12" s="21">
+      <c r="E12" s="18">
         <v>2.2806312778296407</v>
       </c>
-      <c r="F12" s="21">
+      <c r="F12" s="18">
         <v>8.0770366430336562</v>
       </c>
     </row>
-    <row r="13" spans="1:6">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="21">
+      <c r="B13" s="18">
         <v>72.992994313157851</v>
       </c>
-      <c r="C13" s="21">
+      <c r="C13" s="18">
         <v>9.5659837943281207</v>
       </c>
-      <c r="D13" s="21">
+      <c r="D13" s="18">
         <v>8.4424728778296743</v>
       </c>
-      <c r="E13" s="21">
+      <c r="E13" s="18">
         <v>0.50802788811646526</v>
       </c>
-      <c r="F13" s="21">
+      <c r="F13" s="18">
         <v>8.4905211265679092</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="21">
+      <c r="B14" s="18">
         <v>84.840306967349093</v>
       </c>
-      <c r="C14" s="21">
+      <c r="C14" s="18">
         <v>5.1954788413572128</v>
       </c>
-      <c r="D14" s="21">
+      <c r="D14" s="18">
         <v>4.8903915367008972</v>
       </c>
-      <c r="E14" s="21">
+      <c r="E14" s="18">
         <v>0.60171956985941089</v>
       </c>
-      <c r="F14" s="21">
+      <c r="F14" s="18">
         <v>4.4721030847334111</v>
       </c>
     </row>
-    <row r="15" spans="1:6">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="21"/>
-[...5 lines deleted...]
-    <row r="16" spans="1:6">
+      <c r="B15" s="18"/>
+      <c r="C15" s="18"/>
+      <c r="D15" s="18"/>
+      <c r="E15" s="18"/>
+      <c r="F15" s="18"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-    <row r="17" spans="1:6">
+        <v>98</v>
+      </c>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="17"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="21">
+      <c r="B17" s="18">
         <v>86.800159010787851</v>
       </c>
-      <c r="C17" s="21">
+      <c r="C17" s="18">
         <v>7.2470466025285134</v>
       </c>
-      <c r="D17" s="21">
+      <c r="D17" s="18">
         <v>2.2041063935740546</v>
       </c>
-      <c r="E17" s="21">
+      <c r="E17" s="18">
         <v>1.3630393268668148</v>
       </c>
-      <c r="F17" s="22" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:6">
+      <c r="F17" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="21">
+      <c r="B18" s="18">
         <v>77.481694932581973</v>
       </c>
-      <c r="C18" s="21">
+      <c r="C18" s="18">
         <v>11.550020342605672</v>
       </c>
-      <c r="D18" s="21">
+      <c r="D18" s="18">
         <v>3.7342129511633786</v>
       </c>
-      <c r="E18" s="21">
+      <c r="E18" s="18">
         <v>0.50034576189069802</v>
       </c>
-      <c r="F18" s="21">
+      <c r="F18" s="18">
         <v>6.7337260117582964</v>
       </c>
     </row>
-    <row r="19" spans="1:6">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="21">
+      <c r="B19" s="18">
         <v>75.227503404839041</v>
       </c>
-      <c r="C19" s="21">
+      <c r="C19" s="18">
         <v>10.550938542237361</v>
       </c>
-      <c r="D19" s="21">
+      <c r="D19" s="18">
         <v>6.9250745173215389</v>
       </c>
-      <c r="E19" s="21">
+      <c r="E19" s="18">
         <v>0.73439081586027677</v>
       </c>
-      <c r="F19" s="21">
+      <c r="F19" s="18">
         <v>6.5620927197417815</v>
       </c>
     </row>
-    <row r="20" spans="1:6">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="21">
+      <c r="B20" s="18">
         <v>74.363614810125938</v>
       </c>
-      <c r="C20" s="21">
+      <c r="C20" s="18">
         <v>10.464196575537898</v>
       </c>
-      <c r="D20" s="21">
+      <c r="D20" s="18">
         <v>7.302521910643339</v>
       </c>
-      <c r="E20" s="21">
+      <c r="E20" s="18">
         <v>0.41433121534490785</v>
       </c>
-      <c r="F20" s="21">
+      <c r="F20" s="18">
         <v>7.4553354883479184</v>
       </c>
     </row>
-    <row r="21" spans="1:6">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="21">
+      <c r="B21" s="18">
         <v>77.757037859499221</v>
       </c>
-      <c r="C21" s="21">
+      <c r="C21" s="18">
         <v>5.7960798509331637</v>
       </c>
-      <c r="D21" s="21">
+      <c r="D21" s="18">
         <v>8.746610922291925</v>
       </c>
-      <c r="E21" s="21">
+      <c r="E21" s="18">
         <v>0.44352997314277942</v>
       </c>
-      <c r="F21" s="21">
+      <c r="F21" s="18">
         <v>7.2567413941329084</v>
       </c>
     </row>
-    <row r="22" spans="1:6">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="21"/>
-[...5 lines deleted...]
-    <row r="23" spans="1:6">
+      <c r="B22" s="18"/>
+      <c r="C22" s="18"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="18"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...7 lines deleted...]
-    <row r="24" spans="1:6">
+        <v>99</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="17"/>
+      <c r="D23" s="17"/>
+      <c r="E23" s="17"/>
+      <c r="F23" s="17"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="21">
+      <c r="B24" s="18">
         <v>79.637275764354115</v>
       </c>
-      <c r="C24" s="21">
+      <c r="C24" s="18">
         <v>8.2985290299266694</v>
       </c>
-      <c r="D24" s="21">
+      <c r="D24" s="18">
         <v>5.4324422378135777</v>
       </c>
-      <c r="E24" s="21">
+      <c r="E24" s="18">
         <v>0.72695624147776416</v>
       </c>
-      <c r="F24" s="21">
+      <c r="F24" s="18">
         <v>5.9047967264278798</v>
       </c>
     </row>
-    <row r="25" spans="1:6">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="21">
+      <c r="B25" s="18">
         <v>77.210612917927719</v>
       </c>
-      <c r="C25" s="21">
+      <c r="C25" s="18">
         <v>11.018938421479058</v>
       </c>
-      <c r="D25" s="21">
+      <c r="D25" s="18">
         <v>4.9738244072779976</v>
       </c>
-      <c r="E25" s="21">
+      <c r="E25" s="18">
         <v>0.27692265446921815</v>
       </c>
-      <c r="F25" s="21">
+      <c r="F25" s="18">
         <v>6.5197015988460132</v>
       </c>
     </row>
-    <row r="26" spans="1:6">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="22" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="21">
+      <c r="B26" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C26" s="18">
         <v>44.911474867045634</v>
       </c>
-      <c r="D26" s="21">
+      <c r="D26" s="18">
         <v>32.902215006139699</v>
       </c>
-      <c r="E26" s="21">
+      <c r="E26" s="18">
         <v>2.9321998145018768</v>
       </c>
-      <c r="F26" s="21">
+      <c r="F26" s="18">
         <v>19.2541103123128</v>
       </c>
     </row>
-    <row r="27" spans="1:6">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="21"/>
-[...5 lines deleted...]
-    <row r="28" spans="1:6">
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="18"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...7 lines deleted...]
-    <row r="29" spans="1:6">
+        <v>100</v>
+      </c>
+      <c r="B28" s="17"/>
+      <c r="C28" s="17"/>
+      <c r="D28" s="17"/>
+      <c r="E28" s="17"/>
+      <c r="F28" s="17"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="21">
+      <c r="B29" s="18">
         <v>90.41997883803576</v>
       </c>
-      <c r="C29" s="21">
+      <c r="C29" s="18">
         <v>5.3472499218298992</v>
       </c>
-      <c r="D29" s="21">
+      <c r="D29" s="18">
         <v>3.2682799526799458</v>
       </c>
-      <c r="E29" s="21">
+      <c r="E29" s="18">
         <v>0.39169251740264188</v>
       </c>
-      <c r="F29" s="22" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:6">
+      <c r="F29" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="21">
+      <c r="B30" s="18">
         <v>88.086650987672527</v>
       </c>
-      <c r="C30" s="21">
+      <c r="C30" s="18">
         <v>7.0012122278885469</v>
       </c>
-      <c r="D30" s="21">
+      <c r="D30" s="18">
         <v>2.9529022691428874</v>
       </c>
-      <c r="E30" s="21">
+      <c r="E30" s="18">
         <v>0.625380245142934</v>
       </c>
-      <c r="F30" s="22" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:6">
+      <c r="F30" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="21">
+      <c r="B31" s="18">
         <v>85.400758500706388</v>
       </c>
-      <c r="C31" s="21">
+      <c r="C31" s="18">
         <v>7.5007596448019953</v>
       </c>
-      <c r="D31" s="21">
+      <c r="D31" s="18">
         <v>4.7237470085854243</v>
       </c>
-      <c r="E31" s="21">
+      <c r="E31" s="18">
         <v>0.36712478078860572</v>
       </c>
-      <c r="F31" s="21">
+      <c r="F31" s="18">
         <v>2.0076100651175977</v>
       </c>
     </row>
-    <row r="32" spans="1:6">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="21">
+      <c r="B32" s="18">
         <v>78.111673922700533</v>
       </c>
-      <c r="C32" s="21">
+      <c r="C32" s="18">
         <v>8.0775185250283457</v>
       </c>
-      <c r="D32" s="21">
+      <c r="D32" s="18">
         <v>7.7461786738538567</v>
       </c>
-      <c r="E32" s="21">
+      <c r="E32" s="18">
         <v>0.45492765254878775</v>
       </c>
-      <c r="F32" s="21">
+      <c r="F32" s="18">
         <v>5.6097012258684815</v>
       </c>
     </row>
-    <row r="33" spans="1:6">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="21">
+      <c r="B33" s="18">
         <v>65.298251076801122</v>
       </c>
-      <c r="C33" s="21">
+      <c r="C33" s="18">
         <v>13.764209006174251</v>
       </c>
-      <c r="D33" s="21">
+      <c r="D33" s="18">
         <v>7.0477554048242634</v>
       </c>
-      <c r="E33" s="21">
+      <c r="E33" s="18">
         <v>1.0559926841576501</v>
       </c>
-      <c r="F33" s="21">
+      <c r="F33" s="18">
         <v>12.833791828042731</v>
       </c>
     </row>
-    <row r="34" spans="1:6">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="21"/>
-[...5 lines deleted...]
-    <row r="35" spans="1:6">
+      <c r="B34" s="18"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="18"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...7 lines deleted...]
-    <row r="36" spans="1:6">
+        <v>101</v>
+      </c>
+      <c r="B35" s="17"/>
+      <c r="C35" s="17"/>
+      <c r="D35" s="17"/>
+      <c r="E35" s="17"/>
+      <c r="F35" s="17"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="21">
+      <c r="B36" s="18">
         <v>81.838578839767379</v>
       </c>
-      <c r="C36" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="21">
+      <c r="C36" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" s="18">
         <v>13.157003057275768</v>
       </c>
-      <c r="E36" s="21">
+      <c r="E36" s="18">
         <v>1.1407551314403044</v>
       </c>
-      <c r="F36" s="22" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:6">
+      <c r="F36" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="21">
+      <c r="B37" s="18">
         <v>90.709639889985823</v>
       </c>
-      <c r="C37" s="21">
+      <c r="C37" s="18">
         <v>3.0736318632196862</v>
       </c>
-      <c r="D37" s="21">
+      <c r="D37" s="18">
         <v>4.6808846012918837</v>
       </c>
-      <c r="E37" s="21">
+      <c r="E37" s="18">
         <v>0.49224164991838565</v>
       </c>
-      <c r="F37" s="22" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:6">
+      <c r="F37" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="21">
+      <c r="B38" s="18">
         <v>89.054744526387935</v>
       </c>
-      <c r="C38" s="21">
+      <c r="C38" s="18">
         <v>5.1971814932145692</v>
       </c>
-      <c r="D38" s="21">
+      <c r="D38" s="18">
         <v>4.0256492524233467</v>
       </c>
-      <c r="E38" s="21">
+      <c r="E38" s="18">
         <v>0.545028027406675</v>
       </c>
-      <c r="F38" s="21">
+      <c r="F38" s="18">
         <v>1.1773967005674963</v>
       </c>
     </row>
-    <row r="39" spans="1:6">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="21">
+      <c r="B39" s="18">
         <v>85.957089561379433</v>
       </c>
-      <c r="C39" s="21">
+      <c r="C39" s="18">
         <v>6.0741134812314499</v>
       </c>
-      <c r="D39" s="21">
+      <c r="D39" s="18">
         <v>5.6044561828496278</v>
       </c>
-      <c r="E39" s="21">
+      <c r="E39" s="18">
         <v>0.5892999751071597</v>
       </c>
-      <c r="F39" s="21">
+      <c r="F39" s="18">
         <v>1.7750407994323338</v>
       </c>
     </row>
-    <row r="40" spans="1:6">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="21">
+      <c r="B40" s="18">
         <v>67.74698130204952</v>
       </c>
-      <c r="C40" s="21">
+      <c r="C40" s="18">
         <v>13.998104294786792</v>
       </c>
-      <c r="D40" s="21">
+      <c r="D40" s="18">
         <v>6.2409632969461253</v>
       </c>
-      <c r="E40" s="21">
+      <c r="E40" s="18">
         <v>0.74668244879090018</v>
       </c>
-      <c r="F40" s="21">
+      <c r="F40" s="18">
         <v>11.267268657426662</v>
       </c>
     </row>
-    <row r="41" spans="1:6">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="21"/>
-[...5 lines deleted...]
-    <row r="42" spans="1:6">
+      <c r="B41" s="18"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="18"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...7 lines deleted...]
-    <row r="43" spans="1:6">
+        <v>102</v>
+      </c>
+      <c r="B42" s="17"/>
+      <c r="C42" s="17"/>
+      <c r="D42" s="17"/>
+      <c r="E42" s="17"/>
+      <c r="F42" s="17"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="21">
+      <c r="B43" s="18">
         <v>72.953162790600629</v>
       </c>
-      <c r="C43" s="22" t="s">
-[...2 lines deleted...]
-      <c r="D43" s="21">
+      <c r="C43" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="D43" s="18">
         <v>6.0388823159230443</v>
       </c>
-      <c r="E43" s="21">
+      <c r="E43" s="18">
         <v>0.46555436266529437</v>
       </c>
-      <c r="F43" s="21">
+      <c r="F43" s="18">
         <v>7.8959540098736962</v>
       </c>
     </row>
-    <row r="44" spans="1:6">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="21">
+      <c r="B44" s="18">
         <v>81.55012863400043</v>
       </c>
-      <c r="C44" s="21">
+      <c r="C44" s="18">
         <v>6.5555806923899427</v>
       </c>
-      <c r="D44" s="21">
+      <c r="D44" s="18">
         <v>7.0344197750775539</v>
       </c>
-      <c r="E44" s="21">
+      <c r="E44" s="18">
         <v>0.49811490196246577</v>
       </c>
-      <c r="F44" s="21">
+      <c r="F44" s="18">
         <v>4.3617559965696149</v>
       </c>
     </row>
-    <row r="45" spans="1:6">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="21">
+      <c r="B45" s="18">
         <v>72.916137011668255</v>
       </c>
-      <c r="C45" s="21">
+      <c r="C45" s="18">
         <v>10.578646172309876</v>
       </c>
-      <c r="D45" s="21">
+      <c r="D45" s="18">
         <v>6.8989141223434487</v>
       </c>
-      <c r="E45" s="21">
+      <c r="E45" s="18">
         <v>0.89755473033906408</v>
       </c>
-      <c r="F45" s="21">
+      <c r="F45" s="18">
         <v>8.7087479633393645</v>
       </c>
     </row>
-    <row r="46" spans="1:6">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="21">
+      <c r="B46" s="18">
         <v>75.0279486783989</v>
       </c>
-      <c r="C46" s="21">
+      <c r="C46" s="18">
         <v>11.238212038832154</v>
       </c>
-      <c r="D46" s="21">
+      <c r="D46" s="18">
         <v>5.8327821810008276</v>
       </c>
-      <c r="E46" s="21">
+      <c r="E46" s="18">
         <v>0.75734551109251624</v>
       </c>
-      <c r="F46" s="21">
+      <c r="F46" s="18">
         <v>7.1437115906755926</v>
       </c>
     </row>
-    <row r="47" spans="1:6">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="21">
+      <c r="B47" s="18">
         <v>81.051126710253726</v>
       </c>
-      <c r="C47" s="21">
+      <c r="C47" s="18">
         <v>10.578507041210075</v>
       </c>
-      <c r="D47" s="21">
+      <c r="D47" s="18">
         <v>2.8048669164228821</v>
       </c>
-      <c r="E47" s="21">
+      <c r="E47" s="18">
         <v>0.60482140229778358</v>
       </c>
-      <c r="F47" s="22" t="s">
-[...3 lines deleted...]
-    <row r="48" spans="1:6">
+      <c r="F47" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="21">
+      <c r="B48" s="18">
         <v>95.695474534424022</v>
       </c>
-      <c r="C48" s="21">
+      <c r="C48" s="18">
         <v>2.7257227627336977</v>
       </c>
-      <c r="D48" s="21">
+      <c r="D48" s="18">
         <v>1.18794749215805</v>
       </c>
-      <c r="E48" s="21">
+      <c r="E48" s="18">
         <v>0.37828939463247752</v>
       </c>
-      <c r="F48" s="22" t="s">
-[...3 lines deleted...]
-    <row r="49" spans="1:6">
+      <c r="F48" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="21"/>
-[...5 lines deleted...]
-    <row r="50" spans="1:6">
+      <c r="B49" s="18"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="18"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...7 lines deleted...]
-    <row r="51" spans="1:6">
+        <v>103</v>
+      </c>
+      <c r="B50" s="17"/>
+      <c r="C50" s="17"/>
+      <c r="D50" s="17"/>
+      <c r="E50" s="17"/>
+      <c r="F50" s="17"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="21">
+      <c r="B51" s="18">
         <v>80.833070788403646</v>
       </c>
-      <c r="C51" s="21">
+      <c r="C51" s="18">
         <v>9.876412050808959</v>
       </c>
-      <c r="D51" s="21">
+      <c r="D51" s="18">
         <v>5.2329954152998708</v>
       </c>
-      <c r="E51" s="21">
+      <c r="E51" s="18">
         <v>0.76102982953991116</v>
       </c>
-      <c r="F51" s="21">
+      <c r="F51" s="18">
         <v>3.2964919159476045</v>
       </c>
     </row>
-    <row r="52" spans="1:6">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B52" s="21">
+      <c r="B52" s="18">
         <v>54.25337991395741</v>
       </c>
-      <c r="C52" s="21">
+      <c r="C52" s="18">
         <v>12.937239251062618</v>
       </c>
-      <c r="D52" s="21">
+      <c r="D52" s="18">
         <v>10.756523707607219</v>
       </c>
-      <c r="E52" s="21">
+      <c r="E52" s="18">
         <v>0.62606676829431773</v>
       </c>
-      <c r="F52" s="21">
+      <c r="F52" s="18">
         <v>21.426790359078431</v>
       </c>
     </row>
-    <row r="53" spans="1:6">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B53" s="21">
+      <c r="B53" s="18">
         <v>87.443747452282935</v>
       </c>
-      <c r="C53" s="21"/>
-      <c r="D53" s="21">
+      <c r="C53" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="D53" s="18">
         <v>4.2583327922762129</v>
       </c>
-      <c r="E53" s="21">
+      <c r="E53" s="18">
         <v>0.39151595326426325</v>
       </c>
-      <c r="F53" s="22" t="s">
-[...3 lines deleted...]
-    <row r="54" spans="1:6">
+      <c r="F53" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="21">
+      <c r="B54" s="18">
         <v>89.806200332333177</v>
       </c>
-      <c r="C54" s="21">
+      <c r="C54" s="18">
         <v>5.6082478447714257</v>
       </c>
-      <c r="D54" s="21">
+      <c r="D54" s="18">
         <v>2.8863502384396269</v>
       </c>
-      <c r="E54" s="21">
+      <c r="E54" s="18">
         <v>0.4909943762782587</v>
       </c>
-      <c r="F54" s="22" t="s">
-[...3 lines deleted...]
-    <row r="55" spans="1:6">
+      <c r="F54" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="21"/>
-[...5 lines deleted...]
-    <row r="56" spans="1:6">
+      <c r="B55" s="18"/>
+      <c r="C55" s="18"/>
+      <c r="D55" s="18"/>
+      <c r="E55" s="18"/>
+      <c r="F55" s="18"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...7 lines deleted...]
-    <row r="57" spans="1:6">
+        <v>104</v>
+      </c>
+      <c r="B56" s="17"/>
+      <c r="C56" s="17"/>
+      <c r="D56" s="17"/>
+      <c r="E56" s="17"/>
+      <c r="F56" s="17"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B57" s="21">
+      <c r="B57" s="18">
         <v>94.574267191541566</v>
       </c>
-      <c r="C57" s="21">
+      <c r="C57" s="18">
         <v>3.123918291336139</v>
       </c>
-      <c r="D57" s="21">
+      <c r="D57" s="18">
         <v>1.636958337822797</v>
       </c>
-      <c r="E57" s="21">
+      <c r="E57" s="18">
         <v>0.28520170208580925</v>
       </c>
-      <c r="F57" s="22" t="s">
-[...3 lines deleted...]
-    <row r="58" spans="1:6">
+      <c r="F57" s="21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="21">
+      <c r="B58" s="18">
         <v>81.746544519028816</v>
       </c>
-      <c r="C58" s="21">
+      <c r="C58" s="18">
         <v>7.0815459845528101</v>
       </c>
-      <c r="D58" s="21">
+      <c r="D58" s="18">
         <v>6.0266653084007897</v>
       </c>
-      <c r="E58" s="21">
+      <c r="E58" s="18">
         <v>0.44828504186853946</v>
       </c>
-      <c r="F58" s="21">
+      <c r="F58" s="18">
         <v>4.6969591461490481</v>
       </c>
     </row>
-    <row r="59" spans="1:6">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="21">
+      <c r="B59" s="18">
         <v>66.204642601951178</v>
       </c>
-      <c r="C59" s="21">
+      <c r="C59" s="18">
         <v>15.883837387777589</v>
       </c>
-      <c r="D59" s="21">
+      <c r="D59" s="18">
         <v>5.9404045219559443</v>
       </c>
-      <c r="E59" s="21">
+      <c r="E59" s="18">
         <v>1.206814775861629</v>
       </c>
-      <c r="F59" s="21">
+      <c r="F59" s="18">
         <v>10.764300712453684</v>
       </c>
     </row>
-    <row r="61" spans="1:6">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
     </row>
-    <row r="62" spans="1:6">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="10" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.44140625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17.5546875" customWidth="1"/>
+    <col min="1" max="1" width="21.42578125" customWidth="1"/>
+    <col min="2" max="2" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.140625" customWidth="1"/>
+    <col min="4" max="4" width="14.5703125" customWidth="1"/>
+    <col min="5" max="5" width="14.7109375" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" customWidth="1"/>
+    <col min="7" max="7" width="15.28515625" customWidth="1"/>
+    <col min="8" max="8" width="17.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:8" ht="18">
+    <row r="1" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8" ht="41.4" customHeight="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>42</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>43</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>44</v>
       </c>
       <c r="H3" s="7" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="19">
+        <v>106</v>
+      </c>
+      <c r="B4" s="33">
         <v>88.708360897039185</v>
       </c>
-      <c r="C4" s="19">
+      <c r="C4" s="33">
         <v>88.169189315768278</v>
       </c>
-      <c r="D4" s="19">
+      <c r="D4" s="33">
         <v>2.021784816114176</v>
       </c>
-      <c r="E4" s="19">
+      <c r="E4" s="33">
         <v>0.2586963187875409</v>
       </c>
-      <c r="F4" s="19">
+      <c r="F4" s="33">
         <v>2.1325081455329551</v>
       </c>
-      <c r="G4" s="19">
+      <c r="G4" s="33">
         <v>5.4335002772292933</v>
       </c>
-      <c r="H4" s="19">
+      <c r="H4" s="33">
         <v>15.517072445310323</v>
       </c>
     </row>
-    <row r="5" spans="1:8">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="19"/>
-[...7 lines deleted...]
-    <row r="6" spans="1:8">
+      <c r="B5" s="16"/>
+      <c r="C5" s="16"/>
+      <c r="D5" s="16"/>
+      <c r="E5" s="16"/>
+      <c r="F5" s="16"/>
+      <c r="G5" s="16"/>
+      <c r="H5" s="16"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...9 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>97</v>
+      </c>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="17"/>
+      <c r="H6" s="17"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="21">
-[...21 lines deleted...]
-    <row r="8" spans="1:8">
+      <c r="B7" s="33">
+        <v>95.974445866787192</v>
+      </c>
+      <c r="C7" s="33">
+        <v>95.678069865940401</v>
+      </c>
+      <c r="D7" s="33">
+        <v>3.408026930105347</v>
+      </c>
+      <c r="E7" s="33">
+        <v>1.2149821336144464</v>
+      </c>
+      <c r="F7" s="33">
+        <v>7.2641910421089708</v>
+      </c>
+      <c r="G7" s="33">
+        <v>11.664935658989538</v>
+      </c>
+      <c r="H7" s="33">
+        <v>14.133370406356041</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="21">
+      <c r="B8" s="33">
         <v>93.592507967242298</v>
       </c>
-      <c r="C8" s="21">
+      <c r="C8" s="33">
         <v>93.592507967242298</v>
       </c>
-      <c r="D8" s="21">
+      <c r="D8" s="33">
         <v>0.92233032978886553</v>
       </c>
-      <c r="E8" s="21">
+      <c r="E8" s="33">
         <v>0.14026975949399217</v>
       </c>
-      <c r="F8" s="21">
+      <c r="F8" s="33">
         <v>0.85091724516119704</v>
       </c>
-      <c r="G8" s="21">
-[...2 lines deleted...]
-      <c r="H8" s="21">
+      <c r="G8" s="33">
+        <v>7.3654499852575368</v>
+      </c>
+      <c r="H8" s="33">
         <v>10.208782863047389</v>
       </c>
     </row>
-    <row r="9" spans="1:8">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="21">
-[...5 lines deleted...]
-      <c r="D9" s="21">
+      <c r="B9" s="33">
+        <v>94.147876838505368</v>
+      </c>
+      <c r="C9" s="33">
+        <v>94.147876838505368</v>
+      </c>
+      <c r="D9" s="33">
         <v>1.1244673228638016</v>
       </c>
-      <c r="E9" s="21">
+      <c r="E9" s="33">
         <v>5.8900395943155576E-2</v>
       </c>
-      <c r="F9" s="21">
-[...5 lines deleted...]
-      <c r="H9" s="21">
+      <c r="F9" s="33">
+        <v>0.9075538057901128</v>
+      </c>
+      <c r="G9" s="33">
+        <v>0.46991162378993273</v>
+      </c>
+      <c r="H9" s="33">
         <v>13.470426715109943</v>
       </c>
     </row>
-    <row r="10" spans="1:8">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="21">
-[...5 lines deleted...]
-      <c r="D10" s="21">
+      <c r="B10" s="33">
+        <v>78.566988104745519</v>
+      </c>
+      <c r="C10" s="33">
+        <v>78.285146916677022</v>
+      </c>
+      <c r="D10" s="33">
         <v>2.4161886932657013</v>
       </c>
-      <c r="E10" s="21">
+      <c r="E10" s="33">
         <v>0</v>
       </c>
-      <c r="F10" s="21">
-[...2 lines deleted...]
-      <c r="G10" s="21">
+      <c r="F10" s="33">
+        <v>0.17004400913352233</v>
+      </c>
+      <c r="G10" s="33">
         <v>7.8517816048113644</v>
       </c>
-      <c r="H10" s="21">
+      <c r="H10" s="33">
         <v>18.678547285829151</v>
       </c>
     </row>
-    <row r="11" spans="1:8">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="21">
-[...2 lines deleted...]
-      <c r="C11" s="21">
+      <c r="B11" s="33">
+        <v>86.921288692928229</v>
+      </c>
+      <c r="C11" s="33">
         <v>86.019527423334296</v>
       </c>
-      <c r="D11" s="21">
-[...15 lines deleted...]
-    <row r="12" spans="1:8">
+      <c r="D11" s="33">
+        <v>1.3360938921890952</v>
+      </c>
+      <c r="E11" s="33">
+        <v>0.20897932208043396</v>
+      </c>
+      <c r="F11" s="33">
+        <v>3.2104638726107506</v>
+      </c>
+      <c r="G11" s="33">
+        <v>4.3315526968024782</v>
+      </c>
+      <c r="H11" s="33">
+        <v>21.456093038548495</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="21">
+      <c r="B12" s="33">
         <v>82.992387942467516</v>
       </c>
-      <c r="C12" s="21">
+      <c r="C12" s="33">
         <v>80.242213335409247</v>
       </c>
-      <c r="D12" s="21">
-[...2 lines deleted...]
-      <c r="E12" s="21">
+      <c r="D12" s="33">
+        <v>3.7464020999009229</v>
+      </c>
+      <c r="E12" s="33">
         <v>0</v>
       </c>
-      <c r="F12" s="21">
-[...9 lines deleted...]
-    <row r="13" spans="1:8">
+      <c r="F12" s="33">
+        <v>2.5167812413526591</v>
+      </c>
+      <c r="G12" s="33">
+        <v>1.4518438518351393</v>
+      </c>
+      <c r="H12" s="33">
+        <v>23.705400956462828</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="21">
+      <c r="B13" s="33">
         <v>89.114421961323004</v>
       </c>
-      <c r="C13" s="21">
+      <c r="C13" s="33">
         <v>89.114421961323004</v>
       </c>
-      <c r="D13" s="21">
-[...2 lines deleted...]
-      <c r="E13" s="21">
+      <c r="D13" s="33">
+        <v>2.1175587365893778</v>
+      </c>
+      <c r="E13" s="33">
         <v>0.15115956989744211</v>
       </c>
-      <c r="F13" s="21">
+      <c r="F13" s="33">
         <v>0.3653738509571311</v>
       </c>
-      <c r="G13" s="21">
+      <c r="G13" s="33">
         <v>7.3728086014391323</v>
       </c>
-      <c r="H13" s="21">
-[...3 lines deleted...]
-    <row r="14" spans="1:8">
+      <c r="H13" s="33">
+        <v>8.1085697082595747</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="21">
+      <c r="B14" s="33">
         <v>89.761776085003206</v>
       </c>
-      <c r="C14" s="21">
+      <c r="C14" s="33">
         <v>89.761776085003206</v>
       </c>
-      <c r="D14" s="21">
-[...15 lines deleted...]
-    <row r="15" spans="1:8">
+      <c r="D14" s="33">
+        <v>0.74349438125051837</v>
+      </c>
+      <c r="E14" s="33">
+        <v>0.20592411715979123</v>
+      </c>
+      <c r="F14" s="33">
+        <v>1.3177540489848889</v>
+      </c>
+      <c r="G14" s="33">
+        <v>2.5122464868628054</v>
+      </c>
+      <c r="H14" s="33">
+        <v>13.630789460978617</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="21"/>
-[...7 lines deleted...]
-    <row r="16" spans="1:8">
+      <c r="B15" s="33"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="33"/>
+      <c r="E15" s="33"/>
+      <c r="F15" s="33"/>
+      <c r="G15" s="33"/>
+      <c r="H15" s="33"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...9 lines deleted...]
-    <row r="17" spans="1:8">
+        <v>98</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="21">
-[...21 lines deleted...]
-    <row r="18" spans="1:8">
+      <c r="B17" s="33">
+        <v>73.686491107162226</v>
+      </c>
+      <c r="C17" s="33">
+        <v>73.212509020447001</v>
+      </c>
+      <c r="D17" s="33">
+        <v>1.2113665492952679</v>
+      </c>
+      <c r="E17" s="33">
+        <v>6.0143026926186935E-2</v>
+      </c>
+      <c r="F17" s="33">
+        <v>5.4193335938902001</v>
+      </c>
+      <c r="G17" s="33">
+        <v>4.1472894622358396</v>
+      </c>
+      <c r="H17" s="33">
+        <v>4.8425710256840784</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="21">
+      <c r="B18" s="33">
         <v>91.084428455626849</v>
       </c>
-      <c r="C18" s="21">
-[...11 lines deleted...]
-      <c r="G18" s="21">
+      <c r="C18" s="33">
+        <v>90.294426150836273</v>
+      </c>
+      <c r="D18" s="33">
+        <v>3.521658489266613</v>
+      </c>
+      <c r="E18" s="33">
+        <v>0.13850983472905196</v>
+      </c>
+      <c r="F18" s="33">
+        <v>1.9511808037413956</v>
+      </c>
+      <c r="G18" s="33">
         <v>5.2991913360467953</v>
       </c>
-      <c r="H18" s="21">
-[...3 lines deleted...]
-    <row r="19" spans="1:8">
+      <c r="H18" s="33">
+        <v>14.535335980855239</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="21">
-[...21 lines deleted...]
-    <row r="20" spans="1:8">
+      <c r="B19" s="33">
+        <v>96.401387411177794</v>
+      </c>
+      <c r="C19" s="33">
+        <v>96.401387411177794</v>
+      </c>
+      <c r="D19" s="33">
+        <v>1.1501246893791541</v>
+      </c>
+      <c r="E19" s="33">
+        <v>0.12774530508696921</v>
+      </c>
+      <c r="F19" s="33">
+        <v>0.9995676356973251</v>
+      </c>
+      <c r="G19" s="33">
+        <v>7.1392947445383479</v>
+      </c>
+      <c r="H19" s="33">
+        <v>21.507265306999081</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="21">
-[...5 lines deleted...]
-      <c r="D20" s="21">
+      <c r="B20" s="33">
+        <v>96.675726815005291</v>
+      </c>
+      <c r="C20" s="33">
+        <v>96.583313235548374</v>
+      </c>
+      <c r="D20" s="33">
         <v>2.2271282384033224</v>
       </c>
-      <c r="E20" s="21">
-[...8 lines deleted...]
-      <c r="H20" s="21">
+      <c r="E20" s="33">
+        <v>1.0045352312937019</v>
+      </c>
+      <c r="F20" s="33">
+        <v>0.64297282865658567</v>
+      </c>
+      <c r="G20" s="33">
+        <v>5.9873039249871916</v>
+      </c>
+      <c r="H20" s="33">
         <v>21.001324155613332</v>
       </c>
     </row>
-    <row r="21" spans="1:8">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="21">
-[...5 lines deleted...]
-      <c r="D21" s="21">
+      <c r="B21" s="33">
+        <v>91.13715294506018</v>
+      </c>
+      <c r="C21" s="33">
+        <v>89.543872893621725</v>
+      </c>
+      <c r="D21" s="33">
         <v>2.1018587193946918</v>
       </c>
-      <c r="E21" s="21">
+      <c r="E21" s="33">
         <v>0</v>
       </c>
-      <c r="F21" s="21">
+      <c r="F21" s="33">
         <v>0</v>
       </c>
-      <c r="G21" s="21">
-[...6 lines deleted...]
-    <row r="22" spans="1:8">
+      <c r="G21" s="33">
+        <v>4.8993444108993476</v>
+      </c>
+      <c r="H21" s="33">
+        <v>20.84844026567491</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="21"/>
-[...7 lines deleted...]
-    <row r="23" spans="1:8">
+      <c r="B22" s="33"/>
+      <c r="C22" s="33"/>
+      <c r="D22" s="33"/>
+      <c r="E22" s="33"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="33"/>
+      <c r="H22" s="33"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...9 lines deleted...]
-    <row r="24" spans="1:8">
+        <v>99</v>
+      </c>
+      <c r="B23" s="33"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="33"/>
+      <c r="E23" s="33"/>
+      <c r="F23" s="33"/>
+      <c r="G23" s="33"/>
+      <c r="H23" s="33"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="21">
-[...21 lines deleted...]
-    <row r="25" spans="1:8">
+      <c r="B24" s="33">
+        <v>87.646439472195453</v>
+      </c>
+      <c r="C24" s="33">
+        <v>87.219528921367839</v>
+      </c>
+      <c r="D24" s="33">
+        <v>2.1485616262739238</v>
+      </c>
+      <c r="E24" s="33">
+        <v>0.3685614946024543</v>
+      </c>
+      <c r="F24" s="33">
+        <v>2.8371203206905449</v>
+      </c>
+      <c r="G24" s="33">
+        <v>5.1285924395403759</v>
+      </c>
+      <c r="H24" s="33">
+        <v>13.322895660325779</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="21">
-[...8 lines deleted...]
-      <c r="E25" s="21">
+      <c r="B25" s="33">
+        <v>97.606763148785717</v>
+      </c>
+      <c r="C25" s="33">
+        <v>97.056696578886175</v>
+      </c>
+      <c r="D25" s="33">
+        <v>1.483151837231401</v>
+      </c>
+      <c r="E25" s="33">
         <v>0</v>
       </c>
-      <c r="F25" s="21">
-[...2 lines deleted...]
-      <c r="G25" s="21">
+      <c r="F25" s="33">
+        <v>0.38350794723515019</v>
+      </c>
+      <c r="G25" s="33">
         <v>7.6511250828666446</v>
       </c>
-      <c r="H25" s="21">
-[...3 lines deleted...]
-    <row r="26" spans="1:8">
+      <c r="H25" s="33">
+        <v>27.186035641214616</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="21">
-[...8 lines deleted...]
-      <c r="E26" s="21">
+      <c r="B26" s="33">
+        <v>84.565829184345588</v>
+      </c>
+      <c r="C26" s="33">
+        <v>83.499168572180054</v>
+      </c>
+      <c r="D26" s="33">
+        <v>1.9725740508639296</v>
+      </c>
+      <c r="E26" s="33">
         <v>0</v>
       </c>
-      <c r="F26" s="21">
+      <c r="F26" s="33">
         <v>0.56669158124589503</v>
       </c>
-      <c r="G26" s="21">
-[...6 lines deleted...]
-    <row r="27" spans="1:8">
+      <c r="G26" s="33">
+        <v>4.5943446257407148</v>
+      </c>
+      <c r="H26" s="33">
+        <v>13.932270351615092</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="21"/>
-[...7 lines deleted...]
-    <row r="28" spans="1:8">
+      <c r="B27" s="33"/>
+      <c r="C27" s="33"/>
+      <c r="D27" s="33"/>
+      <c r="E27" s="33"/>
+      <c r="F27" s="33"/>
+      <c r="G27" s="33"/>
+      <c r="H27" s="33"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...9 lines deleted...]
-    <row r="29" spans="1:8">
+        <v>100</v>
+      </c>
+      <c r="B28" s="33"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="33"/>
+      <c r="E28" s="33"/>
+      <c r="F28" s="33"/>
+      <c r="G28" s="33"/>
+      <c r="H28" s="33"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="21">
+      <c r="B29" s="33">
         <v>65.200707302791997</v>
       </c>
-      <c r="C29" s="21">
+      <c r="C29" s="33">
         <v>63.720038904807417</v>
       </c>
-      <c r="D29" s="21">
-[...2 lines deleted...]
-      <c r="E29" s="21">
+      <c r="D29" s="33">
+        <v>1.1276363412080852</v>
+      </c>
+      <c r="E29" s="33">
         <v>0</v>
       </c>
-      <c r="F29" s="21">
-[...9 lines deleted...]
-    <row r="30" spans="1:8">
+      <c r="F29" s="33">
+        <v>1.1645194586127008</v>
+      </c>
+      <c r="G29" s="33">
+        <v>3.5721358826644143</v>
+      </c>
+      <c r="H29" s="33">
+        <v>3.6945076749569337</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="21">
-[...8 lines deleted...]
-      <c r="E30" s="21">
+      <c r="B30" s="33">
+        <v>87.072859084953819</v>
+      </c>
+      <c r="C30" s="33">
+        <v>86.400681609964863</v>
+      </c>
+      <c r="D30" s="33">
+        <v>0.87711408528484791</v>
+      </c>
+      <c r="E30" s="33">
         <v>0</v>
       </c>
-      <c r="F30" s="21">
+      <c r="F30" s="33">
         <v>3.744141931783608</v>
       </c>
-      <c r="G30" s="21">
+      <c r="G30" s="33">
         <v>4.3592693419447759</v>
       </c>
-      <c r="H30" s="21">
-[...3 lines deleted...]
-    <row r="31" spans="1:8">
+      <c r="H30" s="33">
+        <v>6.8017633058268672</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="21">
+      <c r="B31" s="33">
         <v>94.767304050154905</v>
       </c>
-      <c r="C31" s="21">
-[...18 lines deleted...]
-    <row r="32" spans="1:8">
+      <c r="C31" s="33">
+        <v>94.315906928897817</v>
+      </c>
+      <c r="D31" s="33">
+        <v>1.1304847131600084</v>
+      </c>
+      <c r="E31" s="33">
+        <v>0.19933299853781269</v>
+      </c>
+      <c r="F31" s="33">
+        <v>3.4245599919971283</v>
+      </c>
+      <c r="G31" s="33">
+        <v>4.6324730023172735</v>
+      </c>
+      <c r="H31" s="33">
+        <v>16.65548129670303</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="21">
+      <c r="B32" s="33">
         <v>98.014483638192473</v>
       </c>
-      <c r="C32" s="21">
+      <c r="C32" s="33">
         <v>97.997150449057727</v>
       </c>
-      <c r="D32" s="21">
-[...15 lines deleted...]
-    <row r="33" spans="1:8">
+      <c r="D32" s="33">
+        <v>1.9048714751507112</v>
+      </c>
+      <c r="E32" s="33">
+        <v>5.7894469337050586E-2</v>
+      </c>
+      <c r="F32" s="33">
+        <v>0.60468191989324027</v>
+      </c>
+      <c r="G32" s="33">
+        <v>7.8488068245200715</v>
+      </c>
+      <c r="H32" s="33">
+        <v>21.572098641920622</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="21">
+      <c r="B33" s="33">
         <v>98.617035541719417</v>
       </c>
-      <c r="C33" s="21">
-[...11 lines deleted...]
-      <c r="G33" s="21">
+      <c r="C33" s="33">
+        <v>98.548293070461185</v>
+      </c>
+      <c r="D33" s="33">
+        <v>5.0778506668100531</v>
+      </c>
+      <c r="E33" s="33">
+        <v>1.0382147596341533</v>
+      </c>
+      <c r="F33" s="33">
+        <v>1.7207766006056984</v>
+      </c>
+      <c r="G33" s="33">
         <v>6.7679116573393632</v>
       </c>
-      <c r="H33" s="21">
-[...3 lines deleted...]
-    <row r="34" spans="1:8">
+      <c r="H33" s="33">
+        <v>28.922276020372077</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="21"/>
-[...7 lines deleted...]
-    <row r="35" spans="1:8">
+      <c r="B34" s="33"/>
+      <c r="C34" s="33"/>
+      <c r="D34" s="33"/>
+      <c r="E34" s="33"/>
+      <c r="F34" s="33"/>
+      <c r="G34" s="33"/>
+      <c r="H34" s="33"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...9 lines deleted...]
-    <row r="36" spans="1:8">
+        <v>101</v>
+      </c>
+      <c r="B35" s="33"/>
+      <c r="C35" s="33"/>
+      <c r="D35" s="33"/>
+      <c r="E35" s="33"/>
+      <c r="F35" s="33"/>
+      <c r="G35" s="33"/>
+      <c r="H35" s="33"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="21">
-[...8 lines deleted...]
-      <c r="E36" s="21">
+      <c r="B36" s="33">
+        <v>75.717367062694834</v>
+      </c>
+      <c r="C36" s="33">
+        <v>74.847711839071223</v>
+      </c>
+      <c r="D36" s="33">
+        <v>0.28361899778832633</v>
+      </c>
+      <c r="E36" s="33">
         <v>0</v>
       </c>
-      <c r="F36" s="21">
-[...9 lines deleted...]
-    <row r="37" spans="1:8">
+      <c r="F36" s="33">
+        <v>0.25683098961537337</v>
+      </c>
+      <c r="G36" s="33">
+        <v>4.2629682116708931</v>
+      </c>
+      <c r="H36" s="33">
+        <v>11.108101600304417</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="21">
-[...8 lines deleted...]
-      <c r="E37" s="21">
+      <c r="B37" s="33">
+        <v>78.916988798604876</v>
+      </c>
+      <c r="C37" s="33">
+        <v>78.145624612787685</v>
+      </c>
+      <c r="D37" s="33">
+        <v>0.61359658177178455</v>
+      </c>
+      <c r="E37" s="33">
         <v>0</v>
       </c>
-      <c r="F37" s="21">
-[...9 lines deleted...]
-    <row r="38" spans="1:8">
+      <c r="F37" s="33">
+        <v>1.0613637974716914</v>
+      </c>
+      <c r="G37" s="33">
+        <v>2.8069918221607231</v>
+      </c>
+      <c r="H37" s="33">
+        <v>12.466503865677588</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="21">
+      <c r="B38" s="33">
         <v>93.111266445040116</v>
       </c>
-      <c r="C38" s="21">
-[...18 lines deleted...]
-    <row r="39" spans="1:8">
+      <c r="C38" s="33">
+        <v>92.991404646787586</v>
+      </c>
+      <c r="D38" s="33">
+        <v>2.0008340269654412</v>
+      </c>
+      <c r="E38" s="33">
+        <v>4.419317663562957E-2</v>
+      </c>
+      <c r="F38" s="33">
+        <v>1.3662173726538558</v>
+      </c>
+      <c r="G38" s="33">
+        <v>3.6569770324045328</v>
+      </c>
+      <c r="H38" s="33">
+        <v>13.248474074170048</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="21">
-[...21 lines deleted...]
-    <row r="40" spans="1:8">
+      <c r="B39" s="33">
+        <v>97.542834494249874</v>
+      </c>
+      <c r="C39" s="33">
+        <v>97.451254574110209</v>
+      </c>
+      <c r="D39" s="33">
+        <v>1.6067081878194733</v>
+      </c>
+      <c r="E39" s="33">
+        <v>3.3098281225481183E-2</v>
+      </c>
+      <c r="F39" s="33">
+        <v>3.3327249281751112</v>
+      </c>
+      <c r="G39" s="33">
+        <v>5.7798653650372174</v>
+      </c>
+      <c r="H39" s="33">
+        <v>18.487470681463876</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="21">
-[...5 lines deleted...]
-      <c r="D40" s="21">
+      <c r="B40" s="33">
+        <v>98.334242451779517</v>
+      </c>
+      <c r="C40" s="33">
+        <v>97.492422849068674</v>
+      </c>
+      <c r="D40" s="33">
         <v>5.6146798160081275</v>
       </c>
-      <c r="E40" s="21">
-[...2 lines deleted...]
-      <c r="F40" s="21">
+      <c r="E40" s="33">
+        <v>1.2180577322661708</v>
+      </c>
+      <c r="F40" s="33">
         <v>4.654054278540384</v>
       </c>
-      <c r="G40" s="21">
+      <c r="G40" s="33">
         <v>10.674980964617319</v>
       </c>
-      <c r="H40" s="21">
-[...3 lines deleted...]
-    <row r="41" spans="1:8">
+      <c r="H40" s="33">
+        <v>22.302194261143192</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="21"/>
-[...7 lines deleted...]
-    <row r="42" spans="1:8">
+      <c r="B41" s="33"/>
+      <c r="C41" s="33"/>
+      <c r="D41" s="33"/>
+      <c r="E41" s="33"/>
+      <c r="F41" s="33"/>
+      <c r="G41" s="33"/>
+      <c r="H41" s="33"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...9 lines deleted...]
-    <row r="43" spans="1:8">
+        <v>102</v>
+      </c>
+      <c r="B42" s="33"/>
+      <c r="C42" s="33"/>
+      <c r="D42" s="33"/>
+      <c r="E42" s="33"/>
+      <c r="F42" s="33"/>
+      <c r="G42" s="33"/>
+      <c r="H42" s="33"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="21">
+      <c r="B43" s="33">
         <v>98.129288227413184</v>
       </c>
-      <c r="C43" s="21">
+      <c r="C43" s="33">
         <v>98.129288227413184</v>
       </c>
-      <c r="D43" s="21">
+      <c r="D43" s="33">
         <v>3.9045256766726713</v>
       </c>
-      <c r="E43" s="21">
+      <c r="E43" s="33">
         <v>0</v>
       </c>
-      <c r="F43" s="21">
-[...9 lines deleted...]
-    <row r="44" spans="1:8">
+      <c r="F43" s="33">
+        <v>7.2184967538191716E-2</v>
+      </c>
+      <c r="G43" s="33">
+        <v>5.9143555158151537</v>
+      </c>
+      <c r="H43" s="33">
+        <v>27.396886764568546</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="21">
+      <c r="B44" s="33">
         <v>93.520138659361763</v>
       </c>
-      <c r="C44" s="21">
-[...18 lines deleted...]
-    <row r="45" spans="1:8">
+      <c r="C44" s="33">
+        <v>93.111911360720214</v>
+      </c>
+      <c r="D44" s="33">
+        <v>1.0849727585172018</v>
+      </c>
+      <c r="E44" s="33">
+        <v>0.74464197517765929</v>
+      </c>
+      <c r="F44" s="33">
+        <v>1.0625770821620433</v>
+      </c>
+      <c r="G44" s="33">
+        <v>7.9260545703365004</v>
+      </c>
+      <c r="H44" s="33">
+        <v>23.740095746174251</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="21">
-[...17 lines deleted...]
-      <c r="H45" s="21">
+      <c r="B45" s="33">
+        <v>93.615023559091796</v>
+      </c>
+      <c r="C45" s="33">
+        <v>93.501660090074012</v>
+      </c>
+      <c r="D45" s="33">
+        <v>2.618873038833053</v>
+      </c>
+      <c r="E45" s="33">
+        <v>6.4703823344912897E-2</v>
+      </c>
+      <c r="F45" s="33">
+        <v>0.85294392997301316</v>
+      </c>
+      <c r="G45" s="33">
+        <v>3.5251880715074568</v>
+      </c>
+      <c r="H45" s="33">
         <v>14.354707974303068</v>
       </c>
     </row>
-    <row r="46" spans="1:8">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="21">
-[...17 lines deleted...]
-      <c r="H46" s="21">
+      <c r="B46" s="33">
+        <v>89.356477665877449</v>
+      </c>
+      <c r="C46" s="33">
+        <v>88.665881991255091</v>
+      </c>
+      <c r="D46" s="33">
+        <v>1.6764580408376293</v>
+      </c>
+      <c r="E46" s="33">
+        <v>0.25698199970173197</v>
+      </c>
+      <c r="F46" s="33">
+        <v>3.3805556186121901</v>
+      </c>
+      <c r="G46" s="33">
+        <v>6.127982571296922</v>
+      </c>
+      <c r="H46" s="33">
         <v>14.764343162853546</v>
       </c>
     </row>
-    <row r="47" spans="1:8">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="21">
-[...21 lines deleted...]
-    <row r="48" spans="1:8">
+      <c r="B47" s="33">
+        <v>85.408071199068559</v>
+      </c>
+      <c r="C47" s="33">
+        <v>83.941868270310565</v>
+      </c>
+      <c r="D47" s="33">
+        <v>2.6700016999806007</v>
+      </c>
+      <c r="E47" s="33">
+        <v>3.8159972218636408E-2</v>
+      </c>
+      <c r="F47" s="33">
+        <v>4.3564392600283917</v>
+      </c>
+      <c r="G47" s="33">
+        <v>3.9557117499720928</v>
+      </c>
+      <c r="H47" s="33">
+        <v>5.2823787663984092</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="21">
-[...8 lines deleted...]
-      <c r="E48" s="21">
+      <c r="B48" s="33">
+        <v>57.154590157361483</v>
+      </c>
+      <c r="C48" s="33">
+        <v>56.601166531928286</v>
+      </c>
+      <c r="D48" s="33">
+        <v>0.94336785961255054</v>
+      </c>
+      <c r="E48" s="33">
         <v>0</v>
       </c>
-      <c r="F48" s="21">
+      <c r="F48" s="33">
         <v>3.5497832216778926</v>
       </c>
-      <c r="G48" s="21">
-[...6 lines deleted...]
-    <row r="49" spans="1:8">
+      <c r="G48" s="33">
+        <v>3.0018277578338193</v>
+      </c>
+      <c r="H48" s="33">
+        <v>0.73311320871197172</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="21"/>
-[...7 lines deleted...]
-    <row r="50" spans="1:8">
+      <c r="B49" s="33"/>
+      <c r="C49" s="33"/>
+      <c r="D49" s="33"/>
+      <c r="E49" s="33"/>
+      <c r="F49" s="33"/>
+      <c r="G49" s="33"/>
+      <c r="H49" s="33"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...9 lines deleted...]
-    <row r="51" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="B50" s="33"/>
+      <c r="C50" s="33"/>
+      <c r="D50" s="33"/>
+      <c r="E50" s="33"/>
+      <c r="F50" s="33"/>
+      <c r="G50" s="33"/>
+      <c r="H50" s="33"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="21">
+      <c r="B51" s="33">
         <v>97.412439958882445</v>
       </c>
-      <c r="C51" s="21">
+      <c r="C51" s="33">
         <v>97.203062689474564</v>
       </c>
-      <c r="D51" s="21">
-[...15 lines deleted...]
-    <row r="52" spans="1:8">
+      <c r="D51" s="33">
+        <v>1.7790404866619365</v>
+      </c>
+      <c r="E51" s="33">
+        <v>0.39855042178856442</v>
+      </c>
+      <c r="F51" s="33">
+        <v>2.779256507020992</v>
+      </c>
+      <c r="G51" s="33">
+        <v>6.25440940320712</v>
+      </c>
+      <c r="H51" s="33">
+        <v>20.472216885096799</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="21">
-[...2 lines deleted...]
-      <c r="C52" s="21">
+      <c r="B52" s="33">
+        <v>98.934127623081579</v>
+      </c>
+      <c r="C52" s="33">
         <v>97.759132334234451</v>
       </c>
-      <c r="D52" s="21">
-[...8 lines deleted...]
-      <c r="G52" s="21">
+      <c r="D52" s="33">
+        <v>4.0640456971853389</v>
+      </c>
+      <c r="E52" s="33">
+        <v>0.19203034190493498</v>
+      </c>
+      <c r="F52" s="33">
+        <v>0.87835604834016257</v>
+      </c>
+      <c r="G52" s="33">
         <v>8.8991662903796058</v>
       </c>
-      <c r="H52" s="21">
+      <c r="H52" s="33">
         <v>22.824263396453752</v>
       </c>
     </row>
-    <row r="53" spans="1:8">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="21">
-[...5 lines deleted...]
-      <c r="D53" s="21">
+      <c r="B53" s="33">
+        <v>61.624050485095907</v>
+      </c>
+      <c r="C53" s="33">
+        <v>61.323942925324936</v>
+      </c>
+      <c r="D53" s="33">
         <v>0.85577810262775755</v>
       </c>
-      <c r="E53" s="21">
+      <c r="E53" s="33">
         <v>0</v>
       </c>
-      <c r="F53" s="21">
+      <c r="F53" s="33">
         <v>0</v>
       </c>
-      <c r="G53" s="21">
-[...2 lines deleted...]
-      <c r="H53" s="21">
+      <c r="G53" s="33">
+        <v>1.1653868278199317</v>
+      </c>
+      <c r="H53" s="33">
         <v>10.241482653777933</v>
       </c>
     </row>
-    <row r="54" spans="1:8">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B54" s="21">
-[...21 lines deleted...]
-    <row r="55" spans="1:8">
+      <c r="B54" s="33">
+        <v>75.936527571476418</v>
+      </c>
+      <c r="C54" s="33">
+        <v>75.015216954918913</v>
+      </c>
+      <c r="D54" s="33">
+        <v>1.8932765106574656</v>
+      </c>
+      <c r="E54" s="33">
+        <v>0.10536338073914174</v>
+      </c>
+      <c r="F54" s="33">
+        <v>2.0746256053045258</v>
+      </c>
+      <c r="G54" s="33">
+        <v>3.6159846495556174</v>
+      </c>
+      <c r="H54" s="33">
+        <v>4.9252481963380088</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="21"/>
-[...7 lines deleted...]
-    <row r="56" spans="1:8">
+      <c r="B55" s="33"/>
+      <c r="C55" s="33"/>
+      <c r="D55" s="33"/>
+      <c r="E55" s="33"/>
+      <c r="F55" s="33"/>
+      <c r="G55" s="33"/>
+      <c r="H55" s="33"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...9 lines deleted...]
-    <row r="57" spans="1:8">
+        <v>104</v>
+      </c>
+      <c r="B56" s="33"/>
+      <c r="C56" s="33"/>
+      <c r="D56" s="33"/>
+      <c r="E56" s="33"/>
+      <c r="F56" s="33"/>
+      <c r="G56" s="33"/>
+      <c r="H56" s="33"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="21">
-[...5 lines deleted...]
-      <c r="D57" s="21">
+      <c r="B57" s="33">
+        <v>54.730800397906862</v>
+      </c>
+      <c r="C57" s="33">
+        <v>53.611805686974492</v>
+      </c>
+      <c r="D57" s="33">
         <v>0</v>
       </c>
-      <c r="E57" s="21">
+      <c r="E57" s="33">
         <v>0</v>
       </c>
-      <c r="F57" s="21">
-[...9 lines deleted...]
-    <row r="58" spans="1:8">
+      <c r="F57" s="33">
+        <v>0.73808085848235372</v>
+      </c>
+      <c r="G57" s="33">
+        <v>2.8188168931875404</v>
+      </c>
+      <c r="H57" s="33">
+        <v>3.0329790549294855</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="21">
-[...21 lines deleted...]
-    <row r="59" spans="1:8">
+      <c r="B58" s="33">
+        <v>92.121888685642887</v>
+      </c>
+      <c r="C58" s="33">
+        <v>91.570576260608831</v>
+      </c>
+      <c r="D58" s="33">
+        <v>1.3380151546448722</v>
+      </c>
+      <c r="E58" s="33">
+        <v>5.7856852430925317E-2</v>
+      </c>
+      <c r="F58" s="33">
+        <v>2.1604658643731929</v>
+      </c>
+      <c r="G58" s="33">
+        <v>5.0822135282515202</v>
+      </c>
+      <c r="H58" s="33">
+        <v>16.134972453558692</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="21">
+      <c r="B59" s="33">
         <v>98.664924337221052</v>
       </c>
-      <c r="C59" s="21">
+      <c r="C59" s="33">
         <v>98.541178977080762</v>
       </c>
-      <c r="D59" s="21">
+      <c r="D59" s="33">
         <v>5.707980167554175</v>
       </c>
-      <c r="E59" s="21">
+      <c r="E59" s="33">
         <v>1.1258667473073252</v>
       </c>
-      <c r="F59" s="21">
+      <c r="F59" s="33">
         <v>2.9324823409854566</v>
       </c>
-      <c r="G59" s="21">
-[...6 lines deleted...]
-    <row r="61" spans="1:8">
+      <c r="G59" s="33">
+        <v>8.3420930733596812</v>
+      </c>
+      <c r="H59" s="33">
+        <v>21.394392306285479</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
       <c r="H61" s="10"/>
     </row>
-    <row r="62" spans="1:8">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="10"/>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:H62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.109375" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17.33203125" customWidth="1"/>
+    <col min="1" max="1" width="19.140625" customWidth="1"/>
+    <col min="2" max="2" width="15.28515625" customWidth="1"/>
+    <col min="3" max="3" width="16.140625" customWidth="1"/>
+    <col min="4" max="4" width="16.28515625" customWidth="1"/>
+    <col min="5" max="5" width="15.85546875" customWidth="1"/>
+    <col min="6" max="6" width="16.140625" customWidth="1"/>
+    <col min="7" max="7" width="17.140625" customWidth="1"/>
+    <col min="8" max="8" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:8" ht="18">
+    <row r="1" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8" ht="51" customHeight="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>42</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>43</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>44</v>
       </c>
       <c r="H3" s="7" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B4" s="23">
+        <v>92</v>
+      </c>
+      <c r="B4" s="21">
         <v>2552.4</v>
       </c>
-      <c r="C4" s="23">
+      <c r="C4" s="21">
         <v>1843</v>
       </c>
-      <c r="D4" s="23">
+      <c r="D4" s="19">
         <v>5751.8</v>
       </c>
-      <c r="E4" s="23" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="23">
+      <c r="E4" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F4" s="19">
         <v>368.8</v>
       </c>
-      <c r="G4" s="23">
+      <c r="G4" s="21">
         <v>2020</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="21">
         <v>2747.2000000000003</v>
       </c>
     </row>
-    <row r="5" spans="1:8">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="23"/>
-[...7 lines deleted...]
-    <row r="6" spans="1:8">
+      <c r="B5" s="19"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="19"/>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+      <c r="H5" s="19"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...9 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>97</v>
+      </c>
+      <c r="B6" s="20"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+      <c r="G6" s="20"/>
+      <c r="H6" s="20"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="25">
+      <c r="B7" s="21">
         <v>3397.4</v>
       </c>
-      <c r="C7" s="25">
+      <c r="C7" s="21">
         <v>2014</v>
       </c>
-      <c r="D7" s="23" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="25">
+      <c r="D7" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E7" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F7" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G7" s="21">
         <v>2100</v>
       </c>
-      <c r="H7" s="25">
+      <c r="H7" s="21">
         <v>3444.6000000000004</v>
       </c>
     </row>
-    <row r="8" spans="1:8">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="25">
+      <c r="B8" s="21">
         <v>1457.4</v>
       </c>
-      <c r="C8" s="25">
+      <c r="C8" s="21">
         <v>960</v>
       </c>
-      <c r="D8" s="23" t="s">
-[...15 lines deleted...]
-    <row r="9" spans="1:8">
+      <c r="D8" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E8" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G8" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H8" s="19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="25">
+      <c r="B9" s="21">
         <v>2300</v>
       </c>
-      <c r="C9" s="25">
+      <c r="C9" s="21">
         <v>1850</v>
       </c>
-      <c r="D9" s="23" t="s">
-[...11 lines deleted...]
-      <c r="H9" s="25">
+      <c r="D9" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E9" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G9" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H9" s="21">
         <v>2639</v>
       </c>
     </row>
-    <row r="10" spans="1:8">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="25">
+      <c r="B10" s="21">
         <v>4079</v>
       </c>
-      <c r="C10" s="25">
+      <c r="C10" s="21">
         <v>2232.8000000000002</v>
       </c>
-      <c r="D10" s="23" t="s">
-[...11 lines deleted...]
-      <c r="H10" s="25">
+      <c r="D10" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E10" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F10" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G10" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H10" s="21">
         <v>3479</v>
       </c>
     </row>
-    <row r="11" spans="1:8">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="25">
+      <c r="B11" s="21">
         <v>2995.8</v>
       </c>
-      <c r="C11" s="25">
+      <c r="C11" s="21">
         <v>2079.8000000000002</v>
       </c>
-      <c r="D11" s="23" t="s">
-[...11 lines deleted...]
-      <c r="H11" s="25">
+      <c r="D11" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E11" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F11" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G11" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H11" s="21">
         <v>2180</v>
       </c>
     </row>
-    <row r="12" spans="1:8">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="25">
+      <c r="B12" s="21">
         <v>1605.8000000000002</v>
       </c>
-      <c r="C12" s="25">
+      <c r="C12" s="21">
         <v>1000</v>
       </c>
-      <c r="D12" s="23" t="s">
-[...11 lines deleted...]
-      <c r="H12" s="25">
+      <c r="D12" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E12" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G12" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H12" s="21">
         <v>1969.6000000000001</v>
       </c>
     </row>
-    <row r="13" spans="1:8">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="25">
+      <c r="B13" s="21">
         <v>2649</v>
       </c>
-      <c r="C13" s="25">
+      <c r="C13" s="21">
         <v>1968.4</v>
       </c>
-      <c r="D13" s="23" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="25">
+      <c r="D13" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F13" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G13" s="21">
         <v>1794</v>
       </c>
-      <c r="H13" s="25">
+      <c r="H13" s="21">
         <v>4065.4</v>
       </c>
     </row>
-    <row r="14" spans="1:8">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="25">
+      <c r="B14" s="21">
         <v>2325.4</v>
       </c>
-      <c r="C14" s="25">
+      <c r="C14" s="21">
         <v>1829.8000000000002</v>
       </c>
-      <c r="D14" s="23" t="s">
-[...11 lines deleted...]
-      <c r="H14" s="25">
+      <c r="D14" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G14" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H14" s="21">
         <v>3061.4</v>
       </c>
     </row>
-    <row r="15" spans="1:8">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="25"/>
-[...7 lines deleted...]
-    <row r="16" spans="1:8">
+      <c r="B15" s="21"/>
+      <c r="C15" s="21"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="21"/>
+      <c r="H15" s="21"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...9 lines deleted...]
-    <row r="17" spans="1:8">
+        <v>98</v>
+      </c>
+      <c r="B16" s="21"/>
+      <c r="C16" s="21"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="21"/>
+      <c r="H16" s="21"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="25">
+      <c r="B17" s="21">
         <v>1896.6000000000001</v>
       </c>
-      <c r="C17" s="25">
+      <c r="C17" s="21">
         <v>1565.2</v>
       </c>
-      <c r="D17" s="25" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="25">
+      <c r="D17" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F17" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G17" s="21">
         <v>1000</v>
       </c>
-      <c r="H17" s="25">
+      <c r="H17" s="21">
         <v>2271.6</v>
       </c>
     </row>
-    <row r="18" spans="1:8">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="25">
+      <c r="B18" s="21">
         <v>2853.2000000000003</v>
       </c>
-      <c r="C18" s="25">
+      <c r="C18" s="21">
         <v>1823.6000000000001</v>
       </c>
-      <c r="D18" s="25">
+      <c r="D18" s="19">
         <v>7088.4000000000005</v>
       </c>
-      <c r="E18" s="25" t="s">
-[...5 lines deleted...]
-      <c r="G18" s="25">
+      <c r="E18" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F18" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G18" s="21">
         <v>2300</v>
       </c>
-      <c r="H18" s="25">
+      <c r="H18" s="21">
         <v>3435.8</v>
       </c>
     </row>
-    <row r="19" spans="1:8">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="25">
+      <c r="B19" s="21">
         <v>2235.8000000000002</v>
       </c>
-      <c r="C19" s="25">
+      <c r="C19" s="21">
         <v>1443.6000000000001</v>
       </c>
-      <c r="D19" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H19" s="25">
+      <c r="D19" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F19" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G19" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H19" s="21">
         <v>3160</v>
       </c>
     </row>
-    <row r="20" spans="1:8">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="25">
+      <c r="B20" s="21">
         <v>3180.4</v>
       </c>
-      <c r="C20" s="25">
+      <c r="C20" s="21">
         <v>1992</v>
       </c>
-      <c r="D20" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H20" s="25">
+      <c r="D20" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F20" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G20" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H20" s="21">
         <v>2353.2000000000003</v>
       </c>
     </row>
-    <row r="21" spans="1:8">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="25">
+      <c r="B21" s="21">
         <v>3044</v>
       </c>
-      <c r="C21" s="25">
+      <c r="C21" s="21">
         <v>2261</v>
       </c>
-      <c r="D21" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H21" s="25">
+      <c r="D21" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E21" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F21" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G21" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H21" s="21">
         <v>2646</v>
       </c>
     </row>
-    <row r="22" spans="1:8">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="25"/>
-[...7 lines deleted...]
-    <row r="23" spans="1:8">
+      <c r="B22" s="21"/>
+      <c r="C22" s="21"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="21"/>
+      <c r="H22" s="21"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...9 lines deleted...]
-    <row r="24" spans="1:8">
+        <v>99</v>
+      </c>
+      <c r="B23" s="21"/>
+      <c r="C23" s="21"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="21"/>
+      <c r="H23" s="21"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="25">
+      <c r="B24" s="21">
         <v>2920.8</v>
       </c>
-      <c r="C24" s="25">
+      <c r="C24" s="21">
         <v>2050.4</v>
       </c>
-      <c r="D24" s="25">
+      <c r="D24" s="19">
         <v>5592.2000000000007</v>
       </c>
-      <c r="E24" s="25" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="25">
+      <c r="E24" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F24" s="19">
         <v>337.20000000000005</v>
       </c>
-      <c r="G24" s="25">
+      <c r="G24" s="21">
         <v>554.80000000000007</v>
       </c>
-      <c r="H24" s="25">
+      <c r="H24" s="21">
         <v>2710.8</v>
       </c>
     </row>
-    <row r="25" spans="1:8">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="25">
+      <c r="B25" s="21">
         <v>2510</v>
       </c>
-      <c r="C25" s="25">
+      <c r="C25" s="21">
         <v>1220.6000000000001</v>
       </c>
-      <c r="D25" s="25" t="s">
-[...8 lines deleted...]
-      <c r="G25" s="25">
+      <c r="D25" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E25" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G25" s="21">
         <v>580</v>
       </c>
-      <c r="H25" s="25">
+      <c r="H25" s="21">
         <v>3045.4</v>
       </c>
     </row>
-    <row r="26" spans="1:8">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="25">
+      <c r="B26" s="21">
         <v>1438.8000000000002</v>
       </c>
-      <c r="C26" s="25">
+      <c r="C26" s="21">
         <v>911.6</v>
       </c>
-      <c r="D26" s="25" t="s">
-[...8 lines deleted...]
-      <c r="G26" s="25">
+      <c r="D26" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E26" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F26" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G26" s="21">
         <v>500</v>
       </c>
-      <c r="H26" s="25">
+      <c r="H26" s="21">
         <v>2675</v>
       </c>
     </row>
-    <row r="27" spans="1:8">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="25"/>
-[...7 lines deleted...]
-    <row r="28" spans="1:8">
+      <c r="B27" s="21"/>
+      <c r="C27" s="21"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="19"/>
+      <c r="F27" s="19"/>
+      <c r="G27" s="21"/>
+      <c r="H27" s="21"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...9 lines deleted...]
-    <row r="29" spans="1:8">
+        <v>100</v>
+      </c>
+      <c r="B28" s="21"/>
+      <c r="C28" s="21"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="19"/>
+      <c r="F28" s="19"/>
+      <c r="G28" s="21"/>
+      <c r="H28" s="21"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="25">
+      <c r="B29" s="21">
         <v>880</v>
       </c>
-      <c r="C29" s="25">
+      <c r="C29" s="21">
         <v>820.2</v>
       </c>
-      <c r="D29" s="25" t="s">
-[...15 lines deleted...]
-    <row r="30" spans="1:8">
+      <c r="D29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H29" s="19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="25">
+      <c r="B30" s="21">
         <v>2014.4</v>
       </c>
-      <c r="C30" s="25">
+      <c r="C30" s="21">
         <v>1368</v>
       </c>
-      <c r="D30" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H30" s="25">
+      <c r="D30" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E30" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" s="21">
         <v>3826.6000000000004</v>
       </c>
     </row>
-    <row r="31" spans="1:8">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="25">
+      <c r="B31" s="21">
         <v>1974</v>
       </c>
-      <c r="C31" s="25">
+      <c r="C31" s="21">
         <v>1200.4000000000001</v>
       </c>
-      <c r="D31" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H31" s="25">
+      <c r="D31" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E31" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G31" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H31" s="21">
         <v>1986.2</v>
       </c>
     </row>
-    <row r="32" spans="1:8">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="25">
+      <c r="B32" s="21">
         <v>3519.4</v>
       </c>
-      <c r="C32" s="25">
+      <c r="C32" s="21">
         <v>2070</v>
       </c>
-      <c r="D32" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H32" s="25">
+      <c r="D32" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E32" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G32" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H32" s="21">
         <v>2946.2000000000003</v>
       </c>
     </row>
-    <row r="33" spans="1:8">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="25">
+      <c r="B33" s="21">
         <v>5519.4000000000005</v>
       </c>
-      <c r="C33" s="25">
+      <c r="C33" s="21">
         <v>3994.8</v>
       </c>
-      <c r="D33" s="25">
+      <c r="D33" s="19">
         <v>6423.6</v>
       </c>
-      <c r="E33" s="25" t="s">
-[...5 lines deleted...]
-      <c r="G33" s="25">
+      <c r="E33" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F33" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G33" s="21">
         <v>2750</v>
       </c>
-      <c r="H33" s="25">
+      <c r="H33" s="21">
         <v>3353.4</v>
       </c>
     </row>
-    <row r="34" spans="1:8">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="25"/>
-[...7 lines deleted...]
-    <row r="35" spans="1:8">
+      <c r="B34" s="21"/>
+      <c r="C34" s="21"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="19"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="21"/>
+      <c r="H34" s="21"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...9 lines deleted...]
-    <row r="36" spans="1:8">
+        <v>101</v>
+      </c>
+      <c r="B35" s="21"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="19"/>
+      <c r="E35" s="19"/>
+      <c r="F35" s="19"/>
+      <c r="G35" s="21"/>
+      <c r="H35" s="21"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="25">
+      <c r="B36" s="21">
         <v>800</v>
       </c>
-      <c r="C36" s="25">
+      <c r="C36" s="21">
         <v>500</v>
       </c>
-      <c r="D36" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H36" s="25">
+      <c r="D36" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E36" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F36" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G36" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H36" s="21">
         <v>1691.8000000000002</v>
       </c>
     </row>
-    <row r="37" spans="1:8">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="25">
+      <c r="B37" s="21">
         <v>1319</v>
       </c>
-      <c r="C37" s="25">
+      <c r="C37" s="21">
         <v>1000</v>
       </c>
-      <c r="D37" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H37" s="25">
+      <c r="D37" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E37" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F37" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G37" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H37" s="21">
         <v>1922.6000000000001</v>
       </c>
     </row>
-    <row r="38" spans="1:8">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="25">
+      <c r="B38" s="21">
         <v>2047</v>
       </c>
-      <c r="C38" s="25">
+      <c r="C38" s="21">
         <v>1480</v>
       </c>
-      <c r="D38" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H38" s="25">
+      <c r="D38" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E38" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F38" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G38" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H38" s="21">
         <v>2183.4</v>
       </c>
     </row>
-    <row r="39" spans="1:8">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="25">
+      <c r="B39" s="21">
         <v>4231.2</v>
       </c>
-      <c r="C39" s="25">
+      <c r="C39" s="21">
         <v>3007</v>
       </c>
-      <c r="D39" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H39" s="25">
+      <c r="D39" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E39" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F39" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G39" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H39" s="21">
         <v>3538</v>
       </c>
     </row>
-    <row r="40" spans="1:8">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="25">
+      <c r="B40" s="21">
         <v>6362.2000000000007</v>
       </c>
-      <c r="C40" s="25">
+      <c r="C40" s="21">
         <v>5000.8</v>
       </c>
-      <c r="D40" s="25">
+      <c r="D40" s="19">
         <v>7853.8</v>
       </c>
-      <c r="E40" s="25" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="25">
+      <c r="E40" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F40" s="19">
         <v>466</v>
       </c>
-      <c r="G40" s="25" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="25">
+      <c r="G40" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H40" s="21">
         <v>4235.6000000000004</v>
       </c>
     </row>
-    <row r="41" spans="1:8">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="25"/>
-[...7 lines deleted...]
-    <row r="42" spans="1:8">
+      <c r="B41" s="21"/>
+      <c r="C41" s="21"/>
+      <c r="D41" s="19"/>
+      <c r="E41" s="19"/>
+      <c r="F41" s="19"/>
+      <c r="G41" s="21"/>
+      <c r="H41" s="21"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...9 lines deleted...]
-    <row r="43" spans="1:8">
+        <v>102</v>
+      </c>
+      <c r="B42" s="21"/>
+      <c r="C42" s="21"/>
+      <c r="D42" s="19"/>
+      <c r="E42" s="19"/>
+      <c r="F42" s="19"/>
+      <c r="G42" s="21"/>
+      <c r="H42" s="21"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="25">
+      <c r="B43" s="21">
         <v>2150</v>
       </c>
-      <c r="C43" s="25">
+      <c r="C43" s="21">
         <v>879.80000000000007</v>
       </c>
-      <c r="D43" s="25" t="s">
-[...11 lines deleted...]
-      <c r="H43" s="25">
+      <c r="D43" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E43" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F43" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G43" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H43" s="21">
         <v>3830.4</v>
       </c>
     </row>
-    <row r="44" spans="1:8">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="25">
+      <c r="B44" s="21">
         <v>2946.4</v>
       </c>
-      <c r="C44" s="25">
+      <c r="C44" s="21">
         <v>1665.8000000000002</v>
       </c>
-      <c r="D44" s="25" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="25">
+      <c r="D44" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E44" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F44" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G44" s="21">
         <v>2700</v>
       </c>
-      <c r="H44" s="25">
+      <c r="H44" s="21">
         <v>5378.6</v>
       </c>
     </row>
-    <row r="45" spans="1:8">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="25">
+      <c r="B45" s="21">
         <v>2973</v>
       </c>
-      <c r="C45" s="25">
+      <c r="C45" s="21">
         <v>2120</v>
       </c>
-      <c r="D45" s="25" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="25">
+      <c r="D45" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E45" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F45" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G45" s="21">
         <v>3000</v>
       </c>
-      <c r="H45" s="25">
+      <c r="H45" s="21">
         <v>9875</v>
       </c>
     </row>
-    <row r="46" spans="1:8">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="25">
+      <c r="B46" s="21">
         <v>2587.2000000000003</v>
       </c>
-      <c r="C46" s="25">
+      <c r="C46" s="21">
         <v>1762.8000000000002</v>
       </c>
-      <c r="D46" s="25" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="25">
+      <c r="D46" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E46" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F46" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G46" s="21">
         <v>2100</v>
       </c>
-      <c r="H46" s="25">
+      <c r="H46" s="21">
         <v>4394</v>
       </c>
     </row>
-    <row r="47" spans="1:8">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="25">
+      <c r="B47" s="21">
         <v>2009</v>
       </c>
-      <c r="C47" s="25">
+      <c r="C47" s="21">
         <v>1932.6000000000001</v>
       </c>
-      <c r="D47" s="25" t="s">
-[...15 lines deleted...]
-    <row r="48" spans="1:8">
+      <c r="D47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="25">
+      <c r="B48" s="21">
         <v>2051</v>
       </c>
-      <c r="C48" s="25">
+      <c r="C48" s="21">
         <v>2008.6000000000001</v>
       </c>
-      <c r="D48" s="25" t="s">
-[...15 lines deleted...]
-    <row r="49" spans="1:8">
+      <c r="D48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H48" s="19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="25"/>
-[...7 lines deleted...]
-    <row r="50" spans="1:8">
+      <c r="B49" s="21"/>
+      <c r="C49" s="21"/>
+      <c r="D49" s="19"/>
+      <c r="E49" s="19"/>
+      <c r="F49" s="19"/>
+      <c r="G49" s="21"/>
+      <c r="H49" s="21"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...9 lines deleted...]
-    <row r="51" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="B50" s="21"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="19"/>
+      <c r="E50" s="19"/>
+      <c r="F50" s="19"/>
+      <c r="G50" s="21"/>
+      <c r="H50" s="21"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="25">
+      <c r="B51" s="21">
         <v>2660.8</v>
       </c>
-      <c r="C51" s="25">
+      <c r="C51" s="21">
         <v>1564.4</v>
       </c>
-      <c r="D51" s="25">
+      <c r="D51" s="19">
         <v>13250</v>
       </c>
-      <c r="E51" s="25" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="25">
+      <c r="E51" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F51" s="19">
         <v>364.20000000000005</v>
       </c>
-      <c r="G51" s="25">
+      <c r="G51" s="21">
         <v>2130</v>
       </c>
-      <c r="H51" s="25">
+      <c r="H51" s="21">
         <v>3117.6000000000004</v>
       </c>
     </row>
-    <row r="52" spans="1:8">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="25">
+      <c r="B52" s="21">
         <v>4431.6000000000004</v>
       </c>
-      <c r="C52" s="25">
+      <c r="C52" s="21">
         <v>3223.4</v>
       </c>
-      <c r="D52" s="25" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="25">
+      <c r="D52" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E52" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F52" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G52" s="21">
         <v>1136.2</v>
       </c>
-      <c r="H52" s="25">
+      <c r="H52" s="21">
         <v>2131.4</v>
       </c>
     </row>
-    <row r="53" spans="1:8">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="25">
+      <c r="B53" s="21">
         <v>450</v>
       </c>
-      <c r="C53" s="25">
+      <c r="C53" s="21">
         <v>170.8</v>
       </c>
-      <c r="D53" s="25" t="s">
-[...15 lines deleted...]
-    <row r="54" spans="1:8">
+      <c r="D53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H53" s="19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="25">
+      <c r="B54" s="21">
         <v>2018.6000000000001</v>
       </c>
-      <c r="C54" s="25">
+      <c r="C54" s="21">
         <v>2000</v>
       </c>
-      <c r="D54" s="25" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="25">
+      <c r="D54" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E54" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F54" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G54" s="21">
         <v>1000</v>
       </c>
-      <c r="H54" s="25">
+      <c r="H54" s="21">
         <v>1773</v>
       </c>
     </row>
-    <row r="55" spans="1:8">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="25"/>
-[...7 lines deleted...]
-    <row r="56" spans="1:8">
+      <c r="B55" s="21"/>
+      <c r="C55" s="21"/>
+      <c r="D55" s="19"/>
+      <c r="E55" s="19"/>
+      <c r="F55" s="19"/>
+      <c r="G55" s="21"/>
+      <c r="H55" s="21"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...9 lines deleted...]
-    <row r="57" spans="1:8">
+        <v>104</v>
+      </c>
+      <c r="B56" s="21"/>
+      <c r="C56" s="21"/>
+      <c r="D56" s="19"/>
+      <c r="E56" s="19"/>
+      <c r="F56" s="19"/>
+      <c r="G56" s="21"/>
+      <c r="H56" s="21"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="25">
+      <c r="B57" s="21">
         <v>622.6</v>
       </c>
-      <c r="C57" s="25">
+      <c r="C57" s="21">
         <v>470</v>
       </c>
-      <c r="D57" s="25" t="s">
-[...5 lines deleted...]
-      <c r="F57" s="25">
+      <c r="D57" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E57" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" s="19">
         <v>287.8</v>
       </c>
-      <c r="G57" s="25" t="s">
-[...6 lines deleted...]
-    <row r="58" spans="1:8">
+      <c r="G57" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H57" s="19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="25">
+      <c r="B58" s="21">
         <v>2283</v>
       </c>
-      <c r="C58" s="25">
+      <c r="C58" s="21">
         <v>1524.2</v>
       </c>
-      <c r="D58" s="25">
+      <c r="D58" s="19">
         <v>5339.4000000000005</v>
       </c>
-      <c r="E58" s="25" t="s">
-[...2 lines deleted...]
-      <c r="F58" s="25">
+      <c r="E58" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F58" s="19">
         <v>526.20000000000005</v>
       </c>
-      <c r="G58" s="25">
+      <c r="G58" s="21">
         <v>2000</v>
       </c>
-      <c r="H58" s="25">
+      <c r="H58" s="21">
         <v>2380</v>
       </c>
     </row>
-    <row r="59" spans="1:8">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="25">
+      <c r="B59" s="21">
         <v>6117.6</v>
       </c>
-      <c r="C59" s="25">
+      <c r="C59" s="21">
         <v>4467.8</v>
       </c>
-      <c r="D59" s="25">
+      <c r="D59" s="19">
         <v>7024</v>
       </c>
-      <c r="E59" s="25" t="s">
-[...2 lines deleted...]
-      <c r="F59" s="25">
+      <c r="E59" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F59" s="19">
         <v>611.20000000000005</v>
       </c>
-      <c r="G59" s="25">
+      <c r="G59" s="21">
         <v>2280</v>
       </c>
-      <c r="H59" s="25">
+      <c r="H59" s="21">
         <v>3937.6000000000004</v>
       </c>
     </row>
-    <row r="61" spans="1:8">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
       <c r="H61" s="10"/>
     </row>
-    <row r="62" spans="1:8">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="10" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="14.109375" customWidth="1"/>
+    <col min="1" max="1" width="22.140625" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" customWidth="1"/>
+    <col min="3" max="3" width="14.140625" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
-    <col min="5" max="5" width="14.88671875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="16.5546875" customWidth="1"/>
+    <col min="5" max="5" width="14.85546875" customWidth="1"/>
+    <col min="6" max="6" width="15.5703125" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:7" ht="18">
+    <row r="1" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7" ht="57.6" customHeight="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
       <c r="B3" s="7" t="s">
         <v>41</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>42</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>43</v>
       </c>
       <c r="E3" s="7" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>44</v>
       </c>
       <c r="G3" s="7" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:7">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="19">
+        <v>106</v>
+      </c>
+      <c r="B4" s="34">
         <v>71.886551723654833</v>
       </c>
-      <c r="C4" s="19">
+      <c r="C4" s="34">
         <v>3.3018290256187659</v>
       </c>
-      <c r="D4" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="19">
+      <c r="D4" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E4" s="34">
         <v>0.53084996768858284</v>
       </c>
-      <c r="F4" s="19">
+      <c r="F4" s="34">
         <v>4.6068758084641335</v>
       </c>
-      <c r="G4" s="19">
+      <c r="G4" s="34">
         <v>17.010410963451829</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
-[...7 lines deleted...]
-    <row r="6" spans="1:7">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="17"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-    <row r="7" spans="1:7">
+        <v>97</v>
+      </c>
+      <c r="B6" s="16"/>
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="16"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="19">
+      <c r="B7" s="16">
         <v>69.091502577036721</v>
       </c>
-      <c r="C7" s="26" t="s">
-[...8 lines deleted...]
-      <c r="F7" s="19">
+      <c r="C7" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D7" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E7" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F7" s="16">
         <v>5.3485794122608192</v>
       </c>
-      <c r="G7" s="19">
+      <c r="G7" s="16">
         <v>18.836515974048648</v>
       </c>
     </row>
-    <row r="8" spans="1:7">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="19">
+      <c r="B8" s="16">
         <v>79.417619007711153</v>
       </c>
-      <c r="C8" s="26" t="s">
-[...13 lines deleted...]
-    <row r="9" spans="1:7">
+      <c r="C8" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D8" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E8" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F8" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G8" s="34" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="19">
+      <c r="B9" s="16">
         <v>80.820053645685292</v>
       </c>
-      <c r="C9" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G9" s="19">
+      <c r="C9" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D9" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E9" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F9" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G9" s="16">
         <v>13.712900318149588</v>
       </c>
     </row>
-    <row r="10" spans="1:7">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="19">
+      <c r="B10" s="16">
         <v>68.011722976159845</v>
       </c>
-      <c r="C10" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G10" s="19">
+      <c r="C10" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D10" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E10" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F10" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G10" s="16">
         <v>20.186067834991452</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="19">
+      <c r="B11" s="16">
         <v>74.33135717341294</v>
       </c>
-      <c r="C11" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G11" s="19">
+      <c r="C11" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D11" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E11" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F11" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G11" s="16">
         <v>13.875622076358681</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="19">
+      <c r="B12" s="16">
         <v>69.561155675521832</v>
       </c>
-      <c r="C12" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G12" s="19">
+      <c r="C12" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D12" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E12" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F12" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G12" s="16">
         <v>18.508734615343727</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="19">
+      <c r="B13" s="16">
         <v>61.796637502610849</v>
       </c>
-      <c r="C13" s="26" t="s">
-[...8 lines deleted...]
-      <c r="F13" s="19">
+      <c r="C13" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D13" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E13" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F13" s="16">
         <v>11.387503820536832</v>
       </c>
-      <c r="G13" s="19">
+      <c r="G13" s="16">
         <v>19.118723104573267</v>
       </c>
     </row>
-    <row r="14" spans="1:7">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="19">
+      <c r="B14" s="16">
         <v>80.863274872112896</v>
       </c>
-      <c r="C14" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G14" s="19">
+      <c r="C14" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D14" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G14" s="16">
         <v>14.034577721489395</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="2"/>
-      <c r="B15" s="19"/>
-[...6 lines deleted...]
-    <row r="16" spans="1:7">
+      <c r="B15" s="16"/>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="16"/>
+      <c r="G15" s="16"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>98</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="16"/>
+      <c r="G16" s="16"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="21">
+      <c r="B17" s="18">
         <v>85.125816402621354</v>
       </c>
-      <c r="C17" s="26" t="s">
-[...8 lines deleted...]
-      <c r="F17" s="21">
+      <c r="C17" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F17" s="18">
         <v>2.6842823349655682</v>
       </c>
-      <c r="G17" s="21">
+      <c r="G17" s="18">
         <v>6.7188465797732455</v>
       </c>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="21">
+      <c r="B18" s="18">
         <v>70.057332589158918</v>
       </c>
-      <c r="C18" s="21">
+      <c r="C18" s="18">
         <v>5.9484552091862577</v>
       </c>
-      <c r="D18" s="26" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="21">
+      <c r="D18" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F18" s="18">
         <v>3.5625163223380016</v>
       </c>
-      <c r="G18" s="21">
+      <c r="G18" s="18">
         <v>15.609289695844957</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="21">
+      <c r="B19" s="18">
         <v>71.202417963453286</v>
       </c>
-      <c r="C19" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G19" s="21">
+      <c r="C19" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F19" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G19" s="18">
         <v>21.197286928123638</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="21">
+      <c r="B20" s="18">
         <v>77.719904854644895</v>
       </c>
-      <c r="C20" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G20" s="21">
+      <c r="C20" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F20" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G20" s="18">
         <v>10.342225215711833</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="21">
+      <c r="B21" s="18">
         <v>56.788588976890111</v>
       </c>
-      <c r="C21" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G21" s="21">
+      <c r="C21" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D21" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E21" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F21" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G21" s="18">
         <v>31.329572355533774</v>
       </c>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="21"/>
-[...6 lines deleted...]
-    <row r="23" spans="1:7">
+      <c r="B22" s="18"/>
+      <c r="C22" s="18"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="18"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>99</v>
+      </c>
+      <c r="B23" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D23" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F23" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G23" s="34" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="21">
+      <c r="B24" s="18">
         <v>74.797639670346413</v>
       </c>
-      <c r="C24" s="21">
+      <c r="C24" s="18">
         <v>3.389117191071938</v>
       </c>
-      <c r="D24" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="21">
+      <c r="D24" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" s="18">
         <v>0.63800631981390288</v>
       </c>
-      <c r="F24" s="21">
+      <c r="F24" s="18">
         <v>4.6830731001261938</v>
       </c>
-      <c r="G24" s="21">
+      <c r="G24" s="18">
         <v>13.781630285715474</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="21">
+      <c r="B25" s="18">
         <v>59.357848098233198</v>
       </c>
-      <c r="C25" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G25" s="21">
+      <c r="C25" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D25" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E25" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G25" s="18">
         <v>29.972046100700624</v>
       </c>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="21">
+      <c r="B26" s="18">
         <v>69.053883756114217</v>
       </c>
-      <c r="C26" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G26" s="21">
+      <c r="C26" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E26" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F26" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G26" s="18">
         <v>21.659373780744318</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="21"/>
-[...6 lines deleted...]
-    <row r="28" spans="1:7">
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>100</v>
+      </c>
+      <c r="B28" s="17"/>
+      <c r="C28" s="17"/>
+      <c r="D28" s="17"/>
+      <c r="E28" s="17"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="17"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="21">
+      <c r="B29" s="18">
         <v>83.912954123512037</v>
       </c>
-      <c r="C29" s="26" t="s">
-[...15 lines deleted...]
-    <row r="30" spans="1:7">
+      <c r="C29" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E29" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G29" s="34" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="21">
+      <c r="B30" s="18">
         <v>82.01046792013635</v>
       </c>
-      <c r="C30" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G30" s="21">
+      <c r="C30" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E30" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" s="18">
         <v>9.2156922366614928</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="21">
+      <c r="B31" s="18">
         <v>75.093741983401287</v>
       </c>
-      <c r="C31" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G31" s="21">
+      <c r="C31" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E31" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G31" s="18">
         <v>13.11409135467466</v>
       </c>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="21">
+      <c r="B32" s="18">
         <v>70.249249052730988</v>
       </c>
-      <c r="C32" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G32" s="21">
+      <c r="C32" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D32" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E32" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G32" s="18">
         <v>16.306998234612237</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="21">
+      <c r="B33" s="18">
         <v>67.688129897618524</v>
       </c>
-      <c r="C33" s="21">
+      <c r="C33" s="18">
         <v>3.9884826346673834</v>
       </c>
-      <c r="D33" s="26" t="s">
-[...5 lines deleted...]
-      <c r="F33" s="21">
+      <c r="D33" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E33" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F33" s="18">
         <v>4.0342408203203339</v>
       </c>
-      <c r="G33" s="21">
+      <c r="G33" s="18">
         <v>22.066493171893054</v>
       </c>
     </row>
-    <row r="34" spans="1:7">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="21"/>
-[...6 lines deleted...]
-    <row r="35" spans="1:7">
+      <c r="B34" s="18"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="18"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...8 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>101</v>
+      </c>
+      <c r="B35" s="17"/>
+      <c r="C35" s="17"/>
+      <c r="D35" s="17"/>
+      <c r="E35" s="17"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="17"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="21">
+      <c r="B36" s="18">
         <v>72.81345952107317</v>
       </c>
-      <c r="C36" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G36" s="21">
+      <c r="C36" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E36" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F36" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G36" s="18">
         <v>15.608621146368201</v>
       </c>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="21">
+      <c r="B37" s="18">
         <v>78.934570512573814</v>
       </c>
-      <c r="C37" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G37" s="21">
+      <c r="C37" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D37" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E37" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F37" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G37" s="18">
         <v>15.068948939593184</v>
       </c>
     </row>
-    <row r="38" spans="1:7">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="21">
+      <c r="B38" s="18">
         <v>78.243387700211457</v>
       </c>
-      <c r="C38" s="26" t="s">
-[...11 lines deleted...]
-      <c r="G38" s="21">
+      <c r="C38" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D38" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E38" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F38" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G38" s="18">
         <v>12.616201820330808</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="21">
+      <c r="B39" s="18">
         <v>74.215033971318562</v>
       </c>
-      <c r="C39" s="26" t="s">
-[...8 lines deleted...]
-      <c r="F39" s="21">
+      <c r="C39" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D39" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E39" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F39" s="18">
         <v>1.7417941502980323</v>
       </c>
-      <c r="G39" s="21">
+      <c r="G39" s="18">
         <v>15.994557050253222</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="21">
+      <c r="B40" s="18">
         <v>68.006615845271185</v>
       </c>
-      <c r="C40" s="21">
+      <c r="C40" s="18">
         <v>4.1707826217644648</v>
       </c>
-      <c r="D40" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="21">
+      <c r="D40" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E40" s="18">
         <v>0.59209830393526852</v>
       </c>
-      <c r="F40" s="21">
+      <c r="F40" s="18">
         <v>6.3698254367898262</v>
       </c>
-      <c r="G40" s="21">
+      <c r="G40" s="18">
         <v>19.047952356986862</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="21"/>
-[...6 lines deleted...]
-    <row r="42" spans="1:7">
+      <c r="B41" s="18"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="18"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...8 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>102</v>
+      </c>
+      <c r="B42" s="17"/>
+      <c r="C42" s="17"/>
+      <c r="D42" s="17"/>
+      <c r="E42" s="17"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="17"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="21">
+      <c r="B43" s="18">
         <v>71.575887047762876</v>
       </c>
-      <c r="C43" s="22" t="s">
-[...11 lines deleted...]
-      <c r="G43" s="21">
+      <c r="C43" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D43" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E43" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F43" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G43" s="18">
         <v>17.586759941458276</v>
       </c>
     </row>
-    <row r="44" spans="1:7">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="21">
+      <c r="B44" s="18">
         <v>67.159816580506032</v>
       </c>
-      <c r="C44" s="22" t="s">
-[...8 lines deleted...]
-      <c r="F44" s="21">
+      <c r="C44" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D44" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E44" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F44" s="18">
         <v>9.9172071154186199</v>
       </c>
-      <c r="G44" s="21">
+      <c r="G44" s="18">
         <v>18.995255505645574</v>
       </c>
     </row>
-    <row r="45" spans="1:7">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="21">
+      <c r="B45" s="18">
         <v>72.2645780057276</v>
       </c>
-      <c r="C45" s="22" t="s">
-[...8 lines deleted...]
-      <c r="F45" s="21">
+      <c r="C45" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D45" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E45" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F45" s="18">
         <v>1.7547113933873963</v>
       </c>
-      <c r="G45" s="21">
+      <c r="G45" s="18">
         <v>20.521886829325709</v>
       </c>
     </row>
-    <row r="46" spans="1:7">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="21">
+      <c r="B46" s="18">
         <v>72.283565544119327</v>
       </c>
-      <c r="C46" s="22" t="s">
-[...8 lines deleted...]
-      <c r="F46" s="21">
+      <c r="C46" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D46" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E46" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F46" s="18">
         <v>4.4136035643558014</v>
       </c>
-      <c r="G46" s="21">
+      <c r="G46" s="18">
         <v>13.182970078593684</v>
       </c>
     </row>
-    <row r="47" spans="1:7">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="21">
+      <c r="B47" s="18">
         <v>76.50414064787266</v>
       </c>
-      <c r="C47" s="22" t="s">
-[...15 lines deleted...]
-    <row r="48" spans="1:7">
+      <c r="C47" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D47" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E47" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F47" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G47" s="34" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="21">
+      <c r="B48" s="18">
         <v>87.861233171333623</v>
       </c>
-      <c r="C48" s="22" t="s">
-[...15 lines deleted...]
-    <row r="49" spans="1:7">
+      <c r="C48" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E48" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F48" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G48" s="34" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="21"/>
-[...6 lines deleted...]
-    <row r="50" spans="1:7">
+      <c r="B49" s="18"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="18"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="18"/>
+      <c r="G49" s="18"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...8 lines deleted...]
-    <row r="51" spans="1:7">
+        <v>103</v>
+      </c>
+      <c r="B50" s="17"/>
+      <c r="C50" s="17"/>
+      <c r="D50" s="17"/>
+      <c r="E50" s="17"/>
+      <c r="F50" s="17"/>
+      <c r="G50" s="17"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="21">
+      <c r="B51" s="18">
         <v>68.097416148042356</v>
       </c>
-      <c r="C51" s="21">
+      <c r="C51" s="18">
         <v>3.4555501773016251</v>
       </c>
-      <c r="D51" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="21">
+      <c r="D51" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E51" s="18">
         <v>0.39064984914445661</v>
       </c>
-      <c r="F51" s="21">
+      <c r="F51" s="18">
         <v>5.1342568838788898</v>
       </c>
-      <c r="G51" s="21">
+      <c r="G51" s="18">
         <v>19.975746449148289</v>
       </c>
     </row>
-    <row r="52" spans="1:7">
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="21">
+      <c r="B52" s="18">
         <v>75.985497500908977</v>
       </c>
-      <c r="C52" s="22" t="s">
-[...8 lines deleted...]
-      <c r="F52" s="21">
+      <c r="C52" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D52" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E52" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F52" s="18">
         <v>5.8369486219278945</v>
       </c>
-      <c r="G52" s="21">
+      <c r="G52" s="18">
         <v>11.573573745869629</v>
       </c>
     </row>
-    <row r="53" spans="1:7">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="21">
+      <c r="B53" s="18">
         <v>73.831885397357738</v>
       </c>
-      <c r="C53" s="22" t="s">
-[...15 lines deleted...]
-    <row r="54" spans="1:7">
+      <c r="C53" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D53" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F53" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G53" s="34" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="21">
+      <c r="B54" s="18">
         <v>79.25872016669382</v>
       </c>
-      <c r="C54" s="22" t="s">
-[...8 lines deleted...]
-      <c r="F54" s="21">
+      <c r="C54" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D54" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E54" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F54" s="18">
         <v>2.1285609814688784</v>
       </c>
-      <c r="G54" s="21">
+      <c r="G54" s="18">
         <v>12.529408632014924</v>
       </c>
     </row>
-    <row r="55" spans="1:7">
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="21"/>
-[...6 lines deleted...]
-    <row r="56" spans="1:7">
+      <c r="B55" s="18"/>
+      <c r="C55" s="18"/>
+      <c r="D55" s="18"/>
+      <c r="E55" s="18"/>
+      <c r="F55" s="18"/>
+      <c r="G55" s="18"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...8 lines deleted...]
-    <row r="57" spans="1:7">
+        <v>104</v>
+      </c>
+      <c r="B56" s="17"/>
+      <c r="C56" s="17"/>
+      <c r="D56" s="17"/>
+      <c r="E56" s="17"/>
+      <c r="F56" s="17"/>
+      <c r="G56" s="17"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="21">
+      <c r="B57" s="18">
         <v>86.729674782338265</v>
       </c>
-      <c r="C57" s="22" t="s">
-[...15 lines deleted...]
-    <row r="58" spans="1:7">
+      <c r="C57" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D57" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E57" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="G57" s="34" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="21">
+      <c r="B58" s="18">
         <v>73.080686641441375</v>
       </c>
-      <c r="C58" s="21">
+      <c r="C58" s="18">
         <v>2.5058212031597589</v>
       </c>
-      <c r="D58" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="21">
+      <c r="D58" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E58" s="18">
         <v>0.7540465839842182</v>
       </c>
-      <c r="F58" s="21">
+      <c r="F58" s="18">
         <v>3.1185092270235448</v>
       </c>
-      <c r="G58" s="21">
+      <c r="G58" s="18">
         <v>17.467182050920638</v>
       </c>
     </row>
-    <row r="59" spans="1:7">
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="21">
+      <c r="B59" s="18">
         <v>69.331512277118691</v>
       </c>
-      <c r="C59" s="21">
+      <c r="C59" s="18">
         <v>4.5579555357510948</v>
       </c>
-      <c r="D59" s="22" t="s">
-[...5 lines deleted...]
-      <c r="F59" s="21">
+      <c r="D59" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E59" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F59" s="18">
         <v>6.6678522059286012</v>
       </c>
-      <c r="G59" s="21">
+      <c r="G59" s="18">
         <v>17.286300179328258</v>
       </c>
     </row>
-    <row r="61" spans="1:7">
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
     </row>
-    <row r="62" spans="1:7">
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="10" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="A1:I62"/>
+  <dimension ref="A1:I63"/>
   <sheetViews>
-    <sheetView topLeftCell="A58" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.33203125" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="15.21875" customWidth="1"/>
+    <col min="1" max="1" width="21.28515625" customWidth="1"/>
+    <col min="2" max="2" width="15.140625" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" customWidth="1"/>
+    <col min="4" max="4" width="16.28515625" customWidth="1"/>
+    <col min="5" max="5" width="15.42578125" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" customWidth="1"/>
+    <col min="7" max="7" width="14.7109375" customWidth="1"/>
+    <col min="8" max="8" width="16.5703125" customWidth="1"/>
+    <col min="9" max="9" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="28" customFormat="1" ht="18">
-[...4 lines deleted...]
-    <row r="2" spans="1:9" s="28" customFormat="1" ht="18">
+    <row r="1" spans="1:9" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="22" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="3" spans="1:9" s="18" customFormat="1" ht="30.75" customHeight="1">
+        <v>75</v>
+      </c>
+      <c r="B2" s="22"/>
+    </row>
+    <row r="3" spans="1:9" s="15" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
       <c r="B3" s="7" t="s">
         <v>52</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>53</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>47</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>49</v>
       </c>
       <c r="G3" s="7" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>50</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="4" spans="1:9">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="2">
+        <v>106</v>
+      </c>
+      <c r="B4" s="33">
         <v>36.697805162435785</v>
       </c>
-      <c r="C4" s="2">
+      <c r="C4" s="33">
         <v>16.209127934625361</v>
       </c>
-      <c r="D4" s="2">
+      <c r="D4" s="33">
         <v>15.184696590638175</v>
       </c>
-      <c r="E4" s="2">
+      <c r="E4" s="33">
         <v>1.42642320838937</v>
       </c>
-      <c r="F4" s="2">
+      <c r="F4" s="33">
         <v>25.316436501236634</v>
       </c>
-      <c r="G4" s="2">
+      <c r="G4" s="33">
         <v>6.1093490081473609</v>
       </c>
-      <c r="H4" s="2">
+      <c r="H4" s="33">
         <v>4.2437426228064119</v>
       </c>
-      <c r="I4" s="2">
+      <c r="I4" s="33">
         <v>20.333860283130896</v>
       </c>
     </row>
-    <row r="5" spans="1:9">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
-    <row r="6" spans="1:9">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="3">
-[...24 lines deleted...]
-    <row r="8" spans="1:9">
+      <c r="B7" s="33">
+        <v>43.787317121061363</v>
+      </c>
+      <c r="C7" s="33">
+        <v>20.242239371987619</v>
+      </c>
+      <c r="D7" s="33">
+        <v>20.242239371987619</v>
+      </c>
+      <c r="E7" s="33">
+        <v>2.6440114495117308</v>
+      </c>
+      <c r="F7" s="33">
+        <v>31.146783117702942</v>
+      </c>
+      <c r="G7" s="33">
+        <v>13.625376628706951</v>
+      </c>
+      <c r="H7" s="33">
+        <v>16.276843396308806</v>
+      </c>
+      <c r="I7" s="33">
+        <v>16.522992332858273</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="3">
-[...2 lines deleted...]
-      <c r="C8" s="3">
+      <c r="B8" s="33">
+        <v>38.764809062343822</v>
+      </c>
+      <c r="C8" s="33">
         <v>19.459667539989944</v>
       </c>
-      <c r="D8" s="3">
-[...2 lines deleted...]
-      <c r="E8" s="3">
+      <c r="D8" s="33">
+        <v>19.183951745404208</v>
+      </c>
+      <c r="E8" s="33">
         <v>0.27571579458573559</v>
       </c>
-      <c r="F8" s="3">
+      <c r="F8" s="33">
         <v>26.446553236664442</v>
       </c>
-      <c r="G8" s="3">
-[...2 lines deleted...]
-      <c r="H8" s="3">
+      <c r="G8" s="33">
+        <v>7.0808609146035666</v>
+      </c>
+      <c r="H8" s="33">
         <v>2.2294160143912727</v>
       </c>
-      <c r="I8" s="3">
+      <c r="I8" s="33">
         <v>23.237068604346213</v>
       </c>
     </row>
-    <row r="9" spans="1:9">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="3">
-[...2 lines deleted...]
-      <c r="C9" s="3">
+      <c r="B9" s="33">
+        <v>31.790202659039252</v>
+      </c>
+      <c r="C9" s="33">
         <v>17.38819930083697</v>
       </c>
-      <c r="D9" s="3">
-[...8 lines deleted...]
-      <c r="G9" s="3">
+      <c r="D9" s="33">
+        <v>17.314287819092026</v>
+      </c>
+      <c r="E9" s="33">
+        <v>7.391148174494476E-2</v>
+      </c>
+      <c r="F9" s="33">
+        <v>16.323400104804534</v>
+      </c>
+      <c r="G9" s="33">
         <v>4.0909560346031713</v>
       </c>
-      <c r="H9" s="3">
+      <c r="H9" s="33">
         <v>0</v>
       </c>
-      <c r="I9" s="3">
-[...3 lines deleted...]
-    <row r="10" spans="1:9">
+      <c r="I9" s="33">
+        <v>14.045898454568038</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="3">
-[...11 lines deleted...]
-      <c r="F10" s="3">
+      <c r="B10" s="33">
+        <v>36.682891505300759</v>
+      </c>
+      <c r="C10" s="33">
+        <v>13.899204160506482</v>
+      </c>
+      <c r="D10" s="33">
+        <v>12.94884906136382</v>
+      </c>
+      <c r="E10" s="33">
+        <v>1.2421427752306986</v>
+      </c>
+      <c r="F10" s="33">
         <v>28.86306900439979</v>
       </c>
-      <c r="G10" s="3">
-[...2 lines deleted...]
-      <c r="H10" s="3">
+      <c r="G10" s="33">
+        <v>5.1607199916035231</v>
+      </c>
+      <c r="H10" s="33">
         <v>2.6194498208349306</v>
       </c>
-      <c r="I10" s="3">
-[...3 lines deleted...]
-    <row r="11" spans="1:9">
+      <c r="I10" s="33">
+        <v>24.554679983617049</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="3">
-[...24 lines deleted...]
-    <row r="12" spans="1:9">
+      <c r="B11" s="33">
+        <v>36.076407203660651</v>
+      </c>
+      <c r="C11" s="33">
+        <v>15.697405295723721</v>
+      </c>
+      <c r="D11" s="33">
+        <v>14.546250723463569</v>
+      </c>
+      <c r="E11" s="33">
+        <v>1.1511545722601531</v>
+      </c>
+      <c r="F11" s="33">
+        <v>24.984502356875073</v>
+      </c>
+      <c r="G11" s="33">
+        <v>5.3441123102600354</v>
+      </c>
+      <c r="H11" s="33">
+        <v>3.7988617864491627</v>
+      </c>
+      <c r="I11" s="33">
+        <v>20.710969698089318</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="3">
+      <c r="B12" s="33">
         <v>34.702624703912207</v>
       </c>
-      <c r="C12" s="3">
-[...5 lines deleted...]
-      <c r="E12" s="3">
+      <c r="C12" s="33">
+        <v>15.140902201482357</v>
+      </c>
+      <c r="D12" s="33">
+        <v>10.992713991605884</v>
+      </c>
+      <c r="E12" s="33">
         <v>4.1869106006630901</v>
       </c>
-      <c r="F12" s="3">
-[...12 lines deleted...]
-    <row r="13" spans="1:9">
+      <c r="F12" s="33">
+        <v>23.431193236893886</v>
+      </c>
+      <c r="G12" s="33">
+        <v>4.8641159645281684</v>
+      </c>
+      <c r="H12" s="33">
+        <v>2.2215914903010594</v>
+      </c>
+      <c r="I12" s="33">
+        <v>21.798837609645716</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="3">
-[...8 lines deleted...]
-      <c r="E13" s="3">
+      <c r="B13" s="33">
+        <v>39.200339239928525</v>
+      </c>
+      <c r="C13" s="33">
+        <v>16.334699508891518</v>
+      </c>
+      <c r="D13" s="33">
+        <v>15.08404688244438</v>
+      </c>
+      <c r="E13" s="33">
         <v>1.2506526264471369</v>
       </c>
-      <c r="F13" s="3">
-[...12 lines deleted...]
-    <row r="14" spans="1:9">
+      <c r="F13" s="33">
+        <v>28.531051296760886</v>
+      </c>
+      <c r="G13" s="33">
+        <v>7.019771404561495</v>
+      </c>
+      <c r="H13" s="33">
+        <v>3.7475267444348361</v>
+      </c>
+      <c r="I13" s="33">
+        <v>22.476241287230408</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="3">
-[...2 lines deleted...]
-      <c r="C14" s="3">
+      <c r="B14" s="33">
+        <v>32.374185671152389</v>
+      </c>
+      <c r="C14" s="33">
         <v>12.495604193257076</v>
       </c>
-      <c r="D14" s="3">
+      <c r="D14" s="33">
         <v>12.2851376880066</v>
       </c>
-      <c r="E14" s="3">
-[...8 lines deleted...]
-      <c r="H14" s="3">
+      <c r="E14" s="33">
+        <v>0.21046650525047392</v>
+      </c>
+      <c r="F14" s="33">
+        <v>21.786866855371212</v>
+      </c>
+      <c r="G14" s="33">
+        <v>1.6377675729092471</v>
+      </c>
+      <c r="H14" s="33">
         <v>1.7429620657558893</v>
       </c>
-      <c r="I14" s="3">
+      <c r="I14" s="33">
         <v>19.291037437444114</v>
       </c>
     </row>
-    <row r="15" spans="1:9">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="3"/>
-[...8 lines deleted...]
-    <row r="16" spans="1:9">
+      <c r="B15" s="33"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="33"/>
+      <c r="E15" s="33"/>
+      <c r="F15" s="33"/>
+      <c r="G15" s="33"/>
+      <c r="H15" s="33"/>
+      <c r="I15" s="33"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9">
+        <v>98</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="33"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="3">
-[...24 lines deleted...]
-    <row r="18" spans="1:9">
+      <c r="B17" s="33">
+        <v>18.269516529114025</v>
+      </c>
+      <c r="C17" s="33">
+        <v>7.5797971906934771</v>
+      </c>
+      <c r="D17" s="33">
+        <v>7.4690683114661054</v>
+      </c>
+      <c r="E17" s="33">
+        <v>0.28274155411139223</v>
+      </c>
+      <c r="F17" s="33">
+        <v>11.915182097185864</v>
+      </c>
+      <c r="G17" s="33">
+        <v>1.9003672146493042</v>
+      </c>
+      <c r="H17" s="33">
+        <v>2.3900962277777511</v>
+      </c>
+      <c r="I17" s="33">
+        <v>8.4713266010368056</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="3">
-[...24 lines deleted...]
-    <row r="19" spans="1:9">
+      <c r="B18" s="33">
+        <v>23.88811073099254</v>
+      </c>
+      <c r="C18" s="33">
+        <v>11.068991272648915</v>
+      </c>
+      <c r="D18" s="33">
+        <v>10.836611290057323</v>
+      </c>
+      <c r="E18" s="33">
+        <v>1.5565832870598724</v>
+      </c>
+      <c r="F18" s="33">
+        <v>15.89793401629818</v>
+      </c>
+      <c r="G18" s="33">
+        <v>2.6120291616431994</v>
+      </c>
+      <c r="H18" s="33">
+        <v>2.9762235674037152</v>
+      </c>
+      <c r="I18" s="33">
+        <v>13.50212220288592</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="3">
-[...24 lines deleted...]
-    <row r="20" spans="1:9">
+      <c r="B19" s="33">
+        <v>45.514330538764398</v>
+      </c>
+      <c r="C19" s="33">
+        <v>16.676708151788677</v>
+      </c>
+      <c r="D19" s="33">
+        <v>15.497272997875324</v>
+      </c>
+      <c r="E19" s="33">
+        <v>1.1794351539133481</v>
+      </c>
+      <c r="F19" s="33">
+        <v>35.069217696694658</v>
+      </c>
+      <c r="G19" s="33">
+        <v>10.054926008060297</v>
+      </c>
+      <c r="H19" s="33">
+        <v>7.0495769146090863</v>
+      </c>
+      <c r="I19" s="33">
+        <v>27.093913617919235</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="3">
-[...5 lines deleted...]
-      <c r="D20" s="3">
+      <c r="B20" s="33">
+        <v>53.563814784650731</v>
+      </c>
+      <c r="C20" s="33">
+        <v>28.790507020650203</v>
+      </c>
+      <c r="D20" s="33">
         <v>25.850736448048643</v>
       </c>
-      <c r="E20" s="3">
-[...8 lines deleted...]
-      <c r="H20" s="3">
+      <c r="E20" s="33">
+        <v>3.0250816982522388</v>
+      </c>
+      <c r="F20" s="33">
+        <v>32.252591917166733</v>
+      </c>
+      <c r="G20" s="33">
+        <v>9.7233964373353192</v>
+      </c>
+      <c r="H20" s="33">
         <v>3.7235843819005958</v>
       </c>
-      <c r="I20" s="3">
+      <c r="I20" s="33">
         <v>26.292047856926466</v>
       </c>
     </row>
-    <row r="21" spans="1:9">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="3">
-[...2 lines deleted...]
-      <c r="C21" s="3">
+      <c r="B21" s="33">
+        <v>55.290273389700417</v>
+      </c>
+      <c r="C21" s="33">
         <v>22.450701526798909</v>
       </c>
-      <c r="D21" s="3">
-[...5 lines deleted...]
-      <c r="F21" s="3">
+      <c r="D21" s="33">
+        <v>21.294683780566448</v>
+      </c>
+      <c r="E21" s="33">
+        <v>1.5232023373197845</v>
+      </c>
+      <c r="F21" s="33">
         <v>41.42808895354483</v>
       </c>
-      <c r="G21" s="3">
+      <c r="G21" s="33">
         <v>8.9093689389833255</v>
       </c>
-      <c r="H21" s="3">
-[...6 lines deleted...]
-    <row r="22" spans="1:9">
+      <c r="H21" s="33">
+        <v>6.3725731225121747</v>
+      </c>
+      <c r="I21" s="33">
+        <v>35.082925830258027</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="3"/>
-[...8 lines deleted...]
-    <row r="23" spans="1:9">
+      <c r="B22" s="33"/>
+      <c r="C22" s="33"/>
+      <c r="D22" s="33"/>
+      <c r="E22" s="33"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="33"/>
+      <c r="H22" s="33"/>
+      <c r="I22" s="33"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9">
+        <v>99</v>
+      </c>
+      <c r="B23" s="33"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="33"/>
+      <c r="E23" s="33"/>
+      <c r="F23" s="33"/>
+      <c r="G23" s="33"/>
+      <c r="H23" s="33"/>
+      <c r="I23" s="33"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="3">
-[...5 lines deleted...]
-      <c r="D24" s="3">
+      <c r="B24" s="33">
+        <v>23.568591096007868</v>
+      </c>
+      <c r="C24" s="33">
+        <v>1.3298788600071509</v>
+      </c>
+      <c r="D24" s="33">
         <v>0</v>
       </c>
-      <c r="E24" s="3">
-[...15 lines deleted...]
-    <row r="25" spans="1:9">
+      <c r="E24" s="33">
+        <v>1.3298788600071509</v>
+      </c>
+      <c r="F24" s="33">
+        <v>22.334673283676523</v>
+      </c>
+      <c r="G24" s="33">
+        <v>4.6960686429573935</v>
+      </c>
+      <c r="H24" s="33">
+        <v>4.0450337031355446</v>
+      </c>
+      <c r="I24" s="33">
+        <v>18.122710967297564</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="3">
+      <c r="B25" s="33">
         <v>100</v>
       </c>
-      <c r="C25" s="3">
+      <c r="C25" s="33">
         <v>100</v>
       </c>
-      <c r="D25" s="3">
+      <c r="D25" s="33">
         <v>100</v>
       </c>
-      <c r="E25" s="3">
-[...8 lines deleted...]
-      <c r="H25" s="3">
+      <c r="E25" s="33">
+        <v>2.6473488467221418</v>
+      </c>
+      <c r="F25" s="33">
+        <v>30.750862719954952</v>
+      </c>
+      <c r="G25" s="33">
+        <v>11.409012031410276</v>
+      </c>
+      <c r="H25" s="33">
         <v>8.512545478027036</v>
       </c>
-      <c r="I25" s="3">
+      <c r="I25" s="33">
         <v>21.777669349254754</v>
       </c>
     </row>
-    <row r="26" spans="1:9">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="3">
-[...2 lines deleted...]
-      <c r="C26" s="3">
+      <c r="B26" s="33">
+        <v>33.984930167619439</v>
+      </c>
+      <c r="C26" s="33">
         <v>0.62209718828447236</v>
       </c>
-      <c r="D26" s="3">
+      <c r="D26" s="33">
         <v>0</v>
       </c>
-      <c r="E26" s="3">
+      <c r="E26" s="33">
         <v>0.62209718828447236</v>
       </c>
-      <c r="F26" s="3">
-[...2 lines deleted...]
-      <c r="G26" s="3">
+      <c r="F26" s="33">
+        <v>33.984930167619439</v>
+      </c>
+      <c r="G26" s="33">
         <v>7.3897692565558986</v>
       </c>
-      <c r="H26" s="3">
-[...6 lines deleted...]
-    <row r="27" spans="1:9">
+      <c r="H26" s="33">
+        <v>0.76512925110245733</v>
+      </c>
+      <c r="I26" s="33">
+        <v>29.447245962897643</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="3"/>
-[...8 lines deleted...]
-    <row r="28" spans="1:9">
+      <c r="B27" s="33"/>
+      <c r="C27" s="33"/>
+      <c r="D27" s="33"/>
+      <c r="E27" s="33"/>
+      <c r="F27" s="33"/>
+      <c r="G27" s="33"/>
+      <c r="H27" s="33"/>
+      <c r="I27" s="33"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9">
+        <v>100</v>
+      </c>
+      <c r="B28" s="33"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="33"/>
+      <c r="E28" s="33"/>
+      <c r="F28" s="33"/>
+      <c r="G28" s="33"/>
+      <c r="H28" s="33"/>
+      <c r="I28" s="33"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="3">
-[...24 lines deleted...]
-    <row r="30" spans="1:9">
+      <c r="B29" s="33">
+        <v>18.728020118876486</v>
+      </c>
+      <c r="C29" s="33">
+        <v>3.9233204159117658</v>
+      </c>
+      <c r="D29" s="33">
+        <v>3.5748139831861279</v>
+      </c>
+      <c r="E29" s="33">
+        <v>0.47994196661172289</v>
+      </c>
+      <c r="F29" s="33">
+        <v>15.520421649615553</v>
+      </c>
+      <c r="G29" s="33">
+        <v>1.7879042660633042</v>
+      </c>
+      <c r="H29" s="33">
+        <v>2.8768548459588419</v>
+      </c>
+      <c r="I29" s="33">
+        <v>11.561670674363947</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="3">
-[...8 lines deleted...]
-      <c r="E30" s="3">
+      <c r="B30" s="33">
+        <v>28.04429989992969</v>
+      </c>
+      <c r="C30" s="33">
+        <v>10.171617362063984</v>
+      </c>
+      <c r="D30" s="33">
+        <v>9.5446967975786006</v>
+      </c>
+      <c r="E30" s="33">
         <v>0.82740841261814813</v>
       </c>
-      <c r="F30" s="3">
-[...5 lines deleted...]
-      <c r="H30" s="3">
+      <c r="F30" s="33">
+        <v>19.881676431819155</v>
+      </c>
+      <c r="G30" s="33">
+        <v>2.4045397226379404</v>
+      </c>
+      <c r="H30" s="33">
         <v>2.1269927290065258</v>
       </c>
-      <c r="I30" s="3">
+      <c r="I30" s="33">
         <v>16.927265288636594</v>
       </c>
     </row>
-    <row r="31" spans="1:9">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="3">
-[...24 lines deleted...]
-    <row r="32" spans="1:9">
+      <c r="B31" s="33">
+        <v>42.286912525416426</v>
+      </c>
+      <c r="C31" s="33">
+        <v>18.761406475910832</v>
+      </c>
+      <c r="D31" s="33">
+        <v>18.160547902481351</v>
+      </c>
+      <c r="E31" s="33">
+        <v>0.88941833928526726</v>
+      </c>
+      <c r="F31" s="33">
+        <v>27.583857107948585</v>
+      </c>
+      <c r="G31" s="33">
+        <v>6.0053598750176738</v>
+      </c>
+      <c r="H31" s="33">
+        <v>4.2566677678977074</v>
+      </c>
+      <c r="I31" s="33">
+        <v>21.7546583965384</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="3">
-[...2 lines deleted...]
-      <c r="C32" s="3">
+      <c r="B32" s="33">
+        <v>42.656393996062228</v>
+      </c>
+      <c r="C32" s="33">
         <v>19.190203640973287</v>
       </c>
-      <c r="D32" s="3">
-[...8 lines deleted...]
-      <c r="G32" s="3">
+      <c r="D32" s="33">
+        <v>17.572129795529605</v>
+      </c>
+      <c r="E32" s="33">
+        <v>2.4034849200985207</v>
+      </c>
+      <c r="F32" s="33">
+        <v>30.031504386855335</v>
+      </c>
+      <c r="G32" s="33">
         <v>8.6390791525576223</v>
       </c>
-      <c r="H32" s="3">
-[...6 lines deleted...]
-    <row r="33" spans="1:9">
+      <c r="H32" s="33">
+        <v>4.1766478353015613</v>
+      </c>
+      <c r="I32" s="33">
+        <v>23.062073419792426</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="3">
-[...5 lines deleted...]
-      <c r="D33" s="3">
+      <c r="B33" s="33">
+        <v>51.866613529938519</v>
+      </c>
+      <c r="C33" s="33">
+        <v>29.064036575541767</v>
+      </c>
+      <c r="D33" s="33">
         <v>27.131203958466472</v>
       </c>
-      <c r="E33" s="3">
-[...15 lines deleted...]
-    <row r="34" spans="1:9">
+      <c r="E33" s="33">
+        <v>2.5382538123031382</v>
+      </c>
+      <c r="F33" s="33">
+        <v>33.61895124179059</v>
+      </c>
+      <c r="G33" s="33">
+        <v>11.732942723564884</v>
+      </c>
+      <c r="H33" s="33">
+        <v>7.7899018314658992</v>
+      </c>
+      <c r="I33" s="33">
+        <v>28.418747017826334</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="3"/>
-[...8 lines deleted...]
-    <row r="35" spans="1:9">
+      <c r="B34" s="33"/>
+      <c r="C34" s="33"/>
+      <c r="D34" s="33"/>
+      <c r="E34" s="33"/>
+      <c r="F34" s="33"/>
+      <c r="G34" s="33"/>
+      <c r="H34" s="33"/>
+      <c r="I34" s="33"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9">
+        <v>101</v>
+      </c>
+      <c r="B35" s="33"/>
+      <c r="C35" s="33"/>
+      <c r="D35" s="33"/>
+      <c r="E35" s="33"/>
+      <c r="F35" s="33"/>
+      <c r="G35" s="33"/>
+      <c r="H35" s="33"/>
+      <c r="I35" s="33"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="3">
-[...24 lines deleted...]
-    <row r="37" spans="1:9">
+      <c r="B36" s="33">
+        <v>39.857352237349666</v>
+      </c>
+      <c r="C36" s="33">
+        <v>12.286973529232876</v>
+      </c>
+      <c r="D36" s="33">
+        <v>11.986871327092603</v>
+      </c>
+      <c r="E36" s="33">
+        <v>0.36852029196149277</v>
+      </c>
+      <c r="F36" s="33">
+        <v>32.097371243330521</v>
+      </c>
+      <c r="G36" s="33">
+        <v>6.1939996915213573</v>
+      </c>
+      <c r="H36" s="33">
+        <v>2.2696647089257502</v>
+      </c>
+      <c r="I36" s="33">
+        <v>27.845331725336202</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="3">
-[...24 lines deleted...]
-    <row r="38" spans="1:9">
+      <c r="B37" s="33">
+        <v>37.590802484104586</v>
+      </c>
+      <c r="C37" s="33">
+        <v>19.416153641333963</v>
+      </c>
+      <c r="D37" s="33">
+        <v>18.933818494517514</v>
+      </c>
+      <c r="E37" s="33">
+        <v>0.52786959063757111</v>
+      </c>
+      <c r="F37" s="33">
+        <v>22.335411072627839</v>
+      </c>
+      <c r="G37" s="33">
+        <v>3.7523036194688828</v>
+      </c>
+      <c r="H37" s="33">
+        <v>3.2536630104465574</v>
+      </c>
+      <c r="I37" s="33">
+        <v>19.437510050530939</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="3">
-[...24 lines deleted...]
-    <row r="39" spans="1:9">
+      <c r="B38" s="33">
+        <v>35.63509166400484</v>
+      </c>
+      <c r="C38" s="33">
+        <v>16.816586191133453</v>
+      </c>
+      <c r="D38" s="33">
+        <v>15.879186774501363</v>
+      </c>
+      <c r="E38" s="33">
+        <v>1.5963447164149431</v>
+      </c>
+      <c r="F38" s="33">
+        <v>23.808228235716211</v>
+      </c>
+      <c r="G38" s="33">
+        <v>5.745028234109415</v>
+      </c>
+      <c r="H38" s="33">
+        <v>3.8548934538571333</v>
+      </c>
+      <c r="I38" s="33">
+        <v>18.425007859263477</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="3">
-[...24 lines deleted...]
-    <row r="40" spans="1:9">
+      <c r="B39" s="33">
+        <v>32.621298930355493</v>
+      </c>
+      <c r="C39" s="33">
+        <v>14.243825453416884</v>
+      </c>
+      <c r="D39" s="33">
+        <v>13.365404706114422</v>
+      </c>
+      <c r="E39" s="33">
+        <v>1.123208506709344</v>
+      </c>
+      <c r="F39" s="33">
+        <v>23.405809806154792</v>
+      </c>
+      <c r="G39" s="33">
+        <v>6.4745962111900006</v>
+      </c>
+      <c r="H39" s="33">
+        <v>4.5108622233912614</v>
+      </c>
+      <c r="I39" s="33">
+        <v>17.7167397831617</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="3">
+      <c r="B40" s="33">
         <v>37.768608847990023</v>
       </c>
-      <c r="C40" s="3">
-[...21 lines deleted...]
-    <row r="41" spans="1:9">
+      <c r="C40" s="33">
+        <v>18.277935068266061</v>
+      </c>
+      <c r="D40" s="33">
+        <v>15.749619697412678</v>
+      </c>
+      <c r="E40" s="33">
+        <v>3.5226649005601969</v>
+      </c>
+      <c r="F40" s="33">
+        <v>24.927588929437331</v>
+      </c>
+      <c r="G40" s="33">
+        <v>8.3921993406211808</v>
+      </c>
+      <c r="H40" s="33">
+        <v>7.3410891220636598</v>
+      </c>
+      <c r="I40" s="33">
+        <v>18.223942493016587</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="3"/>
-[...8 lines deleted...]
-    <row r="42" spans="1:9">
+      <c r="B41" s="33"/>
+      <c r="C41" s="33"/>
+      <c r="D41" s="33"/>
+      <c r="E41" s="33"/>
+      <c r="F41" s="33"/>
+      <c r="G41" s="33"/>
+      <c r="H41" s="33"/>
+      <c r="I41" s="33"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9">
+        <v>102</v>
+      </c>
+      <c r="B42" s="33"/>
+      <c r="C42" s="33"/>
+      <c r="D42" s="33"/>
+      <c r="E42" s="33"/>
+      <c r="F42" s="33"/>
+      <c r="G42" s="33"/>
+      <c r="H42" s="33"/>
+      <c r="I42" s="33"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="3">
-[...2 lines deleted...]
-      <c r="C43" s="3">
+      <c r="B43" s="33">
+        <v>58.919407588363789</v>
+      </c>
+      <c r="C43" s="33">
         <v>33.541796044448262</v>
       </c>
-      <c r="D43" s="3">
-[...18 lines deleted...]
-    <row r="44" spans="1:9">
+      <c r="D43" s="33">
+        <v>32.613576159454929</v>
+      </c>
+      <c r="E43" s="33">
+        <v>3.7647103496419856</v>
+      </c>
+      <c r="F43" s="33">
+        <v>32.626534793962428</v>
+      </c>
+      <c r="G43" s="33">
+        <v>4.4557425919827631</v>
+      </c>
+      <c r="H43" s="33">
+        <v>3.8242176742386222</v>
+      </c>
+      <c r="I43" s="33">
+        <v>29.462986629326931</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="3">
-[...24 lines deleted...]
-    <row r="45" spans="1:9">
+      <c r="B44" s="33">
+        <v>56.216753140796506</v>
+      </c>
+      <c r="C44" s="33">
+        <v>32.376024612496508</v>
+      </c>
+      <c r="D44" s="33">
+        <v>30.562195999933738</v>
+      </c>
+      <c r="E44" s="33">
+        <v>1.9196570372498643</v>
+      </c>
+      <c r="F44" s="33">
+        <v>33.690144688166527</v>
+      </c>
+      <c r="G44" s="33">
+        <v>11.359034380512828</v>
+      </c>
+      <c r="H44" s="33">
+        <v>4.2940126384853912</v>
+      </c>
+      <c r="I44" s="33">
+        <v>26.045207115804498</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="3">
-[...24 lines deleted...]
-    <row r="46" spans="1:9">
+      <c r="B45" s="33">
+        <v>40.492818368546168</v>
+      </c>
+      <c r="C45" s="33">
+        <v>16.933659415338063</v>
+      </c>
+      <c r="D45" s="33">
+        <v>15.903740920359422</v>
+      </c>
+      <c r="E45" s="33">
+        <v>1.3699281864139192</v>
+      </c>
+      <c r="F45" s="33">
+        <v>28.658132435234378</v>
+      </c>
+      <c r="G45" s="33">
+        <v>7.9605122978212677</v>
+      </c>
+      <c r="H45" s="33">
+        <v>7.5135708590079755</v>
+      </c>
+      <c r="I45" s="33">
+        <v>23.374239068019964</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="3">
-[...5 lines deleted...]
-      <c r="D46" s="3">
+      <c r="B46" s="33">
+        <v>31.225645100285892</v>
+      </c>
+      <c r="C46" s="33">
+        <v>5.5502993015628252</v>
+      </c>
+      <c r="D46" s="33">
         <v>4.8091034199581273</v>
       </c>
-      <c r="E46" s="3">
-[...2 lines deleted...]
-      <c r="F46" s="3">
+      <c r="E46" s="33">
+        <v>0.86876904782447939</v>
+      </c>
+      <c r="F46" s="33">
         <v>28.675065709234921</v>
       </c>
-      <c r="G46" s="3">
-[...2 lines deleted...]
-      <c r="H46" s="3">
+      <c r="G46" s="33">
+        <v>5.1305170407326477</v>
+      </c>
+      <c r="H46" s="33">
         <v>3.4368673256689131</v>
       </c>
-      <c r="I46" s="3">
+      <c r="I46" s="33">
         <v>22.774100318183134</v>
       </c>
     </row>
-    <row r="47" spans="1:9">
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="3">
-[...2 lines deleted...]
-      <c r="C47" s="3">
+      <c r="B47" s="33">
+        <v>12.706198470753252</v>
+      </c>
+      <c r="C47" s="33">
         <v>1.842255686416985</v>
       </c>
-      <c r="D47" s="3">
-[...11 lines deleted...]
-      <c r="H47" s="3">
+      <c r="D47" s="33">
+        <v>1.056416226862571</v>
+      </c>
+      <c r="E47" s="33">
+        <v>0.78583945955441381</v>
+      </c>
+      <c r="F47" s="33">
+        <v>10.86394278433627</v>
+      </c>
+      <c r="G47" s="33">
+        <v>0.81293129403606068</v>
+      </c>
+      <c r="H47" s="33">
         <v>3.5346231459478008</v>
       </c>
-      <c r="I47" s="3">
-[...3 lines deleted...]
-    <row r="48" spans="1:9">
+      <c r="I47" s="33">
+        <v>8.0984978240122345</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="3">
-[...8 lines deleted...]
-      <c r="E48" s="3">
+      <c r="B48" s="33">
+        <v>1.9476043645594263</v>
+      </c>
+      <c r="C48" s="33">
+        <v>0.21641798157960357</v>
+      </c>
+      <c r="D48" s="33">
+        <v>0.21641798157960357</v>
+      </c>
+      <c r="E48" s="33">
         <v>0</v>
       </c>
-      <c r="F48" s="3">
-[...12 lines deleted...]
-    <row r="49" spans="1:9">
+      <c r="F48" s="33">
+        <v>1.7311863829798226</v>
+      </c>
+      <c r="G48" s="33">
+        <v>0.2608169694662596</v>
+      </c>
+      <c r="H48" s="33">
+        <v>0.2608169694662596</v>
+      </c>
+      <c r="I48" s="33">
+        <v>1.4703694135135628</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="3"/>
-[...8 lines deleted...]
-    <row r="50" spans="1:9">
+      <c r="B49" s="33"/>
+      <c r="C49" s="33"/>
+      <c r="D49" s="33"/>
+      <c r="E49" s="33"/>
+      <c r="F49" s="33"/>
+      <c r="G49" s="33"/>
+      <c r="H49" s="33"/>
+      <c r="I49" s="33"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9">
+        <v>103</v>
+      </c>
+      <c r="B50" s="33"/>
+      <c r="C50" s="33"/>
+      <c r="D50" s="33"/>
+      <c r="E50" s="33"/>
+      <c r="F50" s="33"/>
+      <c r="G50" s="33"/>
+      <c r="H50" s="33"/>
+      <c r="I50" s="33"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="3">
-[...24 lines deleted...]
-    <row r="52" spans="1:9">
+      <c r="B51" s="33">
+        <v>48.800817844864333</v>
+      </c>
+      <c r="C51" s="33">
+        <v>23.0641326326495</v>
+      </c>
+      <c r="D51" s="33">
+        <v>21.84926130065104</v>
+      </c>
+      <c r="E51" s="33">
+        <v>1.8567534547788997</v>
+      </c>
+      <c r="F51" s="33">
+        <v>32.568290326243236</v>
+      </c>
+      <c r="G51" s="33">
+        <v>8.3333072436938291</v>
+      </c>
+      <c r="H51" s="33">
+        <v>6.5147023627121339</v>
+      </c>
+      <c r="I51" s="33">
+        <v>26.346973787654154</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="3">
-[...2 lines deleted...]
-      <c r="C52" s="3">
+      <c r="B52" s="33">
+        <v>44.924280977944413</v>
+      </c>
+      <c r="C52" s="33">
         <v>28.527264861067795</v>
       </c>
-      <c r="D52" s="3">
-[...8 lines deleted...]
-      <c r="G52" s="3">
+      <c r="D52" s="33">
+        <v>26.210275087703089</v>
+      </c>
+      <c r="E52" s="33">
+        <v>2.8637481704805263</v>
+      </c>
+      <c r="F52" s="33">
+        <v>25.780165559029854</v>
+      </c>
+      <c r="G52" s="33">
         <v>9.0734090207993887</v>
       </c>
-      <c r="H52" s="3">
-[...2 lines deleted...]
-      <c r="I52" s="3">
+      <c r="H52" s="33">
+        <v>3.8848484391502556</v>
+      </c>
+      <c r="I52" s="33">
         <v>16.564423327730321</v>
       </c>
     </row>
-    <row r="53" spans="1:9">
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="3">
-[...8 lines deleted...]
-      <c r="E53" s="3">
+      <c r="B53" s="33">
+        <v>35.240799869733785</v>
+      </c>
+      <c r="C53" s="33">
+        <v>6.3663900993052467</v>
+      </c>
+      <c r="D53" s="33">
+        <v>6.3663900993052467</v>
+      </c>
+      <c r="E53" s="33">
         <v>0</v>
       </c>
-      <c r="F53" s="3">
-[...8 lines deleted...]
-      <c r="I53" s="3">
+      <c r="F53" s="33">
+        <v>30.634202297290702</v>
+      </c>
+      <c r="G53" s="33">
+        <v>2.1466442117120614</v>
+      </c>
+      <c r="H53" s="33">
+        <v>2.5237397291756043</v>
+      </c>
+      <c r="I53" s="33">
         <v>26.986735804561867</v>
       </c>
     </row>
-    <row r="54" spans="1:9">
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="3">
-[...24 lines deleted...]
-    <row r="55" spans="1:9">
+      <c r="B54" s="33">
+        <v>11.918808347715613</v>
+      </c>
+      <c r="C54" s="33">
+        <v>1.295126484158555</v>
+      </c>
+      <c r="D54" s="33">
+        <v>0.89156102332460174</v>
+      </c>
+      <c r="E54" s="33">
+        <v>0.42097046318222725</v>
+      </c>
+      <c r="F54" s="33">
+        <v>10.735033021104737</v>
+      </c>
+      <c r="G54" s="33">
+        <v>1.9140133279118121</v>
+      </c>
+      <c r="H54" s="33">
+        <v>0.78908405118379288</v>
+      </c>
+      <c r="I54" s="33">
+        <v>9.4204676651733088</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="3"/>
-[...8 lines deleted...]
-    <row r="56" spans="1:9">
+      <c r="B55" s="33"/>
+      <c r="C55" s="33"/>
+      <c r="D55" s="33"/>
+      <c r="E55" s="33"/>
+      <c r="F55" s="33"/>
+      <c r="G55" s="33"/>
+      <c r="H55" s="33"/>
+      <c r="I55" s="33"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9">
+        <v>104</v>
+      </c>
+      <c r="B56" s="33"/>
+      <c r="C56" s="33"/>
+      <c r="D56" s="33"/>
+      <c r="E56" s="33"/>
+      <c r="F56" s="33"/>
+      <c r="G56" s="33"/>
+      <c r="H56" s="33"/>
+      <c r="I56" s="33"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="3">
-[...8 lines deleted...]
-      <c r="E57" s="3">
+      <c r="B57" s="33">
+        <v>24.952879927389311</v>
+      </c>
+      <c r="C57" s="33">
+        <v>5.6408806496991453</v>
+      </c>
+      <c r="D57" s="33">
+        <v>5.6408806496991453</v>
+      </c>
+      <c r="E57" s="33">
         <v>0</v>
       </c>
-      <c r="F57" s="3">
-[...12 lines deleted...]
-    <row r="58" spans="1:9">
+      <c r="F57" s="33">
+        <v>21.231216448760716</v>
+      </c>
+      <c r="G57" s="33">
+        <v>4.0241005753284709</v>
+      </c>
+      <c r="H57" s="33">
+        <v>1.6924268521318355</v>
+      </c>
+      <c r="I57" s="33">
+        <v>18.912921251088225</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="3">
-[...24 lines deleted...]
-    <row r="59" spans="1:9">
+      <c r="B58" s="33">
+        <v>39.962867230168072</v>
+      </c>
+      <c r="C58" s="33">
+        <v>16.280318679460372</v>
+      </c>
+      <c r="D58" s="33">
+        <v>15.532572182029689</v>
+      </c>
+      <c r="E58" s="33">
+        <v>1.2233494615712188</v>
+      </c>
+      <c r="F58" s="33">
+        <v>28.832165940089933</v>
+      </c>
+      <c r="G58" s="33">
+        <v>6.7690816504933871</v>
+      </c>
+      <c r="H58" s="33">
+        <v>5.0080893680649456</v>
+      </c>
+      <c r="I58" s="33">
+        <v>23.116229264884179</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="3">
-[...2 lines deleted...]
-      <c r="C59" s="3">
+      <c r="B59" s="33">
+        <v>32.86680942641793</v>
+      </c>
+      <c r="C59" s="33">
         <v>22.761158610956063</v>
       </c>
-      <c r="D59" s="3">
+      <c r="D59" s="33">
         <v>20.112130264153471</v>
       </c>
-      <c r="E59" s="3">
+      <c r="E59" s="33">
         <v>3.0511878911498647</v>
       </c>
-      <c r="F59" s="3">
+      <c r="F59" s="33">
         <v>15.680873940936502</v>
       </c>
-      <c r="G59" s="3">
-[...2 lines deleted...]
-      <c r="H59" s="3">
+      <c r="G59" s="33">
+        <v>5.1505285824935516</v>
+      </c>
+      <c r="H59" s="33">
         <v>3.2193059651337887</v>
       </c>
-      <c r="I59" s="3">
+      <c r="I59" s="33">
         <v>11.541664747456828</v>
       </c>
     </row>
-    <row r="61" spans="1:9">
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="9" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
       <c r="H61" s="10"/>
       <c r="I61" s="10"/>
     </row>
-    <row r="62" spans="1:9">
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="9" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
       <c r="I62" s="10"/>
     </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="10"/>
+      <c r="C63" s="10"/>
+      <c r="D63" s="10"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="10"/>
+      <c r="G63" s="10"/>
+      <c r="H63" s="10"/>
+      <c r="I63" s="10"/>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A1:I59"/>
+  <dimension ref="A1:I63"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.21875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="17.21875" customWidth="1"/>
+    <col min="1" max="1" width="20.28515625" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" width="11.85546875" customWidth="1"/>
+    <col min="4" max="4" width="13.85546875" customWidth="1"/>
+    <col min="5" max="5" width="14.85546875" customWidth="1"/>
+    <col min="6" max="6" width="13.5703125" customWidth="1"/>
+    <col min="7" max="7" width="17.85546875" customWidth="1"/>
+    <col min="8" max="8" width="12.5703125" customWidth="1"/>
+    <col min="9" max="9" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="15.6">
-[...4 lines deleted...]
-    <row r="2" spans="1:9" ht="18">
+    <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:9" ht="29.4" customHeight="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="7" t="s">
         <v>52</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>53</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>47</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>48</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>49</v>
       </c>
       <c r="G3" s="7" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>50</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="4" spans="1:9">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B4" s="23">
+        <v>106</v>
+      </c>
+      <c r="B4" s="21">
         <v>6000</v>
       </c>
-      <c r="C4" s="23">
+      <c r="C4" s="21">
         <v>21364.400000000001</v>
       </c>
-      <c r="D4" s="23">
+      <c r="D4" s="19">
         <v>20953.800000000003</v>
       </c>
-      <c r="E4" s="23">
+      <c r="E4" s="19">
         <v>37500</v>
       </c>
-      <c r="F4" s="23">
+      <c r="F4" s="19">
         <v>1600.8000000000002</v>
       </c>
-      <c r="G4" s="23">
+      <c r="G4" s="21">
         <v>400</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="21">
         <v>332</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="21">
         <v>2415.6</v>
       </c>
     </row>
-    <row r="5" spans="1:9">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="23"/>
-[...8 lines deleted...]
-    <row r="6" spans="1:9">
+      <c r="B5" s="19"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="19"/>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="19"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>101</v>
-[...10 lines deleted...]
-    <row r="7" spans="1:9">
+        <v>97</v>
+      </c>
+      <c r="B6" s="20"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+      <c r="G6" s="20"/>
+      <c r="H6" s="20"/>
+      <c r="I6" s="20"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="25">
+      <c r="B7" s="21">
         <v>6560</v>
       </c>
-      <c r="C7" s="25">
+      <c r="C7" s="21">
         <v>32750.800000000003</v>
       </c>
-      <c r="D7" s="25">
+      <c r="D7" s="19">
         <v>32292.400000000001</v>
       </c>
-      <c r="E7" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="25">
+      <c r="E7" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F7" s="19">
         <v>1199.8</v>
       </c>
-      <c r="G7" s="25">
+      <c r="G7" s="21">
         <v>220</v>
       </c>
-      <c r="H7" s="25">
+      <c r="H7" s="21">
         <v>300</v>
       </c>
-      <c r="I7" s="25">
+      <c r="I7" s="21">
         <v>2000</v>
       </c>
     </row>
-    <row r="8" spans="1:9">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="25">
+      <c r="B8" s="21">
         <v>8577.4</v>
       </c>
-      <c r="C8" s="25">
+      <c r="C8" s="21">
         <v>13615.6</v>
       </c>
-      <c r="D8" s="25">
+      <c r="D8" s="19">
         <v>13615.6</v>
       </c>
-      <c r="E8" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="25">
+      <c r="E8" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F8" s="19">
         <v>1812.8000000000002</v>
       </c>
-      <c r="G8" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I8" s="25">
+      <c r="G8" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H8" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I8" s="21">
         <v>1631.2</v>
       </c>
     </row>
-    <row r="9" spans="1:9">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="25">
+      <c r="B9" s="21">
         <v>11781.2</v>
       </c>
-      <c r="C9" s="25">
+      <c r="C9" s="21">
         <v>29062.600000000002</v>
       </c>
-      <c r="D9" s="25">
+      <c r="D9" s="19">
         <v>28262.600000000002</v>
       </c>
-      <c r="E9" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="25">
+      <c r="E9" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F9" s="19">
         <v>1234.2</v>
       </c>
-      <c r="G9" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I9" s="25">
+      <c r="G9" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H9" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I9" s="21">
         <v>2100</v>
       </c>
     </row>
-    <row r="10" spans="1:9">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="25">
+      <c r="B10" s="21">
         <v>4147.8</v>
       </c>
-      <c r="C10" s="25">
+      <c r="C10" s="21">
         <v>20563.400000000001</v>
       </c>
-      <c r="D10" s="25">
+      <c r="D10" s="19">
         <v>19012.400000000001</v>
       </c>
-      <c r="E10" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="25">
+      <c r="E10" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F10" s="19">
         <v>1132</v>
       </c>
-      <c r="G10" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I10" s="25">
+      <c r="G10" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H10" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I10" s="21">
         <v>1683.8000000000002</v>
       </c>
     </row>
-    <row r="11" spans="1:9">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="25">
+      <c r="B11" s="21">
         <v>6748</v>
       </c>
-      <c r="C11" s="25">
+      <c r="C11" s="21">
         <v>21600</v>
       </c>
-      <c r="D11" s="25">
+      <c r="D11" s="19">
         <v>21174</v>
       </c>
-      <c r="E11" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="25">
+      <c r="E11" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F11" s="19">
         <v>1500</v>
       </c>
-      <c r="G11" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I11" s="25">
+      <c r="G11" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H11" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I11" s="21">
         <v>2512</v>
       </c>
     </row>
-    <row r="12" spans="1:9">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="25">
+      <c r="B12" s="21">
         <v>3202.2000000000003</v>
       </c>
-      <c r="C12" s="25">
+      <c r="C12" s="21">
         <v>21600</v>
       </c>
-      <c r="D12" s="25">
+      <c r="D12" s="19">
         <v>20547.2</v>
       </c>
-      <c r="E12" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="25">
+      <c r="E12" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F12" s="19">
         <v>1000</v>
       </c>
-      <c r="G12" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I12" s="25">
+      <c r="G12" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H12" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I12" s="21">
         <v>1000</v>
       </c>
     </row>
-    <row r="13" spans="1:9">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="25">
+      <c r="B13" s="21">
         <v>5020</v>
       </c>
-      <c r="C13" s="25">
+      <c r="C13" s="21">
         <v>15280.400000000001</v>
       </c>
-      <c r="D13" s="25">
+      <c r="D13" s="19">
         <v>17469.8</v>
       </c>
-      <c r="E13" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="25">
+      <c r="E13" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F13" s="19">
         <v>3168.4</v>
       </c>
-      <c r="G13" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I13" s="25">
+      <c r="G13" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H13" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I13" s="21">
         <v>3601.6000000000004</v>
       </c>
     </row>
-    <row r="14" spans="1:9">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="25">
+      <c r="B14" s="21">
         <v>5000</v>
       </c>
-      <c r="C14" s="25">
+      <c r="C14" s="21">
         <v>18971.8</v>
       </c>
-      <c r="D14" s="25">
+      <c r="D14" s="19">
         <v>18971.8</v>
       </c>
-      <c r="E14" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="25">
+      <c r="E14" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" s="19">
         <v>2963.6000000000004</v>
       </c>
-      <c r="G14" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I14" s="25">
+      <c r="G14" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H14" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I14" s="21">
         <v>4287.6000000000004</v>
       </c>
     </row>
-    <row r="15" spans="1:9">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
-      <c r="B15" s="25"/>
-[...8 lines deleted...]
-    <row r="16" spans="1:9">
+      <c r="B15" s="21"/>
+      <c r="C15" s="21"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="21"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="21"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>102</v>
-[...10 lines deleted...]
-    <row r="17" spans="1:9">
+        <v>98</v>
+      </c>
+      <c r="B16" s="21"/>
+      <c r="C16" s="21"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="21"/>
+      <c r="H16" s="21"/>
+      <c r="I16" s="21"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="25">
+      <c r="B17" s="21">
         <v>3648.6000000000004</v>
       </c>
-      <c r="C17" s="25">
+      <c r="C17" s="21">
         <v>24692</v>
       </c>
-      <c r="D17" s="25">
+      <c r="D17" s="19">
         <v>24692</v>
       </c>
-      <c r="E17" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="25">
+      <c r="E17" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F17" s="19">
         <v>984</v>
       </c>
-      <c r="G17" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I17" s="25">
+      <c r="G17" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H17" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I17" s="21">
         <v>952</v>
       </c>
     </row>
-    <row r="18" spans="1:9">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="25">
+      <c r="B18" s="21">
         <v>5000</v>
       </c>
-      <c r="C18" s="25">
+      <c r="C18" s="21">
         <v>22200</v>
       </c>
-      <c r="D18" s="25">
+      <c r="D18" s="19">
         <v>20484.600000000002</v>
       </c>
-      <c r="E18" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="25">
+      <c r="E18" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F18" s="19">
         <v>1494.4</v>
       </c>
-      <c r="G18" s="25">
+      <c r="G18" s="21">
         <v>550</v>
       </c>
-      <c r="H18" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I18" s="25">
+      <c r="H18" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I18" s="21">
         <v>1940</v>
       </c>
     </row>
-    <row r="19" spans="1:9">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="25">
+      <c r="B19" s="21">
         <v>5720</v>
       </c>
-      <c r="C19" s="25">
+      <c r="C19" s="21">
         <v>25860.600000000002</v>
       </c>
-      <c r="D19" s="25">
+      <c r="D19" s="19">
         <v>24511.800000000003</v>
       </c>
-      <c r="E19" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="25">
+      <c r="E19" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F19" s="19">
         <v>1270.8000000000002</v>
       </c>
-      <c r="G19" s="25">
+      <c r="G19" s="21">
         <v>300</v>
       </c>
-      <c r="H19" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I19" s="25">
+      <c r="H19" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I19" s="21">
         <v>2469.4</v>
       </c>
     </row>
-    <row r="20" spans="1:9">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="25">
+      <c r="B20" s="21">
         <v>8300</v>
       </c>
-      <c r="C20" s="25">
+      <c r="C20" s="21">
         <v>15986</v>
       </c>
-      <c r="D20" s="25">
+      <c r="D20" s="19">
         <v>15496.6</v>
       </c>
-      <c r="E20" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="25">
+      <c r="E20" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F20" s="19">
         <v>1807.2</v>
       </c>
-      <c r="G20" s="25">
+      <c r="G20" s="21">
         <v>360</v>
       </c>
-      <c r="H20" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="25">
+      <c r="H20" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I20" s="21">
         <v>2785.2000000000003</v>
       </c>
     </row>
-    <row r="21" spans="1:9">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="25">
+      <c r="B21" s="21">
         <v>5795.4000000000005</v>
       </c>
-      <c r="C21" s="25">
+      <c r="C21" s="21">
         <v>21335.200000000001</v>
       </c>
-      <c r="D21" s="25">
+      <c r="D21" s="19">
         <v>21335.200000000001</v>
       </c>
-      <c r="E21" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="25">
+      <c r="E21" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F21" s="19">
         <v>2779.6000000000004</v>
       </c>
-      <c r="G21" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I21" s="25">
+      <c r="G21" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H21" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I21" s="21">
         <v>3500</v>
       </c>
     </row>
-    <row r="22" spans="1:9">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
-      <c r="B22" s="25"/>
-[...8 lines deleted...]
-    <row r="23" spans="1:9">
+      <c r="B22" s="21"/>
+      <c r="C22" s="21"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="21"/>
+      <c r="H22" s="21"/>
+      <c r="I22" s="21"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>103</v>
-[...10 lines deleted...]
-    <row r="24" spans="1:9">
+        <v>99</v>
+      </c>
+      <c r="B23" s="21"/>
+      <c r="C23" s="21"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="21"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="21"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="25">
+      <c r="B24" s="21">
         <v>1612</v>
       </c>
-      <c r="C24" s="25">
+      <c r="C24" s="21">
         <v>37500</v>
       </c>
-      <c r="D24" s="29" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="25">
+      <c r="D24" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" s="19">
         <v>37500</v>
       </c>
-      <c r="F24" s="25">
+      <c r="F24" s="19">
         <v>1458.6000000000001</v>
       </c>
-      <c r="G24" s="25">
+      <c r="G24" s="21">
         <v>300</v>
       </c>
-      <c r="H24" s="25">
+      <c r="H24" s="21">
         <v>300</v>
       </c>
-      <c r="I24" s="25">
+      <c r="I24" s="21">
         <v>1845.2</v>
       </c>
     </row>
-    <row r="25" spans="1:9">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="25">
+      <c r="B25" s="21">
         <v>23003.800000000003</v>
       </c>
-      <c r="C25" s="25">
+      <c r="C25" s="21">
         <v>21238.2</v>
       </c>
-      <c r="D25" s="25">
+      <c r="D25" s="19">
         <v>20953.800000000003</v>
       </c>
-      <c r="E25" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="25">
+      <c r="E25" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" s="19">
         <v>2635.6000000000004</v>
       </c>
-      <c r="G25" s="25">
+      <c r="G25" s="21">
         <v>410</v>
       </c>
-      <c r="H25" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I25" s="25">
+      <c r="H25" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I25" s="21">
         <v>4824.6000000000004</v>
       </c>
     </row>
-    <row r="26" spans="1:9">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="25">
+      <c r="B26" s="21">
         <v>1500</v>
       </c>
-      <c r="C26" s="29" t="s">
-[...8 lines deleted...]
-      <c r="F26" s="25">
+      <c r="C26" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E26" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F26" s="19">
         <v>1500</v>
       </c>
-      <c r="G26" s="25">
+      <c r="G26" s="21">
         <v>500</v>
       </c>
-      <c r="H26" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I26" s="25">
+      <c r="H26" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I26" s="21">
         <v>2238</v>
       </c>
     </row>
-    <row r="27" spans="1:9">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
-      <c r="B27" s="25"/>
-[...8 lines deleted...]
-    <row r="28" spans="1:9">
+      <c r="B27" s="21"/>
+      <c r="C27" s="21"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="19"/>
+      <c r="F27" s="19"/>
+      <c r="G27" s="21"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="21"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>104</v>
-[...10 lines deleted...]
-    <row r="29" spans="1:9">
+        <v>100</v>
+      </c>
+      <c r="B28" s="21"/>
+      <c r="C28" s="21"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="19"/>
+      <c r="F28" s="19"/>
+      <c r="G28" s="21"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="21"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="25">
+      <c r="B29" s="21">
         <v>1000</v>
       </c>
-      <c r="C29" s="29" t="s">
-[...8 lines deleted...]
-      <c r="F29" s="25">
+      <c r="C29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="19">
         <v>773</v>
       </c>
-      <c r="G29" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I29" s="25">
+      <c r="G29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H29" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I29" s="21">
         <v>680</v>
       </c>
     </row>
-    <row r="30" spans="1:9">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="25">
+      <c r="B30" s="21">
         <v>3430</v>
       </c>
-      <c r="C30" s="25">
+      <c r="C30" s="21">
         <v>20264.800000000003</v>
       </c>
-      <c r="D30" s="25">
+      <c r="D30" s="19">
         <v>19624.8</v>
       </c>
-      <c r="E30" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="25">
+      <c r="E30" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="19">
         <v>1103.2</v>
       </c>
-      <c r="G30" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I30" s="25">
+      <c r="G30" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I30" s="21">
         <v>1249</v>
       </c>
     </row>
-    <row r="31" spans="1:9">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="25">
+      <c r="B31" s="21">
         <v>7197</v>
       </c>
-      <c r="C31" s="25">
+      <c r="C31" s="21">
         <v>26219.800000000003</v>
       </c>
-      <c r="D31" s="25">
+      <c r="D31" s="19">
         <v>25179.200000000001</v>
       </c>
-      <c r="E31" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="25">
+      <c r="E31" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" s="19">
         <v>1744</v>
       </c>
-      <c r="G31" s="25">
+      <c r="G31" s="21">
         <v>480</v>
       </c>
-      <c r="H31" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I31" s="25">
+      <c r="H31" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I31" s="21">
         <v>2346</v>
       </c>
     </row>
-    <row r="32" spans="1:9">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="25">
+      <c r="B32" s="21">
         <v>6621.6</v>
       </c>
-      <c r="C32" s="25">
+      <c r="C32" s="21">
         <v>20400</v>
       </c>
-      <c r="D32" s="25">
+      <c r="D32" s="19">
         <v>20400</v>
       </c>
-      <c r="E32" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="25">
+      <c r="E32" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="19">
         <v>1240</v>
       </c>
-      <c r="G32" s="25">
+      <c r="G32" s="21">
         <v>320</v>
       </c>
-      <c r="H32" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I32" s="25">
+      <c r="H32" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I32" s="21">
         <v>1840</v>
       </c>
     </row>
-    <row r="33" spans="1:9">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="25">
+      <c r="B33" s="21">
         <v>10377.6</v>
       </c>
-      <c r="C33" s="25">
+      <c r="C33" s="21">
         <v>20880</v>
       </c>
-      <c r="D33" s="25">
+      <c r="D33" s="19">
         <v>20039.400000000001</v>
       </c>
-      <c r="E33" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="25">
+      <c r="E33" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F33" s="19">
         <v>4435.6000000000004</v>
       </c>
-      <c r="G33" s="25">
+      <c r="G33" s="21">
         <v>340</v>
       </c>
-      <c r="H33" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I33" s="25">
+      <c r="H33" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I33" s="21">
         <v>5000</v>
       </c>
     </row>
-    <row r="34" spans="1:9">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
-      <c r="B34" s="25"/>
-[...8 lines deleted...]
-    <row r="35" spans="1:9">
+      <c r="B34" s="21"/>
+      <c r="C34" s="21"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="19"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="21"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="21"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>105</v>
-[...10 lines deleted...]
-    <row r="36" spans="1:9">
+        <v>101</v>
+      </c>
+      <c r="B35" s="21"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="19"/>
+      <c r="E35" s="19"/>
+      <c r="F35" s="19"/>
+      <c r="G35" s="21"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="21"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="25">
+      <c r="B36" s="21">
         <v>3653.4</v>
       </c>
-      <c r="C36" s="25">
+      <c r="C36" s="21">
         <v>28643.800000000003</v>
       </c>
-      <c r="D36" s="25">
+      <c r="D36" s="19">
         <v>27803.800000000003</v>
       </c>
-      <c r="E36" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="25">
+      <c r="E36" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F36" s="19">
         <v>1572</v>
       </c>
-      <c r="G36" s="25">
+      <c r="G36" s="21">
         <v>484</v>
       </c>
-      <c r="H36" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I36" s="25">
+      <c r="H36" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I36" s="21">
         <v>2000</v>
       </c>
     </row>
-    <row r="37" spans="1:9">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B37" s="25">
+      <c r="B37" s="21">
         <v>5810</v>
       </c>
-      <c r="C37" s="25">
+      <c r="C37" s="21">
         <v>21562</v>
       </c>
-      <c r="D37" s="25">
+      <c r="D37" s="19">
         <v>21849.200000000001</v>
       </c>
-      <c r="E37" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F37" s="25">
+      <c r="E37" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F37" s="19">
         <v>1279.4000000000001</v>
       </c>
-      <c r="G37" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I37" s="25">
+      <c r="G37" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H37" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I37" s="21">
         <v>1905.6000000000001</v>
       </c>
     </row>
-    <row r="38" spans="1:9">
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="25">
+      <c r="B38" s="21">
         <v>5780</v>
       </c>
-      <c r="C38" s="25">
+      <c r="C38" s="21">
         <v>17516.600000000002</v>
       </c>
-      <c r="D38" s="25">
+      <c r="D38" s="19">
         <v>16600</v>
       </c>
-      <c r="E38" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="25">
+      <c r="E38" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F38" s="19">
         <v>1502.6000000000001</v>
       </c>
-      <c r="G38" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I38" s="25">
+      <c r="G38" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H38" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I38" s="21">
         <v>1520</v>
       </c>
     </row>
-    <row r="39" spans="1:9">
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B39" s="25">
+      <c r="B39" s="21">
         <v>5000</v>
       </c>
-      <c r="C39" s="25">
+      <c r="C39" s="21">
         <v>17898.600000000002</v>
       </c>
-      <c r="D39" s="25">
+      <c r="D39" s="19">
         <v>17898.600000000002</v>
       </c>
-      <c r="E39" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="25">
+      <c r="E39" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F39" s="19">
         <v>1537.4</v>
       </c>
-      <c r="G39" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I39" s="25">
+      <c r="G39" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H39" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I39" s="21">
         <v>2811.8</v>
       </c>
     </row>
-    <row r="40" spans="1:9">
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B40" s="25">
+      <c r="B40" s="21">
         <v>8480</v>
       </c>
-      <c r="C40" s="25">
+      <c r="C40" s="21">
         <v>25796.400000000001</v>
       </c>
-      <c r="D40" s="25">
+      <c r="D40" s="19">
         <v>22127.800000000003</v>
       </c>
-      <c r="E40" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="25">
+      <c r="E40" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F40" s="19">
         <v>2897.8</v>
       </c>
-      <c r="G40" s="25">
+      <c r="G40" s="21">
         <v>260</v>
       </c>
-      <c r="H40" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I40" s="25">
+      <c r="H40" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I40" s="21">
         <v>4400</v>
       </c>
     </row>
-    <row r="41" spans="1:9">
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
-      <c r="B41" s="25"/>
-[...8 lines deleted...]
-    <row r="42" spans="1:9">
+      <c r="B41" s="21"/>
+      <c r="C41" s="21"/>
+      <c r="D41" s="19"/>
+      <c r="E41" s="19"/>
+      <c r="F41" s="19"/>
+      <c r="G41" s="21"/>
+      <c r="H41" s="21"/>
+      <c r="I41" s="21"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>106</v>
-[...10 lines deleted...]
-    <row r="43" spans="1:9">
+        <v>102</v>
+      </c>
+      <c r="B42" s="21"/>
+      <c r="C42" s="21"/>
+      <c r="D42" s="19"/>
+      <c r="E42" s="19"/>
+      <c r="F42" s="19"/>
+      <c r="G42" s="21"/>
+      <c r="H42" s="21"/>
+      <c r="I42" s="21"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="25">
+      <c r="B43" s="21">
         <v>9800</v>
       </c>
-      <c r="C43" s="25">
+      <c r="C43" s="21">
         <v>30792</v>
       </c>
-      <c r="D43" s="25">
+      <c r="D43" s="19">
         <v>30272.400000000001</v>
       </c>
-      <c r="E43" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="25">
+      <c r="E43" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F43" s="19">
         <v>1778.6000000000001</v>
       </c>
-      <c r="G43" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I43" s="25">
+      <c r="G43" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H43" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I43" s="21">
         <v>2096.4</v>
       </c>
     </row>
-    <row r="44" spans="1:9">
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B44" s="25">
+      <c r="B44" s="21">
         <v>11640.400000000001</v>
       </c>
-      <c r="C44" s="25">
+      <c r="C44" s="21">
         <v>20941.600000000002</v>
       </c>
-      <c r="D44" s="25">
+      <c r="D44" s="19">
         <v>20941.600000000002</v>
       </c>
-      <c r="E44" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="25">
+      <c r="E44" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F44" s="19">
         <v>1570</v>
       </c>
-      <c r="G44" s="25">
+      <c r="G44" s="21">
         <v>400</v>
       </c>
-      <c r="H44" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I44" s="25">
+      <c r="H44" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I44" s="21">
         <v>3269.4</v>
       </c>
     </row>
-    <row r="45" spans="1:9">
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B45" s="25">
+      <c r="B45" s="21">
         <v>5084</v>
       </c>
-      <c r="C45" s="25">
+      <c r="C45" s="21">
         <v>14671.2</v>
       </c>
-      <c r="D45" s="25">
+      <c r="D45" s="19">
         <v>14120.6</v>
       </c>
-      <c r="E45" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="25">
+      <c r="E45" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F45" s="19">
         <v>1906.4</v>
       </c>
-      <c r="G45" s="25">
+      <c r="G45" s="21">
         <v>220</v>
       </c>
-      <c r="H45" s="25">
+      <c r="H45" s="21">
         <v>200</v>
       </c>
-      <c r="I45" s="25">
+      <c r="I45" s="21">
         <v>2800</v>
       </c>
     </row>
-    <row r="46" spans="1:9">
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="25">
+      <c r="B46" s="21">
         <v>1669.8000000000002</v>
       </c>
-      <c r="C46" s="25">
+      <c r="C46" s="21">
         <v>19539.2</v>
       </c>
-      <c r="D46" s="25">
+      <c r="D46" s="19">
         <v>17326</v>
       </c>
-      <c r="E46" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="25">
+      <c r="E46" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F46" s="19">
         <v>1540</v>
       </c>
-      <c r="G46" s="25">
+      <c r="G46" s="21">
         <v>550</v>
       </c>
-      <c r="H46" s="29" t="s">
-[...2 lines deleted...]
-      <c r="I46" s="25">
+      <c r="H46" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I46" s="21">
         <v>1976.8000000000002</v>
       </c>
     </row>
-    <row r="47" spans="1:9">
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="25">
+      <c r="B47" s="21">
         <v>2633.4</v>
       </c>
-      <c r="C47" s="29" t="s">
-[...8 lines deleted...]
-      <c r="F47" s="25">
+      <c r="C47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F47" s="19">
         <v>1200</v>
       </c>
-      <c r="G47" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I47" s="25">
+      <c r="G47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I47" s="21">
         <v>540</v>
       </c>
     </row>
-    <row r="48" spans="1:9">
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B48" s="25"/>
-[...8 lines deleted...]
-    <row r="49" spans="1:9">
+      <c r="B48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H48" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I48" s="19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
-      <c r="B49" s="25"/>
-[...8 lines deleted...]
-    <row r="50" spans="1:9">
+      <c r="B49" s="21"/>
+      <c r="C49" s="21"/>
+      <c r="D49" s="19"/>
+      <c r="E49" s="19"/>
+      <c r="F49" s="19"/>
+      <c r="G49" s="21"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="21"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>107</v>
-[...10 lines deleted...]
-    <row r="51" spans="1:9">
+        <v>103</v>
+      </c>
+      <c r="B50" s="21"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="19"/>
+      <c r="E50" s="19"/>
+      <c r="F50" s="19"/>
+      <c r="G50" s="21"/>
+      <c r="H50" s="21"/>
+      <c r="I50" s="21"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="25">
+      <c r="B51" s="21">
         <v>7765</v>
       </c>
-      <c r="C51" s="25">
+      <c r="C51" s="21">
         <v>22077.4</v>
       </c>
-      <c r="D51" s="25">
+      <c r="D51" s="19">
         <v>21536.600000000002</v>
       </c>
-      <c r="E51" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="25">
+      <c r="E51" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F51" s="19">
         <v>2270.8000000000002</v>
       </c>
-      <c r="G51" s="25">
+      <c r="G51" s="21">
         <v>390</v>
       </c>
-      <c r="H51" s="25">
+      <c r="H51" s="21">
         <v>300</v>
       </c>
-      <c r="I51" s="25">
+      <c r="I51" s="21">
         <v>3000</v>
       </c>
     </row>
-    <row r="52" spans="1:9">
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="25">
+      <c r="B52" s="21">
         <v>10675.400000000001</v>
       </c>
-      <c r="C52" s="25">
+      <c r="C52" s="21">
         <v>18440</v>
       </c>
-      <c r="D52" s="25">
+      <c r="D52" s="19">
         <v>16828.400000000001</v>
       </c>
-      <c r="E52" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="25">
+      <c r="E52" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F52" s="19">
         <v>1306.2</v>
       </c>
-      <c r="G52" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I52" s="25">
+      <c r="G52" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H52" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I52" s="21">
         <v>3082.4</v>
       </c>
     </row>
-    <row r="53" spans="1:9">
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B53" s="25">
+      <c r="B53" s="21">
         <v>1000</v>
       </c>
-      <c r="C53" s="29" t="s">
-[...8 lines deleted...]
-      <c r="F53" s="25">
+      <c r="C53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F53" s="19">
         <v>832.2</v>
       </c>
-      <c r="G53" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I53" s="25">
+      <c r="G53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H53" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I53" s="21">
         <v>746.80000000000007</v>
       </c>
     </row>
-    <row r="54" spans="1:9">
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B54" s="25">
+      <c r="B54" s="21">
         <v>1041.6000000000001</v>
       </c>
-      <c r="C54" s="29" t="s">
-[...8 lines deleted...]
-      <c r="F54" s="25">
+      <c r="C54" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D54" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E54" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F54" s="19">
         <v>856.40000000000009</v>
       </c>
-      <c r="G54" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I54" s="25">
+      <c r="G54" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H54" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I54" s="21">
         <v>972.80000000000007</v>
       </c>
     </row>
-    <row r="55" spans="1:9">
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
-      <c r="B55" s="25"/>
-[...8 lines deleted...]
-    <row r="56" spans="1:9">
+      <c r="B55" s="21"/>
+      <c r="C55" s="21"/>
+      <c r="D55" s="19"/>
+      <c r="E55" s="19"/>
+      <c r="F55" s="19"/>
+      <c r="G55" s="21"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="21"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>108</v>
-[...10 lines deleted...]
-    <row r="57" spans="1:9">
+        <v>104</v>
+      </c>
+      <c r="B56" s="21"/>
+      <c r="C56" s="21"/>
+      <c r="D56" s="19"/>
+      <c r="E56" s="19"/>
+      <c r="F56" s="19"/>
+      <c r="G56" s="21"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="21"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="25">
+      <c r="B57" s="21">
         <v>1170.4000000000001</v>
       </c>
-      <c r="C57" s="29" t="s">
-[...8 lines deleted...]
-      <c r="F57" s="25">
+      <c r="C57" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D57" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E57" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" s="19">
         <v>788.80000000000007</v>
       </c>
-      <c r="G57" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I57" s="25">
+      <c r="G57" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H57" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I57" s="21">
         <v>905.2</v>
       </c>
     </row>
-    <row r="58" spans="1:9">
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B58" s="25">
+      <c r="B58" s="21">
         <v>5264.2000000000007</v>
       </c>
-      <c r="C58" s="25">
+      <c r="C58" s="21">
         <v>21538.400000000001</v>
       </c>
-      <c r="D58" s="25">
+      <c r="D58" s="19">
         <v>20696.600000000002</v>
       </c>
-      <c r="E58" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F58" s="25">
+      <c r="E58" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F58" s="19">
         <v>1992.4</v>
       </c>
-      <c r="G58" s="25">
+      <c r="G58" s="21">
         <v>400</v>
       </c>
-      <c r="H58" s="25">
+      <c r="H58" s="21">
         <v>300</v>
       </c>
-      <c r="I58" s="25">
+      <c r="I58" s="21">
         <v>2838</v>
       </c>
     </row>
-    <row r="59" spans="1:9">
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B59" s="25">
+      <c r="B59" s="21">
         <v>15588.6</v>
       </c>
-      <c r="C59" s="25">
+      <c r="C59" s="21">
         <v>21977</v>
       </c>
-      <c r="D59" s="25">
+      <c r="D59" s="19">
         <v>21002.2</v>
       </c>
-      <c r="E59" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F59" s="25">
+      <c r="E59" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="F59" s="19">
         <v>1600</v>
       </c>
-      <c r="G59" s="29" t="s">
-[...5 lines deleted...]
-      <c r="I59" s="25">
+      <c r="G59" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H59" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I59" s="21">
         <v>2400</v>
       </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B61" s="10"/>
+      <c r="C61" s="10"/>
+      <c r="D61" s="10"/>
+      <c r="E61" s="10"/>
+      <c r="F61" s="10"/>
+      <c r="G61" s="10"/>
+      <c r="H61" s="10"/>
+      <c r="I61" s="10"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="B62" s="10"/>
+      <c r="C62" s="10"/>
+      <c r="D62" s="10"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="10"/>
+      <c r="G62" s="10"/>
+      <c r="H62" s="10"/>
+      <c r="I62" s="10"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="10"/>
+      <c r="C63" s="10"/>
+      <c r="D63" s="10"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="10"/>
+      <c r="G63" s="10"/>
+      <c r="H63" s="10"/>
+      <c r="I63" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007536A7C94EA1FB498E9681490B5ABB56" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="03e71e560a59ec9fac2dd9f7d7473f97">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ff03dde4259c08ff71d8d05c94e2e99">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -16500,100 +16797,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33EB2DF4-7DA6-4978-8FAC-A745E38B96BE}">
-[...14 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2380BCF-20AE-470B-BB27-AEAB15782549}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A64F70F8-731C-4DE4-8650-99A52244AC5F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33EB2DF4-7DA6-4978-8FAC-A745E38B96BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>List of tables</vt:lpstr>
       <vt:lpstr>T1 RA participation</vt:lpstr>
       <vt:lpstr>T2 RA median values</vt:lpstr>
       <vt:lpstr>T3 RA components</vt:lpstr>