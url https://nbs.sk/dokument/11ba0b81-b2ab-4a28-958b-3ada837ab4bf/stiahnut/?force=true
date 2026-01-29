--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E7744094-A572-4DE1-90E7-3A7023410C4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A0E03B5-A7A0-4D2A-9DD8-89F61506D563}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="15" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="deposits-NB" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'deposits-NB'!$A$1:$W$22</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="46">
   <si>
     <t xml:space="preserve">  (S.11)</t>
   </si>
   <si>
     <t xml:space="preserve">  (S.13)</t>
   </si>
   <si>
     <t xml:space="preserve">  (S.15)</t>
   </si>
   <si>
     <t xml:space="preserve">          </t>
   </si>
@@ -2008,176 +2008,176 @@
       </c>
       <c r="S11" s="47" t="s">
         <v>27</v>
       </c>
       <c r="T11" s="42" t="s">
         <v>10</v>
       </c>
       <c r="U11" s="47" t="s">
         <v>27</v>
       </c>
       <c r="V11" s="48" t="s">
         <v>10</v>
       </c>
       <c r="W11" s="49" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:24" s="37" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="51" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="85">
         <v>10250847</v>
       </c>
       <c r="C12" s="63">
-        <v>1.9529000000000001</v>
+        <v>1.9477</v>
       </c>
       <c r="D12" s="91">
         <v>10053780</v>
       </c>
       <c r="E12" s="63">
-        <v>1.9515</v>
+        <v>1.9461999999999999</v>
       </c>
       <c r="F12" s="98">
         <v>6703487</v>
       </c>
       <c r="G12" s="64">
         <v>1.9699</v>
       </c>
       <c r="H12" s="98">
         <v>610992</v>
       </c>
       <c r="I12" s="64">
         <v>1.8495999999999999</v>
       </c>
       <c r="J12" s="98">
         <v>805525</v>
       </c>
       <c r="K12" s="64">
         <v>1.7032</v>
       </c>
       <c r="L12" s="98">
         <v>840040</v>
       </c>
       <c r="M12" s="64">
         <v>1.9496</v>
       </c>
       <c r="N12" s="98">
         <v>42089</v>
       </c>
       <c r="O12" s="64">
         <v>1.756</v>
       </c>
       <c r="P12" s="98">
         <v>10502</v>
       </c>
       <c r="Q12" s="64">
         <v>1.1636</v>
       </c>
       <c r="R12" s="95">
         <v>1041143</v>
       </c>
       <c r="S12" s="64">
-        <v>2.1025999999999998</v>
+        <v>2.0514000000000001</v>
       </c>
       <c r="T12" s="98">
         <v>1093734</v>
       </c>
       <c r="U12" s="65">
-        <v>2.0802</v>
+        <v>2.0314999999999999</v>
       </c>
       <c r="V12" s="110">
         <v>197067</v>
       </c>
       <c r="W12" s="66">
         <v>2.0270999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:24" ht="18.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="52" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="87">
         <v>10131151</v>
       </c>
       <c r="C13" s="71">
-        <v>1.9478</v>
+        <v>1.9424999999999999</v>
       </c>
       <c r="D13" s="93">
         <v>9979782</v>
       </c>
       <c r="E13" s="71">
-        <v>1.9482999999999999</v>
+        <v>1.9430000000000001</v>
       </c>
       <c r="F13" s="100">
         <v>6701760</v>
       </c>
       <c r="G13" s="72">
         <v>1.9699</v>
       </c>
       <c r="H13" s="103">
         <v>610992</v>
       </c>
       <c r="I13" s="73">
         <v>1.8495999999999999</v>
       </c>
       <c r="J13" s="103">
         <v>804495</v>
       </c>
       <c r="K13" s="73">
         <v>1.7024999999999999</v>
       </c>
       <c r="L13" s="103">
         <v>840030</v>
       </c>
       <c r="M13" s="73">
         <v>1.9496</v>
       </c>
       <c r="N13" s="103">
         <v>41614</v>
       </c>
       <c r="O13" s="73">
         <v>1.7475000000000001</v>
       </c>
       <c r="P13" s="103">
         <v>10484</v>
       </c>
       <c r="Q13" s="73">
         <v>1.1625000000000001</v>
       </c>
       <c r="R13" s="106">
         <v>970408</v>
       </c>
       <c r="S13" s="73">
-        <v>2.0815999999999999</v>
+        <v>2.0266999999999999</v>
       </c>
       <c r="T13" s="103">
         <v>1022506</v>
       </c>
       <c r="U13" s="74">
-        <v>2.0586000000000002</v>
+        <v>2.0065</v>
       </c>
       <c r="V13" s="112">
         <v>151368</v>
       </c>
       <c r="W13" s="75">
         <v>1.9126000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:24" ht="18.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="53" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="87">
         <v>50779</v>
       </c>
       <c r="C14" s="71">
         <v>2.4100999999999999</v>
       </c>
       <c r="D14" s="93">
         <v>50318</v>
       </c>
       <c r="E14" s="71">
         <v>2.4119000000000002</v>
       </c>
       <c r="F14" s="101">