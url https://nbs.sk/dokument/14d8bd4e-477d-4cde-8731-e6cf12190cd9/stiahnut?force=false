--- v0 (2025-12-07)
+++ v1 (2026-01-30)
@@ -6,87 +6,87 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\40_OVU REPORTING\80_SDDS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75B72948-B4DF-4E08-800D-6BBB86519C98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5842732-2EE0-47B4-BB26-1553B2B7DE44}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CBS" sheetId="10" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">CBS!$A$1:$A$2</definedName>
     <definedName name="A_E_F">IF(NOT(ISERROR(FIND("credit",LOWER(#REF!)))),#REF!,IF(NOT(ISERROR(FIND("debit",LOWER(#REF!)))),#REF!,#REF!))</definedName>
     <definedName name="Accounting_entries_financial">IF(NOT(ISERROR(FIND("asset",LOWER(#REF!)))),#REF!,IF(NOT(ISERROR(FIND("liabil",LOWER(#REF!)))),#REF!,#REF!))</definedName>
     <definedName name="Accounting_entries_nonfinancial">IF(NOT(ISERROR(FIND("credit",LOWER(#REF!)))),#REF!,IF(NOT(ISERROR(FIND("debit",LOWER(#REF!)))),#REF!,#REF!))</definedName>
     <definedName name="AEF">IF(NOT(ISERROR(FIND("asset",LOWER(#REF!)))),#REF!,IF(NOT(ISERROR(FIND("liabil",LOWER(#REF!)))),#REF!,#REF!))</definedName>
     <definedName name="Functional_category">#VALUE!</definedName>
     <definedName name="International_account_item">#REF!</definedName>
     <definedName name="Range_DSTNotes">#REF!</definedName>
     <definedName name="Reporting_sector_financial">#VALUE!</definedName>
     <definedName name="Reporting_sector_nonfinancial">IF(NOT(ISERROR(FIND("general govern",LOWER(#REF!)))),#REF!,IF(NOT(ISERROR(FIND("between households",LOWER(#REF!)))),#REF!,IF(NOT(ISERROR(FIND("financial corporations",LOWER(#REF!)))),#REF!,#REF!)))</definedName>
     <definedName name="Test">#REF!</definedName>
     <definedName name="Test1">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="210">
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>2009-01</t>
   </si>
   <si>
     <t>2009-02</t>
   </si>
   <si>
     <t>2009-03</t>
   </si>
   <si>
     <t>2009-04</t>
   </si>
   <si>
     <t>2009-05</t>
   </si>
   <si>
     <t>2009-06</t>
   </si>
   <si>
     <t>2009-07</t>
   </si>
   <si>
@@ -666,50 +666,56 @@
     <t>2025-02</t>
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
+  </si>
+  <si>
+    <t>2025-11</t>
+  </si>
+  <si>
+    <t>2025-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -1837,68 +1843,68 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:GU6"/>
+  <dimension ref="A1:GW6"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="FU1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="GU1" sqref="GU1"/>
+      <selection activeCell="GW1" sqref="GW1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" style="1" customWidth="1"/>
     <col min="4" max="112" width="8.85546875" style="1" customWidth="1"/>
     <col min="113" max="113" width="7.85546875" style="1" customWidth="1"/>
     <col min="114" max="117" width="8.85546875" style="1" customWidth="1"/>
     <col min="118" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:203" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:205" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
@@ -2464,52 +2470,58 @@
       </c>
       <c r="GN1" s="4" t="s">
         <v>200</v>
       </c>
       <c r="GO1" s="4" t="s">
         <v>201</v>
       </c>
       <c r="GP1" s="4" t="s">
         <v>202</v>
       </c>
       <c r="GQ1" s="4" t="s">
         <v>203</v>
       </c>
       <c r="GR1" s="4" t="s">
         <v>204</v>
       </c>
       <c r="GS1" s="4" t="s">
         <v>205</v>
       </c>
       <c r="GT1" s="4" t="s">
         <v>206</v>
       </c>
       <c r="GU1" s="4" t="s">
         <v>207</v>
       </c>
+      <c r="GV1" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="GW1" s="4" t="s">
+        <v>209</v>
+      </c>
     </row>
-    <row r="2" spans="1:203" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:205" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>125</v>
       </c>
       <c r="B2" s="1">
         <v>1675.7216914400001</v>
       </c>
       <c r="C2" s="1">
         <v>1774.8324048899999</v>
       </c>
       <c r="D2" s="1">
         <v>2031.3808040899999</v>
       </c>
       <c r="E2" s="1">
         <v>2182.3549861299998</v>
       </c>
       <c r="F2" s="1">
         <v>2458.60060398</v>
       </c>
       <c r="G2" s="1">
         <v>2719.5257239900002</v>
       </c>
       <c r="H2" s="1">
         <v>3149.6565589299998</v>
       </c>
       <c r="I2" s="1">
@@ -3075,52 +3087,58 @@
       </c>
       <c r="GN2" s="3">
         <v>14779.3</v>
       </c>
       <c r="GO2" s="3">
         <v>14655.2</v>
       </c>
       <c r="GP2" s="3">
         <v>15345.6</v>
       </c>
       <c r="GQ2" s="3">
         <v>15453.8</v>
       </c>
       <c r="GR2" s="3">
         <v>15513.1</v>
       </c>
       <c r="GS2" s="3">
         <v>15572.8</v>
       </c>
       <c r="GT2" s="3">
         <v>15761.3</v>
       </c>
       <c r="GU2" s="1">
         <v>15744.6</v>
       </c>
+      <c r="GV2" s="3">
+        <v>16238.3</v>
+      </c>
+      <c r="GW2" s="1">
+        <v>15976.5</v>
+      </c>
     </row>
-    <row r="3" spans="1:203" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:205" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>124</v>
       </c>
       <c r="B3" s="1">
         <v>319.31260463000001</v>
       </c>
       <c r="C3" s="1">
         <v>323.50191803999996</v>
       </c>
       <c r="D3" s="1">
         <v>315.05208880999999</v>
       </c>
       <c r="E3" s="1">
         <v>309.03127799999999</v>
       </c>
       <c r="F3" s="1">
         <v>312.04435202000002</v>
       </c>
       <c r="G3" s="1">
         <v>385.60881553000002</v>
       </c>
       <c r="H3" s="1">
         <v>375.43468308999996</v>
       </c>
       <c r="I3" s="1">
@@ -3686,52 +3704,58 @@
       </c>
       <c r="GN3" s="3">
         <v>3349.4</v>
       </c>
       <c r="GO3" s="3">
         <v>3167.8</v>
       </c>
       <c r="GP3" s="3">
         <v>3198.9</v>
       </c>
       <c r="GQ3" s="3">
         <v>3198</v>
       </c>
       <c r="GR3" s="3">
         <v>2644.1</v>
       </c>
       <c r="GS3" s="3">
         <v>3044.8</v>
       </c>
       <c r="GT3" s="3">
         <v>2768.6</v>
       </c>
       <c r="GU3" s="1">
         <v>3684.2</v>
       </c>
+      <c r="GV3" s="3">
+        <v>2924.1</v>
+      </c>
+      <c r="GW3" s="1">
+        <v>2994.9</v>
+      </c>
     </row>
-    <row r="4" spans="1:203" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:205" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>123</v>
       </c>
       <c r="B4" s="1">
         <v>0</v>
       </c>
       <c r="C4" s="1">
         <v>0</v>
       </c>
       <c r="D4" s="1">
         <v>0</v>
       </c>
       <c r="E4" s="1">
         <v>0</v>
       </c>
       <c r="F4" s="1">
         <v>0</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="1">
         <v>0</v>
       </c>
       <c r="I4" s="1">
@@ -4297,52 +4321,58 @@
       </c>
       <c r="GN4" s="3">
         <v>0</v>
       </c>
       <c r="GO4" s="3">
         <v>0</v>
       </c>
       <c r="GP4" s="3">
         <v>0</v>
       </c>
       <c r="GQ4" s="3">
         <v>0</v>
       </c>
       <c r="GR4" s="3">
         <v>0</v>
       </c>
       <c r="GS4" s="3">
         <v>0</v>
       </c>
       <c r="GT4" s="3">
         <v>0</v>
       </c>
       <c r="GU4" s="1">
         <v>0</v>
       </c>
+      <c r="GV4" s="3">
+        <v>0</v>
+      </c>
+      <c r="GW4" s="1">
+        <v>0</v>
+      </c>
     </row>
-    <row r="5" spans="1:203" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:205" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>126</v>
       </c>
       <c r="B5" s="2">
         <v>70.099999999999994</v>
       </c>
       <c r="C5" s="2">
         <v>296.89999999999998</v>
       </c>
       <c r="D5" s="2">
         <v>462.5</v>
       </c>
       <c r="E5" s="2">
         <v>481.6</v>
       </c>
       <c r="F5" s="2">
         <v>718.4</v>
       </c>
       <c r="G5" s="2">
         <v>841.4</v>
       </c>
       <c r="H5" s="2">
         <v>1046.5</v>
       </c>
       <c r="I5" s="2">
@@ -4908,52 +4938,58 @@
       </c>
       <c r="GN5" s="3">
         <v>5943.6</v>
       </c>
       <c r="GO5" s="3">
         <v>5816.2</v>
       </c>
       <c r="GP5" s="3">
         <v>5945.6</v>
       </c>
       <c r="GQ5" s="3">
         <v>5890.2</v>
       </c>
       <c r="GR5" s="3">
         <v>5770.6</v>
       </c>
       <c r="GS5" s="3">
         <v>5808.7</v>
       </c>
       <c r="GT5" s="3">
         <v>5625.6</v>
       </c>
       <c r="GU5" s="1">
         <v>5522.2</v>
       </c>
+      <c r="GV5" s="3">
+        <v>5521.6</v>
+      </c>
+      <c r="GW5" s="1">
+        <v>5560.9</v>
+      </c>
     </row>
-    <row r="6" spans="1:203" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:205" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>122</v>
       </c>
       <c r="B6" s="1">
         <v>10289.251918580001</v>
       </c>
       <c r="C6" s="1">
         <v>7985.8598778400001</v>
       </c>
       <c r="D6" s="1">
         <v>7924.4938236299995</v>
       </c>
       <c r="E6" s="1">
         <v>7896.12975138</v>
       </c>
       <c r="F6" s="1">
         <v>8081.3221654099998</v>
       </c>
       <c r="G6" s="1">
         <v>8319.0862603799997</v>
       </c>
       <c r="H6" s="1">
         <v>8262.3981266200008</v>
       </c>
       <c r="I6" s="1">
@@ -5518,50 +5554,56 @@
         <v>29727.7</v>
       </c>
       <c r="GN6" s="3">
         <v>28533.8</v>
       </c>
       <c r="GO6" s="3">
         <v>26394.1</v>
       </c>
       <c r="GP6" s="3">
         <v>27855.599999999999</v>
       </c>
       <c r="GQ6" s="3">
         <v>25455.5</v>
       </c>
       <c r="GR6" s="3">
         <v>26739.7</v>
       </c>
       <c r="GS6" s="3">
         <v>26020.799999999999</v>
       </c>
       <c r="GT6" s="3">
         <v>25945.9</v>
       </c>
       <c r="GU6" s="1">
         <v>27242.1</v>
+      </c>
+      <c r="GV6" s="3">
+        <v>28344.9</v>
+      </c>
+      <c r="GW6" s="1">
+        <v>30786.9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:A2" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <phoneticPr fontId="34" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>