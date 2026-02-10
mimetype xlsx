--- v0 (2025-12-08)
+++ v1 (2026-02-10)
@@ -1,92 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBF01D4E-52EE-4836-8C7D-BC91B9ADB52D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D0B585A-A88C-4B91-873E-7694A51A5B7A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25320" yWindow="255" windowWidth="25440" windowHeight="15270" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="menova strukt. suvah. pol." sheetId="48" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="DatumOdeslani2" hidden="1">#REF!</definedName>
     <definedName name="DatumOdeslani3">#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="DatumVytVystup2" hidden="1">#REF!</definedName>
     <definedName name="DatumVytVystup3">#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="ObdobiKumulativu2" hidden="1">#REF!</definedName>
     <definedName name="ObdobiKumulativu3">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'menova strukt. suvah. pol.'!$A$2:$V$70</definedName>
     <definedName name="_xlnm.Print_Area">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="REFBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFBAN3">#REF!</definedName>
     <definedName name="REFNAZBAN1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="REFNAZBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFNAZBAN3">#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">'menova strukt. suvah. pol.'!$P$4</definedName>
     <definedName name="REFOBD2" hidden="1">#REF!</definedName>
     <definedName name="REFOBD3">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="62">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Súvahové položky</t>
   </si>
   <si>
     <t>Všetky
 meny</t>
   </si>
   <si>
     <t>spolu</t>
   </si>
   <si>
     <t>Spolu</t>
   </si>
   <si>
     <t>CZK</t>
   </si>
   <si>
@@ -1151,51 +1138,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="186">
+  <cellXfs count="185">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1667,51 +1654,50 @@
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="41" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="61" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="41" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_VZ_M4_33" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
@@ -2083,80 +2069,79 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A2:W72"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" showOutlineSymbols="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="43.25" style="1" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="17" max="16384" width="9.125" style="1"/>
+    <col min="1" max="1" width="43.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="16" width="9.85546875" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:23" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="183" t="s">
+    <row r="2" spans="1:23" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="182" t="s">
         <v>32</v>
       </c>
-      <c r="B2" s="183"/>
-[...15 lines deleted...]
-    <row r="3" spans="1:23" ht="15.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="182"/>
+      <c r="C2" s="182"/>
+      <c r="D2" s="182"/>
+      <c r="E2" s="182"/>
+      <c r="F2" s="182"/>
+      <c r="G2" s="182"/>
+      <c r="H2" s="182"/>
+      <c r="I2" s="182"/>
+      <c r="J2" s="182"/>
+      <c r="K2" s="182"/>
+      <c r="L2" s="182"/>
+      <c r="M2" s="182"/>
+      <c r="N2" s="182"/>
+      <c r="O2" s="182"/>
+      <c r="P2" s="182"/>
+    </row>
+    <row r="3" spans="1:23" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="43"/>
     </row>
     <row r="4" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
@@ -2166,110 +2151,110 @@
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="P4" s="45"/>
     </row>
     <row r="5" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A5" s="66" t="s">
         <v>61</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
     </row>
-    <row r="6" spans="1:23" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:23" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="66"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="V6" s="44"/>
       <c r="W6" s="44" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="7" spans="1:23" ht="21.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:23" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="184" t="s">
+      <c r="B7" s="183" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="8" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="39"/>
       <c r="Q7" s="53" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="54"/>
       <c r="S7" s="54"/>
       <c r="T7" s="54"/>
       <c r="U7" s="54"/>
       <c r="V7" s="55"/>
       <c r="W7" s="71"/>
     </row>
     <row r="8" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="9"/>
-      <c r="B8" s="185"/>
+      <c r="B8" s="184"/>
       <c r="C8" s="11"/>
       <c r="D8" s="12" t="s">
         <v>4</v>
       </c>
       <c r="E8" s="13" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="13" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>6</v>
       </c>
       <c r="H8" s="14" t="s">
         <v>7</v>
       </c>
       <c r="I8" s="14" t="s">
         <v>8</v>
       </c>
       <c r="J8" s="14" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="13" t="s">
         <v>9</v>
       </c>
@@ -2293,84 +2278,84 @@
       </c>
       <c r="R8" s="57" t="s">
         <v>42</v>
       </c>
       <c r="S8" s="57" t="s">
         <v>43</v>
       </c>
       <c r="T8" s="57" t="s">
         <v>44</v>
       </c>
       <c r="U8" s="57" t="s">
         <v>45</v>
       </c>
       <c r="V8" s="77" t="s">
         <v>46</v>
       </c>
       <c r="W8" s="72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="161" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="162">
-        <v>125449621</v>
+        <v>125449620.01618475</v>
       </c>
       <c r="C9" s="163">
-        <v>121932170</v>
+        <v>121932169.8744354</v>
       </c>
       <c r="D9" s="164">
-        <v>2479494</v>
+        <v>2479494.1738673341</v>
       </c>
       <c r="E9" s="165">
         <v>1316</v>
       </c>
       <c r="F9" s="165">
-        <v>2154498</v>
+        <v>2154498.2170939413</v>
       </c>
       <c r="G9" s="165">
         <v>1218</v>
       </c>
       <c r="H9" s="166">
         <v>37750</v>
       </c>
       <c r="I9" s="166">
-        <v>278508</v>
+        <v>278507.95677339262</v>
       </c>
       <c r="J9" s="166">
         <v>5045</v>
       </c>
       <c r="K9" s="165">
         <v>1159</v>
       </c>
       <c r="L9" s="167">
-        <v>1037957</v>
+        <v>1037955.9678820116</v>
       </c>
       <c r="M9" s="165">
-        <v>930574</v>
+        <v>930572.96788201155</v>
       </c>
       <c r="N9" s="165">
         <v>16157</v>
       </c>
       <c r="O9" s="165">
         <v>21583</v>
       </c>
       <c r="P9" s="168">
         <v>69643</v>
       </c>
       <c r="Q9" s="169">
         <v>233</v>
       </c>
       <c r="R9" s="170">
         <v>6253</v>
       </c>
       <c r="S9" s="170">
         <v>2449</v>
       </c>
       <c r="T9" s="170">
         <v>3600</v>
       </c>
       <c r="U9" s="170">
         <v>1926</v>
       </c>
@@ -2714,51 +2699,51 @@
       <c r="P14" s="36">
         <v>11</v>
       </c>
       <c r="Q14" s="62">
         <v>0</v>
       </c>
       <c r="R14" s="63">
         <v>0</v>
       </c>
       <c r="S14" s="63">
         <v>0</v>
       </c>
       <c r="T14" s="63">
         <v>0</v>
       </c>
       <c r="U14" s="63">
         <v>0</v>
       </c>
       <c r="V14" s="63">
         <v>0</v>
       </c>
       <c r="W14" s="74">
         <v>11</v>
       </c>
     </row>
-    <row r="15" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A15" s="42" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="48">
         <v>9075120</v>
       </c>
       <c r="C15" s="17">
         <v>6714841</v>
       </c>
       <c r="D15" s="18">
         <v>1637164</v>
       </c>
       <c r="E15" s="19">
         <v>284</v>
       </c>
       <c r="F15" s="19">
         <v>1569398</v>
       </c>
       <c r="G15" s="19">
         <v>1203</v>
       </c>
       <c r="H15" s="20">
         <v>25968</v>
       </c>
       <c r="I15" s="20">
@@ -3358,125 +3343,125 @@
       </c>
       <c r="R23" s="63">
         <v>0</v>
       </c>
       <c r="S23" s="63">
         <v>0</v>
       </c>
       <c r="T23" s="63">
         <v>0</v>
       </c>
       <c r="U23" s="63">
         <v>0</v>
       </c>
       <c r="V23" s="63">
         <v>0</v>
       </c>
       <c r="W23" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="83" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="110">
-        <v>15878201</v>
+        <v>15878200.690148052</v>
       </c>
       <c r="C24" s="111">
-        <v>15385989</v>
+        <v>15385989.297957886</v>
       </c>
       <c r="D24" s="112">
-        <v>316231</v>
+        <v>316231.14037545031</v>
       </c>
       <c r="E24" s="113">
         <v>0</v>
       </c>
       <c r="F24" s="113">
-        <v>77666</v>
+        <v>77666.183602057645</v>
       </c>
       <c r="G24" s="113">
         <v>0</v>
       </c>
       <c r="H24" s="114">
         <v>0</v>
       </c>
       <c r="I24" s="114">
-        <v>238565</v>
+        <v>238564.95677339265</v>
       </c>
       <c r="J24" s="114">
         <v>0</v>
       </c>
       <c r="K24" s="113">
         <v>0</v>
       </c>
       <c r="L24" s="115">
-        <v>175981</v>
+        <v>175980.25181471632</v>
       </c>
       <c r="M24" s="113">
-        <v>175981</v>
+        <v>175980.25181471632</v>
       </c>
       <c r="N24" s="113">
         <v>0</v>
       </c>
       <c r="O24" s="113">
         <v>0</v>
       </c>
       <c r="P24" s="116">
         <v>0</v>
       </c>
       <c r="Q24" s="62">
         <v>0</v>
       </c>
       <c r="R24" s="63">
         <v>0</v>
       </c>
       <c r="S24" s="63">
         <v>0</v>
       </c>
       <c r="T24" s="63">
         <v>0</v>
       </c>
       <c r="U24" s="63">
         <v>0</v>
       </c>
       <c r="V24" s="63">
         <v>0</v>
       </c>
       <c r="W24" s="117">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="41" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="48">
-        <v>12517782</v>
+        <v>12517782.06734262</v>
       </c>
       <c r="C25" s="17">
-        <v>12517782</v>
+        <v>12517782.06734262</v>
       </c>
       <c r="D25" s="18">
         <v>0</v>
       </c>
       <c r="E25" s="19">
         <v>0</v>
       </c>
       <c r="F25" s="19">
         <v>0</v>
       </c>
       <c r="G25" s="19">
         <v>0</v>
       </c>
       <c r="H25" s="20">
         <v>0</v>
       </c>
       <c r="I25" s="20">
         <v>0</v>
       </c>
       <c r="J25" s="20">
         <v>0</v>
       </c>
       <c r="K25" s="19">
         <v>0</v>
       </c>
@@ -3495,59 +3480,59 @@
       <c r="P25" s="35">
         <v>0</v>
       </c>
       <c r="Q25" s="145">
         <v>0</v>
       </c>
       <c r="R25" s="146">
         <v>0</v>
       </c>
       <c r="S25" s="146">
         <v>0</v>
       </c>
       <c r="T25" s="146">
         <v>0</v>
       </c>
       <c r="U25" s="146">
         <v>0</v>
       </c>
       <c r="V25" s="146">
         <v>0</v>
       </c>
       <c r="W25" s="73">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A26" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="49">
-        <v>845325</v>
+        <v>845325.33055416378</v>
       </c>
       <c r="C26" s="23">
-        <v>845325</v>
+        <v>845325.33055416378</v>
       </c>
       <c r="D26" s="24">
         <v>0</v>
       </c>
       <c r="E26" s="25">
         <v>0</v>
       </c>
       <c r="F26" s="25">
         <v>0</v>
       </c>
       <c r="G26" s="25">
         <v>0</v>
       </c>
       <c r="H26" s="26">
         <v>0</v>
       </c>
       <c r="I26" s="26">
         <v>0</v>
       </c>
       <c r="J26" s="26">
         <v>0</v>
       </c>
       <c r="K26" s="25">
         <v>0</v>
       </c>
@@ -3571,54 +3556,54 @@
       </c>
       <c r="R26" s="63">
         <v>0</v>
       </c>
       <c r="S26" s="63">
         <v>0</v>
       </c>
       <c r="T26" s="63">
         <v>0</v>
       </c>
       <c r="U26" s="63">
         <v>0</v>
       </c>
       <c r="V26" s="63">
         <v>0</v>
       </c>
       <c r="W26" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="22" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="49">
-        <v>11672457</v>
+        <v>11672456.736788457</v>
       </c>
       <c r="C27" s="23">
-        <v>11672457</v>
+        <v>11672456.736788457</v>
       </c>
       <c r="D27" s="24">
         <v>0</v>
       </c>
       <c r="E27" s="25">
         <v>0</v>
       </c>
       <c r="F27" s="25">
         <v>0</v>
       </c>
       <c r="G27" s="25">
         <v>0</v>
       </c>
       <c r="H27" s="26">
         <v>0</v>
       </c>
       <c r="I27" s="26">
         <v>0</v>
       </c>
       <c r="J27" s="26">
         <v>0</v>
       </c>
       <c r="K27" s="25">
         <v>0</v>
       </c>
@@ -3637,636 +3622,636 @@
       <c r="P27" s="36">
         <v>0</v>
       </c>
       <c r="Q27" s="62">
         <v>0</v>
       </c>
       <c r="R27" s="63">
         <v>0</v>
       </c>
       <c r="S27" s="63">
         <v>0</v>
       </c>
       <c r="T27" s="63">
         <v>0</v>
       </c>
       <c r="U27" s="63">
         <v>0</v>
       </c>
       <c r="V27" s="63">
         <v>0</v>
       </c>
       <c r="W27" s="74">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A28" s="42" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="48">
-        <v>3360419</v>
+        <v>3360418.6228054315</v>
       </c>
       <c r="C28" s="17">
-        <v>2868207</v>
+        <v>2868207.2306152647</v>
       </c>
       <c r="D28" s="18">
-        <v>316231</v>
+        <v>316231.14037545031</v>
       </c>
       <c r="E28" s="19">
         <v>0</v>
       </c>
       <c r="F28" s="19">
-        <v>77666</v>
+        <v>77666.183602057645</v>
       </c>
       <c r="G28" s="19">
         <v>0</v>
       </c>
       <c r="H28" s="20">
         <v>0</v>
       </c>
       <c r="I28" s="20">
-        <v>238565</v>
+        <v>238564.95677339265</v>
       </c>
       <c r="J28" s="20">
         <v>0</v>
       </c>
       <c r="K28" s="19">
         <v>0</v>
       </c>
       <c r="L28" s="21">
-        <v>175981</v>
+        <v>175980.25181471632</v>
       </c>
       <c r="M28" s="19">
-        <v>175981</v>
+        <v>175980.25181471632</v>
       </c>
       <c r="N28" s="19">
         <v>0</v>
       </c>
       <c r="O28" s="19">
         <v>0</v>
       </c>
       <c r="P28" s="35">
         <v>0</v>
       </c>
       <c r="Q28" s="145">
         <v>0</v>
       </c>
       <c r="R28" s="146">
         <v>0</v>
       </c>
       <c r="S28" s="146">
         <v>0</v>
       </c>
       <c r="T28" s="146">
         <v>0</v>
       </c>
       <c r="U28" s="146">
         <v>0</v>
       </c>
       <c r="V28" s="146">
         <v>0</v>
       </c>
       <c r="W28" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="22" t="s">
         <v>29</v>
       </c>
       <c r="B29" s="49">
-        <v>1867879</v>
+        <v>1867878.0571767876</v>
       </c>
       <c r="C29" s="29">
-        <v>1840506</v>
+        <v>1840505.3489274208</v>
       </c>
       <c r="D29" s="24">
         <v>0</v>
       </c>
       <c r="E29" s="30">
         <v>0</v>
       </c>
       <c r="F29" s="30">
         <v>0</v>
       </c>
       <c r="G29" s="30">
         <v>0</v>
       </c>
       <c r="H29" s="27">
         <v>0</v>
       </c>
       <c r="I29" s="27">
         <v>0</v>
       </c>
       <c r="J29" s="27">
         <v>0</v>
       </c>
       <c r="K29" s="30">
         <v>0</v>
       </c>
       <c r="L29" s="28">
-        <v>27373</v>
+        <v>27372.708249366784</v>
       </c>
       <c r="M29" s="30">
-        <v>27373</v>
+        <v>27372.708249366784</v>
       </c>
       <c r="N29" s="30">
         <v>0</v>
       </c>
       <c r="O29" s="30">
         <v>0</v>
       </c>
       <c r="P29" s="37">
         <v>0</v>
       </c>
       <c r="Q29" s="62">
         <v>0</v>
       </c>
       <c r="R29" s="63">
         <v>0</v>
       </c>
       <c r="S29" s="63">
         <v>0</v>
       </c>
       <c r="T29" s="63">
         <v>0</v>
       </c>
       <c r="U29" s="63">
         <v>0</v>
       </c>
       <c r="V29" s="63">
         <v>0</v>
       </c>
       <c r="W29" s="75">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A30" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="49">
-        <v>444006</v>
+        <v>444005.88724200259</v>
       </c>
       <c r="C30" s="23">
-        <v>430439</v>
+        <v>430438.86033850256</v>
       </c>
       <c r="D30" s="24">
         <v>0</v>
       </c>
       <c r="E30" s="25">
         <v>0</v>
       </c>
       <c r="F30" s="25">
         <v>0</v>
       </c>
       <c r="G30" s="25">
         <v>0</v>
       </c>
       <c r="H30" s="26">
         <v>0</v>
       </c>
       <c r="I30" s="26">
         <v>0</v>
       </c>
       <c r="J30" s="26">
         <v>0</v>
       </c>
       <c r="K30" s="25">
         <v>0</v>
       </c>
       <c r="L30" s="28">
-        <v>13567</v>
+        <v>13567.0269035</v>
       </c>
       <c r="M30" s="25">
-        <v>13567</v>
+        <v>13567.0269035</v>
       </c>
       <c r="N30" s="25">
         <v>0</v>
       </c>
       <c r="O30" s="25">
         <v>0</v>
       </c>
       <c r="P30" s="36">
         <v>0</v>
       </c>
       <c r="Q30" s="62">
         <v>0</v>
       </c>
       <c r="R30" s="63">
         <v>0</v>
       </c>
       <c r="S30" s="63">
         <v>0</v>
       </c>
       <c r="T30" s="63">
         <v>0</v>
       </c>
       <c r="U30" s="63">
         <v>0</v>
       </c>
       <c r="V30" s="63">
         <v>0</v>
       </c>
       <c r="W30" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="22" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="49">
-        <v>1423873</v>
+        <v>1423872.169934785</v>
       </c>
       <c r="C31" s="23">
-        <v>1410067</v>
+        <v>1410066.4885889182</v>
       </c>
       <c r="D31" s="24">
         <v>0</v>
       </c>
       <c r="E31" s="25">
         <v>0</v>
       </c>
       <c r="F31" s="25">
         <v>0</v>
       </c>
       <c r="G31" s="25">
         <v>0</v>
       </c>
       <c r="H31" s="26">
         <v>0</v>
       </c>
       <c r="I31" s="26">
         <v>0</v>
       </c>
       <c r="J31" s="26">
         <v>0</v>
       </c>
       <c r="K31" s="25">
         <v>0</v>
       </c>
       <c r="L31" s="28">
-        <v>13806</v>
+        <v>13805.681345866782</v>
       </c>
       <c r="M31" s="25">
-        <v>13806</v>
+        <v>13805.681345866782</v>
       </c>
       <c r="N31" s="25">
         <v>0</v>
       </c>
       <c r="O31" s="25">
         <v>0</v>
       </c>
       <c r="P31" s="36">
         <v>0</v>
       </c>
       <c r="Q31" s="62">
         <v>0</v>
       </c>
       <c r="R31" s="63">
         <v>0</v>
       </c>
       <c r="S31" s="63">
         <v>0</v>
       </c>
       <c r="T31" s="63">
         <v>0</v>
       </c>
       <c r="U31" s="63">
         <v>0</v>
       </c>
       <c r="V31" s="63">
         <v>0</v>
       </c>
       <c r="W31" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A32" s="31" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="49">
-        <v>1492540</v>
+        <v>1492540.5656286436</v>
       </c>
       <c r="C32" s="29">
-        <v>1027701</v>
+        <v>1027701.8816878437</v>
       </c>
       <c r="D32" s="24">
-        <v>316231</v>
+        <v>316231.14037545031</v>
       </c>
       <c r="E32" s="30">
         <v>0</v>
       </c>
       <c r="F32" s="30">
-        <v>77666</v>
+        <v>77666.183602057645</v>
       </c>
       <c r="G32" s="30">
         <v>0</v>
       </c>
       <c r="H32" s="27">
         <v>0</v>
       </c>
       <c r="I32" s="27">
-        <v>238565</v>
+        <v>238564.95677339265</v>
       </c>
       <c r="J32" s="27">
         <v>0</v>
       </c>
       <c r="K32" s="30">
         <v>0</v>
       </c>
       <c r="L32" s="28">
-        <v>148608</v>
+        <v>148607.54356534954</v>
       </c>
       <c r="M32" s="30">
-        <v>148608</v>
+        <v>148607.54356534954</v>
       </c>
       <c r="N32" s="30">
         <v>0</v>
       </c>
       <c r="O32" s="30">
         <v>0</v>
       </c>
       <c r="P32" s="37">
         <v>0</v>
       </c>
       <c r="Q32" s="62">
         <v>0</v>
       </c>
       <c r="R32" s="63">
         <v>0</v>
       </c>
       <c r="S32" s="63">
         <v>0</v>
       </c>
       <c r="T32" s="63">
         <v>0</v>
       </c>
       <c r="U32" s="63">
         <v>0</v>
       </c>
       <c r="V32" s="63">
         <v>0</v>
       </c>
       <c r="W32" s="75">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A33" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B33" s="49">
-        <v>202405</v>
+        <v>202405.11943634937</v>
       </c>
       <c r="C33" s="23">
-        <v>202404</v>
+        <v>202404.45815999937</v>
       </c>
       <c r="D33" s="24">
         <v>0</v>
       </c>
       <c r="E33" s="25">
         <v>0</v>
       </c>
       <c r="F33" s="25">
         <v>0</v>
       </c>
       <c r="G33" s="25">
         <v>0</v>
       </c>
       <c r="H33" s="26">
         <v>0</v>
       </c>
       <c r="I33" s="26">
         <v>0</v>
       </c>
       <c r="J33" s="26">
         <v>0</v>
       </c>
       <c r="K33" s="25">
         <v>0</v>
       </c>
       <c r="L33" s="28">
-        <v>1</v>
+        <v>0.66127634999999996</v>
       </c>
       <c r="M33" s="25">
-        <v>1</v>
+        <v>0.66127634999999996</v>
       </c>
       <c r="N33" s="25">
         <v>0</v>
       </c>
       <c r="O33" s="25">
         <v>0</v>
       </c>
       <c r="P33" s="36">
         <v>0</v>
       </c>
       <c r="Q33" s="62">
         <v>0</v>
       </c>
       <c r="R33" s="63">
         <v>0</v>
       </c>
       <c r="S33" s="63">
         <v>0</v>
       </c>
       <c r="T33" s="63">
         <v>0</v>
       </c>
       <c r="U33" s="63">
         <v>0</v>
       </c>
       <c r="V33" s="63">
         <v>0</v>
       </c>
       <c r="W33" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="22" t="s">
         <v>22</v>
       </c>
       <c r="B34" s="49">
-        <v>1290135</v>
+        <v>1290135.4461922944</v>
       </c>
       <c r="C34" s="23">
-        <v>825297</v>
+        <v>825297.42352784437</v>
       </c>
       <c r="D34" s="24">
-        <v>316231</v>
+        <v>316231.14037545031</v>
       </c>
       <c r="E34" s="25">
         <v>0</v>
       </c>
       <c r="F34" s="25">
-        <v>77666</v>
+        <v>77666.183602057645</v>
       </c>
       <c r="G34" s="25">
         <v>0</v>
       </c>
       <c r="H34" s="26">
         <v>0</v>
       </c>
       <c r="I34" s="26">
-        <v>238565</v>
+        <v>238564.95677339265</v>
       </c>
       <c r="J34" s="26">
         <v>0</v>
       </c>
       <c r="K34" s="25">
         <v>0</v>
       </c>
       <c r="L34" s="28">
-        <v>148607</v>
+        <v>148606.88228899954</v>
       </c>
       <c r="M34" s="25">
-        <v>148607</v>
+        <v>148606.88228899954</v>
       </c>
       <c r="N34" s="25">
         <v>0</v>
       </c>
       <c r="O34" s="25">
         <v>0</v>
       </c>
       <c r="P34" s="36">
         <v>0</v>
       </c>
       <c r="Q34" s="62">
         <v>0</v>
       </c>
       <c r="R34" s="63">
         <v>0</v>
       </c>
       <c r="S34" s="63">
         <v>0</v>
       </c>
       <c r="T34" s="63">
         <v>0</v>
       </c>
       <c r="U34" s="63">
         <v>0</v>
       </c>
       <c r="V34" s="63">
         <v>0</v>
       </c>
       <c r="W34" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="84" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="110">
-        <v>765936</v>
+        <v>765935.84752036538</v>
       </c>
       <c r="C35" s="111">
-        <v>290263</v>
+        <v>290263.08539925789</v>
       </c>
       <c r="D35" s="112">
-        <v>434590</v>
+        <v>434589.64938407525</v>
       </c>
       <c r="E35" s="113">
         <v>0</v>
       </c>
       <c r="F35" s="113">
-        <v>434590</v>
+        <v>434589.64938407525</v>
       </c>
       <c r="G35" s="113">
         <v>0</v>
       </c>
       <c r="H35" s="114">
         <v>0</v>
       </c>
       <c r="I35" s="114">
         <v>0</v>
       </c>
       <c r="J35" s="114">
         <v>0</v>
       </c>
       <c r="K35" s="113">
         <v>0</v>
       </c>
       <c r="L35" s="115">
-        <v>41083</v>
+        <v>41083.112737032236</v>
       </c>
       <c r="M35" s="113">
-        <v>41083</v>
+        <v>41083.112737032236</v>
       </c>
       <c r="N35" s="113">
         <v>0</v>
       </c>
       <c r="O35" s="113">
         <v>0</v>
       </c>
       <c r="P35" s="116">
         <v>0</v>
       </c>
       <c r="Q35" s="62">
         <v>0</v>
       </c>
       <c r="R35" s="63">
         <v>0</v>
       </c>
       <c r="S35" s="63">
         <v>0</v>
       </c>
       <c r="T35" s="63">
         <v>0</v>
       </c>
       <c r="U35" s="63">
         <v>0</v>
       </c>
       <c r="V35" s="63">
         <v>0</v>
       </c>
       <c r="W35" s="117">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="41" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="47">
-        <v>288702</v>
+        <v>288702.41964642151</v>
       </c>
       <c r="C36" s="32">
-        <v>288647</v>
+        <v>288646.91247925791</v>
       </c>
       <c r="D36" s="15">
-        <v>55</v>
+        <v>55.507167163600002</v>
       </c>
       <c r="E36" s="33">
         <v>0</v>
       </c>
       <c r="F36" s="33">
-        <v>55</v>
+        <v>55.507167163600002</v>
       </c>
       <c r="G36" s="33">
         <v>0</v>
       </c>
       <c r="H36" s="34">
         <v>0</v>
       </c>
       <c r="I36" s="34">
         <v>0</v>
       </c>
       <c r="J36" s="34">
         <v>0</v>
       </c>
       <c r="K36" s="33">
         <v>0</v>
       </c>
       <c r="L36" s="16">
         <v>0</v>
       </c>
       <c r="M36" s="33">
         <v>0</v>
       </c>
       <c r="N36" s="33">
         <v>0</v>
       </c>
@@ -4276,139 +4261,139 @@
       <c r="P36" s="38">
         <v>0</v>
       </c>
       <c r="Q36" s="145">
         <v>0</v>
       </c>
       <c r="R36" s="146">
         <v>0</v>
       </c>
       <c r="S36" s="146">
         <v>0</v>
       </c>
       <c r="T36" s="146">
         <v>0</v>
       </c>
       <c r="U36" s="146">
         <v>0</v>
       </c>
       <c r="V36" s="146">
         <v>0</v>
       </c>
       <c r="W36" s="76">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A37" s="42" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="48">
-        <v>477234</v>
+        <v>477233.42787394387</v>
       </c>
       <c r="C37" s="17">
-        <v>1616</v>
+        <v>1616.1729199999997</v>
       </c>
       <c r="D37" s="18">
-        <v>434535</v>
+        <v>434534.14221691166</v>
       </c>
       <c r="E37" s="19">
         <v>0</v>
       </c>
       <c r="F37" s="19">
-        <v>434535</v>
+        <v>434534.14221691166</v>
       </c>
       <c r="G37" s="19">
         <v>0</v>
       </c>
       <c r="H37" s="20">
         <v>0</v>
       </c>
       <c r="I37" s="20">
         <v>0</v>
       </c>
       <c r="J37" s="20">
         <v>0</v>
       </c>
       <c r="K37" s="19">
         <v>0</v>
       </c>
       <c r="L37" s="21">
-        <v>41083</v>
+        <v>41083.112737032236</v>
       </c>
       <c r="M37" s="19">
-        <v>41083</v>
+        <v>41083.112737032236</v>
       </c>
       <c r="N37" s="19">
         <v>0</v>
       </c>
       <c r="O37" s="19">
         <v>0</v>
       </c>
       <c r="P37" s="35">
         <v>0</v>
       </c>
       <c r="Q37" s="180">
         <v>0</v>
       </c>
       <c r="R37" s="181">
         <v>0</v>
       </c>
       <c r="S37" s="181">
         <v>0</v>
       </c>
       <c r="T37" s="181">
         <v>0</v>
       </c>
       <c r="U37" s="181">
         <v>0</v>
       </c>
       <c r="V37" s="181">
         <v>0</v>
       </c>
       <c r="W37" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="22" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="49">
-        <v>1868</v>
+        <v>1867.6982024053998</v>
       </c>
       <c r="C38" s="23">
-        <v>1616</v>
+        <v>1616.1729199999997</v>
       </c>
       <c r="D38" s="24">
-        <v>252</v>
+        <v>251.52528240539999</v>
       </c>
       <c r="E38" s="25">
         <v>0</v>
       </c>
       <c r="F38" s="25">
-        <v>252</v>
+        <v>251.52528240539999</v>
       </c>
       <c r="G38" s="25">
         <v>0</v>
       </c>
       <c r="H38" s="26">
         <v>0</v>
       </c>
       <c r="I38" s="26">
         <v>0</v>
       </c>
       <c r="J38" s="26">
         <v>0</v>
       </c>
       <c r="K38" s="25">
         <v>0</v>
       </c>
       <c r="L38" s="28">
         <v>0</v>
       </c>
       <c r="M38" s="25">
         <v>0</v>
       </c>
       <c r="N38" s="25">
         <v>0</v>
       </c>
@@ -4423,155 +4408,155 @@
       </c>
       <c r="R38" s="63">
         <v>0</v>
       </c>
       <c r="S38" s="63">
         <v>0</v>
       </c>
       <c r="T38" s="63">
         <v>0</v>
       </c>
       <c r="U38" s="63">
         <v>0</v>
       </c>
       <c r="V38" s="63">
         <v>0</v>
       </c>
       <c r="W38" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A39" s="31" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="49">
-        <v>475366</v>
+        <v>475365.72967153852</v>
       </c>
       <c r="C39" s="29">
         <v>0</v>
       </c>
       <c r="D39" s="24">
-        <v>434283</v>
+        <v>434282.61693450628</v>
       </c>
       <c r="E39" s="30">
         <v>0</v>
       </c>
       <c r="F39" s="30">
-        <v>434283</v>
+        <v>434282.61693450628</v>
       </c>
       <c r="G39" s="30">
         <v>0</v>
       </c>
       <c r="H39" s="27">
         <v>0</v>
       </c>
       <c r="I39" s="27">
         <v>0</v>
       </c>
       <c r="J39" s="27">
         <v>0</v>
       </c>
       <c r="K39" s="30">
         <v>0</v>
       </c>
       <c r="L39" s="28">
-        <v>41083</v>
+        <v>41083.112737032236</v>
       </c>
       <c r="M39" s="30">
-        <v>41083</v>
+        <v>41083.112737032236</v>
       </c>
       <c r="N39" s="30">
         <v>0</v>
       </c>
       <c r="O39" s="30">
         <v>0</v>
       </c>
       <c r="P39" s="37">
         <v>0</v>
       </c>
       <c r="Q39" s="62">
         <v>0</v>
       </c>
       <c r="R39" s="63">
         <v>0</v>
       </c>
       <c r="S39" s="63">
         <v>0</v>
       </c>
       <c r="T39" s="63">
         <v>0</v>
       </c>
       <c r="U39" s="63">
         <v>0</v>
       </c>
       <c r="V39" s="63">
         <v>0</v>
       </c>
       <c r="W39" s="75">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="83" t="s">
         <v>53</v>
       </c>
       <c r="B40" s="110">
-        <v>209008</v>
+        <v>209007.59065163659</v>
       </c>
       <c r="C40" s="118">
-        <v>206105</v>
+        <v>206104.60321356499</v>
       </c>
       <c r="D40" s="112">
-        <v>2821</v>
+        <v>2821.3841078085998</v>
       </c>
       <c r="E40" s="119">
         <v>0</v>
       </c>
       <c r="F40" s="119">
-        <v>2821</v>
+        <v>2821.3841078085998</v>
       </c>
       <c r="G40" s="119">
         <v>0</v>
       </c>
       <c r="H40" s="120">
         <v>0</v>
       </c>
       <c r="I40" s="120">
         <v>0</v>
       </c>
       <c r="J40" s="120">
         <v>0</v>
       </c>
       <c r="K40" s="119">
         <v>0</v>
       </c>
       <c r="L40" s="115">
-        <v>82</v>
+        <v>81.603330263000004</v>
       </c>
       <c r="M40" s="119">
-        <v>82</v>
+        <v>81.603330263000004</v>
       </c>
       <c r="N40" s="119">
         <v>0</v>
       </c>
       <c r="O40" s="119">
         <v>0</v>
       </c>
       <c r="P40" s="121">
         <v>0</v>
       </c>
       <c r="Q40" s="62">
         <v>0</v>
       </c>
       <c r="R40" s="63">
         <v>0</v>
       </c>
       <c r="S40" s="63">
         <v>0</v>
       </c>
       <c r="T40" s="63">
         <v>0</v>
       </c>
       <c r="U40" s="63">
         <v>0</v>
       </c>
@@ -4636,84 +4621,84 @@
       </c>
       <c r="R41" s="178">
         <v>0</v>
       </c>
       <c r="S41" s="178">
         <v>0</v>
       </c>
       <c r="T41" s="178">
         <v>0</v>
       </c>
       <c r="U41" s="178">
         <v>0</v>
       </c>
       <c r="V41" s="178">
         <v>0</v>
       </c>
       <c r="W41" s="179">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="22" t="s">
         <v>58</v>
       </c>
       <c r="B42" s="49">
-        <v>209008</v>
+        <v>209007.59065163659</v>
       </c>
       <c r="C42" s="23">
-        <v>206105</v>
+        <v>206104.60321356499</v>
       </c>
       <c r="D42" s="24">
-        <v>2821</v>
+        <v>2821.3841078085998</v>
       </c>
       <c r="E42" s="25">
         <v>0</v>
       </c>
       <c r="F42" s="25">
-        <v>2821</v>
+        <v>2821.3841078085998</v>
       </c>
       <c r="G42" s="25">
         <v>0</v>
       </c>
       <c r="H42" s="26">
         <v>0</v>
       </c>
       <c r="I42" s="26">
         <v>0</v>
       </c>
       <c r="J42" s="26">
         <v>0</v>
       </c>
       <c r="K42" s="25">
         <v>0</v>
       </c>
       <c r="L42" s="28">
-        <v>82</v>
+        <v>81.603330263000004</v>
       </c>
       <c r="M42" s="25">
-        <v>82</v>
+        <v>81.603330263000004</v>
       </c>
       <c r="N42" s="25">
         <v>0</v>
       </c>
       <c r="O42" s="25">
         <v>0</v>
       </c>
       <c r="P42" s="36">
         <v>0</v>
       </c>
       <c r="Q42" s="177">
         <v>0</v>
       </c>
       <c r="R42" s="178">
         <v>0</v>
       </c>
       <c r="S42" s="178">
         <v>0</v>
       </c>
       <c r="T42" s="178">
         <v>0</v>
       </c>
       <c r="U42" s="178">
         <v>0</v>
       </c>
@@ -4809,54 +4794,54 @@
       <c r="E44" s="119"/>
       <c r="F44" s="119"/>
       <c r="G44" s="119"/>
       <c r="H44" s="120"/>
       <c r="I44" s="120"/>
       <c r="J44" s="120"/>
       <c r="K44" s="119"/>
       <c r="L44" s="115"/>
       <c r="M44" s="119"/>
       <c r="N44" s="119"/>
       <c r="O44" s="119"/>
       <c r="P44" s="121"/>
       <c r="Q44" s="62"/>
       <c r="R44" s="63"/>
       <c r="S44" s="63"/>
       <c r="T44" s="63"/>
       <c r="U44" s="63"/>
       <c r="V44" s="63"/>
       <c r="W44" s="122"/>
     </row>
     <row r="45" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A45" s="85" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="123">
-        <v>2174864</v>
+        <v>2174863.8878646945</v>
       </c>
       <c r="C45" s="124">
-        <v>2143127</v>
+        <v>2143126.8878646945</v>
       </c>
       <c r="D45" s="125">
         <v>34007</v>
       </c>
       <c r="E45" s="126">
         <v>0</v>
       </c>
       <c r="F45" s="126">
         <v>33253</v>
       </c>
       <c r="G45" s="126">
         <v>4</v>
       </c>
       <c r="H45" s="127">
         <v>732</v>
       </c>
       <c r="I45" s="127">
         <v>30</v>
       </c>
       <c r="J45" s="127">
         <v>-11</v>
       </c>
       <c r="K45" s="126">
         <v>-1</v>
       </c>
@@ -4912,54 +4897,53 @@
       <c r="L46" s="51"/>
       <c r="M46" s="52"/>
       <c r="N46" s="52"/>
       <c r="O46" s="52"/>
       <c r="P46" s="52"/>
     </row>
     <row r="47" spans="1:23" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="50"/>
       <c r="B47" s="51"/>
       <c r="C47" s="52"/>
       <c r="D47" s="51"/>
       <c r="E47" s="52"/>
       <c r="F47" s="52"/>
       <c r="G47" s="52"/>
       <c r="H47" s="52"/>
       <c r="I47" s="52"/>
       <c r="J47" s="52"/>
       <c r="K47" s="52"/>
       <c r="L47" s="51"/>
       <c r="M47" s="52"/>
       <c r="N47" s="52"/>
       <c r="O47" s="52"/>
       <c r="P47" s="52"/>
     </row>
     <row r="48" spans="1:23" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="C48" s="182"/>
       <c r="P48" s="4"/>
     </row>
-    <row r="49" spans="1:23" ht="21.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:23" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B49" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>39</v>
       </c>
       <c r="E49" s="7"/>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="8" t="s">
         <v>40</v>
       </c>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
@@ -5024,114 +5008,114 @@
       </c>
       <c r="R50" s="57" t="s">
         <v>42</v>
       </c>
       <c r="S50" s="57" t="s">
         <v>43</v>
       </c>
       <c r="T50" s="57" t="s">
         <v>44</v>
       </c>
       <c r="U50" s="57" t="s">
         <v>45</v>
       </c>
       <c r="V50" s="57" t="s">
         <v>46</v>
       </c>
       <c r="W50" s="81" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="149" t="s">
         <v>23</v>
       </c>
       <c r="B51" s="150">
-        <v>125449621</v>
+        <v>125449619.57300501</v>
       </c>
       <c r="C51" s="151">
-        <v>121580760</v>
+        <v>121580758.754281</v>
       </c>
       <c r="D51" s="152">
-        <v>2428768</v>
+        <v>2428769.4075454292</v>
       </c>
       <c r="E51" s="153">
         <v>111</v>
       </c>
       <c r="F51" s="153">
-        <v>2264208</v>
+        <v>2264207.7174863447</v>
       </c>
       <c r="G51" s="153">
         <v>1031</v>
       </c>
       <c r="H51" s="154">
         <v>79026</v>
       </c>
       <c r="I51" s="154">
-        <v>69727</v>
+        <v>69726.690059084503</v>
       </c>
       <c r="J51" s="154">
         <v>2039</v>
       </c>
       <c r="K51" s="153">
         <v>12627</v>
       </c>
       <c r="L51" s="155">
-        <v>1440093</v>
+        <v>1440092.4111790073</v>
       </c>
       <c r="M51" s="153">
-        <v>1201870</v>
+        <v>1201869.6200079098</v>
       </c>
       <c r="N51" s="153">
         <v>16053</v>
       </c>
       <c r="O51" s="153">
         <v>56612</v>
       </c>
       <c r="P51" s="156">
-        <v>165558</v>
+        <v>165558.79117109725</v>
       </c>
       <c r="Q51" s="157">
         <v>7074</v>
       </c>
       <c r="R51" s="158">
         <v>6314</v>
       </c>
       <c r="S51" s="158">
         <v>4118</v>
       </c>
       <c r="T51" s="158">
         <v>16909</v>
       </c>
       <c r="U51" s="158">
-        <v>22091</v>
+        <v>22091.590746193</v>
       </c>
       <c r="V51" s="159">
-        <v>27693</v>
+        <v>27693.33658331024</v>
       </c>
       <c r="W51" s="160">
-        <v>80939</v>
+        <v>80937.863841593993</v>
       </c>
     </row>
     <row r="52" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="83" t="s">
         <v>36</v>
       </c>
       <c r="B52" s="110">
         <v>90647086</v>
       </c>
       <c r="C52" s="111">
         <v>87075822</v>
       </c>
       <c r="D52" s="112">
         <v>2371288</v>
       </c>
       <c r="E52" s="113">
         <v>92</v>
       </c>
       <c r="F52" s="113">
         <v>2223357</v>
       </c>
       <c r="G52" s="113">
         <v>997</v>
       </c>
       <c r="H52" s="114">
@@ -5516,51 +5500,51 @@
       <c r="P57" s="36">
         <v>100104</v>
       </c>
       <c r="Q57" s="67">
         <v>6033</v>
       </c>
       <c r="R57" s="68">
         <v>4084</v>
       </c>
       <c r="S57" s="68">
         <v>0</v>
       </c>
       <c r="T57" s="68">
         <v>10086</v>
       </c>
       <c r="U57" s="68">
         <v>11026</v>
       </c>
       <c r="V57" s="80">
         <v>18747</v>
       </c>
       <c r="W57" s="69">
         <v>50128</v>
       </c>
     </row>
-    <row r="58" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A58" s="42" t="s">
         <v>28</v>
       </c>
       <c r="B58" s="48">
         <v>13173070</v>
       </c>
       <c r="C58" s="17">
         <v>11407092</v>
       </c>
       <c r="D58" s="18">
         <v>1685524</v>
       </c>
       <c r="E58" s="19">
         <v>1</v>
       </c>
       <c r="F58" s="19">
         <v>1672051</v>
       </c>
       <c r="G58" s="19">
         <v>65</v>
       </c>
       <c r="H58" s="20">
         <v>9413</v>
       </c>
       <c r="I58" s="20">
@@ -6160,257 +6144,257 @@
       </c>
       <c r="R66" s="68">
         <v>0</v>
       </c>
       <c r="S66" s="68">
         <v>0</v>
       </c>
       <c r="T66" s="68">
         <v>3428</v>
       </c>
       <c r="U66" s="68">
         <v>956</v>
       </c>
       <c r="V66" s="80">
         <v>93</v>
       </c>
       <c r="W66" s="69">
         <v>5425</v>
       </c>
     </row>
     <row r="67" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="83" t="s">
         <v>37</v>
       </c>
       <c r="B67" s="110">
-        <v>13960722</v>
+        <v>13960721.848837074</v>
       </c>
       <c r="C67" s="118">
-        <v>13838902</v>
+        <v>13838902.030112637</v>
       </c>
       <c r="D67" s="112">
-        <v>11682</v>
+        <v>11681.40754542936</v>
       </c>
       <c r="E67" s="119">
         <v>0</v>
       </c>
       <c r="F67" s="119">
-        <v>8539</v>
+        <v>8538.7174863448599</v>
       </c>
       <c r="G67" s="119">
         <v>0</v>
       </c>
       <c r="H67" s="120">
         <v>0</v>
       </c>
       <c r="I67" s="120">
-        <v>3143</v>
+        <v>3142.6900590845003</v>
       </c>
       <c r="J67" s="120">
         <v>0</v>
       </c>
       <c r="K67" s="119">
         <v>0</v>
       </c>
       <c r="L67" s="115">
-        <v>110138</v>
+        <v>110138.41117900718</v>
       </c>
       <c r="M67" s="119">
-        <v>99438</v>
+        <v>99437.620007909936</v>
       </c>
       <c r="N67" s="119">
         <v>0</v>
       </c>
       <c r="O67" s="119">
         <v>0</v>
       </c>
       <c r="P67" s="121">
-        <v>10700</v>
+        <v>10700.79117109724</v>
       </c>
       <c r="Q67" s="90">
         <v>0</v>
       </c>
       <c r="R67" s="91">
         <v>0</v>
       </c>
       <c r="S67" s="91">
         <v>0</v>
       </c>
       <c r="T67" s="91">
         <v>0</v>
       </c>
       <c r="U67" s="91">
-        <v>9811</v>
+        <v>9811.5907461930001</v>
       </c>
       <c r="V67" s="92">
-        <v>234</v>
+        <v>234.33658331024</v>
       </c>
       <c r="W67" s="93">
-        <v>655</v>
+        <v>654.86384159400018</v>
       </c>
     </row>
     <row r="68" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="83" t="s">
         <v>60</v>
       </c>
       <c r="B68" s="110">
-        <v>14300290</v>
+        <v>14339779</v>
       </c>
       <c r="C68" s="118">
-        <v>14210131</v>
+        <v>14253621</v>
       </c>
       <c r="D68" s="112">
-        <v>17766</v>
+        <v>17007</v>
       </c>
       <c r="E68" s="119">
         <v>0</v>
       </c>
       <c r="F68" s="119">
-        <v>7405</v>
+        <v>7389</v>
       </c>
       <c r="G68" s="119">
         <v>0</v>
       </c>
       <c r="H68" s="120">
         <v>1176</v>
       </c>
       <c r="I68" s="120">
-        <v>9156</v>
+        <v>8411</v>
       </c>
       <c r="J68" s="120">
         <v>29</v>
       </c>
       <c r="K68" s="119">
         <v>0</v>
       </c>
       <c r="L68" s="115">
-        <v>72392</v>
+        <v>69152</v>
       </c>
       <c r="M68" s="119">
-        <v>71289</v>
+        <v>68049</v>
       </c>
       <c r="N68" s="119">
         <v>22</v>
       </c>
       <c r="O68" s="119">
         <v>1</v>
       </c>
       <c r="P68" s="121">
         <v>1081</v>
       </c>
       <c r="Q68" s="90">
         <v>0</v>
       </c>
       <c r="R68" s="91">
         <v>4</v>
       </c>
       <c r="S68" s="91">
         <v>0</v>
       </c>
       <c r="T68" s="91">
         <v>0</v>
       </c>
       <c r="U68" s="91">
         <v>0</v>
       </c>
       <c r="V68" s="92">
         <v>531</v>
       </c>
       <c r="W68" s="93">
-        <v>420</v>
+        <v>419</v>
       </c>
     </row>
     <row r="69" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="132" t="s">
         <v>57</v>
       </c>
       <c r="B69" s="133">
         <v>840198</v>
       </c>
       <c r="C69" s="134">
         <v>840198</v>
       </c>
       <c r="D69" s="135"/>
       <c r="E69" s="136"/>
       <c r="F69" s="136"/>
       <c r="G69" s="136"/>
       <c r="H69" s="137"/>
       <c r="I69" s="137"/>
       <c r="J69" s="137"/>
       <c r="K69" s="136"/>
       <c r="L69" s="138"/>
       <c r="M69" s="136"/>
       <c r="N69" s="136"/>
       <c r="O69" s="136"/>
       <c r="P69" s="139"/>
       <c r="Q69" s="94"/>
       <c r="R69" s="95"/>
       <c r="S69" s="95"/>
       <c r="T69" s="95"/>
       <c r="U69" s="95"/>
       <c r="V69" s="96"/>
       <c r="W69" s="97"/>
     </row>
     <row r="70" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A70" s="140" t="s">
         <v>59</v>
       </c>
       <c r="B70" s="123">
-        <v>5701325</v>
+        <v>5661834.7241683304</v>
       </c>
       <c r="C70" s="124">
-        <v>5615707</v>
+        <v>5572215.7241683304</v>
       </c>
       <c r="D70" s="125">
-        <v>28032</v>
+        <v>28793</v>
       </c>
       <c r="E70" s="126">
         <v>19</v>
       </c>
       <c r="F70" s="126">
-        <v>24907</v>
+        <v>24923</v>
       </c>
       <c r="G70" s="126">
         <v>34</v>
       </c>
       <c r="H70" s="127">
         <v>1666</v>
       </c>
       <c r="I70" s="127">
-        <v>1128</v>
+        <v>1873</v>
       </c>
       <c r="J70" s="127">
         <v>93</v>
       </c>
       <c r="K70" s="126">
         <v>185</v>
       </c>
       <c r="L70" s="128">
-        <v>57587</v>
+        <v>60826</v>
       </c>
       <c r="M70" s="126">
-        <v>52516</v>
+        <v>55756</v>
       </c>
       <c r="N70" s="126">
         <v>72</v>
       </c>
       <c r="O70" s="126">
         <v>805</v>
       </c>
       <c r="P70" s="129">
         <v>4193</v>
       </c>
       <c r="Q70" s="98">
         <v>92</v>
       </c>
       <c r="R70" s="99">
         <v>2026</v>
       </c>
       <c r="S70" s="99">
         <v>71</v>
       </c>
       <c r="T70" s="99">
         <v>194</v>
       </c>
       <c r="U70" s="99">
         <v>246</v>
       </c>