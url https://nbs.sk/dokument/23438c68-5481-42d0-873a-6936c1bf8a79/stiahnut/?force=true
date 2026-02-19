--- v0 (2025-12-15)
+++ v1 (2026-02-19)
@@ -4,53 +4,53 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F6834311-FC29-45C2-8092-DD8E2EEEA973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8F5E10BC-51A8-4A78-AC95-42E46F3E5877}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0CE13298-526D-4190-A8F8-1420576322DA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A6314F64-2241-40AE-A393-957A123FAFE9}"/>
   </bookViews>
   <sheets>
     <sheet name="assets" sheetId="1" r:id="rId1"/>
     <sheet name="liabilities" sheetId="2" r:id="rId2"/>
     <sheet name="KB_assets (06_08)" sheetId="3" r:id="rId3"/>
     <sheet name="KB_liabilities (06_08)" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">assets!$A$1:$W$75</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'KB_liabilities (06_08)'!$A$1:$AC$43</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">assets!$A:$A,assets!$4:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'KB_assets (06_08)'!$A:$A,'KB_assets (06_08)'!$1:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'KB_liabilities (06_08)'!$A:$A,'KB_liabilities (06_08)'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">liabilities!$A:$A,liabilities!$4:$6</definedName>
   </definedNames>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -1550,55 +1550,55 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="72" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="67" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="67" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="68" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="69" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="73" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="73" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{53B269D8-F631-41B0-B869-20C6A2A84786}"/>
-[...3 lines deleted...]
-    <cellStyle name="Normal_kody_pre_PB_CR09" xfId="5" xr:uid="{7757A951-143A-43BE-B09B-A861EC8E590B}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{C09BF5E9-38F8-4D1C-8CB5-110CA9C7B8F1}"/>
+    <cellStyle name="Normal_kody_AM1-12PFI_CR09" xfId="2" xr:uid="{22841D15-70EC-4156-961C-FBDCA7E62DCC}"/>
+    <cellStyle name="Normal_kody_KM1-12PFI_CR09" xfId="3" xr:uid="{9502EE47-490B-4802-8F39-23E37F07071B}"/>
+    <cellStyle name="Normal_kody_M1-12NBS_CR09" xfId="4" xr:uid="{5A41AAB4-3065-417D-9F76-E60E06D312F3}"/>
+    <cellStyle name="Normal_kody_pre_PB_CR09" xfId="5" xr:uid="{86582B87-AD71-44B1-AD46-FF82824B29CF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1875,59 +1875,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{281E2583-7C1A-4EBA-B5A2-0B73457FD6DA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4E83548C-B2E5-4F62-AB61-DF42965E836C}">
   <sheetPr codeName="Sheet6"/>
-  <dimension ref="A1:Z208"/>
+  <dimension ref="A1:Z210"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="6" topLeftCell="B198" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="6" topLeftCell="B194" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="A208" sqref="A208:IV208"/>
+      <selection pane="bottomRight" activeCell="A210" sqref="A210:IV210"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.5703125" style="4" customWidth="1"/>
     <col min="2" max="23" width="10.42578125" style="4" customWidth="1"/>
     <col min="24" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
@@ -15996,60 +15996,60 @@
       <c r="L199" s="65">
         <v>490.63</v>
       </c>
       <c r="M199" s="66">
         <v>15.68</v>
       </c>
       <c r="N199" s="63">
         <v>320.18</v>
       </c>
       <c r="O199" s="66">
         <v>-0.84</v>
       </c>
       <c r="P199" s="63">
         <v>45404.25</v>
       </c>
       <c r="Q199" s="66">
         <v>794.98</v>
       </c>
       <c r="R199" s="63">
         <v>1141.3499999999999</v>
       </c>
       <c r="S199" s="66">
         <v>-15.35</v>
       </c>
       <c r="T199" s="63">
-        <v>3084.01</v>
+        <v>3067.15</v>
       </c>
       <c r="U199" s="66">
-        <v>-1124.03</v>
+        <v>-1140.8900000000001</v>
       </c>
       <c r="V199" s="20">
-        <v>165299.70000000001</v>
+        <v>165282.84</v>
       </c>
       <c r="W199" s="23">
-        <v>977.74</v>
+        <v>960.88</v>
       </c>
       <c r="X199" s="19"/>
     </row>
     <row r="200" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A200" s="13">
         <v>45689</v>
       </c>
       <c r="B200" s="63">
         <v>83007.360000000001</v>
       </c>
       <c r="C200" s="64">
         <v>271.7</v>
       </c>
       <c r="D200" s="65">
         <v>1663.49</v>
       </c>
       <c r="E200" s="64">
         <v>-4.24</v>
       </c>
       <c r="F200" s="65">
         <v>81343.87</v>
       </c>
       <c r="G200" s="66">
         <v>275.94</v>
       </c>
@@ -16068,60 +16068,60 @@
       <c r="L200" s="65">
         <v>491.77</v>
       </c>
       <c r="M200" s="66">
         <v>-1.42</v>
       </c>
       <c r="N200" s="63">
         <v>336.84</v>
       </c>
       <c r="O200" s="66">
         <v>16.78</v>
       </c>
       <c r="P200" s="63">
         <v>45032.76</v>
       </c>
       <c r="Q200" s="66">
         <v>-419.46</v>
       </c>
       <c r="R200" s="63">
         <v>1133.1199999999999</v>
       </c>
       <c r="S200" s="66">
         <v>-8.23</v>
       </c>
       <c r="T200" s="63">
-        <v>3197.21</v>
+        <v>3181.86</v>
       </c>
       <c r="U200" s="66">
-        <v>131.07</v>
+        <v>132.58000000000001</v>
       </c>
       <c r="V200" s="20">
-        <v>165885.82</v>
+        <v>165870.46</v>
       </c>
       <c r="W200" s="23">
-        <v>437.51</v>
+        <v>439.01</v>
       </c>
       <c r="X200" s="19"/>
     </row>
     <row r="201" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A201" s="13">
         <v>45717</v>
       </c>
       <c r="B201" s="63">
         <v>83526.66</v>
       </c>
       <c r="C201" s="64">
         <v>530.12</v>
       </c>
       <c r="D201" s="65">
         <v>1649.6</v>
       </c>
       <c r="E201" s="64">
         <v>-31.96</v>
       </c>
       <c r="F201" s="65">
         <v>81877.06</v>
       </c>
       <c r="G201" s="66">
         <v>562.07000000000005</v>
       </c>
@@ -16140,60 +16140,60 @@
       <c r="L201" s="65">
         <v>488.22</v>
       </c>
       <c r="M201" s="66">
         <v>-1.1399999999999999</v>
       </c>
       <c r="N201" s="63">
         <v>344.32</v>
       </c>
       <c r="O201" s="66">
         <v>8.02</v>
       </c>
       <c r="P201" s="63">
         <v>45313.440000000002</v>
       </c>
       <c r="Q201" s="66">
         <v>367.17</v>
       </c>
       <c r="R201" s="63">
         <v>1126.54</v>
       </c>
       <c r="S201" s="66">
         <v>-9.0299999999999994</v>
       </c>
       <c r="T201" s="63">
-        <v>3156.51</v>
+        <v>3137.58</v>
       </c>
       <c r="U201" s="66">
-        <v>-69.349999999999994</v>
+        <v>-72.91</v>
       </c>
       <c r="V201" s="20">
-        <v>168037.2</v>
+        <v>168018.27</v>
       </c>
       <c r="W201" s="23">
-        <v>2370.77</v>
+        <v>2367.1999999999998</v>
       </c>
       <c r="X201" s="19"/>
     </row>
     <row r="202" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A202" s="13">
         <v>45748</v>
       </c>
       <c r="B202" s="63">
         <v>83996.71</v>
       </c>
       <c r="C202" s="64">
         <v>477.44</v>
       </c>
       <c r="D202" s="65">
         <v>1665.85</v>
       </c>
       <c r="E202" s="64">
         <v>16.260000000000002</v>
       </c>
       <c r="F202" s="65">
         <v>82330.87</v>
       </c>
       <c r="G202" s="66">
         <v>461.19</v>
       </c>
@@ -16212,60 +16212,60 @@
       <c r="L202" s="65">
         <v>489.84</v>
       </c>
       <c r="M202" s="66">
         <v>-2.38</v>
       </c>
       <c r="N202" s="63">
         <v>323.39999999999998</v>
       </c>
       <c r="O202" s="66">
         <v>-20.23</v>
       </c>
       <c r="P202" s="63">
         <v>45423.12</v>
       </c>
       <c r="Q202" s="66">
         <v>174.76</v>
       </c>
       <c r="R202" s="63">
         <v>1122.42</v>
       </c>
       <c r="S202" s="66">
         <v>-4.12</v>
       </c>
       <c r="T202" s="63">
-        <v>3258.04</v>
+        <v>3238.96</v>
       </c>
       <c r="U202" s="66">
-        <v>97.57</v>
+        <v>97.42</v>
       </c>
       <c r="V202" s="20">
-        <v>168221.78</v>
+        <v>168202.71</v>
       </c>
       <c r="W202" s="23">
-        <v>127.53</v>
+        <v>127.38</v>
       </c>
       <c r="X202" s="19"/>
     </row>
     <row r="203" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A203" s="13">
         <v>45778</v>
       </c>
       <c r="B203" s="63">
         <v>84493.53</v>
       </c>
       <c r="C203" s="64">
         <v>496.31</v>
       </c>
       <c r="D203" s="65">
         <v>1704.29</v>
       </c>
       <c r="E203" s="64">
         <v>35.17</v>
       </c>
       <c r="F203" s="65">
         <v>82789.240000000005</v>
       </c>
       <c r="G203" s="66">
         <v>461.14</v>
       </c>
@@ -16284,60 +16284,60 @@
       <c r="L203" s="65">
         <v>543.9</v>
       </c>
       <c r="M203" s="66">
         <v>54.13</v>
       </c>
       <c r="N203" s="63">
         <v>323.73</v>
       </c>
       <c r="O203" s="66">
         <v>0</v>
       </c>
       <c r="P203" s="63">
         <v>46033.73</v>
       </c>
       <c r="Q203" s="66">
         <v>462.53</v>
       </c>
       <c r="R203" s="63">
         <v>1116.8800000000001</v>
       </c>
       <c r="S203" s="66">
         <v>-5.54</v>
       </c>
       <c r="T203" s="63">
-        <v>3431.22</v>
+        <v>3412.71</v>
       </c>
       <c r="U203" s="66">
-        <v>120.15</v>
+        <v>120.71</v>
       </c>
       <c r="V203" s="20">
-        <v>168553.58</v>
+        <v>168535.07</v>
       </c>
       <c r="W203" s="23">
-        <v>159.63</v>
+        <v>160.19</v>
       </c>
       <c r="X203" s="19"/>
     </row>
     <row r="204" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A204" s="13">
         <v>45809</v>
       </c>
       <c r="B204" s="63">
         <v>85160.23</v>
       </c>
       <c r="C204" s="64">
         <v>711.85</v>
       </c>
       <c r="D204" s="65">
         <v>1728.53</v>
       </c>
       <c r="E204" s="64">
         <v>12.1</v>
       </c>
       <c r="F204" s="65">
         <v>83431.710000000006</v>
       </c>
       <c r="G204" s="66">
         <v>699.75</v>
       </c>
@@ -16356,60 +16356,60 @@
       <c r="L204" s="65">
         <v>492.43</v>
       </c>
       <c r="M204" s="66">
         <v>-50.34</v>
       </c>
       <c r="N204" s="63">
         <v>321.5</v>
       </c>
       <c r="O204" s="66">
         <v>4.88</v>
       </c>
       <c r="P204" s="63">
         <v>47268.95</v>
       </c>
       <c r="Q204" s="66">
         <v>1365.08</v>
       </c>
       <c r="R204" s="63">
         <v>1108.71</v>
       </c>
       <c r="S204" s="66">
         <v>-8.17</v>
       </c>
       <c r="T204" s="63">
-        <v>3218.82</v>
+        <v>3193.61</v>
       </c>
       <c r="U204" s="66">
-        <v>-217.5</v>
+        <v>-224.2</v>
       </c>
       <c r="V204" s="20">
-        <v>170538.59</v>
+        <v>170513.37</v>
       </c>
       <c r="W204" s="23">
-        <v>2153.6</v>
+        <v>2146.9</v>
       </c>
       <c r="X204" s="19"/>
     </row>
     <row r="205" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A205" s="13">
         <v>45839</v>
       </c>
       <c r="B205" s="63">
         <v>85694.59</v>
       </c>
       <c r="C205" s="64">
         <v>536.4</v>
       </c>
       <c r="D205" s="65">
         <v>1725.72</v>
       </c>
       <c r="E205" s="64">
         <v>-5.13</v>
       </c>
       <c r="F205" s="65">
         <v>83968.87</v>
       </c>
       <c r="G205" s="66">
         <v>541.53</v>
       </c>
@@ -16428,60 +16428,60 @@
       <c r="L205" s="65">
         <v>469.19</v>
       </c>
       <c r="M205" s="66">
         <v>-23.08</v>
       </c>
       <c r="N205" s="63">
         <v>321.75</v>
       </c>
       <c r="O205" s="66">
         <v>0.33</v>
       </c>
       <c r="P205" s="63">
         <v>46325.22</v>
       </c>
       <c r="Q205" s="66">
         <v>-1087.3599999999999</v>
       </c>
       <c r="R205" s="63">
         <v>1105.8499999999999</v>
       </c>
       <c r="S205" s="66">
         <v>-2.86</v>
       </c>
       <c r="T205" s="63">
-        <v>3259.31</v>
+        <v>3237.39</v>
       </c>
       <c r="U205" s="66">
-        <v>5.35</v>
+        <v>8.65</v>
       </c>
       <c r="V205" s="20">
-        <v>170133.02</v>
+        <v>170111.11</v>
       </c>
       <c r="W205" s="23">
-        <v>-530.41</v>
+        <v>-527.11</v>
       </c>
       <c r="X205" s="19"/>
     </row>
     <row r="206" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A206" s="13">
         <v>45870</v>
       </c>
       <c r="B206" s="63">
         <v>86225.600000000006</v>
       </c>
       <c r="C206" s="64">
         <v>540.13</v>
       </c>
       <c r="D206" s="65">
         <v>1735.24</v>
       </c>
       <c r="E206" s="64">
         <v>9.5299999999999994</v>
       </c>
       <c r="F206" s="65">
         <v>84490.35</v>
       </c>
       <c r="G206" s="66">
         <v>530.6</v>
       </c>
@@ -16500,60 +16500,60 @@
       <c r="L206" s="65">
         <v>508.83</v>
       </c>
       <c r="M206" s="66">
         <v>39.119999999999997</v>
       </c>
       <c r="N206" s="63">
         <v>332.84</v>
       </c>
       <c r="O206" s="66">
         <v>10.130000000000001</v>
       </c>
       <c r="P206" s="63">
         <v>45917.65</v>
       </c>
       <c r="Q206" s="66">
         <v>-482.76</v>
       </c>
       <c r="R206" s="63">
         <v>1106.3599999999999</v>
       </c>
       <c r="S206" s="66">
         <v>0.51</v>
       </c>
       <c r="T206" s="63">
-        <v>3579.98</v>
+        <v>3562.04</v>
       </c>
       <c r="U206" s="66">
-        <v>332.39</v>
+        <v>336.36</v>
       </c>
       <c r="V206" s="20">
-        <v>170760.49</v>
+        <v>170742.55</v>
       </c>
       <c r="W206" s="23">
-        <v>593.08000000000004</v>
+        <v>597.05999999999995</v>
       </c>
       <c r="X206" s="19"/>
     </row>
     <row r="207" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A207" s="13">
         <v>45901</v>
       </c>
       <c r="B207" s="63">
         <v>86817.74</v>
       </c>
       <c r="C207" s="64">
         <v>595.17999999999995</v>
       </c>
       <c r="D207" s="65">
         <v>1772.37</v>
       </c>
       <c r="E207" s="64">
         <v>37.130000000000003</v>
       </c>
       <c r="F207" s="65">
         <v>85045.37</v>
       </c>
       <c r="G207" s="66">
         <v>558.04999999999995</v>
       </c>
@@ -16572,60 +16572,60 @@
       <c r="L207" s="65">
         <v>508.64</v>
       </c>
       <c r="M207" s="66">
         <v>0.46</v>
       </c>
       <c r="N207" s="63">
         <v>323.25</v>
       </c>
       <c r="O207" s="66">
         <v>-9.74</v>
       </c>
       <c r="P207" s="63">
         <v>46431.82</v>
       </c>
       <c r="Q207" s="66">
         <v>163.15</v>
       </c>
       <c r="R207" s="63">
         <v>1106.57</v>
       </c>
       <c r="S207" s="66">
         <v>0.21</v>
       </c>
       <c r="T207" s="63">
-        <v>3404.76</v>
+        <v>3404.49</v>
       </c>
       <c r="U207" s="66">
-        <v>-225.86</v>
+        <v>-208.2</v>
       </c>
       <c r="V207" s="20">
-        <v>172240.08</v>
+        <v>172239.8</v>
       </c>
       <c r="W207" s="23">
-        <v>1053.8599999999999</v>
+        <v>1071.53</v>
       </c>
       <c r="X207" s="19"/>
     </row>
     <row r="208" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A208" s="13">
         <v>45931</v>
       </c>
       <c r="B208" s="63">
         <v>87322.44</v>
       </c>
       <c r="C208" s="64">
         <v>515.77</v>
       </c>
       <c r="D208" s="65">
         <v>1730.58</v>
       </c>
       <c r="E208" s="64">
         <v>-41.79</v>
       </c>
       <c r="F208" s="65">
         <v>85591.86</v>
       </c>
       <c r="G208" s="66">
         <v>557.55999999999995</v>
       </c>
@@ -16647,90 +16647,234 @@
       <c r="M208" s="66">
         <v>-0.43</v>
       </c>
       <c r="N208" s="63">
         <v>323.60000000000002</v>
       </c>
       <c r="O208" s="66">
         <v>0.04</v>
       </c>
       <c r="P208" s="63">
         <v>46153.4</v>
       </c>
       <c r="Q208" s="66">
         <v>-630.72</v>
       </c>
       <c r="R208" s="63">
         <v>1111.22</v>
       </c>
       <c r="S208" s="66">
         <v>4.6500000000000004</v>
       </c>
       <c r="T208" s="63">
         <v>3692.12</v>
       </c>
       <c r="U208" s="66">
-        <v>292.81</v>
+        <v>293.08</v>
       </c>
       <c r="V208" s="20">
         <v>171214.84</v>
       </c>
       <c r="W208" s="23">
-        <v>-1440.24</v>
+        <v>-1439.96</v>
       </c>
       <c r="X208" s="19"/>
+    </row>
+    <row r="209" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A209" s="13">
+        <v>45962</v>
+      </c>
+      <c r="B209" s="63">
+        <v>87406.52</v>
+      </c>
+      <c r="C209" s="64">
+        <v>99.06</v>
+      </c>
+      <c r="D209" s="65">
+        <v>1755.02</v>
+      </c>
+      <c r="E209" s="64">
+        <v>24.44</v>
+      </c>
+      <c r="F209" s="65">
+        <v>85651.5</v>
+      </c>
+      <c r="G209" s="66">
+        <v>74.62</v>
+      </c>
+      <c r="H209" s="63">
+        <v>32763.42</v>
+      </c>
+      <c r="I209" s="65">
+        <v>170.4</v>
+      </c>
+      <c r="J209" s="67">
+        <v>32258.53</v>
+      </c>
+      <c r="K209" s="64">
+        <v>174.29</v>
+      </c>
+      <c r="L209" s="65">
+        <v>504.89</v>
+      </c>
+      <c r="M209" s="66">
+        <v>-3.89</v>
+      </c>
+      <c r="N209" s="63">
+        <v>326.95</v>
+      </c>
+      <c r="O209" s="66">
+        <v>1</v>
+      </c>
+      <c r="P209" s="63">
+        <v>47245.34</v>
+      </c>
+      <c r="Q209" s="66">
+        <v>972.55</v>
+      </c>
+      <c r="R209" s="63">
+        <v>1117.29</v>
+      </c>
+      <c r="S209" s="66">
+        <v>6.07</v>
+      </c>
+      <c r="T209" s="63">
+        <v>3915.29</v>
+      </c>
+      <c r="U209" s="66">
+        <v>169.86</v>
+      </c>
+      <c r="V209" s="20">
+        <v>172774.81</v>
+      </c>
+      <c r="W209" s="23">
+        <v>1418.93</v>
+      </c>
+      <c r="X209" s="19"/>
+    </row>
+    <row r="210" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A210" s="13">
+        <v>45992</v>
+      </c>
+      <c r="B210" s="63">
+        <v>87701.06</v>
+      </c>
+      <c r="C210" s="64">
+        <v>347.31</v>
+      </c>
+      <c r="D210" s="65">
+        <v>1901.57</v>
+      </c>
+      <c r="E210" s="64">
+        <v>146.55000000000001</v>
+      </c>
+      <c r="F210" s="65">
+        <v>85799.48</v>
+      </c>
+      <c r="G210" s="66">
+        <v>200.76</v>
+      </c>
+      <c r="H210" s="63">
+        <v>32788.78</v>
+      </c>
+      <c r="I210" s="65">
+        <v>115.38</v>
+      </c>
+      <c r="J210" s="67">
+        <v>32251.72</v>
+      </c>
+      <c r="K210" s="64">
+        <v>81.739999999999995</v>
+      </c>
+      <c r="L210" s="65">
+        <v>537.05999999999995</v>
+      </c>
+      <c r="M210" s="66">
+        <v>33.64</v>
+      </c>
+      <c r="N210" s="63">
+        <v>334.36</v>
+      </c>
+      <c r="O210" s="66">
+        <v>7.4</v>
+      </c>
+      <c r="P210" s="63">
+        <v>45991.18</v>
+      </c>
+      <c r="Q210" s="66">
+        <v>-1234.77</v>
+      </c>
+      <c r="R210" s="63">
+        <v>1142</v>
+      </c>
+      <c r="S210" s="66">
+        <v>24.7</v>
+      </c>
+      <c r="T210" s="63">
+        <v>3868.68</v>
+      </c>
+      <c r="U210" s="66">
+        <v>-183.28</v>
+      </c>
+      <c r="V210" s="20">
+        <v>171826.05</v>
+      </c>
+      <c r="W210" s="23">
+        <v>-923.26</v>
+      </c>
+      <c r="X210" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="T4:U5"/>
     <mergeCell ref="V4:W5"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="N4:O5"/>
     <mergeCell ref="P4:Q5"/>
     <mergeCell ref="R4:S5"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{36A93B32-0343-4F1A-8F86-DDBA5BFEEFA3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A62B1EA-099C-4150-8117-FF9382E3EB0E}">
   <sheetPr codeName="Sheet7"/>
-  <dimension ref="A1:AC212"/>
+  <dimension ref="A1:AC213"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="6" topLeftCell="B197" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="6" topLeftCell="B192" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="B217" sqref="B217"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.85546875" style="4" customWidth="1"/>
     <col min="2" max="29" width="11" style="4" customWidth="1"/>
     <col min="30" max="16384" width="12.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29" x14ac:dyDescent="0.25">
       <c r="A1" s="25"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
@@ -34041,66 +34185,66 @@
       <c r="L198" s="40">
         <v>1052.51</v>
       </c>
       <c r="M198" s="40">
         <v>1.0900000000000001</v>
       </c>
       <c r="N198" s="40">
         <v>852.36</v>
       </c>
       <c r="O198" s="39">
         <v>207.32</v>
       </c>
       <c r="P198" s="41">
         <v>0</v>
       </c>
       <c r="Q198" s="39">
         <v>0</v>
       </c>
       <c r="R198" s="38">
         <v>8089.06</v>
       </c>
       <c r="S198" s="39">
         <v>448.46</v>
       </c>
       <c r="T198" s="38">
-        <v>12963.34</v>
+        <v>13002.82</v>
       </c>
       <c r="U198" s="39">
-        <v>1372.67</v>
+        <v>1412.16</v>
       </c>
       <c r="V198" s="38">
         <v>11238.92</v>
       </c>
       <c r="W198" s="39">
         <v>1396.33</v>
       </c>
       <c r="X198" s="38">
-        <v>17678.47</v>
+        <v>17638.990000000002</v>
       </c>
       <c r="Y198" s="39">
-        <v>859.12</v>
+        <v>819.63</v>
       </c>
       <c r="Z198" s="38">
         <v>17431.86</v>
       </c>
       <c r="AA198" s="39">
         <v>-4956</v>
       </c>
       <c r="AB198" s="38">
         <v>164068.06</v>
       </c>
       <c r="AC198" s="71">
         <v>483.46</v>
       </c>
     </row>
     <row r="199" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="37">
         <v>45658</v>
       </c>
       <c r="B199" s="38">
         <v>15794.2</v>
       </c>
       <c r="C199" s="39">
         <v>-55.05</v>
       </c>
       <c r="D199" s="38">
@@ -34130,78 +34274,78 @@
       <c r="L199" s="40">
         <v>1022.64</v>
       </c>
       <c r="M199" s="40">
         <v>-29.86</v>
       </c>
       <c r="N199" s="40">
         <v>693.25</v>
       </c>
       <c r="O199" s="39">
         <v>-154.96</v>
       </c>
       <c r="P199" s="41">
         <v>0</v>
       </c>
       <c r="Q199" s="39">
         <v>0</v>
       </c>
       <c r="R199" s="38">
         <v>8012.38</v>
       </c>
       <c r="S199" s="39">
         <v>-76.53</v>
       </c>
       <c r="T199" s="38">
-        <v>14553.91</v>
+        <v>14604.01</v>
       </c>
       <c r="U199" s="39">
-        <v>1325.72</v>
+        <v>1336.33</v>
       </c>
       <c r="V199" s="38">
         <v>9281.9</v>
       </c>
       <c r="W199" s="39">
         <v>-1955.22</v>
       </c>
       <c r="X199" s="38">
-        <v>16709.849999999999</v>
+        <v>16642.89</v>
       </c>
       <c r="Y199" s="39">
-        <v>-969.72</v>
+        <v>-997.2</v>
       </c>
       <c r="Z199" s="38">
         <v>20602.54</v>
       </c>
       <c r="AA199" s="39">
         <v>3176.57</v>
       </c>
       <c r="AB199" s="38">
-        <v>165300.03</v>
+        <v>165283.17000000001</v>
       </c>
       <c r="AC199" s="71">
-        <v>977.36</v>
+        <v>960.49</v>
       </c>
     </row>
     <row r="200" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A200" s="37">
         <v>45689</v>
       </c>
       <c r="B200" s="38">
         <v>15786.92</v>
       </c>
       <c r="C200" s="39">
         <v>-7.28</v>
       </c>
       <c r="D200" s="38">
         <v>4589.5</v>
       </c>
       <c r="E200" s="39">
         <v>1774.18</v>
       </c>
       <c r="F200" s="38">
         <v>77723.66</v>
       </c>
       <c r="G200" s="40">
         <v>188.33</v>
       </c>
       <c r="H200" s="40">
@@ -34219,78 +34363,78 @@
       <c r="L200" s="40">
         <v>1015.28</v>
       </c>
       <c r="M200" s="40">
         <v>-7.32</v>
       </c>
       <c r="N200" s="40">
         <v>684.41</v>
       </c>
       <c r="O200" s="39">
         <v>-11.27</v>
       </c>
       <c r="P200" s="41">
         <v>0</v>
       </c>
       <c r="Q200" s="39">
         <v>0</v>
       </c>
       <c r="R200" s="38">
         <v>7975.29</v>
       </c>
       <c r="S200" s="39">
         <v>-13.26</v>
       </c>
       <c r="T200" s="38">
-        <v>14606.46</v>
+        <v>14656.02</v>
       </c>
       <c r="U200" s="39">
-        <v>-90.22</v>
+        <v>-90.76</v>
       </c>
       <c r="V200" s="38">
         <v>8761.51</v>
       </c>
       <c r="W200" s="39">
         <v>-520.79999999999995</v>
       </c>
       <c r="X200" s="38">
-        <v>17012.740000000002</v>
+        <v>16947.830000000002</v>
       </c>
       <c r="Y200" s="39">
-        <v>296.49</v>
+        <v>298.54000000000002</v>
       </c>
       <c r="Z200" s="38">
         <v>19430.060000000001</v>
       </c>
       <c r="AA200" s="39">
         <v>-1197.17</v>
       </c>
       <c r="AB200" s="38">
-        <v>165886.15</v>
+        <v>165870.79</v>
       </c>
       <c r="AC200" s="71">
-        <v>430.27</v>
+        <v>431.77</v>
       </c>
     </row>
     <row r="201" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A201" s="37">
         <v>45717</v>
       </c>
       <c r="B201" s="38">
         <v>15886.93</v>
       </c>
       <c r="C201" s="39">
         <v>100</v>
       </c>
       <c r="D201" s="38">
         <v>2880.28</v>
       </c>
       <c r="E201" s="39">
         <v>-1714.95</v>
       </c>
       <c r="F201" s="38">
         <v>77168.679999999993</v>
       </c>
       <c r="G201" s="40">
         <v>-508.7</v>
       </c>
       <c r="H201" s="40">
@@ -34308,78 +34452,78 @@
       <c r="L201" s="40">
         <v>968.79</v>
       </c>
       <c r="M201" s="40">
         <v>-46.15</v>
       </c>
       <c r="N201" s="40">
         <v>772.32</v>
       </c>
       <c r="O201" s="39">
         <v>90.41</v>
       </c>
       <c r="P201" s="41">
         <v>0</v>
       </c>
       <c r="Q201" s="39">
         <v>0</v>
       </c>
       <c r="R201" s="38">
         <v>8561.07</v>
       </c>
       <c r="S201" s="39">
         <v>566.89</v>
       </c>
       <c r="T201" s="38">
-        <v>14036.2</v>
+        <v>14073.11</v>
       </c>
       <c r="U201" s="39">
-        <v>-237.47</v>
+        <v>-250.13</v>
       </c>
       <c r="V201" s="38">
         <v>9839.7999999999993</v>
       </c>
       <c r="W201" s="39">
         <v>1118.42</v>
       </c>
       <c r="X201" s="38">
-        <v>17175.52</v>
+        <v>17119.689999999999</v>
       </c>
       <c r="Y201" s="39">
-        <v>-56.25</v>
+        <v>-47.16</v>
       </c>
       <c r="Z201" s="38">
         <v>22489.05</v>
       </c>
       <c r="AA201" s="39">
         <v>3178</v>
       </c>
       <c r="AB201" s="38">
-        <v>168037.53</v>
+        <v>168018.6</v>
       </c>
       <c r="AC201" s="71">
-        <v>2445.94</v>
+        <v>2442.37</v>
       </c>
     </row>
     <row r="202" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="37">
         <v>45748</v>
       </c>
       <c r="B202" s="38">
         <v>15895.73</v>
       </c>
       <c r="C202" s="39">
         <v>8.81</v>
       </c>
       <c r="D202" s="38">
         <v>4406.18</v>
       </c>
       <c r="E202" s="39">
         <v>1525.65</v>
       </c>
       <c r="F202" s="38">
         <v>78072.800000000003</v>
       </c>
       <c r="G202" s="40">
         <v>957.4</v>
       </c>
       <c r="H202" s="40">
@@ -34397,78 +34541,78 @@
       <c r="L202" s="40">
         <v>934.38</v>
       </c>
       <c r="M202" s="40">
         <v>-34.01</v>
       </c>
       <c r="N202" s="40">
         <v>621.37</v>
       </c>
       <c r="O202" s="39">
         <v>-148.15</v>
       </c>
       <c r="P202" s="41">
         <v>0</v>
       </c>
       <c r="Q202" s="39">
         <v>0</v>
       </c>
       <c r="R202" s="38">
         <v>8670.08</v>
       </c>
       <c r="S202" s="39">
         <v>142.75</v>
       </c>
       <c r="T202" s="38">
-        <v>13762.6</v>
+        <v>13797.45</v>
       </c>
       <c r="U202" s="39">
-        <v>-455.44</v>
+        <v>-457.49</v>
       </c>
       <c r="V202" s="38">
         <v>8696.68</v>
       </c>
       <c r="W202" s="39">
         <v>-1092.69</v>
       </c>
       <c r="X202" s="38">
-        <v>16153.08</v>
+        <v>16099.15</v>
       </c>
       <c r="Y202" s="39">
-        <v>-1102.3800000000001</v>
+        <v>-1100.49</v>
       </c>
       <c r="Z202" s="38">
         <v>22564.959999999999</v>
       </c>
       <c r="AA202" s="39">
         <v>237.05</v>
       </c>
       <c r="AB202" s="38">
-        <v>168222.11</v>
+        <v>168203.04</v>
       </c>
       <c r="AC202" s="71">
-        <v>221.14</v>
+        <v>220.99</v>
       </c>
     </row>
     <row r="203" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A203" s="37">
         <v>45778</v>
       </c>
       <c r="B203" s="38">
         <v>15918.14</v>
       </c>
       <c r="C203" s="39">
         <v>22.4</v>
       </c>
       <c r="D203" s="38">
         <v>3150.4</v>
       </c>
       <c r="E203" s="39">
         <v>-1255.8800000000001</v>
       </c>
       <c r="F203" s="38">
         <v>78741.119999999995</v>
       </c>
       <c r="G203" s="40">
         <v>659.38</v>
       </c>
       <c r="H203" s="40">
@@ -34486,78 +34630,78 @@
       <c r="L203" s="40">
         <v>923.21</v>
       </c>
       <c r="M203" s="40">
         <v>-11.21</v>
       </c>
       <c r="N203" s="40">
         <v>541.84</v>
       </c>
       <c r="O203" s="39">
         <v>-81.38</v>
       </c>
       <c r="P203" s="41">
         <v>0</v>
       </c>
       <c r="Q203" s="39">
         <v>0</v>
       </c>
       <c r="R203" s="38">
         <v>9318.07</v>
       </c>
       <c r="S203" s="39">
         <v>640.02</v>
       </c>
       <c r="T203" s="38">
-        <v>14025.5</v>
+        <v>14064.16</v>
       </c>
       <c r="U203" s="39">
-        <v>102.75</v>
+        <v>106.55</v>
       </c>
       <c r="V203" s="38">
         <v>8495.65</v>
       </c>
       <c r="W203" s="39">
         <v>-203.41</v>
       </c>
       <c r="X203" s="38">
-        <v>16406.16</v>
+        <v>16348.99</v>
       </c>
       <c r="Y203" s="39">
-        <v>266.58999999999997</v>
+        <v>263.35000000000002</v>
       </c>
       <c r="Z203" s="38">
         <v>22498.87</v>
       </c>
       <c r="AA203" s="39">
         <v>-82.89</v>
       </c>
       <c r="AB203" s="38">
-        <v>168553.91</v>
+        <v>168535.4</v>
       </c>
       <c r="AC203" s="71">
-        <v>148.96</v>
+        <v>149.52000000000001</v>
       </c>
     </row>
     <row r="204" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A204" s="37">
         <v>45809</v>
       </c>
       <c r="B204" s="38">
         <v>15967.49</v>
       </c>
       <c r="C204" s="39">
         <v>49.35</v>
       </c>
       <c r="D204" s="38">
         <v>3020.14</v>
       </c>
       <c r="E204" s="39">
         <v>-132.69999999999999</v>
       </c>
       <c r="F204" s="38">
         <v>77736.929999999993</v>
       </c>
       <c r="G204" s="40">
         <v>-964.83</v>
       </c>
       <c r="H204" s="40">
@@ -34575,78 +34719,78 @@
       <c r="L204" s="40">
         <v>880.02</v>
       </c>
       <c r="M204" s="40">
         <v>-42.9</v>
       </c>
       <c r="N204" s="40">
         <v>481.96</v>
       </c>
       <c r="O204" s="39">
         <v>-57.35</v>
       </c>
       <c r="P204" s="41">
         <v>0</v>
       </c>
       <c r="Q204" s="39">
         <v>0</v>
       </c>
       <c r="R204" s="38">
         <v>9098.94</v>
       </c>
       <c r="S204" s="39">
         <v>-226.22</v>
       </c>
       <c r="T204" s="38">
-        <v>13926.95</v>
+        <v>13967.02</v>
       </c>
       <c r="U204" s="39">
-        <v>-52.73</v>
+        <v>-51.32</v>
       </c>
       <c r="V204" s="38">
         <v>8814.01</v>
       </c>
       <c r="W204" s="39">
         <v>353.91</v>
       </c>
       <c r="X204" s="38">
-        <v>17176.37</v>
+        <v>17111.080000000002</v>
       </c>
       <c r="Y204" s="39">
-        <v>758.07</v>
+        <v>749.95</v>
       </c>
       <c r="Z204" s="38">
         <v>24798.1</v>
       </c>
       <c r="AA204" s="39">
         <v>2432.1799999999998</v>
       </c>
       <c r="AB204" s="38">
-        <v>170538.92</v>
+        <v>170513.7</v>
       </c>
       <c r="AC204" s="71">
-        <v>2217.0300000000002</v>
+        <v>2210.33</v>
       </c>
     </row>
     <row r="205" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A205" s="37">
         <v>45839</v>
       </c>
       <c r="B205" s="38">
         <v>16067.96</v>
       </c>
       <c r="C205" s="39">
         <v>100.47</v>
       </c>
       <c r="D205" s="38">
         <v>3479.66</v>
       </c>
       <c r="E205" s="39">
         <v>430.01</v>
       </c>
       <c r="F205" s="38">
         <v>78328.800000000003</v>
       </c>
       <c r="G205" s="40">
         <v>601.6</v>
       </c>
       <c r="H205" s="40">
@@ -34664,78 +34808,78 @@
       <c r="L205" s="40">
         <v>933.09</v>
       </c>
       <c r="M205" s="40">
         <v>52.9</v>
       </c>
       <c r="N205" s="40">
         <v>457.52</v>
       </c>
       <c r="O205" s="39">
         <v>-22.76</v>
       </c>
       <c r="P205" s="41">
         <v>0</v>
       </c>
       <c r="Q205" s="39">
         <v>0</v>
       </c>
       <c r="R205" s="38">
         <v>9448.0300000000007</v>
       </c>
       <c r="S205" s="39">
         <v>344.17</v>
       </c>
       <c r="T205" s="38">
-        <v>14264.48</v>
+        <v>14307.67</v>
       </c>
       <c r="U205" s="39">
-        <v>288.94</v>
+        <v>292.06</v>
       </c>
       <c r="V205" s="38">
         <v>8564.09</v>
       </c>
       <c r="W205" s="39">
         <v>-268.44</v>
       </c>
       <c r="X205" s="38">
-        <v>16555.88</v>
+        <v>16490.77</v>
       </c>
       <c r="Y205" s="39">
-        <v>-622.71</v>
+        <v>-622.54</v>
       </c>
       <c r="Z205" s="38">
         <v>23424.45</v>
       </c>
       <c r="AA205" s="39">
         <v>-1434.69</v>
       </c>
       <c r="AB205" s="38">
-        <v>170133.35</v>
+        <v>170111.44</v>
       </c>
       <c r="AC205" s="71">
-        <v>-560.66</v>
+        <v>-557.36</v>
       </c>
     </row>
     <row r="206" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A206" s="37">
         <v>45870</v>
       </c>
       <c r="B206" s="38">
         <v>16040.9</v>
       </c>
       <c r="C206" s="39">
         <v>-27.05</v>
       </c>
       <c r="D206" s="38">
         <v>3258.94</v>
       </c>
       <c r="E206" s="39">
         <v>-221.43</v>
       </c>
       <c r="F206" s="38">
         <v>78465.850000000006</v>
       </c>
       <c r="G206" s="40">
         <v>155.66</v>
       </c>
       <c r="H206" s="40">
@@ -34753,78 +34897,78 @@
       <c r="L206" s="40">
         <v>852.49</v>
       </c>
       <c r="M206" s="40">
         <v>-80.44</v>
       </c>
       <c r="N206" s="40">
         <v>407.92</v>
       </c>
       <c r="O206" s="39">
         <v>-49.28</v>
       </c>
       <c r="P206" s="41">
         <v>0</v>
       </c>
       <c r="Q206" s="39">
         <v>0</v>
       </c>
       <c r="R206" s="38">
         <v>9822.83</v>
       </c>
       <c r="S206" s="39">
         <v>380.94</v>
       </c>
       <c r="T206" s="38">
-        <v>14415.56</v>
+        <v>14460.08</v>
       </c>
       <c r="U206" s="39">
-        <v>37.06</v>
+        <v>38.380000000000003</v>
       </c>
       <c r="V206" s="38">
         <v>8811.98</v>
       </c>
       <c r="W206" s="39">
         <v>264.14</v>
       </c>
       <c r="X206" s="38">
-        <v>17472.46</v>
+        <v>17410</v>
       </c>
       <c r="Y206" s="39">
-        <v>918.67</v>
+        <v>921.31</v>
       </c>
       <c r="Z206" s="38">
         <v>22472.3</v>
       </c>
       <c r="AA206" s="39">
         <v>-889.53</v>
       </c>
       <c r="AB206" s="38">
-        <v>170760.82</v>
+        <v>170742.88</v>
       </c>
       <c r="AC206" s="71">
-        <v>618.46</v>
+        <v>622.42999999999995</v>
       </c>
     </row>
     <row r="207" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A207" s="37">
         <v>45901</v>
       </c>
       <c r="B207" s="38">
         <v>16046.06</v>
       </c>
       <c r="C207" s="39">
         <v>5.15</v>
       </c>
       <c r="D207" s="38">
         <v>3606.66</v>
       </c>
       <c r="E207" s="39">
         <v>346.78</v>
       </c>
       <c r="F207" s="38">
         <v>78637.899999999994</v>
       </c>
       <c r="G207" s="40">
         <v>179.55</v>
       </c>
       <c r="H207" s="40">
@@ -34842,78 +34986,78 @@
       <c r="L207" s="40">
         <v>796.85</v>
       </c>
       <c r="M207" s="40">
         <v>-55.57</v>
       </c>
       <c r="N207" s="40">
         <v>500.7</v>
       </c>
       <c r="O207" s="39">
         <v>94.06</v>
       </c>
       <c r="P207" s="41">
         <v>0</v>
       </c>
       <c r="Q207" s="39">
         <v>0</v>
       </c>
       <c r="R207" s="38">
         <v>11070.52</v>
       </c>
       <c r="S207" s="39">
         <v>1240.67</v>
       </c>
       <c r="T207" s="38">
-        <v>14857.03</v>
+        <v>14903.37</v>
       </c>
       <c r="U207" s="39">
-        <v>12.46</v>
+        <v>14.27</v>
       </c>
       <c r="V207" s="38">
         <v>8525.11</v>
       </c>
       <c r="W207" s="39">
         <v>-274.3</v>
       </c>
       <c r="X207" s="38">
-        <v>16652.919999999998</v>
+        <v>16606.310000000001</v>
       </c>
       <c r="Y207" s="39">
-        <v>-845.98</v>
+        <v>-830.12</v>
       </c>
       <c r="Z207" s="38">
         <v>22844.2</v>
       </c>
       <c r="AA207" s="39">
         <v>406.38</v>
       </c>
       <c r="AB207" s="38">
-        <v>172240.41</v>
+        <v>172240.13</v>
       </c>
       <c r="AC207" s="71">
-        <v>1070.72</v>
+        <v>1088.3800000000001</v>
       </c>
     </row>
     <row r="208" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A208" s="37">
         <v>45931</v>
       </c>
       <c r="B208" s="38">
         <v>16027.9</v>
       </c>
       <c r="C208" s="39">
         <v>-18.16</v>
       </c>
       <c r="D208" s="38">
         <v>2626.34</v>
       </c>
       <c r="E208" s="39">
         <v>-980.73</v>
       </c>
       <c r="F208" s="38">
         <v>79366.42</v>
       </c>
       <c r="G208" s="40">
         <v>711.58</v>
       </c>
       <c r="H208" s="40">
@@ -34934,118 +35078,293 @@
       <c r="M208" s="40">
         <v>-15.81</v>
       </c>
       <c r="N208" s="40">
         <v>343.72</v>
       </c>
       <c r="O208" s="39">
         <v>-156.27000000000001</v>
       </c>
       <c r="P208" s="41">
         <v>0</v>
       </c>
       <c r="Q208" s="39">
         <v>0</v>
       </c>
       <c r="R208" s="38">
         <v>11079.16</v>
       </c>
       <c r="S208" s="39">
         <v>15.53</v>
       </c>
       <c r="T208" s="38">
         <v>15380.52</v>
       </c>
       <c r="U208" s="39">
-        <v>130.46</v>
+        <v>84.12</v>
       </c>
       <c r="V208" s="38">
         <v>9677.7000000000007</v>
       </c>
       <c r="W208" s="39">
         <v>1142.6199999999999</v>
       </c>
       <c r="X208" s="38">
         <v>17719</v>
       </c>
       <c r="Y208" s="39">
-        <v>1079.9000000000001</v>
+        <v>1126.51</v>
       </c>
       <c r="Z208" s="38">
         <v>19338.13</v>
       </c>
       <c r="AA208" s="39">
         <v>-3542.73</v>
       </c>
       <c r="AB208" s="38">
         <v>171215.17</v>
       </c>
       <c r="AC208" s="71">
-        <v>-1461.54</v>
-[...9 lines deleted...]
-      <c r="B212" s="68" t="s">
+        <v>-1461.27</v>
+      </c>
+    </row>
+    <row r="209" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="37">
+        <v>45962</v>
+      </c>
+      <c r="B209" s="38">
+        <v>16089.14</v>
+      </c>
+      <c r="C209" s="39">
+        <v>61.25</v>
+      </c>
+      <c r="D209" s="38">
+        <v>3202.92</v>
+      </c>
+      <c r="E209" s="39">
+        <v>576.57000000000005</v>
+      </c>
+      <c r="F209" s="38">
+        <v>79757.25</v>
+      </c>
+      <c r="G209" s="40">
+        <v>384.97</v>
+      </c>
+      <c r="H209" s="40">
+        <v>55861.38</v>
+      </c>
+      <c r="I209" s="40">
+        <v>178.31</v>
+      </c>
+      <c r="J209" s="40">
+        <v>22780.31</v>
+      </c>
+      <c r="K209" s="40">
+        <v>218.31</v>
+      </c>
+      <c r="L209" s="40">
+        <v>737.92</v>
+      </c>
+      <c r="M209" s="40">
+        <v>-42.9</v>
+      </c>
+      <c r="N209" s="40">
+        <v>377.6</v>
+      </c>
+      <c r="O209" s="39">
+        <v>32.869999999999997</v>
+      </c>
+      <c r="P209" s="41">
+        <v>0</v>
+      </c>
+      <c r="Q209" s="39">
+        <v>0</v>
+      </c>
+      <c r="R209" s="38">
+        <v>11096.51</v>
+      </c>
+      <c r="S209" s="39">
+        <v>12.86</v>
+      </c>
+      <c r="T209" s="38">
+        <v>15424.32</v>
+      </c>
+      <c r="U209" s="39">
+        <v>-48.41</v>
+      </c>
+      <c r="V209" s="38">
+        <v>9514.4500000000007</v>
+      </c>
+      <c r="W209" s="39">
+        <v>-156.83000000000001</v>
+      </c>
+      <c r="X209" s="38">
+        <v>18437.34</v>
+      </c>
+      <c r="Y209" s="39">
+        <v>674.03</v>
+      </c>
+      <c r="Z209" s="38">
+        <v>19253.21</v>
+      </c>
+      <c r="AA209" s="39">
+        <v>-82.67</v>
+      </c>
+      <c r="AB209" s="38">
+        <v>172775.14</v>
+      </c>
+      <c r="AC209" s="71">
+        <v>1421.75</v>
+      </c>
+    </row>
+    <row r="210" spans="1:29" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="37">
+        <v>45992</v>
+      </c>
+      <c r="B210" s="38">
+        <v>16228.04</v>
+      </c>
+      <c r="C210" s="39">
+        <v>138.9</v>
+      </c>
+      <c r="D210" s="38">
+        <v>2838.29</v>
+      </c>
+      <c r="E210" s="39">
+        <v>-366.47</v>
+      </c>
+      <c r="F210" s="38">
+        <v>82108.47</v>
+      </c>
+      <c r="G210" s="40">
+        <v>2366.5300000000002</v>
+      </c>
+      <c r="H210" s="40">
+        <v>58536.98</v>
+      </c>
+      <c r="I210" s="40">
+        <v>2662.69</v>
+      </c>
+      <c r="J210" s="40">
+        <v>22451.65</v>
+      </c>
+      <c r="K210" s="40">
+        <v>-300.10000000000002</v>
+      </c>
+      <c r="L210" s="40">
+        <v>741.43</v>
+      </c>
+      <c r="M210" s="40">
+        <v>3.62</v>
+      </c>
+      <c r="N210" s="40">
+        <v>378.41</v>
+      </c>
+      <c r="O210" s="39">
+        <v>0.38</v>
+      </c>
+      <c r="P210" s="41">
+        <v>0</v>
+      </c>
+      <c r="Q210" s="39">
+        <v>0</v>
+      </c>
+      <c r="R210" s="38">
+        <v>11199.73</v>
+      </c>
+      <c r="S210" s="39">
+        <v>88.38</v>
+      </c>
+      <c r="T210" s="38">
+        <v>15395.11</v>
+      </c>
+      <c r="U210" s="39">
+        <v>58.2</v>
+      </c>
+      <c r="V210" s="38">
+        <v>9427.92</v>
+      </c>
+      <c r="W210" s="39">
+        <v>-71.569999999999993</v>
+      </c>
+      <c r="X210" s="38">
+        <v>19615.599999999999</v>
+      </c>
+      <c r="Y210" s="39">
+        <v>1075.03</v>
+      </c>
+      <c r="Z210" s="38">
+        <v>15013.21</v>
+      </c>
+      <c r="AA210" s="39">
+        <v>-4188.78</v>
+      </c>
+      <c r="AB210" s="38">
+        <v>171826.38</v>
+      </c>
+      <c r="AC210" s="71">
+        <v>-899.78</v>
+      </c>
+    </row>
+    <row r="212" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="B212" s="68"/>
+    </row>
+    <row r="213" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="B213" s="68" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="T4:U5"/>
     <mergeCell ref="V4:W5"/>
     <mergeCell ref="X4:Y5"/>
     <mergeCell ref="Z4:AA5"/>
     <mergeCell ref="AB4:AC5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:C5"/>
     <mergeCell ref="D4:E5"/>
     <mergeCell ref="F4:O4"/>
     <mergeCell ref="P4:Q5"/>
     <mergeCell ref="R4:S5"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="15" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33248A37-0FEA-4694-9588-DF4F3E7F84FD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34F62160-8D86-4998-B071-9ECA19ADD52C}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:AA43"/>
   <sheetViews>
     <sheetView topLeftCell="A31" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D20" sqref="D20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.5703125" style="4" customWidth="1"/>
     <col min="2" max="23" width="12.85546875" style="4" customWidth="1"/>
     <col min="24" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A1" s="25"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
@@ -38040,51 +38359,51 @@
     <mergeCell ref="T5:U6"/>
     <mergeCell ref="V5:W6"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="H5:M5"/>
     <mergeCell ref="N5:O6"/>
     <mergeCell ref="P5:Q6"/>
     <mergeCell ref="R5:S6"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="13" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C159FD59-350F-47CC-A773-77383EC19DA5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71AD20E2-FCF9-4C9C-B528-612450E73373}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:AE43"/>
   <sheetViews>
     <sheetView topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F50" sqref="F50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.85546875" style="4" customWidth="1"/>
     <col min="2" max="29" width="11" style="4" customWidth="1"/>
     <col min="30" max="16384" width="12.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A1" s="25"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>