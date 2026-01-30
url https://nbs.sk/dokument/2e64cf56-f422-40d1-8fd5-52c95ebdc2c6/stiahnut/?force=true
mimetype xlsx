--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,67 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6282274D-16EC-495D-919F-1FF23A1C4B12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{583616CB-B942-4501-AB9D-058FBF70CDBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="assets_liabilities" sheetId="103" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">assets_liabilities!$A:$A,assets_liabilities!$11:$17</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">assets_liabilities!$B$9</definedName>
     <definedName name="REFNAZBAN1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">assets_liabilities!$F$9</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="118">
   <si>
     <t>1.   Cash</t>
   </si>
   <si>
     <t>1e.   Of which: euro</t>
   </si>
   <si>
     <t>1x.    Foreign currencies</t>
   </si>
   <si>
     <t>2.    Loans</t>
   </si>
   <si>
     <t xml:space="preserve">      up to 1 year</t>
   </si>
   <si>
     <t xml:space="preserve">       over 1 year and up to 5 years</t>
   </si>
   <si>
     <t xml:space="preserve">       over 5 years</t>
@@ -3730,108 +3743,108 @@
       </c>
       <c r="AP23" s="64">
         <v>108</v>
       </c>
       <c r="AQ23" s="62">
         <v>3857317</v>
       </c>
       <c r="AR23" s="63">
         <v>3497860</v>
       </c>
       <c r="AS23" s="63">
         <v>4131</v>
       </c>
       <c r="AT23" s="64">
         <v>355326</v>
       </c>
       <c r="AU23" s="55">
         <v>21520146</v>
       </c>
     </row>
     <row r="24" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="34" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="55">
-        <v>9391700</v>
+        <v>9391686</v>
       </c>
       <c r="C24" s="55">
-        <v>8795791</v>
+        <v>8795777</v>
       </c>
       <c r="D24" s="62">
         <v>0</v>
       </c>
       <c r="E24" s="63">
         <v>0</v>
       </c>
       <c r="F24" s="63">
         <v>0</v>
       </c>
       <c r="G24" s="63">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="62">
         <v>153167</v>
       </c>
       <c r="J24" s="63">
         <v>31546</v>
       </c>
       <c r="K24" s="63">
         <v>121621</v>
       </c>
       <c r="L24" s="64">
         <v>0</v>
       </c>
       <c r="M24" s="62">
-        <v>8642625</v>
+        <v>8642610</v>
       </c>
       <c r="N24" s="63">
         <v>10</v>
       </c>
       <c r="O24" s="63">
         <v>534090</v>
       </c>
       <c r="P24" s="63">
         <v>2</v>
       </c>
       <c r="Q24" s="63">
         <v>0</v>
       </c>
       <c r="R24" s="63">
         <v>7269057</v>
       </c>
       <c r="S24" s="63">
-        <v>839466</v>
+        <v>839451</v>
       </c>
       <c r="T24" s="63">
         <v>519051</v>
       </c>
       <c r="U24" s="63">
-        <v>194879</v>
+        <v>194864</v>
       </c>
       <c r="V24" s="65">
         <v>125536</v>
       </c>
       <c r="W24" s="55">
         <v>595909</v>
       </c>
       <c r="X24" s="62">
         <v>1817</v>
       </c>
       <c r="Y24" s="63">
         <v>0</v>
       </c>
       <c r="Z24" s="63">
         <v>0</v>
       </c>
       <c r="AA24" s="64">
         <v>0</v>
       </c>
       <c r="AB24" s="62">
         <v>0</v>
       </c>
       <c r="AC24" s="63">
         <v>0</v>
       </c>
@@ -3865,116 +3878,116 @@
       <c r="AM24" s="63">
         <v>40</v>
       </c>
       <c r="AN24" s="63">
         <v>29</v>
       </c>
       <c r="AO24" s="63">
         <v>0</v>
       </c>
       <c r="AP24" s="64">
         <v>11</v>
       </c>
       <c r="AQ24" s="62">
         <v>1962447</v>
       </c>
       <c r="AR24" s="63">
         <v>560826</v>
       </c>
       <c r="AS24" s="63">
         <v>0</v>
       </c>
       <c r="AT24" s="64">
         <v>1401621</v>
       </c>
       <c r="AU24" s="55">
-        <v>11354147</v>
+        <v>11354133</v>
       </c>
     </row>
     <row r="25" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="34" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="55">
-        <v>71237908</v>
+        <v>71237922</v>
       </c>
       <c r="C25" s="55">
-        <v>70466549</v>
+        <v>70466563</v>
       </c>
       <c r="D25" s="62">
         <v>0</v>
       </c>
       <c r="E25" s="63">
         <v>0</v>
       </c>
       <c r="F25" s="63">
         <v>0</v>
       </c>
       <c r="G25" s="63">
         <v>0</v>
       </c>
       <c r="H25" s="64">
         <v>0</v>
       </c>
       <c r="I25" s="62">
         <v>1458424</v>
       </c>
       <c r="J25" s="63">
         <v>434800</v>
       </c>
       <c r="K25" s="63">
         <v>1023624</v>
       </c>
       <c r="L25" s="64">
         <v>0</v>
       </c>
       <c r="M25" s="62">
-        <v>69008125</v>
+        <v>69008140</v>
       </c>
       <c r="N25" s="63">
         <v>0</v>
       </c>
       <c r="O25" s="63">
         <v>850433</v>
       </c>
       <c r="P25" s="63">
         <v>0</v>
       </c>
       <c r="Q25" s="63">
         <v>0</v>
       </c>
       <c r="R25" s="63">
         <v>12065930</v>
       </c>
       <c r="S25" s="63">
-        <v>56091763</v>
+        <v>56091777</v>
       </c>
       <c r="T25" s="63">
         <v>5768604</v>
       </c>
       <c r="U25" s="63">
-        <v>42927829</v>
+        <v>42927843</v>
       </c>
       <c r="V25" s="65">
         <v>7395330</v>
       </c>
       <c r="W25" s="55">
         <v>771359</v>
       </c>
       <c r="X25" s="62">
         <v>19998</v>
       </c>
       <c r="Y25" s="63">
         <v>0</v>
       </c>
       <c r="Z25" s="63">
         <v>0</v>
       </c>
       <c r="AA25" s="64">
         <v>0</v>
       </c>
       <c r="AB25" s="62">
         <v>0</v>
       </c>
       <c r="AC25" s="63">
         <v>0</v>
       </c>
@@ -4008,51 +4021,51 @@
       <c r="AM25" s="63">
         <v>37934</v>
       </c>
       <c r="AN25" s="63">
         <v>1856</v>
       </c>
       <c r="AO25" s="63">
         <v>30014</v>
       </c>
       <c r="AP25" s="64">
         <v>6064</v>
       </c>
       <c r="AQ25" s="62">
         <v>1392902</v>
       </c>
       <c r="AR25" s="63">
         <v>189770</v>
       </c>
       <c r="AS25" s="63">
         <v>0</v>
       </c>
       <c r="AT25" s="64">
         <v>1203132</v>
       </c>
       <c r="AU25" s="55">
-        <v>72630810</v>
+        <v>72630824</v>
       </c>
     </row>
     <row r="26" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="36" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="66"/>
       <c r="C26" s="66"/>
       <c r="D26" s="67"/>
       <c r="E26" s="68"/>
       <c r="F26" s="69">
         <v>0</v>
       </c>
       <c r="G26" s="69">
         <v>0</v>
       </c>
       <c r="H26" s="70"/>
       <c r="I26" s="67"/>
       <c r="J26" s="68"/>
       <c r="K26" s="68"/>
       <c r="L26" s="70"/>
       <c r="M26" s="67"/>
       <c r="N26" s="68"/>
       <c r="O26" s="68"/>
       <c r="P26" s="68"/>
@@ -4361,108 +4374,108 @@
       </c>
       <c r="AP28" s="64">
         <v>108</v>
       </c>
       <c r="AQ28" s="62">
         <v>2583136</v>
       </c>
       <c r="AR28" s="63">
         <v>2308422</v>
       </c>
       <c r="AS28" s="63">
         <v>4131</v>
       </c>
       <c r="AT28" s="64">
         <v>270583</v>
       </c>
       <c r="AU28" s="55">
         <v>20142423</v>
       </c>
     </row>
     <row r="29" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="34" t="s">
         <v>5</v>
       </c>
       <c r="B29" s="55">
-        <v>9343539</v>
+        <v>9343524</v>
       </c>
       <c r="C29" s="55">
-        <v>8788741</v>
+        <v>8788727</v>
       </c>
       <c r="D29" s="62">
         <v>0</v>
       </c>
       <c r="E29" s="63">
         <v>0</v>
       </c>
       <c r="F29" s="63">
         <v>0</v>
       </c>
       <c r="G29" s="63">
         <v>0</v>
       </c>
       <c r="H29" s="64">
         <v>0</v>
       </c>
       <c r="I29" s="62">
         <v>153167</v>
       </c>
       <c r="J29" s="63">
         <v>31546</v>
       </c>
       <c r="K29" s="63">
         <v>121621</v>
       </c>
       <c r="L29" s="64">
         <v>0</v>
       </c>
       <c r="M29" s="62">
-        <v>8635574</v>
+        <v>8635560</v>
       </c>
       <c r="N29" s="63">
         <v>10</v>
       </c>
       <c r="O29" s="63">
         <v>534090</v>
       </c>
       <c r="P29" s="63">
         <v>2</v>
       </c>
       <c r="Q29" s="63">
         <v>0</v>
       </c>
       <c r="R29" s="63">
         <v>7262007</v>
       </c>
       <c r="S29" s="63">
-        <v>839466</v>
+        <v>839451</v>
       </c>
       <c r="T29" s="63">
         <v>519051</v>
       </c>
       <c r="U29" s="63">
-        <v>194879</v>
+        <v>194864</v>
       </c>
       <c r="V29" s="65">
         <v>125536</v>
       </c>
       <c r="W29" s="55">
         <v>554798</v>
       </c>
       <c r="X29" s="62">
         <v>1817</v>
       </c>
       <c r="Y29" s="63">
         <v>0</v>
       </c>
       <c r="Z29" s="63">
         <v>0</v>
       </c>
       <c r="AA29" s="64">
         <v>0</v>
       </c>
       <c r="AB29" s="62">
         <v>0</v>
       </c>
       <c r="AC29" s="63">
         <v>0</v>
       </c>
@@ -4496,51 +4509,51 @@
       <c r="AM29" s="63">
         <v>40</v>
       </c>
       <c r="AN29" s="63">
         <v>29</v>
       </c>
       <c r="AO29" s="63">
         <v>0</v>
       </c>
       <c r="AP29" s="64">
         <v>11</v>
       </c>
       <c r="AQ29" s="62">
         <v>1225085</v>
       </c>
       <c r="AR29" s="63">
         <v>493000</v>
       </c>
       <c r="AS29" s="63">
         <v>0</v>
       </c>
       <c r="AT29" s="64">
         <v>732085</v>
       </c>
       <c r="AU29" s="55">
-        <v>10568624</v>
+        <v>10568610</v>
       </c>
     </row>
     <row r="30" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="34" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="51"/>
       <c r="E30" s="52"/>
       <c r="F30" s="52"/>
       <c r="G30" s="52"/>
       <c r="H30" s="53"/>
       <c r="I30" s="51"/>
       <c r="J30" s="52"/>
       <c r="K30" s="52"/>
       <c r="L30" s="53"/>
       <c r="M30" s="51"/>
       <c r="N30" s="52"/>
       <c r="O30" s="52"/>
       <c r="P30" s="52"/>
       <c r="Q30" s="52"/>
       <c r="R30" s="63">
         <v>692631</v>
       </c>
@@ -4594,160 +4607,160 @@
     </row>
     <row r="31" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="34" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="50"/>
       <c r="C31" s="50"/>
       <c r="D31" s="51"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="53"/>
       <c r="I31" s="51"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="53"/>
       <c r="M31" s="51"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="52"/>
       <c r="Q31" s="52"/>
       <c r="R31" s="63">
         <v>6569376</v>
       </c>
       <c r="S31" s="72">
-        <v>758988</v>
+        <v>758973</v>
       </c>
       <c r="T31" s="63">
         <v>456763</v>
       </c>
       <c r="U31" s="63">
-        <v>194337</v>
+        <v>194323</v>
       </c>
       <c r="V31" s="65">
         <v>107888</v>
       </c>
       <c r="W31" s="50"/>
       <c r="X31" s="51"/>
       <c r="Y31" s="52"/>
       <c r="Z31" s="52"/>
       <c r="AA31" s="53"/>
       <c r="AB31" s="51"/>
       <c r="AC31" s="52"/>
       <c r="AD31" s="52"/>
       <c r="AE31" s="52"/>
       <c r="AF31" s="53"/>
       <c r="AG31" s="51"/>
       <c r="AH31" s="52"/>
       <c r="AI31" s="52"/>
       <c r="AJ31" s="52"/>
       <c r="AK31" s="52"/>
       <c r="AL31" s="63">
         <v>388201</v>
       </c>
       <c r="AM31" s="72">
         <v>40</v>
       </c>
       <c r="AN31" s="63">
         <v>29</v>
       </c>
       <c r="AO31" s="63">
         <v>0</v>
       </c>
       <c r="AP31" s="64">
         <v>11</v>
       </c>
       <c r="AQ31" s="51"/>
       <c r="AR31" s="52"/>
       <c r="AS31" s="52"/>
       <c r="AT31" s="53"/>
       <c r="AU31" s="50"/>
     </row>
     <row r="32" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="36" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="73">
-        <v>71237259</v>
+        <v>71237273</v>
       </c>
       <c r="C32" s="73">
-        <v>70465900</v>
+        <v>70465915</v>
       </c>
       <c r="D32" s="74">
         <v>0</v>
       </c>
       <c r="E32" s="69">
         <v>0</v>
       </c>
       <c r="F32" s="69">
         <v>0</v>
       </c>
       <c r="G32" s="69">
         <v>0</v>
       </c>
       <c r="H32" s="75">
         <v>0</v>
       </c>
       <c r="I32" s="74">
         <v>1458242</v>
       </c>
       <c r="J32" s="69">
         <v>434800</v>
       </c>
       <c r="K32" s="69">
         <v>1023442</v>
       </c>
       <c r="L32" s="75">
         <v>0</v>
       </c>
       <c r="M32" s="74">
-        <v>69007658</v>
+        <v>69007673</v>
       </c>
       <c r="N32" s="69">
         <v>0</v>
       </c>
       <c r="O32" s="69">
         <v>850433</v>
       </c>
       <c r="P32" s="69">
         <v>0</v>
       </c>
       <c r="Q32" s="69">
         <v>0</v>
       </c>
       <c r="R32" s="69">
         <v>12065463</v>
       </c>
       <c r="S32" s="69">
-        <v>56091763</v>
+        <v>56091777</v>
       </c>
       <c r="T32" s="69">
         <v>5768604</v>
       </c>
       <c r="U32" s="69">
-        <v>42927829</v>
+        <v>42927843</v>
       </c>
       <c r="V32" s="76">
         <v>7395330</v>
       </c>
       <c r="W32" s="73">
         <v>771359</v>
       </c>
       <c r="X32" s="74">
         <v>19998</v>
       </c>
       <c r="Y32" s="69">
         <v>0</v>
       </c>
       <c r="Z32" s="69">
         <v>0</v>
       </c>
       <c r="AA32" s="75">
         <v>0</v>
       </c>
       <c r="AB32" s="74">
         <v>0</v>
       </c>
       <c r="AC32" s="69">
         <v>0</v>
       </c>
@@ -4781,51 +4794,51 @@
       <c r="AM32" s="69">
         <v>37934</v>
       </c>
       <c r="AN32" s="69">
         <v>1856</v>
       </c>
       <c r="AO32" s="69">
         <v>30014</v>
       </c>
       <c r="AP32" s="75">
         <v>6064</v>
       </c>
       <c r="AQ32" s="74">
         <v>1269347</v>
       </c>
       <c r="AR32" s="69">
         <v>157072</v>
       </c>
       <c r="AS32" s="69">
         <v>0</v>
       </c>
       <c r="AT32" s="75">
         <v>1112276</v>
       </c>
       <c r="AU32" s="73">
-        <v>72506606</v>
+        <v>72506621</v>
       </c>
     </row>
     <row r="33" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="37" t="s">
         <v>12</v>
       </c>
       <c r="B33" s="105">
         <v>152353</v>
       </c>
       <c r="C33" s="105">
         <v>53917</v>
       </c>
       <c r="D33" s="106">
         <v>6556</v>
       </c>
       <c r="E33" s="107">
         <v>0</v>
       </c>
       <c r="F33" s="107">
         <v>6556</v>
       </c>
       <c r="G33" s="107">
         <v>0</v>
       </c>
       <c r="H33" s="108">
@@ -11772,51 +11785,51 @@
       <c r="W101" s="144"/>
       <c r="X101" s="145"/>
       <c r="Y101" s="118"/>
       <c r="Z101" s="118"/>
       <c r="AA101" s="117"/>
       <c r="AB101" s="145"/>
       <c r="AC101" s="118"/>
       <c r="AD101" s="118"/>
       <c r="AE101" s="118"/>
       <c r="AF101" s="117"/>
       <c r="AG101" s="145"/>
       <c r="AH101" s="118"/>
       <c r="AI101" s="118"/>
       <c r="AJ101" s="118"/>
       <c r="AK101" s="118"/>
       <c r="AL101" s="118"/>
       <c r="AM101" s="118"/>
       <c r="AN101" s="118"/>
       <c r="AO101" s="118"/>
       <c r="AP101" s="117"/>
       <c r="AQ101" s="145"/>
       <c r="AR101" s="118"/>
       <c r="AS101" s="118"/>
       <c r="AT101" s="117"/>
       <c r="AU101" s="105">
-        <v>15766716</v>
+        <v>15766717</v>
       </c>
     </row>
     <row r="102" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A102" s="36" t="s">
         <v>67</v>
       </c>
       <c r="B102" s="66"/>
       <c r="C102" s="66"/>
       <c r="D102" s="67"/>
       <c r="E102" s="68"/>
       <c r="F102" s="68"/>
       <c r="G102" s="68"/>
       <c r="H102" s="70"/>
       <c r="I102" s="67"/>
       <c r="J102" s="68"/>
       <c r="K102" s="68"/>
       <c r="L102" s="70"/>
       <c r="M102" s="67"/>
       <c r="N102" s="68"/>
       <c r="O102" s="68"/>
       <c r="P102" s="68"/>
       <c r="Q102" s="68"/>
       <c r="R102" s="68"/>
       <c r="S102" s="68"/>
       <c r="T102" s="68"/>
@@ -11878,51 +11891,51 @@
       <c r="W103" s="144"/>
       <c r="X103" s="145"/>
       <c r="Y103" s="118"/>
       <c r="Z103" s="118"/>
       <c r="AA103" s="117"/>
       <c r="AB103" s="145"/>
       <c r="AC103" s="118"/>
       <c r="AD103" s="118"/>
       <c r="AE103" s="118"/>
       <c r="AF103" s="117"/>
       <c r="AG103" s="145"/>
       <c r="AH103" s="118"/>
       <c r="AI103" s="118"/>
       <c r="AJ103" s="118"/>
       <c r="AK103" s="118"/>
       <c r="AL103" s="118"/>
       <c r="AM103" s="118"/>
       <c r="AN103" s="118"/>
       <c r="AO103" s="118"/>
       <c r="AP103" s="117"/>
       <c r="AQ103" s="145"/>
       <c r="AR103" s="118"/>
       <c r="AS103" s="118"/>
       <c r="AT103" s="117"/>
       <c r="AU103" s="105">
-        <v>5411920</v>
+        <v>5411919</v>
       </c>
     </row>
     <row r="104" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A104" s="34" t="s">
         <v>69</v>
       </c>
       <c r="B104" s="50"/>
       <c r="C104" s="50"/>
       <c r="D104" s="51"/>
       <c r="E104" s="52"/>
       <c r="F104" s="52"/>
       <c r="G104" s="52"/>
       <c r="H104" s="53"/>
       <c r="I104" s="51"/>
       <c r="J104" s="52"/>
       <c r="K104" s="52"/>
       <c r="L104" s="53"/>
       <c r="M104" s="51"/>
       <c r="N104" s="52"/>
       <c r="O104" s="52"/>
       <c r="P104" s="52"/>
       <c r="Q104" s="52"/>
       <c r="R104" s="52"/>
       <c r="S104" s="52"/>
       <c r="T104" s="52"/>