--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3188DDDA-9EDB-43E1-84D3-B803195CBED5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A9A70C3-2F84-4C4E-BF0E-66316FF94E17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="186">
   <si>
     <t>P.č.</t>
@@ -580,51 +580,51 @@
   <si>
     <t>SK3000001741</t>
   </si>
   <si>
     <t>SK3000001717</t>
   </si>
   <si>
     <t>SK3000001733</t>
   </si>
   <si>
     <t>Privátny investičný fond 3, u.p.f.</t>
   </si>
   <si>
     <t>FLEXIBILNÉ PORTFÓLIO, o.p.f.</t>
   </si>
   <si>
     <t>SK3000001782</t>
   </si>
   <si>
     <t>Fond globálnych investícií o.p.f.</t>
   </si>
   <si>
     <t>Fond dlhopisových príležitostí, o.p.f.</t>
   </si>
   <si>
-    <t>Identifikátory podielových listov tuzemských podielových fondov k 28. 11. 2025</t>
+    <t>Identifikátory podielových listov tuzemských podielových fondov k 31. 12. 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
@@ -1250,51 +1250,53 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F87"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="I12" sqref="I12"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="50.5703125" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="87" customWidth="1"/>
     <col min="5" max="5" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B1" s="21" t="s">
         <v>185</v>
       </c>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
     </row>
     <row r="2" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="14" t="s">
         <v>0</v>
       </c>