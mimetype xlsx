--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A9A70C3-2F84-4C4E-BF0E-66316FF94E17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8FE51668-2371-4F33-B88B-43691216C552}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="194">
   <si>
     <t>P.č.</t>
   </si>
   <si>
     <t>Názov podielového fondu</t>
   </si>
   <si>
     <t>Krajina PF</t>
   </si>
   <si>
     <t>Názov správcovskej spoločnosti</t>
   </si>
   <si>
     <t>Krajina SS</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ČSOB Privátny o.p.f.</t>
   </si>
   <si>
     <t>QSP0405R01SK</t>
   </si>
   <si>
@@ -217,53 +217,50 @@
   <si>
     <t>SK3110000641</t>
   </si>
   <si>
     <t>SK3110000716</t>
   </si>
   <si>
     <t>SK3110000625</t>
   </si>
   <si>
     <t>SK3110000617</t>
   </si>
   <si>
     <t>SK3110000708</t>
   </si>
   <si>
     <t>SK3110000658</t>
   </si>
   <si>
     <t>SK3110000666</t>
   </si>
   <si>
     <t>SK3110000674</t>
   </si>
   <si>
-    <t>SK3110000682</t>
-[...1 lines deleted...]
-  <si>
     <t>SK3110000740</t>
   </si>
   <si>
     <t>SK3110000732</t>
   </si>
   <si>
     <t>SK3000001022</t>
   </si>
   <si>
     <t>SK3000001105</t>
   </si>
   <si>
     <t xml:space="preserve">Eurizon Asset Management Slovakia, správ. spol., a.s. </t>
   </si>
   <si>
     <t>SK3000001121</t>
   </si>
   <si>
     <t>SK3000001188</t>
   </si>
   <si>
     <t>SK3000001196</t>
   </si>
   <si>
     <t>ČSOB Fér Vyvážený SRI o.p.f.</t>
@@ -457,59 +454,50 @@
   <si>
     <t>AP Realitný fond u.p.f.</t>
   </si>
   <si>
     <t>Balanced Fund, o.p.f.</t>
   </si>
   <si>
     <t>Dlhopisový, o.p.f.</t>
   </si>
   <si>
     <t>Dynamic Balanced Fund, o.p.f.</t>
   </si>
   <si>
     <t>Dynamický dlhopisový fond, o.p.f.</t>
   </si>
   <si>
     <t>Globálny akciový fond, o.p.f.</t>
   </si>
   <si>
     <t>Konzervatívny PLUS o.p.f.</t>
   </si>
   <si>
     <t>MA Fund, o.p.f.</t>
   </si>
   <si>
-    <t>Premium Dynamic o.p.f.</t>
-[...7 lines deleted...]
-  <si>
     <t>Private Growth, o.p.f.</t>
   </si>
   <si>
     <t>Private Growth 1, o.p.f.</t>
   </si>
   <si>
     <t>Private Growth 2, o.p.f.</t>
   </si>
   <si>
     <t>Raiffeisen Emerging Markets Bonds, o.p.f.</t>
   </si>
   <si>
     <t>Realitný Fond, o.p.f.</t>
   </si>
   <si>
     <t>Realitný Fond II., o.p.f.</t>
   </si>
   <si>
     <t>Wealth Growth Conservative Model Fund o.p.f.  </t>
   </si>
   <si>
     <t>Wealth Growth Balanced Model Fund o.p.f.   </t>
   </si>
   <si>
     <t>Wealth Growth Dynamic Model Fund o.p.f</t>
@@ -541,90 +529,126 @@
   <si>
     <t>J&amp;T INDEX EUR akciový o.p.f.</t>
   </si>
   <si>
     <t>SK3000001626</t>
   </si>
   <si>
     <t>SK3000001592</t>
   </si>
   <si>
     <t>SK3000001667</t>
   </si>
   <si>
     <t>SK3000001683</t>
   </si>
   <si>
     <t>SK3000001600</t>
   </si>
   <si>
     <t>SK3000001675</t>
   </si>
   <si>
     <t>Konzervatívny flexibilný fond o.p.f.</t>
   </si>
   <si>
-    <t>Fond pre modrú planétu dynamický o.p.f.</t>
-[...7 lines deleted...]
-  <si>
     <t>Dlhopisový 2028, o.p.f.</t>
   </si>
   <si>
     <t>SK3000001725</t>
   </si>
   <si>
     <t>SK3000001741</t>
   </si>
   <si>
     <t>SK3000001717</t>
   </si>
   <si>
     <t>SK3000001733</t>
   </si>
   <si>
     <t>Privátny investičný fond 3, u.p.f.</t>
   </si>
   <si>
     <t>FLEXIBILNÉ PORTFÓLIO, o.p.f.</t>
   </si>
   <si>
     <t>SK3000001782</t>
   </si>
   <si>
     <t>Fond globálnych investícií o.p.f.</t>
   </si>
   <si>
     <t>Fond dlhopisových príležitostí, o.p.f.</t>
   </si>
   <si>
-    <t>Identifikátory podielových listov tuzemských podielových fondov k 31. 12. 2025</t>
+    <t>GLOBÁLNE PORTFÓLIO, o.p.f.</t>
+  </si>
+  <si>
+    <t>SK3000001816</t>
+  </si>
+  <si>
+    <t>VOSEM Fond alternatívnych investícií, o.p.f.</t>
+  </si>
+  <si>
+    <t>VOSEM Capital, správ. spol., a.s.</t>
+  </si>
+  <si>
+    <t>SK3000001808</t>
+  </si>
+  <si>
+    <t>Investičná stratégia DynamiQ, o.p.f.</t>
+  </si>
+  <si>
+    <t>Investičná stratégia HarmoniQ, o.p.f.</t>
+  </si>
+  <si>
+    <t>Investičná stratégia SynergiQ, o.p.f.</t>
+  </si>
+  <si>
+    <t>Investičná stratégia pre modrú planétu DynamiQ, o.p.f.</t>
+  </si>
+  <si>
+    <t>Investičná stratégia pre modrú planétu HarmoniQ, o.p.f.</t>
+  </si>
+  <si>
+    <t>Investičná stratégia pre modrú planétu SynergiQ, o.p.f.</t>
+  </si>
+  <si>
+    <t>Identifikátory podielových listov tuzemských podielových fondov k 31. 3. 2026</t>
+  </si>
+  <si>
+    <t>Smart Wallet Fund, o.p.f.</t>
+  </si>
+  <si>
+    <t>Across Asset Management, správ. spol., a.s.</t>
+  </si>
+  <si>
+    <t>SK3000001824</t>
+  </si>
+  <si>
+    <t>SK3110000682, SK3000001790</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
@@ -633,51 +657,51 @@
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="18">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -878,100 +902,117 @@
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1248,1774 +1289,1834 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F87"/>
+  <dimension ref="A1:F90"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="I12" sqref="I12"/>
+      <selection activeCell="L20" sqref="L20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.7109375" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="50.5703125" customWidth="1"/>
+    <col min="2" max="2" width="55.42578125" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="87" customWidth="1"/>
     <col min="5" max="5" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B1" s="21" t="s">
-[...5 lines deleted...]
-      <c r="F1" s="21"/>
+      <c r="B1" s="23" t="s">
+        <v>189</v>
+      </c>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
     </row>
     <row r="2" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="14" t="s">
+      <c r="A3" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="15" t="s">
+      <c r="B3" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="15" t="s">
+      <c r="C3" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="16" t="s">
+      <c r="D3" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="17" t="s">
+      <c r="E3" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="18" t="s">
-        <v>101</v>
+      <c r="F3" s="17" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="7">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="13">
+      <c r="A5" s="12">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A6" s="13">
+      <c r="A6" s="12">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8" s="13">
+      <c r="A8" s="12">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="13">
+      <c r="A10" s="12">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A12" s="13">
+      <c r="A12" s="12">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="7">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="13">
+      <c r="A14" s="12">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A16" s="13">
+      <c r="A16" s="12">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="7">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A18" s="13">
+      <c r="A18" s="12">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="7">
         <v>16</v>
       </c>
-      <c r="B19" s="19" t="s">
+      <c r="B19" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C19" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="D19" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="F19" s="9" t="s">
         <v>114</v>
       </c>
-      <c r="C19" s="20" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="20" t="s">
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="12">
+        <v>17</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="C20" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="D20" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="E19" s="20" t="s">
-[...19 lines deleted...]
-      <c r="E20" s="20" t="s">
+      <c r="E20" s="19" t="s">
         <v>5</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="7">
         <v>18</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A22" s="13">
+      <c r="A22" s="12">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="7">
         <v>20</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>64</v>
+        <v>193</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A24" s="13">
+      <c r="A24" s="12">
         <v>21</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="7">
         <v>22</v>
       </c>
       <c r="B25" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="12">
+        <v>23</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="C26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" s="7">
         <v>24</v>
       </c>
-      <c r="B27" s="19" t="s">
-        <v>183</v>
+      <c r="B27" s="18" t="s">
+        <v>176</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A28" s="13">
+      <c r="A28" s="12">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="7">
         <v>26</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A30" s="13">
+      <c r="A30" s="12">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="7">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A32" s="13">
+      <c r="A32" s="12">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="7">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" s="12">
+        <v>31</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="C34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="7">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A36" s="13">
+      <c r="A36" s="12">
         <v>33</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="7">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A38" s="13">
+      <c r="A38" s="12">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="7">
         <v>36</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A40" s="13">
+      <c r="A40" s="12">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" s="7">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="12">
+        <v>39</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="C41" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="C42" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="43" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7">
         <v>40</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A44" s="13">
+      <c r="A44" s="12">
         <v>41</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="7">
         <v>42</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A46" s="13">
+      <c r="A46" s="12">
         <v>43</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="7">
         <v>44</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A48" s="13">
+      <c r="A48" s="12">
         <v>45</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="7">
         <v>46</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A50" s="13">
+      <c r="A50" s="12">
         <v>47</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="7">
         <v>48</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A52" s="13">
+      <c r="A52" s="12">
         <v>49</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D52" s="1" t="s">
+      <c r="B52" s="18" t="s">
+        <v>153</v>
+      </c>
+      <c r="C52" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="D52" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="E52" s="1" t="s">
-[...3 lines deleted...]
-        <v>67</v>
+      <c r="E52" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A53" s="7">
         <v>50</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>173</v>
+        <v>140</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A54" s="13">
+      <c r="A54" s="12">
         <v>51</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>65</v>
+        <v>119</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A55" s="7">
         <v>52</v>
       </c>
-      <c r="B55" s="19" t="s">
-[...5 lines deleted...]
-      <c r="D55" s="20" t="s">
+      <c r="B55" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E55" s="20" t="s">
-[...3 lines deleted...]
-        <v>158</v>
+      <c r="E55" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A56" s="13">
+      <c r="A56" s="12">
         <v>53</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>141</v>
+        <v>185</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="7">
         <v>54</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>142</v>
+        <v>186</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A58" s="13">
+      <c r="A58" s="12">
         <v>55</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A59" s="7">
         <v>56</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A60" s="13">
+      <c r="A60" s="12">
         <v>57</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A61" s="7">
         <v>58</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A62" s="13">
+      <c r="A62" s="12">
         <v>59</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A63" s="7">
         <v>60</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A64" s="13">
+      <c r="A64" s="12">
         <v>61</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A65" s="7">
         <v>62</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A66" s="13">
+      <c r="A66" s="12">
         <v>63</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A67" s="7">
         <v>64</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A68" s="13">
+      <c r="A68" s="12">
         <v>65</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A69" s="7">
         <v>66</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A70" s="13">
+      <c r="A70" s="12">
         <v>67</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A71" s="7">
         <v>68</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A72" s="13">
+      <c r="A72" s="12">
         <v>69</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A73" s="7">
         <v>70</v>
       </c>
       <c r="B73" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A74" s="12">
+        <v>71</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F73" s="2" t="s">
+      <c r="C74" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>106</v>
-      </c>
-[...18 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A75" s="7">
         <v>72</v>
       </c>
       <c r="B75" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A76" s="12">
+        <v>73</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A77" s="12">
+        <v>74</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A78" s="7">
+        <v>75</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...28 lines deleted...]
-      <c r="F76" s="2" t="s">
+      <c r="C78" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B77" s="3" t="s">
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A79" s="12">
+        <v>76</v>
+      </c>
+      <c r="B79" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F77" s="2" t="s">
+      <c r="C79" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F79" s="6" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B78" s="4" t="s">
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A80" s="7">
+        <v>77</v>
+      </c>
+      <c r="B80" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="C78" s="5" t="s">
-[...8 lines deleted...]
-      <c r="F78" s="6" t="s">
+      <c r="C80" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F80" s="6" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B79" s="4" t="s">
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A81" s="12">
+        <v>78</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A82" s="7">
+        <v>79</v>
+      </c>
+      <c r="B82" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="C79" s="5" t="s">
-[...8 lines deleted...]
-      <c r="F79" s="6" t="s">
+      <c r="C82" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F82" s="6" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-    </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A83" s="7">
+      <c r="A83" s="12">
         <v>80</v>
       </c>
       <c r="B83" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D83" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="C83" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E83" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F83" s="6" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A84" s="7">
+        <v>81</v>
+      </c>
+      <c r="B84" s="4" t="s">
         <v>87</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C84" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>119</v>
+        <v>88</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>176</v>
+        <v>86</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A85" s="7">
+      <c r="A85" s="12">
         <v>82</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>164</v>
+        <v>82</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A86" s="7">
         <v>83</v>
       </c>
       <c r="B86" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A87" s="7">
         <v>84</v>
       </c>
-      <c r="C86" s="5" t="s">
-[...13 lines deleted...]
-      <c r="A87" s="8">
+      <c r="B87" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A88" s="20">
+        <v>85</v>
+      </c>
+      <c r="B88" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="B87" s="10" t="s">
-[...12 lines deleted...]
-        <v>179</v>
+      <c r="C88" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A89" s="20">
+        <v>86</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="8">
+        <v>87</v>
+      </c>
+      <c r="B90" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D90" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="E90" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F90" s="11" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="44" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>