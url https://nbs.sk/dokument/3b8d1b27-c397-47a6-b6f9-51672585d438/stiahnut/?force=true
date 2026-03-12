--- v0 (2025-12-14)
+++ v1 (2026-03-12)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9347D95-DBC2-4FC1-826C-A95E9D473004}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E91565D-E310-4ED1-8259-8EC1EA487B55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SK FUND ID" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SK FUND ID'!$A$1:$C$75</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SK FUND ID'!$A$1:$C$76</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="261" uniqueCount="185">
   <si>
     <t>IAD Investments, správ. spol., a.s.</t>
   </si>
   <si>
     <t>SK17330254IAD01</t>
   </si>
   <si>
     <t>SK17330254IAD08</t>
   </si>
   <si>
     <t>SK17330254IAD10</t>
   </si>
   <si>
     <t>SK17330254IAD13</t>
   </si>
   <si>
     <t>SK17330254IAD14</t>
   </si>
   <si>
     <t>SK17330254IAD15</t>
   </si>
   <si>
     <t>SK17330254IAD16</t>
   </si>
   <si>
@@ -555,50 +555,65 @@
     <t>J&amp;T INDEX EUR akciový o.p.f.</t>
   </si>
   <si>
     <t>SK53859111JAT01</t>
   </si>
   <si>
     <t>Konzervatívny flexibilný fond o.p.f.</t>
   </si>
   <si>
     <t>Dlhopisový 2028, o.p.f.</t>
   </si>
   <si>
     <t>SK17330254IAD22</t>
   </si>
   <si>
     <t>Privátny investičný fond 3, u.p.f.</t>
   </si>
   <si>
     <t>FLEXIBILNÉ PORTFÓLIO, o.p.f.</t>
   </si>
   <si>
     <t>Fond globálnych investícií o.p.f.</t>
   </si>
   <si>
     <t>Fond dlhopisových príležitostí, o.p.f.</t>
+  </si>
+  <si>
+    <t>SK35786272VAM31</t>
+  </si>
+  <si>
+    <t>GLOBÁLNE PORTFÓLIO, o.p.f.</t>
+  </si>
+  <si>
+    <t>SK56682999VOS01</t>
+  </si>
+  <si>
+    <t>VOSEM Fond alternatívnych investícií, o.p.f.</t>
+  </si>
+  <si>
+    <t>VOSEM Capital, správ. spol., a.s.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
@@ -934,54 +949,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C85"/>
+  <dimension ref="A1:C87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I20" sqref="I20"/>
+      <selection activeCell="I16" sqref="I16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.75" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="45.125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="75.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B2" s="4" t="s">
@@ -1763,167 +1778,189 @@
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="1" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>180</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>31</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>113</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A77" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="1" t="s">
-        <v>169</v>
+        <v>29</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>170</v>
+        <v>115</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="1" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>169</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>170</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="1" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>28</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>116</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>104</v>
+        <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="1" t="s">
-        <v>102</v>
-[...4 lines deleted...]
-      <c r="C81" t="s">
+        <v>167</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A82" s="1" t="s">
-        <v>12</v>
-[...5 lines deleted...]
-        <v>123</v>
+        <v>102</v>
+      </c>
+      <c r="B82" t="s">
+        <v>103</v>
+      </c>
+      <c r="C82" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A83" s="1" t="s">
-        <v>172</v>
+        <v>12</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>171</v>
+        <v>96</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A84" s="1" t="s">
-        <v>52</v>
+        <v>172</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>97</v>
+        <v>171</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A85" s="1" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>123</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A87" t="s">
+        <v>182</v>
+      </c>
+      <c r="B87" t="s">
+        <v>183</v>
+      </c>
+      <c r="C87" t="s">
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>