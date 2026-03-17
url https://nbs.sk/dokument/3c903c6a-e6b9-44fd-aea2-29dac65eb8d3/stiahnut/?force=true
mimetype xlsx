--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5580D4B8-BC9C-44E7-A5F0-249CF01A42B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{060C1C8B-64C5-42C4-8727-70BDD67A06F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="balance" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">balance!$A$1:$H$241</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="201">
   <si>
     <t>Euro</t>
   </si>
   <si>
     <t>Total credit institutions</t>
   </si>
   <si>
     <t>(in EUR thousands)</t>
   </si>
   <si>
     <t>Page: 1/4</t>
   </si>
@@ -2004,120 +2004,120 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:H242"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" topLeftCell="A159" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="K178" sqref="K178"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="79.109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="13.5546875" customWidth="1"/>
+    <col min="1" max="1" width="79.140625" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" customWidth="1"/>
+    <col min="3" max="3" width="11.85546875" customWidth="1"/>
+    <col min="4" max="4" width="12.42578125" customWidth="1"/>
+    <col min="5" max="5" width="13.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.7109375" customWidth="1"/>
+    <col min="7" max="7" width="13.5703125" customWidth="1"/>
     <col min="8" max="8" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="148" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="148"/>
       <c r="C2" s="149"/>
       <c r="D2" s="149"/>
       <c r="E2" s="149"/>
       <c r="F2" s="149"/>
       <c r="G2" s="149"/>
       <c r="H2" s="149"/>
     </row>
     <row r="3" spans="1:8" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
       <c r="B3" s="8"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="H3" s="10"/>
     </row>
     <row r="4" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="H4" s="7"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
         <v>200</v>
       </c>
       <c r="B5" s="9"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
-    <row r="6" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="150" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="14"/>
       <c r="C7" s="155" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="161" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="162"/>
       <c r="F7" s="161" t="s">
         <v>11</v>
@@ -2289,51 +2289,51 @@
       <c r="A15" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B15" s="20">
         <v>6</v>
       </c>
       <c r="C15" s="29">
         <v>424</v>
       </c>
       <c r="D15" s="29">
         <v>13871459</v>
       </c>
       <c r="E15" s="21">
         <v>0</v>
       </c>
       <c r="F15" s="21">
         <v>0</v>
       </c>
       <c r="G15" s="29">
         <v>0</v>
       </c>
       <c r="H15" s="22">
         <v>13871035</v>
       </c>
     </row>
-    <row r="16" spans="1:8" s="11" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" s="11" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="23" t="s">
         <v>121</v>
       </c>
       <c r="B16" s="24">
         <v>7</v>
       </c>
       <c r="C16" s="30">
         <v>424</v>
       </c>
       <c r="D16" s="30">
         <v>13871459</v>
       </c>
       <c r="E16" s="31">
         <v>0</v>
       </c>
       <c r="F16" s="31">
         <v>0</v>
       </c>
       <c r="G16" s="30">
         <v>0</v>
       </c>
       <c r="H16" s="32">
         <v>13871035</v>
       </c>
     </row>
@@ -3667,77 +3667,77 @@
       <c r="A68" s="28" t="s">
         <v>60</v>
       </c>
       <c r="B68" s="20">
         <v>59</v>
       </c>
       <c r="C68" s="29">
         <v>0</v>
       </c>
       <c r="D68" s="29">
         <v>0</v>
       </c>
       <c r="E68" s="29">
         <v>345092</v>
       </c>
       <c r="F68" s="29">
         <v>0</v>
       </c>
       <c r="G68" s="29">
         <v>13567</v>
       </c>
       <c r="H68" s="22">
         <v>358659</v>
       </c>
     </row>
-    <row r="69" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="34" t="s">
         <v>190</v>
       </c>
       <c r="B69" s="35">
         <v>60</v>
       </c>
       <c r="C69" s="36">
         <v>0</v>
       </c>
       <c r="D69" s="36">
         <v>0</v>
       </c>
       <c r="E69" s="36">
         <v>0</v>
       </c>
       <c r="F69" s="36">
         <v>0</v>
       </c>
       <c r="G69" s="36">
         <v>0</v>
       </c>
       <c r="H69" s="37">
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="38"/>
       <c r="B70" s="39"/>
       <c r="C70" s="40"/>
       <c r="D70" s="40"/>
       <c r="E70" s="40"/>
       <c r="F70" s="40"/>
       <c r="G70" s="40"/>
       <c r="H70" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="42" t="s">
         <v>77</v>
       </c>
       <c r="B71" s="43">
         <v>61</v>
       </c>
       <c r="C71" s="44">
         <v>297</v>
       </c>
       <c r="D71" s="44">
         <v>1348512</v>
       </c>
       <c r="E71" s="44">
@@ -4485,51 +4485,51 @@
       <c r="A100" s="48" t="s">
         <v>128</v>
       </c>
       <c r="B100" s="24">
         <v>90</v>
       </c>
       <c r="C100" s="52">
         <v>0</v>
       </c>
       <c r="D100" s="52">
         <v>345580</v>
       </c>
       <c r="E100" s="52">
         <v>0</v>
       </c>
       <c r="F100" s="52">
         <v>0</v>
       </c>
       <c r="G100" s="52">
         <v>0</v>
       </c>
       <c r="H100" s="53">
         <v>345580</v>
       </c>
     </row>
-    <row r="101" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B101" s="20">
         <v>91</v>
       </c>
       <c r="C101" s="46">
         <v>8</v>
       </c>
       <c r="D101" s="46">
         <v>8</v>
       </c>
       <c r="E101" s="46">
         <v>0</v>
       </c>
       <c r="F101" s="46">
         <v>0</v>
       </c>
       <c r="G101" s="46">
         <v>0</v>
       </c>
       <c r="H101" s="47">
         <v>0</v>
       </c>
     </row>
@@ -4579,119 +4579,119 @@
       <c r="A104" s="63" t="s">
         <v>172</v>
       </c>
       <c r="B104" s="49">
         <v>94</v>
       </c>
       <c r="C104" s="64">
         <v>0</v>
       </c>
       <c r="D104" s="64">
         <v>145404</v>
       </c>
       <c r="E104" s="64">
         <v>7152</v>
       </c>
       <c r="F104" s="64">
         <v>4375</v>
       </c>
       <c r="G104" s="64">
         <v>30194</v>
       </c>
       <c r="H104" s="65">
         <v>187125</v>
       </c>
     </row>
-    <row r="105" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A105" s="66" t="s">
         <v>179</v>
       </c>
       <c r="B105" s="35">
         <v>95</v>
       </c>
       <c r="C105" s="67">
         <v>0</v>
       </c>
       <c r="D105" s="68">
         <v>39156</v>
       </c>
       <c r="E105" s="68">
         <v>7152</v>
       </c>
       <c r="F105" s="68">
         <v>2109</v>
       </c>
       <c r="G105" s="68">
         <v>10761</v>
       </c>
       <c r="H105" s="69">
         <v>59178</v>
       </c>
     </row>
-    <row r="106" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A106" s="70"/>
       <c r="B106" s="71"/>
       <c r="C106" s="72"/>
       <c r="D106" s="73"/>
       <c r="E106" s="73"/>
       <c r="F106" s="73"/>
       <c r="G106" s="73"/>
       <c r="H106" s="74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="150" t="s">
         <v>20</v>
       </c>
       <c r="B107" s="14"/>
       <c r="C107" s="155" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="161" t="s">
         <v>0</v>
       </c>
       <c r="E107" s="162"/>
       <c r="F107" s="161" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="162"/>
       <c r="H107" s="158" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:8" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="153"/>
       <c r="B108" s="75"/>
       <c r="C108" s="156"/>
       <c r="D108" s="163"/>
       <c r="E108" s="164"/>
       <c r="F108" s="163"/>
       <c r="G108" s="164"/>
       <c r="H108" s="159"/>
     </row>
-    <row r="109" spans="1:8" ht="57.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:8" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="154"/>
       <c r="B109" s="76"/>
       <c r="C109" s="157"/>
       <c r="D109" s="17" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="17" t="s">
         <v>9</v>
       </c>
       <c r="G109" s="18" t="s">
         <v>10</v>
       </c>
       <c r="H109" s="160"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" s="77" t="s">
         <v>21</v>
       </c>
       <c r="B110" s="78">
         <v>96</v>
       </c>
       <c r="C110" s="79"/>
@@ -6657,75 +6657,75 @@
     </row>
     <row r="192" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A192" s="81" t="s">
         <v>97</v>
       </c>
       <c r="B192" s="82">
         <v>178</v>
       </c>
       <c r="C192" s="79"/>
       <c r="D192" s="79">
         <v>0</v>
       </c>
       <c r="E192" s="79">
         <v>0</v>
       </c>
       <c r="F192" s="79">
         <v>0</v>
       </c>
       <c r="G192" s="79">
         <v>0</v>
       </c>
       <c r="H192" s="80">
         <v>0</v>
       </c>
     </row>
-    <row r="193" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A193" s="92" t="s">
         <v>98</v>
       </c>
       <c r="B193" s="93">
         <v>179</v>
       </c>
       <c r="C193" s="67"/>
       <c r="D193" s="67">
         <v>1081247</v>
       </c>
       <c r="E193" s="67">
         <v>0</v>
       </c>
       <c r="F193" s="67">
         <v>0</v>
       </c>
       <c r="G193" s="67">
         <v>0</v>
       </c>
       <c r="H193" s="94">
         <v>1081247</v>
       </c>
     </row>
-    <row r="194" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A194" s="95"/>
       <c r="B194" s="96"/>
       <c r="C194" s="97"/>
       <c r="D194" s="97"/>
       <c r="E194" s="97"/>
       <c r="F194" s="97"/>
       <c r="G194" s="97"/>
       <c r="H194" s="41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="195" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A195" s="144" t="s">
         <v>35</v>
       </c>
       <c r="B195" s="145">
         <v>180</v>
       </c>
       <c r="C195" s="146"/>
       <c r="D195" s="146">
         <v>91110722</v>
       </c>
       <c r="E195" s="146">
         <v>28870493</v>
       </c>
@@ -6781,95 +6781,95 @@
     </row>
     <row r="198" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A198" s="98" t="s">
         <v>173</v>
       </c>
       <c r="B198" s="99">
         <v>183</v>
       </c>
       <c r="C198" s="91"/>
       <c r="D198" s="64">
         <v>143696</v>
       </c>
       <c r="E198" s="64">
         <v>0</v>
       </c>
       <c r="F198" s="64">
         <v>395</v>
       </c>
       <c r="G198" s="64">
         <v>42</v>
       </c>
       <c r="H198" s="65">
         <v>144133</v>
       </c>
     </row>
-    <row r="199" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A199" s="100" t="s">
         <v>187</v>
       </c>
       <c r="B199" s="101">
         <v>184</v>
       </c>
       <c r="C199" s="102"/>
       <c r="D199" s="103">
         <v>6583</v>
       </c>
       <c r="E199" s="103">
         <v>0</v>
       </c>
       <c r="F199" s="103">
         <v>180</v>
       </c>
       <c r="G199" s="103">
         <v>0</v>
       </c>
       <c r="H199" s="104">
         <v>6763</v>
       </c>
     </row>
     <row r="200" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A200" s="105"/>
       <c r="B200" s="106"/>
       <c r="C200" s="107"/>
       <c r="D200" s="108"/>
       <c r="E200" s="108"/>
       <c r="F200" s="108"/>
       <c r="G200" s="108"/>
       <c r="H200" s="107"/>
     </row>
-    <row r="201" spans="1:8" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="201" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="109"/>
       <c r="B201" s="110"/>
       <c r="C201" s="111"/>
       <c r="D201" s="111"/>
       <c r="E201" s="111"/>
       <c r="F201" s="111"/>
       <c r="G201" s="111"/>
       <c r="H201" s="74"/>
     </row>
-    <row r="202" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="202" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A202" s="112" t="s">
         <v>14</v>
       </c>
       <c r="B202" s="113"/>
       <c r="C202" s="114"/>
       <c r="D202" s="114"/>
       <c r="E202" s="114"/>
       <c r="F202" s="114"/>
       <c r="G202" s="114"/>
       <c r="H202" s="114"/>
     </row>
     <row r="203" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A203" s="115" t="s">
         <v>37</v>
       </c>
       <c r="B203" s="116">
         <v>185</v>
       </c>
       <c r="C203" s="117"/>
       <c r="D203" s="29">
         <v>15206654</v>
       </c>
       <c r="E203" s="29">
         <v>1024139</v>
       </c>
@@ -7269,95 +7269,95 @@
     </row>
     <row r="220" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A220" s="123" t="s">
         <v>110</v>
       </c>
       <c r="B220" s="119">
         <v>202</v>
       </c>
       <c r="C220" s="122"/>
       <c r="D220" s="26">
         <v>193828</v>
       </c>
       <c r="E220" s="26">
         <v>0</v>
       </c>
       <c r="F220" s="26">
         <v>0</v>
       </c>
       <c r="G220" s="26">
         <v>0</v>
       </c>
       <c r="H220" s="27">
         <v>193828</v>
       </c>
     </row>
-    <row r="221" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A221" s="124" t="s">
         <v>42</v>
       </c>
       <c r="B221" s="125">
         <v>203</v>
       </c>
       <c r="C221" s="126"/>
       <c r="D221" s="127">
         <v>32767084</v>
       </c>
       <c r="E221" s="127">
         <v>28307065</v>
       </c>
       <c r="F221" s="127">
         <v>4435139</v>
       </c>
       <c r="G221" s="127">
         <v>496306</v>
       </c>
       <c r="H221" s="128">
         <v>66005594</v>
       </c>
     </row>
     <row r="222" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A222" s="129"/>
       <c r="B222" s="130"/>
       <c r="C222" s="131"/>
       <c r="D222" s="132"/>
       <c r="E222" s="132"/>
       <c r="F222" s="132"/>
       <c r="G222" s="132"/>
       <c r="H222" s="133"/>
     </row>
-    <row r="223" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A223" s="134"/>
       <c r="B223" s="135"/>
       <c r="C223" s="136"/>
       <c r="D223" s="136"/>
       <c r="E223" s="136"/>
       <c r="F223" s="136"/>
       <c r="G223" s="136"/>
       <c r="H223" s="136"/>
     </row>
-    <row r="224" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="224" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A224" s="112" t="s">
         <v>15</v>
       </c>
       <c r="B224" s="113"/>
       <c r="C224" s="114"/>
       <c r="D224" s="114"/>
       <c r="E224" s="114"/>
       <c r="F224" s="114"/>
       <c r="G224" s="114"/>
       <c r="H224" s="114"/>
     </row>
     <row r="225" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A225" s="115" t="s">
         <v>43</v>
       </c>
       <c r="B225" s="116">
         <v>204</v>
       </c>
       <c r="C225" s="137"/>
       <c r="D225" s="29">
         <v>60000</v>
       </c>
       <c r="E225" s="29">
         <v>99356</v>
       </c>
@@ -7709,51 +7709,51 @@
     </row>
     <row r="240" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A240" s="115" t="s">
         <v>48</v>
       </c>
       <c r="B240" s="121">
         <v>219</v>
       </c>
       <c r="C240" s="137"/>
       <c r="D240" s="29">
         <v>4142</v>
       </c>
       <c r="E240" s="29">
         <v>1448</v>
       </c>
       <c r="F240" s="29">
         <v>4321</v>
       </c>
       <c r="G240" s="29">
         <v>1632</v>
       </c>
       <c r="H240" s="22">
         <v>11543</v>
       </c>
     </row>
-    <row r="241" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A241" s="138" t="s">
         <v>49</v>
       </c>
       <c r="B241" s="125">
         <v>220</v>
       </c>
       <c r="C241" s="126"/>
       <c r="D241" s="127">
         <v>435023</v>
       </c>
       <c r="E241" s="127">
         <v>710</v>
       </c>
       <c r="F241" s="127">
         <v>22753</v>
       </c>
       <c r="G241" s="127">
         <v>44</v>
       </c>
       <c r="H241" s="128">
         <v>458530</v>
       </c>
     </row>
     <row r="242" spans="1:8" ht="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>