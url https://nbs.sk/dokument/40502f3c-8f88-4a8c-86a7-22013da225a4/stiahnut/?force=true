--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -14,182 +14,188 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\OKI\NOTIFIKAČNÉ a stretnutia k S2\1.EVIDENCIA NOTIFIKOVANIA_MICA OD 2025\PODKLADY na notifikovanie\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sedliakovaa\Desktop\Podklady na notifikovanie SK CASPs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{692E0AF2-F8A7-4705-8769-A98034BB229F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7D96ABA6-8C70-4F16-ADEC-BAB23F3FE60C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="905" activeTab="1" xr2:uid="{31DC0D50-E893-41A9-9815-19E7EFE67FB8}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="905" firstSheet="1" activeTab="1" xr2:uid="{31DC0D50-E893-41A9-9815-19E7EFE67FB8}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="33" r:id="rId1"/>
     <sheet name="Main" sheetId="2" r:id="rId2"/>
     <sheet name="AT" sheetId="32" r:id="rId3"/>
     <sheet name="BE" sheetId="3" r:id="rId4"/>
     <sheet name="BG" sheetId="4" r:id="rId5"/>
     <sheet name="CY" sheetId="5" r:id="rId6"/>
     <sheet name="CZ" sheetId="6" r:id="rId7"/>
     <sheet name="DE" sheetId="7" r:id="rId8"/>
     <sheet name="DK" sheetId="8" r:id="rId9"/>
     <sheet name="EE" sheetId="9" r:id="rId10"/>
     <sheet name="EL" sheetId="10" r:id="rId11"/>
     <sheet name="ES" sheetId="11" r:id="rId12"/>
     <sheet name="FI" sheetId="12" r:id="rId13"/>
     <sheet name="FR" sheetId="13" r:id="rId14"/>
     <sheet name="HR" sheetId="14" r:id="rId15"/>
     <sheet name="HU" sheetId="15" r:id="rId16"/>
     <sheet name="IE" sheetId="16" r:id="rId17"/>
     <sheet name="IS" sheetId="17" r:id="rId18"/>
     <sheet name="IT" sheetId="18" r:id="rId19"/>
     <sheet name="LI" sheetId="19" r:id="rId20"/>
     <sheet name="LT" sheetId="20" r:id="rId21"/>
     <sheet name="LU" sheetId="21" r:id="rId22"/>
     <sheet name="LV" sheetId="22" r:id="rId23"/>
-    <sheet name="NL" sheetId="24" r:id="rId24"/>
-[...6 lines deleted...]
-    <sheet name="SK" sheetId="31" r:id="rId31"/>
+    <sheet name="MT" sheetId="34" r:id="rId24"/>
+    <sheet name="NL" sheetId="24" r:id="rId25"/>
+    <sheet name="NO" sheetId="25" r:id="rId26"/>
+    <sheet name="PL" sheetId="26" r:id="rId27"/>
+    <sheet name="PT" sheetId="27" r:id="rId28"/>
+    <sheet name="RO" sheetId="28" r:id="rId29"/>
+    <sheet name="SE" sheetId="29" r:id="rId30"/>
+    <sheet name="SI" sheetId="30" r:id="rId31"/>
+    <sheet name="SK" sheetId="31" r:id="rId32"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">AT!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">BE!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">BG!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">CY!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">CZ!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">DE!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">DK!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">EE!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">EL!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="1">ES!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="1">FI!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="1">FR!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="1">HR!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="1">HU!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="16" hidden="1">IE!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="17" hidden="1">IS!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="18" hidden="1">IT!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="19" hidden="1">LI!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="20" hidden="1">LT!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="21" hidden="1">LU!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="22" hidden="1">LV!$B$3:$L$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Main!$B$3:$L$13</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="23" hidden="1">NL!$B$3:$L$13</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="30" hidden="1">SK!$B$3:$L$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="24" hidden="1">NL!$B$3:$L$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="25" hidden="1">NO!$B$3:$L$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="26" hidden="1">PL!$B$3:$L$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="27" hidden="1">PT!$B$3:$L$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="28" hidden="1">RO!$B$3:$L$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="29" hidden="1">SE!$B$3:$L$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="30" hidden="1">SI!$B$3:$L$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="31" hidden="1">SK!$B$3:$L$13</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B4" i="9" l="1"/>
+  <c r="G13" i="34" l="1"/>
+  <c r="G12" i="34"/>
+  <c r="G11" i="34"/>
+  <c r="G10" i="34"/>
+  <c r="G9" i="34"/>
+  <c r="G8" i="34"/>
+  <c r="G7" i="34"/>
+  <c r="G6" i="34"/>
+  <c r="G5" i="34"/>
+  <c r="K4" i="34"/>
+  <c r="G4" i="34"/>
   <c r="G13" i="32" l="1"/>
   <c r="G10" i="32"/>
   <c r="G8" i="32"/>
   <c r="G7" i="32"/>
   <c r="G6" i="32"/>
   <c r="K4" i="32"/>
-  <c r="I4" i="32"/>
-  <c r="H4" i="32"/>
   <c r="G4" i="32"/>
-  <c r="E4" i="32"/>
-[...2 lines deleted...]
-  <c r="B4" i="32"/>
   <c r="G13" i="31"/>
   <c r="G10" i="31"/>
   <c r="G8" i="31"/>
   <c r="G7" i="31"/>
   <c r="G6" i="31"/>
   <c r="G4" i="31"/>
   <c r="G13" i="30"/>
   <c r="G10" i="30"/>
   <c r="G8" i="30"/>
   <c r="G7" i="30"/>
   <c r="G6" i="30"/>
   <c r="G4" i="30"/>
   <c r="G13" i="29"/>
   <c r="G10" i="29"/>
   <c r="G8" i="29"/>
   <c r="G7" i="29"/>
   <c r="G6" i="29"/>
   <c r="G4" i="29"/>
   <c r="G13" i="28"/>
   <c r="G10" i="28"/>
   <c r="G8" i="28"/>
   <c r="G7" i="28"/>
   <c r="G6" i="28"/>
   <c r="G4" i="28"/>
   <c r="G13" i="27"/>
@@ -315,244 +321,95 @@
   <c r="G13" i="6"/>
   <c r="G10" i="6"/>
   <c r="G8" i="6"/>
   <c r="G7" i="6"/>
   <c r="G6" i="6"/>
   <c r="G4" i="6"/>
   <c r="G13" i="5"/>
   <c r="G10" i="5"/>
   <c r="G8" i="5"/>
   <c r="G7" i="5"/>
   <c r="G6" i="5"/>
   <c r="G4" i="5"/>
   <c r="G13" i="4"/>
   <c r="G10" i="4"/>
   <c r="G8" i="4"/>
   <c r="G7" i="4"/>
   <c r="G6" i="4"/>
   <c r="G4" i="4"/>
   <c r="G6" i="3"/>
   <c r="G7" i="3"/>
   <c r="G8" i="3"/>
   <c r="G10" i="3"/>
   <c r="G13" i="3"/>
   <c r="G4" i="3"/>
   <c r="K4" i="31"/>
-  <c r="I4" i="31"/>
-[...4 lines deleted...]
-  <c r="B4" i="31"/>
   <c r="K4" i="30"/>
-  <c r="I4" i="30"/>
-[...4 lines deleted...]
-  <c r="B4" i="30"/>
   <c r="K4" i="29"/>
   <c r="I4" i="29"/>
   <c r="H4" i="29"/>
-  <c r="E4" i="29"/>
-[...2 lines deleted...]
-  <c r="B4" i="29"/>
   <c r="K4" i="28"/>
   <c r="I4" i="28"/>
   <c r="H4" i="28"/>
-  <c r="E4" i="28"/>
-[...2 lines deleted...]
-  <c r="B4" i="28"/>
   <c r="K4" i="27"/>
-  <c r="I4" i="27"/>
-[...4 lines deleted...]
-  <c r="B4" i="27"/>
   <c r="K4" i="26"/>
   <c r="I4" i="26"/>
   <c r="H4" i="26"/>
-  <c r="E4" i="26"/>
-[...2 lines deleted...]
-  <c r="B4" i="26"/>
   <c r="K4" i="25"/>
-  <c r="I4" i="25"/>
-[...4 lines deleted...]
-  <c r="B4" i="25"/>
   <c r="K4" i="24"/>
-  <c r="I4" i="24"/>
-[...4 lines deleted...]
-  <c r="B4" i="24"/>
   <c r="K4" i="22"/>
   <c r="I4" i="22"/>
   <c r="H4" i="22"/>
-  <c r="E4" i="22"/>
-[...2 lines deleted...]
-  <c r="B4" i="22"/>
   <c r="K4" i="21"/>
-  <c r="I4" i="21"/>
-[...4 lines deleted...]
-  <c r="B4" i="21"/>
   <c r="K4" i="20"/>
   <c r="I4" i="20"/>
   <c r="H4" i="20"/>
-  <c r="E4" i="20"/>
-[...2 lines deleted...]
-  <c r="B4" i="20"/>
   <c r="K4" i="19"/>
-  <c r="I4" i="19"/>
-[...4 lines deleted...]
-  <c r="B4" i="19"/>
   <c r="K4" i="18"/>
   <c r="I4" i="18"/>
   <c r="H4" i="18"/>
-  <c r="E4" i="18"/>
-[...2 lines deleted...]
-  <c r="B4" i="18"/>
   <c r="K4" i="17"/>
-  <c r="I4" i="17"/>
-[...4 lines deleted...]
-  <c r="B4" i="17"/>
   <c r="K4" i="16"/>
   <c r="I4" i="16"/>
   <c r="H4" i="16"/>
-  <c r="E4" i="16"/>
-[...2 lines deleted...]
-  <c r="B4" i="16"/>
   <c r="K4" i="15"/>
-  <c r="I4" i="15"/>
-[...4 lines deleted...]
-  <c r="B4" i="15"/>
   <c r="K4" i="14"/>
-  <c r="I4" i="14"/>
-[...4 lines deleted...]
-  <c r="B4" i="14"/>
   <c r="K4" i="13"/>
-  <c r="I4" i="13"/>
-[...4 lines deleted...]
-  <c r="B4" i="13"/>
   <c r="K4" i="12"/>
-  <c r="I4" i="12"/>
-[...4 lines deleted...]
-  <c r="B4" i="12"/>
   <c r="K4" i="11"/>
   <c r="I4" i="11"/>
   <c r="H4" i="11"/>
-  <c r="E4" i="11"/>
-[...2 lines deleted...]
-  <c r="B4" i="11"/>
   <c r="K4" i="10"/>
-  <c r="I4" i="10"/>
-[...4 lines deleted...]
-  <c r="B4" i="10"/>
   <c r="K4" i="9"/>
-  <c r="I4" i="9"/>
-[...3 lines deleted...]
-  <c r="C4" i="9"/>
   <c r="K4" i="8"/>
-  <c r="I4" i="8"/>
-[...4 lines deleted...]
-  <c r="B4" i="8"/>
   <c r="K4" i="7"/>
   <c r="I4" i="7"/>
   <c r="H4" i="7"/>
-  <c r="E4" i="7"/>
-[...2 lines deleted...]
-  <c r="B4" i="7"/>
   <c r="K4" i="6"/>
-  <c r="I4" i="6"/>
-[...4 lines deleted...]
-  <c r="B4" i="6"/>
   <c r="K4" i="5"/>
-  <c r="I4" i="5"/>
-[...4 lines deleted...]
-  <c r="B4" i="5"/>
   <c r="K4" i="4"/>
-  <c r="I4" i="4"/>
-[...4 lines deleted...]
-  <c r="B4" i="4"/>
   <c r="K4" i="3"/>
-  <c r="I4" i="3"/>
-[...4 lines deleted...]
-  <c r="C4" i="3"/>
   <c r="G11" i="5"/>
   <c r="G11" i="19"/>
   <c r="G11" i="16"/>
   <c r="G11" i="31"/>
   <c r="G11" i="30"/>
   <c r="G11" i="20"/>
   <c r="G11" i="10"/>
   <c r="G11" i="8"/>
   <c r="G11" i="24"/>
   <c r="G11" i="18"/>
   <c r="G11" i="32"/>
   <c r="G11" i="14"/>
   <c r="G11" i="29"/>
   <c r="G11" i="28"/>
   <c r="G11" i="26"/>
   <c r="G11" i="3"/>
   <c r="G11" i="6"/>
   <c r="G11" i="13"/>
   <c r="G11" i="9"/>
   <c r="G11" i="11"/>
   <c r="G11" i="21"/>
   <c r="G11" i="25"/>
   <c r="G11" i="15"/>
   <c r="G11" i="7"/>
   <c r="G11" i="12"/>
@@ -625,355 +482,365 @@
   <c r="G9" i="16"/>
   <c r="G9" i="20"/>
   <c r="G9" i="14"/>
   <c r="G9" i="24"/>
   <c r="G9" i="8"/>
   <c r="G9" i="7"/>
   <c r="G9" i="15"/>
   <c r="G9" i="28"/>
   <c r="G9" i="12"/>
   <c r="G9" i="5"/>
   <c r="G9" i="27"/>
   <c r="G9" i="6"/>
   <c r="G9" i="13"/>
   <c r="G9" i="9"/>
   <c r="G9" i="10"/>
   <c r="G9" i="29"/>
   <c r="G9" i="30"/>
   <c r="G9" i="3"/>
   <c r="G9" i="19"/>
   <c r="G9" i="22"/>
   <c r="G9" i="31"/>
   <c r="G9" i="11"/>
   <c r="G9" i="25"/>
   <c r="G9" i="17"/>
   <c r="G9" i="18"/>
+  <c r="J13" i="4"/>
+  <c r="J13" i="9"/>
+  <c r="J13" i="18"/>
+  <c r="J13" i="27"/>
+  <c r="J13" i="17"/>
+  <c r="J13" i="30"/>
+  <c r="J13" i="26"/>
+  <c r="J13" i="11"/>
+  <c r="J13" i="24"/>
+  <c r="J13" i="6"/>
+  <c r="J13" i="10"/>
+  <c r="J13" i="5"/>
+  <c r="J13" i="3"/>
+  <c r="J13" i="20"/>
+  <c r="J13" i="13"/>
+  <c r="J13" i="8"/>
+  <c r="J13" i="22"/>
+  <c r="J13" i="34"/>
+  <c r="J13" i="31"/>
+  <c r="J13" i="19"/>
+  <c r="J13" i="28"/>
+  <c r="J13" i="25"/>
+  <c r="J13" i="32"/>
+  <c r="J13" i="14"/>
+  <c r="J13" i="29"/>
+  <c r="J13" i="7"/>
+  <c r="J13" i="21"/>
+  <c r="J13" i="15"/>
+  <c r="J13" i="16"/>
+  <c r="J13" i="2"/>
+  <c r="J13" i="12"/>
+  <c r="J6" i="19"/>
+  <c r="J6" i="5"/>
+  <c r="J6" i="21"/>
+  <c r="J6" i="13"/>
+  <c r="J6" i="27"/>
+  <c r="J6" i="34"/>
+  <c r="J6" i="26"/>
+  <c r="J6" i="10"/>
+  <c r="J6" i="3"/>
+  <c r="J6" i="17"/>
+  <c r="J6" i="28"/>
+  <c r="J6" i="16"/>
+  <c r="J6" i="18"/>
+  <c r="J6" i="12"/>
+  <c r="J6" i="31"/>
+  <c r="J6" i="24"/>
+  <c r="J6" i="11"/>
+  <c r="J6" i="20"/>
+  <c r="J6" i="9"/>
+  <c r="J6" i="29"/>
+  <c r="J6" i="25"/>
+  <c r="J6" i="15"/>
+  <c r="J6" i="22"/>
+  <c r="J6" i="14"/>
+  <c r="J6" i="30"/>
+  <c r="J6" i="6"/>
+  <c r="J6" i="8"/>
+  <c r="J6" i="4"/>
+  <c r="J6" i="7"/>
+  <c r="J6" i="2"/>
+  <c r="J6" i="32"/>
+  <c r="J9" i="28"/>
+  <c r="J9" i="19"/>
+  <c r="J9" i="3"/>
+  <c r="J9" i="31"/>
+  <c r="J9" i="27"/>
+  <c r="J9" i="29"/>
+  <c r="J9" i="34"/>
+  <c r="J9" i="30"/>
+  <c r="J9" i="13"/>
+  <c r="J9" i="9"/>
+  <c r="J9" i="15"/>
+  <c r="J9" i="24"/>
+  <c r="J9" i="22"/>
+  <c r="J9" i="16"/>
+  <c r="J9" i="12"/>
+  <c r="J9" i="5"/>
+  <c r="J9" i="6"/>
+  <c r="J9" i="7"/>
+  <c r="J9" i="32"/>
+  <c r="J9" i="17"/>
+  <c r="J9" i="10"/>
+  <c r="J9" i="21"/>
+  <c r="J9" i="26"/>
+  <c r="J9" i="20"/>
+  <c r="J9" i="25"/>
+  <c r="J9" i="11"/>
+  <c r="J9" i="14"/>
+  <c r="J9" i="8"/>
+  <c r="J9" i="18"/>
+  <c r="J9" i="2"/>
+  <c r="J9" i="4"/>
+  <c r="J12" i="22"/>
+  <c r="J12" i="34"/>
+  <c r="J12" i="26"/>
+  <c r="J12" i="21"/>
+  <c r="J12" i="12"/>
+  <c r="J12" i="31"/>
+  <c r="J12" i="25"/>
+  <c r="J12" i="30"/>
+  <c r="J12" i="20"/>
+  <c r="J12" i="32"/>
+  <c r="J12" i="17"/>
+  <c r="J12" i="4"/>
+  <c r="J12" i="7"/>
+  <c r="J12" i="24"/>
+  <c r="J12" i="19"/>
+  <c r="J12" i="3"/>
+  <c r="J12" i="10"/>
+  <c r="J12" i="6"/>
+  <c r="J12" i="9"/>
+  <c r="J12" i="18"/>
+  <c r="J12" i="28"/>
+  <c r="J12" i="27"/>
+  <c r="J12" i="29"/>
+  <c r="J12" i="8"/>
+  <c r="J12" i="11"/>
+  <c r="J12" i="14"/>
+  <c r="J12" i="15"/>
+  <c r="J12" i="5"/>
+  <c r="J12" i="16"/>
+  <c r="J12" i="2"/>
+  <c r="J12" i="13"/>
+  <c r="J5" i="18"/>
+  <c r="J5" i="6"/>
+  <c r="J5" i="32"/>
+  <c r="J5" i="20"/>
   <c r="J5" i="31"/>
+  <c r="J5" i="4"/>
+  <c r="J5" i="11"/>
+  <c r="J5" i="29"/>
   <c r="J5" i="5"/>
-  <c r="J5" i="19"/>
-[...13 lines deleted...]
-  <c r="J5" i="10"/>
   <c r="J5" i="8"/>
   <c r="J5" i="28"/>
+  <c r="J5" i="25"/>
+  <c r="J5" i="22"/>
+  <c r="J5" i="30"/>
+  <c r="J5" i="24"/>
+  <c r="J5" i="12"/>
+  <c r="J5" i="17"/>
+  <c r="J5" i="13"/>
+  <c r="J5" i="3"/>
+  <c r="J5" i="7"/>
+  <c r="J5" i="21"/>
+  <c r="J5" i="15"/>
+  <c r="J5" i="27"/>
+  <c r="J5" i="14"/>
+  <c r="J5" i="10"/>
+  <c r="J5" i="34"/>
+  <c r="J5" i="9"/>
+  <c r="J5" i="26"/>
   <c r="J5" i="16"/>
-  <c r="J5" i="15"/>
-[...6 lines deleted...]
-  <c r="J5" i="14"/>
   <c r="J5" i="2"/>
-  <c r="J5" i="13"/>
-[...29 lines deleted...]
-  <c r="J9" i="29"/>
+  <c r="J5" i="19"/>
+  <c r="J11" i="13"/>
+  <c r="J11" i="12"/>
+  <c r="J11" i="32"/>
+  <c r="J11" i="10"/>
+  <c r="J11" i="31"/>
+  <c r="J11" i="16"/>
+  <c r="J11" i="9"/>
+  <c r="J11" i="30"/>
+  <c r="J11" i="27"/>
   <c r="J11" i="25"/>
-  <c r="J11" i="9"/>
   <c r="J11" i="5"/>
-  <c r="J11" i="6"/>
-[...21 lines deleted...]
-  <c r="J11" i="31"/>
   <c r="J11" i="8"/>
   <c r="J11" i="24"/>
+  <c r="J11" i="17"/>
+  <c r="J11" i="18"/>
+  <c r="J11" i="29"/>
+  <c r="J11" i="6"/>
+  <c r="J11" i="15"/>
+  <c r="J11" i="34"/>
+  <c r="J11" i="14"/>
+  <c r="J11" i="28"/>
+  <c r="J11" i="19"/>
+  <c r="J11" i="3"/>
+  <c r="J11" i="21"/>
+  <c r="J11" i="7"/>
+  <c r="J11" i="4"/>
+  <c r="J11" i="11"/>
+  <c r="J11" i="20"/>
+  <c r="J11" i="26"/>
   <c r="J11" i="2"/>
-  <c r="J11" i="17"/>
-[...29 lines deleted...]
-  <c r="J6" i="28"/>
+  <c r="J11" i="22"/>
+  <c r="J7" i="26"/>
+  <c r="J7" i="29"/>
+  <c r="J7" i="7"/>
+  <c r="J7" i="5"/>
+  <c r="J7" i="15"/>
+  <c r="J7" i="25"/>
+  <c r="J7" i="6"/>
+  <c r="J7" i="17"/>
   <c r="J7" i="27"/>
+  <c r="J7" i="13"/>
+  <c r="J7" i="18"/>
+  <c r="J7" i="4"/>
+  <c r="J7" i="8"/>
+  <c r="J7" i="31"/>
+  <c r="J7" i="14"/>
+  <c r="J7" i="30"/>
+  <c r="J7" i="11"/>
+  <c r="J7" i="10"/>
+  <c r="J7" i="22"/>
+  <c r="J7" i="21"/>
+  <c r="J7" i="19"/>
+  <c r="J7" i="32"/>
+  <c r="J7" i="16"/>
   <c r="J7" i="28"/>
   <c r="J7" i="20"/>
-  <c r="J7" i="26"/>
-[...7 lines deleted...]
-  <c r="J7" i="31"/>
   <c r="J7" i="9"/>
-  <c r="J7" i="32"/>
-  <c r="J7" i="19"/>
+  <c r="J7" i="24"/>
+  <c r="J7" i="12"/>
+  <c r="J7" i="34"/>
+  <c r="J7" i="2"/>
   <c r="J7" i="3"/>
-  <c r="J7" i="17"/>
-[...43 lines deleted...]
-  <c r="J8" i="6"/>
   <c r="J8" i="19"/>
-  <c r="J8" i="21"/>
-[...6 lines deleted...]
-  <c r="J8" i="15"/>
+  <c r="J8" i="31"/>
+  <c r="J8" i="12"/>
   <c r="J8" i="24"/>
-  <c r="J8" i="18"/>
-  <c r="J8" i="3"/>
   <c r="J8" i="29"/>
   <c r="J8" i="9"/>
+  <c r="J8" i="18"/>
+  <c r="J8" i="6"/>
+  <c r="J8" i="3"/>
+  <c r="J8" i="4"/>
+  <c r="J8" i="15"/>
+  <c r="J8" i="27"/>
+  <c r="J8" i="34"/>
+  <c r="J8" i="32"/>
+  <c r="J8" i="20"/>
   <c r="J8" i="16"/>
+  <c r="J8" i="28"/>
+  <c r="J8" i="11"/>
+  <c r="J8" i="13"/>
+  <c r="J8" i="22"/>
+  <c r="J8" i="10"/>
+  <c r="J8" i="7"/>
+  <c r="J8" i="5"/>
+  <c r="J8" i="21"/>
+  <c r="J8" i="17"/>
+  <c r="J8" i="26"/>
+  <c r="J8" i="25"/>
+  <c r="J8" i="30"/>
+  <c r="J8" i="8"/>
+  <c r="J8" i="2"/>
   <c r="J8" i="14"/>
-  <c r="J8" i="12"/>
-[...41 lines deleted...]
-  <c r="J13" i="21"/>
+  <c r="J4" i="22"/>
+  <c r="J4" i="6"/>
+  <c r="J4" i="5"/>
+  <c r="J4" i="9"/>
+  <c r="J4" i="29"/>
+  <c r="J4" i="13"/>
+  <c r="J4" i="19"/>
+  <c r="J4" i="10"/>
+  <c r="J4" i="16"/>
+  <c r="J4" i="24"/>
+  <c r="J4" i="4"/>
+  <c r="J4" i="27"/>
+  <c r="J4" i="26"/>
+  <c r="J4" i="32"/>
+  <c r="J4" i="7"/>
+  <c r="J4" i="11"/>
+  <c r="J4" i="31"/>
+  <c r="J4" i="34"/>
+  <c r="J4" i="3"/>
+  <c r="J4" i="17"/>
+  <c r="J4" i="30"/>
+  <c r="J4" i="15"/>
   <c r="J4" i="21"/>
+  <c r="J4" i="8"/>
   <c r="J4" i="14"/>
-  <c r="J4" i="5"/>
-  <c r="J4" i="8"/>
+  <c r="J4" i="18"/>
   <c r="J4" i="12"/>
-  <c r="J4" i="13"/>
-[...2 lines deleted...]
-  <c r="J4" i="11"/>
+  <c r="J4" i="25"/>
+  <c r="J4" i="20"/>
+  <c r="J4" i="2"/>
   <c r="J4" i="28"/>
-  <c r="J4" i="24"/>
-[...21 lines deleted...]
-  <c r="J10" i="18"/>
+  <c r="J10" i="3"/>
+  <c r="J10" i="27"/>
+  <c r="J10" i="13"/>
+  <c r="J10" i="21"/>
+  <c r="J10" i="25"/>
   <c r="J10" i="31"/>
-  <c r="J10" i="15"/>
-[...5 lines deleted...]
-  <c r="J10" i="21"/>
   <c r="J10" i="20"/>
-  <c r="J10" i="13"/>
-[...11 lines deleted...]
-  <c r="J10" i="27"/>
   <c r="J10" i="5"/>
   <c r="J10" i="6"/>
+  <c r="J10" i="28"/>
+  <c r="J10" i="11"/>
+  <c r="J10" i="29"/>
+  <c r="J10" i="10"/>
+  <c r="J10" i="8"/>
+  <c r="J10" i="14"/>
+  <c r="J10" i="16"/>
+  <c r="J10" i="7"/>
+  <c r="J10" i="24"/>
+  <c r="J10" i="32"/>
+  <c r="J10" i="18"/>
+  <c r="J10" i="19"/>
+  <c r="J10" i="34"/>
+  <c r="J10" i="9"/>
+  <c r="J10" i="15"/>
   <c r="J10" i="17"/>
+  <c r="J10" i="22"/>
+  <c r="J10" i="26"/>
+  <c r="J10" i="4"/>
+  <c r="J10" i="12"/>
   <c r="J10" i="2"/>
-  <c r="J10" i="22"/>
+  <c r="J10" i="30"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="876" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="906" uniqueCount="71">
   <si>
     <t xml:space="preserve">Art. 109(5) (a) </t>
   </si>
   <si>
     <t>Art. 109(5) (b)</t>
   </si>
   <si>
     <t>Art. 109 (5) (d)</t>
   </si>
   <si>
     <t>Art. 109 (5) (c)</t>
   </si>
   <si>
     <t>Art. 109(5) (g)</t>
   </si>
   <si>
     <t xml:space="preserve">Article 109 (5) (f) </t>
   </si>
   <si>
     <t>Name of NCA</t>
   </si>
   <si>
     <t>providing custody and administration of crypto-assets on behalf of clients</t>
   </si>
   <si>
@@ -1243,50 +1110,56 @@
 Column F on '</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Crypto-Asset services provided by the CASP</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">' should be filled based on the services offered in the Home Member State. 
 An 'X' should be placed behind all services the CASP will be authorised for. Entries in the 'Main' worksheet, will be automatically copied into all worksheets for individual Member States. </t>
     </r>
   </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>dd/mm/yyyy</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1403,51 +1276,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -1619,63 +1492,50 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...11 lines deleted...]
-      </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
@@ -1683,221 +1543,248 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2211,83 +2098,83 @@
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings29.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings30.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
@@ -2346,11373 +2233,11198 @@
       </c>
       <c r="C6" s="17" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="2:3" ht="94.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="18">
         <v>5</v>
       </c>
       <c r="C7" s="17" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EFCEE40-B7B8-472E-87D5-3321EF1A934F}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView zoomScale="60" zoomScaleNormal="40" workbookViewId="0">
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF862AF8-D654-43D0-938F-61BCD4746CBA}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="J3" zoomScale="81" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>37</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A348D220-C313-4772-8140-5215CD0770A4}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="G3" zoomScale="70" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>39</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4E86CE5E-37A4-4A28-BADB-145A0429E509}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="77" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>58</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30B9D9DC-9332-4540-86DC-C5E3DEB979E5}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="72" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>40</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BCAD3B7F-862C-4295-8BE5-6B17E6F961C8}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="76" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2BC161F-BCB6-4709-981F-414674F6596C}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="75" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>58</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{198100C7-BBD0-4FE3-8277-38E5143E566E}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F1" zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>43</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD6E5F05-F149-4C1C-8CF0-CAB19DAD7224}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L4" s="34"/>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G4:G5" xr:uid="{39FF3307-B128-42D1-BDA3-F61345967124}">
       <formula1>"YES, NO"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2BBDB96-85DC-4FE9-9A9B-7F5F3E97ED21}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F5" zoomScale="70" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>58</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>44</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B87D8FE7-2C97-4D5F-B783-B45A6D134144}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="F1" zoomScale="59" zoomScaleNormal="40" workbookViewId="0">
-[...342 lines deleted...]
-    <sheetView zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L3" s="57" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="27"/>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="61">
+        <v>0</v>
+      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
+      <c r="J4" s="15" t="str">
+        <f ca="1">Main!J4</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K4" s="33" t="s">
+        <v>70</v>
+      </c>
+      <c r="L4" s="58"/>
+    </row>
+    <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="28"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
+      <c r="F5" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G5" s="61">
+        <v>0</v>
+      </c>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="2" t="str">
+        <f ca="1">Main!J5</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
+    </row>
+    <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="28"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
+      <c r="F6" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" s="61">
+        <v>0</v>
+      </c>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="2" t="str">
+        <f ca="1">Main!J6</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
+    </row>
+    <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="28"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
+      <c r="F7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="61">
+        <v>0</v>
+      </c>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="2" t="str">
+        <f ca="1">Main!J7</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
+    </row>
+    <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="28"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
+      <c r="F8" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="61">
+        <v>0</v>
+      </c>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="2" t="str">
+        <f ca="1">Main!J8</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
+    </row>
+    <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="28"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
+      <c r="F9" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="61">
+        <v>0</v>
+      </c>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="2">
+        <f ca="1">Main!J9</f>
+        <v>0</v>
+      </c>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
+    </row>
+    <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="28"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
+      <c r="F10" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" s="61">
+        <v>0</v>
+      </c>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="2">
+        <f ca="1">Main!J10</f>
+        <v>0</v>
+      </c>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
+    </row>
+    <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="28"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
+      <c r="F11" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" s="61">
+        <v>0</v>
+      </c>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="2">
+        <f ca="1">Main!J11</f>
+        <v>0</v>
+      </c>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
+    </row>
+    <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="28"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
+      <c r="F12" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="61">
+        <v>0</v>
+      </c>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="2">
+        <f ca="1">Main!J12</f>
+        <v>0</v>
+      </c>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
+    </row>
+    <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="29"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
+      <c r="F13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="61">
+        <v>0</v>
+      </c>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
+      <c r="J13" s="21">
+        <f ca="1">Main!J13</f>
+        <v>0</v>
+      </c>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
+    <filterColumn colId="4" showButton="0"/>
+    <filterColumn colId="10" showButton="0"/>
+  </autoFilter>
+  <mergeCells count="18">
+    <mergeCell ref="J1:J2"/>
+    <mergeCell ref="K1:K2"/>
+    <mergeCell ref="L1:L2"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="A4:A13"/>
+    <mergeCell ref="L4:L13"/>
+    <mergeCell ref="K4:K13"/>
+    <mergeCell ref="B1:C2"/>
+    <mergeCell ref="D1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="H1:I2"/>
+    <mergeCell ref="H4:H13"/>
+    <mergeCell ref="E4:E13"/>
+    <mergeCell ref="D4:D13"/>
+    <mergeCell ref="C4:C13"/>
+    <mergeCell ref="B4:B13"/>
+    <mergeCell ref="I4:I13"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B437F67C-75E9-4635-AC89-F013CAD6A280}">
+  <dimension ref="A1:L13"/>
+  <sheetViews>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="D4" sqref="D4:D13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="27" style="1"/>
+    <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
+    <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="124" style="3" customWidth="1"/>
+    <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="27" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
+        <v>2</v>
+      </c>
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
+        <v>4</v>
+      </c>
+      <c r="K1" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="L1" s="55" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
+    </row>
+    <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="D3" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="G3" s="26"/>
+      <c r="H3" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="I3" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>59</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L4" s="34"/>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A7615EA-3FCA-4CAA-85C3-C83940C27A95}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F1" zoomScale="72" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>45</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6AE05220-968C-4643-BBFA-36AAC8E2B67F}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>58</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>46</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{36B7C5F6-3423-47C9-A387-52EA46FD5853}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>59</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>47</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5343F3F5-C6E2-4480-A7B4-7DF24480D425}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F33DDA4-1447-4E0D-8081-19AFB987EA91}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="74" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>59</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="A4" s="52" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
-  <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
-[...2 lines deleted...]
-  </autoFilter>
   <mergeCells count="18">
+    <mergeCell ref="B1:C2"/>
+    <mergeCell ref="D1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="H1:I2"/>
+    <mergeCell ref="A4:A13"/>
+    <mergeCell ref="B4:B13"/>
+    <mergeCell ref="C4:C13"/>
+    <mergeCell ref="D4:D13"/>
+    <mergeCell ref="E4:E13"/>
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
-    <mergeCell ref="A4:A13"/>
-[...8 lines deleted...]
-    <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-[...2 lines deleted...]
-  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55A9BE93-E7CA-49E8-BA50-CFC411E611C3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5343F3F5-C6E2-4480-A7B4-7DF24480D425}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L3" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="A4" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L4" s="34"/>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA7FCCFC-6C71-49FE-AB8F-4F85CD0B596B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55A9BE93-E7CA-49E8-BA50-CFC411E611C3}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="J1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="A4" s="52" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED115ACB-C82B-41B9-8CE1-0D3216A38947}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA7FCCFC-6C71-49FE-AB8F-4F85CD0B596B}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="73" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="A4" s="52" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{826710DD-9687-4B50-98AC-0E1F2098DFE4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED115ACB-C82B-41B9-8CE1-0D3216A38947}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="78" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="A4" s="52" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F73694B4-1326-486D-A007-7F64DE7BD645}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{826710DD-9687-4B50-98AC-0E1F2098DFE4}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="E3" zoomScale="54" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="A4" s="52" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD762938-3AF8-4E98-9799-301843DB56A7}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F1" zoomScale="49" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+    <sheetView zoomScale="49" zoomScaleNormal="40" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="53" t="s">
+      <c r="L1" s="50" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="54"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="51"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>24</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="51"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="51"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="51"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="51"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="51"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="51"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="51"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="51"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="52"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C0DAD839-82F6-4A7F-9DBD-E5957F5D78AC}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F73694B4-1326-486D-A007-7F64DE7BD645}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="A4" s="52" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2BC6DD1-098A-4448-9081-FF3F22792C49}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C0DAD839-82F6-4A7F-9DBD-E5957F5D78AC}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="C34" sqref="C34"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="K3" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L3" s="57" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="52" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="6">
+        <f>Main!G4</f>
+        <v>0</v>
+      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
+      <c r="J4" s="15" t="str">
+        <f ca="1">Main!J4</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K4" s="33" t="str">
+        <f>Main!K4</f>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
+    </row>
+    <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
+      <c r="F5" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G5" s="6">
+        <f>Main!G5</f>
+        <v>0</v>
+      </c>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="2" t="str">
+        <f ca="1">Main!J5</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
+    </row>
+    <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
+      <c r="F6" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" s="6">
+        <f>Main!G6</f>
+        <v>0</v>
+      </c>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="2" t="str">
+        <f ca="1">Main!J6</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
+    </row>
+    <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
+      <c r="F7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="6">
+        <f>Main!G7</f>
+        <v>0</v>
+      </c>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="2" t="str">
+        <f ca="1">Main!J7</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
+    </row>
+    <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
+      <c r="F8" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="6">
+        <f>Main!G8</f>
+        <v>0</v>
+      </c>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="2" t="str">
+        <f ca="1">Main!J8</f>
+        <v>[insert Text]</v>
+      </c>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
+    </row>
+    <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
+      <c r="F9" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="6">
+        <f>Main!G9</f>
+        <v>0</v>
+      </c>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="2">
+        <f ca="1">Main!J9</f>
+        <v>0</v>
+      </c>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
+    </row>
+    <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
+      <c r="F10" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" s="6">
+        <f>Main!G10</f>
+        <v>0</v>
+      </c>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="2">
+        <f ca="1">Main!J10</f>
+        <v>0</v>
+      </c>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
+    </row>
+    <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
+      <c r="F11" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" s="6">
+        <f>Main!G11</f>
+        <v>0</v>
+      </c>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="2">
+        <f ca="1">Main!J11</f>
+        <v>0</v>
+      </c>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
+    </row>
+    <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
+      <c r="F12" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="6">
+        <f>Main!G12</f>
+        <v>0</v>
+      </c>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="2">
+        <f ca="1">Main!J12</f>
+        <v>0</v>
+      </c>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
+    </row>
+    <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
+      <c r="F13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="6">
+        <f>Main!G13</f>
+        <v>0</v>
+      </c>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
+      <c r="J13" s="21">
+        <f ca="1">Main!J13</f>
+        <v>0</v>
+      </c>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
+    <filterColumn colId="4" showButton="0"/>
+    <filterColumn colId="10" showButton="0"/>
+  </autoFilter>
+  <mergeCells count="18">
+    <mergeCell ref="K4:K13"/>
+    <mergeCell ref="L4:L13"/>
+    <mergeCell ref="K1:K2"/>
+    <mergeCell ref="L1:L2"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H4:H13"/>
+    <mergeCell ref="I4:I13"/>
+    <mergeCell ref="J1:J2"/>
+    <mergeCell ref="A4:A13"/>
+    <mergeCell ref="B4:B13"/>
+    <mergeCell ref="C4:C13"/>
+    <mergeCell ref="D4:D13"/>
+    <mergeCell ref="E4:E13"/>
+    <mergeCell ref="B1:C2"/>
+    <mergeCell ref="D1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G1:G2"/>
+    <mergeCell ref="H1:I2"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2BC6DD1-098A-4448-9081-FF3F22792C49}">
+  <dimension ref="A1:L13"/>
+  <sheetViews>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="27" style="1"/>
+    <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
+    <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="124" style="3" customWidth="1"/>
+    <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="27" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
+        <v>2</v>
+      </c>
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
+        <v>4</v>
+      </c>
+      <c r="K1" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="L1" s="55" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
+    </row>
+    <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="D3" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="G3" s="26"/>
+      <c r="H3" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="I3" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J3" s="11" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9BC1931-A1F6-4BCC-AAA5-C7118E8EC6C5}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="H3" zoomScale="71" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
-      <c r="K3" s="9" t="s">
+      <c r="K3" s="62" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93176EC5-0DD0-4A6B-AA38-E02CFCA0A3C7}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F2" zoomScale="64" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>31</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{56C9E69D-790A-433D-BBF5-F33F4FBA7F68}">
-  <dimension ref="A1:L13"/>
+  <dimension ref="A1:L14"/>
   <sheetViews>
-    <sheetView topLeftCell="G3" zoomScale="77" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
-      <c r="K3" s="9" t="s">
+      <c r="K3" s="62" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="G14" s="63"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7409F6CD-2930-48AD-A162-293E89773286}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>33</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="6">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="6">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="6">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="6">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="6">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="6">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="6">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CB48C37A-1D43-4572-93EE-0E9A95F60767}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="68" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L4" sqref="L4:L13"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="56"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="57" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
+      <c r="H4" s="47">
         <f>Main!H4</f>
         <v>0</v>
       </c>
-      <c r="I4" s="23">
+      <c r="I4" s="47">
         <f>Main!I4</f>
         <v>0</v>
       </c>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="58"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="59"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="59"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="59"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="59"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="59"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="59"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="59"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="60"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C883E21-803F-4B34-B5DF-1BE484B5134C}">
   <dimension ref="A1:L13"/>
   <sheetViews>
-    <sheetView topLeftCell="F3" zoomScale="69" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27" style="1"/>
     <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="141.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.33203125" style="1" customWidth="1"/>
     <col min="8" max="9" width="33.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="124" style="3" customWidth="1"/>
     <col min="11" max="11" width="61.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="53.88671875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="27" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="4" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="40" t="s">
-[...3 lines deleted...]
-      <c r="D1" s="26" t="s">
+      <c r="B1" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="37"/>
+      <c r="D1" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="44"/>
-      <c r="F1" s="40" t="s">
+      <c r="E1" s="41"/>
+      <c r="F1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="G1" s="40"/>
-      <c r="H1" s="46" t="s">
+      <c r="G1" s="36"/>
+      <c r="H1" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="47"/>
-      <c r="J1" s="26" t="s">
+      <c r="I1" s="44"/>
+      <c r="J1" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="26" t="s">
+      <c r="K1" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L1" s="28" t="s">
+      <c r="L1" s="23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="4" customFormat="1" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="42"/>
-[...9 lines deleted...]
-      <c r="L2" s="27"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="45"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="29" t="s">
+      <c r="F3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="30"/>
+      <c r="G3" s="26"/>
       <c r="H3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="K3" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="23">
-[...14 lines deleted...]
-      </c>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="6">
+      <c r="G4" s="61">
         <f>Main!G4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="23">
-[...6 lines deleted...]
-      </c>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
       <c r="J4" s="15" t="str">
         <f ca="1">Main!J4</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K4" s="37">
+      <c r="K4" s="33" t="str">
         <f>Main!K4</f>
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>dd/mm/yyyy</v>
+      </c>
+      <c r="L4" s="30"/>
     </row>
     <row r="5" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="32"/>
-[...3 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="A5" s="53"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
       <c r="F5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G5" s="61">
         <f>Main!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="24"/>
-      <c r="I5" s="24"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
       <c r="J5" s="2" t="str">
         <f ca="1">Main!J5</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K5" s="38"/>
-      <c r="L5" s="35"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="31"/>
     </row>
     <row r="6" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="32"/>
-[...3 lines deleted...]
-      <c r="E6" s="24"/>
+      <c r="A6" s="53"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
       <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6" s="61">
         <f>Main!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="24"/>
-      <c r="I6" s="24"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
       <c r="J6" s="2" t="str">
         <f ca="1">Main!J6</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K6" s="38"/>
-      <c r="L6" s="35"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="31"/>
     </row>
     <row r="7" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="32"/>
-[...3 lines deleted...]
-      <c r="E7" s="24"/>
+      <c r="A7" s="53"/>
+      <c r="B7" s="48"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="48"/>
+      <c r="E7" s="48"/>
       <c r="F7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="6">
+      <c r="G7" s="61">
         <f>Main!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="24"/>
-      <c r="I7" s="24"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
       <c r="J7" s="2" t="str">
         <f ca="1">Main!J7</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K7" s="38"/>
-      <c r="L7" s="35"/>
+      <c r="K7" s="34"/>
+      <c r="L7" s="31"/>
     </row>
     <row r="8" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="32"/>
-[...3 lines deleted...]
-      <c r="E8" s="24"/>
+      <c r="A8" s="53"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="48"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="61">
         <f>Main!G8</f>
         <v>0</v>
       </c>
-      <c r="H8" s="24"/>
-      <c r="I8" s="24"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
       <c r="J8" s="2" t="str">
         <f ca="1">Main!J8</f>
         <v>[insert Text]</v>
       </c>
-      <c r="K8" s="38"/>
-      <c r="L8" s="35"/>
+      <c r="K8" s="34"/>
+      <c r="L8" s="31"/>
     </row>
     <row r="9" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="32"/>
-[...3 lines deleted...]
-      <c r="E9" s="24"/>
+      <c r="A9" s="53"/>
+      <c r="B9" s="48"/>
+      <c r="C9" s="48"/>
+      <c r="D9" s="48"/>
+      <c r="E9" s="48"/>
       <c r="F9" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="61">
         <f>Main!G9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="24"/>
-      <c r="I9" s="24"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
       <c r="J9" s="2">
         <f ca="1">Main!J9</f>
         <v>0</v>
       </c>
-      <c r="K9" s="38"/>
-      <c r="L9" s="35"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="31"/>
     </row>
     <row r="10" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="32"/>
-[...3 lines deleted...]
-      <c r="E10" s="24"/>
+      <c r="A10" s="53"/>
+      <c r="B10" s="48"/>
+      <c r="C10" s="48"/>
+      <c r="D10" s="48"/>
+      <c r="E10" s="48"/>
       <c r="F10" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="61">
         <f>Main!G10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="24"/>
-      <c r="I10" s="24"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
       <c r="J10" s="2">
         <f ca="1">Main!J10</f>
         <v>0</v>
       </c>
-      <c r="K10" s="38"/>
-      <c r="L10" s="35"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="31"/>
     </row>
     <row r="11" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="32"/>
-[...3 lines deleted...]
-      <c r="E11" s="24"/>
+      <c r="A11" s="53"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="61">
         <f>Main!G11</f>
         <v>0</v>
       </c>
-      <c r="H11" s="24"/>
-      <c r="I11" s="24"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
       <c r="J11" s="2">
         <f ca="1">Main!J11</f>
         <v>0</v>
       </c>
-      <c r="K11" s="38"/>
-      <c r="L11" s="35"/>
+      <c r="K11" s="34"/>
+      <c r="L11" s="31"/>
     </row>
     <row r="12" spans="1:12" ht="21" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="32"/>
-[...3 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="A12" s="53"/>
+      <c r="B12" s="48"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
       <c r="F12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="61">
         <f>Main!G12</f>
         <v>0</v>
       </c>
-      <c r="H12" s="24"/>
-      <c r="I12" s="24"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
       <c r="J12" s="2">
         <f ca="1">Main!J12</f>
         <v>0</v>
       </c>
-      <c r="K12" s="38"/>
-      <c r="L12" s="35"/>
+      <c r="K12" s="34"/>
+      <c r="L12" s="31"/>
     </row>
     <row r="13" spans="1:12" ht="35.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="33"/>
-[...3 lines deleted...]
-      <c r="E13" s="25"/>
+      <c r="A13" s="54"/>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
       <c r="F13" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="61">
         <f>Main!G13</f>
         <v>0</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25"/>
+      <c r="H13" s="49"/>
+      <c r="I13" s="49"/>
       <c r="J13" s="21">
         <f ca="1">Main!J13</f>
         <v>0</v>
       </c>
-      <c r="K13" s="39"/>
-      <c r="L13" s="36"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="32"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:L13" xr:uid="{D8AC2914-DB9A-4208-B8DC-3ABE731BD15E}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="10" showButton="0"/>
   </autoFilter>
   <mergeCells count="18">
     <mergeCell ref="K4:K13"/>
     <mergeCell ref="L4:L13"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H4:H13"/>
     <mergeCell ref="I4:I13"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A4:A13"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="C4:C13"/>
     <mergeCell ref="D4:D13"/>
     <mergeCell ref="E4:E13"/>
     <mergeCell ref="B1:C2"/>
     <mergeCell ref="D1:E2"/>
     <mergeCell ref="F1:F2"/>
     <mergeCell ref="G1:G2"/>
     <mergeCell ref="H1:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Calibri"&amp;10&amp;K000000 MFSA-RESTRICTED&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A797C473DF97A542959D462668D3FAE7" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c82eb164ee6147c05fb212c05e6cb39d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e60929c-f474-4d6f-ae9d-14c2d624ed0f" xmlns:ns3="91d02bb0-c268-4f03-80bc-a26417dcdae0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3599f1b79997171e8ef30ac620c973c6" ns2:_="" ns3:_="">
     <xsd:import namespace="8e60929c-f474-4d6f-ae9d-14c2d624ed0f"/>
     <xsd:import namespace="91d02bb0-c268-4f03-80bc-a26417dcdae0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13885,149 +13597,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e60929c-f474-4d6f-ae9d-14c2d624ed0f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CDF9020-ABB9-4A8F-A7FC-5A83339F188C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e60929c-f474-4d6f-ae9d-14c2d624ed0f"/>
     <ds:schemaRef ds:uri="91d02bb0-c268-4f03-80bc-a26417dcdae0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12AB5659-232A-430E-8AEA-4BCEFE59112B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FEC99BD-B167-4890-8E1E-2BDB0EBCF17B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="8e60929c-f474-4d6f-ae9d-14c2d624ed0f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="91d02bb0-c268-4f03-80bc-a26417dcdae0"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{002ad98a-4c15-4bb3-8de1-8e7e6baaadd0}" enabled="1" method="Standard" siteId="{8410b6b8-f588-443a-9e60-c749811fbe5f}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>31</vt:i4>
+        <vt:i4>32</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="31" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>Main</vt:lpstr>
       <vt:lpstr>AT</vt:lpstr>
       <vt:lpstr>BE</vt:lpstr>
       <vt:lpstr>BG</vt:lpstr>
       <vt:lpstr>CY</vt:lpstr>
       <vt:lpstr>CZ</vt:lpstr>
       <vt:lpstr>DE</vt:lpstr>
       <vt:lpstr>DK</vt:lpstr>
       <vt:lpstr>EE</vt:lpstr>
       <vt:lpstr>EL</vt:lpstr>
       <vt:lpstr>ES</vt:lpstr>
       <vt:lpstr>FI</vt:lpstr>
       <vt:lpstr>FR</vt:lpstr>
       <vt:lpstr>HR</vt:lpstr>
       <vt:lpstr>HU</vt:lpstr>
       <vt:lpstr>IE</vt:lpstr>
       <vt:lpstr>IS</vt:lpstr>
       <vt:lpstr>IT</vt:lpstr>
       <vt:lpstr>LI</vt:lpstr>
       <vt:lpstr>LT</vt:lpstr>
       <vt:lpstr>LU</vt:lpstr>
       <vt:lpstr>LV</vt:lpstr>
+      <vt:lpstr>MT</vt:lpstr>
       <vt:lpstr>NL</vt:lpstr>
       <vt:lpstr>NO</vt:lpstr>
       <vt:lpstr>PL</vt:lpstr>
       <vt:lpstr>PT</vt:lpstr>
       <vt:lpstr>RO</vt:lpstr>
       <vt:lpstr>SE</vt:lpstr>
       <vt:lpstr>SI</vt:lpstr>
       <vt:lpstr>SK</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laurent Tristan</dc:creator>