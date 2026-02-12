--- v0 (2025-12-14)
+++ v1 (2026-02-12)
@@ -5,76 +5,76 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Temy\SDDSPlus\SDMX Data Conversion\FSI\WEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{53963E1D-B49F-4248-8EF9-9FE7B55581AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E299341A-292D-436D-AF00-9B70D1A70262}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>Indicator</t>
   </si>
   <si>
     <t>2010-Q4</t>
   </si>
   <si>
     <t>2011-Q1</t>
   </si>
   <si>
     <t>2011-Q2</t>
   </si>
   <si>
     <t>2011-Q3</t>
   </si>
   <si>
     <t>2011-Q4</t>
   </si>
   <si>
     <t>2012-Q1</t>
   </si>
   <si>
     <t>2012-Q2</t>
   </si>
   <si>
@@ -234,50 +234,53 @@
     <t>2023-Q3</t>
   </si>
   <si>
     <t>2023-Q4</t>
   </si>
   <si>
     <t>2024-Q1</t>
   </si>
   <si>
     <t>2024-Q2</t>
   </si>
   <si>
     <t>2024-Q3</t>
   </si>
   <si>
     <t>2024-Q4</t>
   </si>
   <si>
     <t>Net open position in foreign exchange to capital</t>
   </si>
   <si>
     <t>2025-Q1</t>
   </si>
   <si>
     <t>2025-Q2</t>
+  </si>
+  <si>
+    <t>2025-Q3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1981,63 +1984,63 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:BH9"/>
+  <dimension ref="A1:BI9"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="AK1" workbookViewId="0">
-      <selection activeCell="BH2" sqref="BH2"/>
+    <sheetView tabSelected="1" topLeftCell="AQ1" workbookViewId="0">
+      <selection activeCell="BI2" sqref="BI2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="46.5703125" bestFit="1" customWidth="1"/>
-    <col min="2" max="29" width="10.28515625" customWidth="1"/>
+    <col min="1" max="1" width="46.5546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="29" width="10.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -2174,52 +2177,55 @@
       </c>
       <c r="BA1" s="4" t="s">
         <v>59</v>
       </c>
       <c r="BB1" s="1" t="s">
         <v>60</v>
       </c>
       <c r="BC1" s="1" t="s">
         <v>61</v>
       </c>
       <c r="BD1" s="1" t="s">
         <v>62</v>
       </c>
       <c r="BE1" s="1" t="s">
         <v>63</v>
       </c>
       <c r="BF1" s="1" t="s">
         <v>64</v>
       </c>
       <c r="BG1" s="1" t="s">
         <v>66</v>
       </c>
       <c r="BH1" s="1" t="s">
         <v>67</v>
       </c>
+      <c r="BI1" s="1" t="s">
+        <v>68</v>
+      </c>
     </row>
-    <row r="2" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B2" s="2">
         <v>11.5792898572154</v>
       </c>
       <c r="C2" s="2">
         <v>11.4503092609879</v>
       </c>
       <c r="D2" s="2">
         <v>11.6195258358364</v>
       </c>
       <c r="E2" s="2">
         <v>11.935288926134501</v>
       </c>
       <c r="F2" s="2">
         <v>12.388409469362401</v>
       </c>
       <c r="G2" s="2">
         <v>13.859009968016201</v>
       </c>
       <c r="H2" s="2">
         <v>14.104220882204199</v>
       </c>
       <c r="I2" s="2">
@@ -2356,52 +2362,55 @@
       </c>
       <c r="BA2" s="5">
         <v>18.450011020998392</v>
       </c>
       <c r="BB2" s="5">
         <v>18.985342062330698</v>
       </c>
       <c r="BC2" s="5">
         <v>19.367167173914396</v>
       </c>
       <c r="BD2" s="5">
         <v>19.518085896395867</v>
       </c>
       <c r="BE2" s="5">
         <v>19.410647765324452</v>
       </c>
       <c r="BF2" s="5">
         <v>18.976234007619347</v>
       </c>
       <c r="BG2" s="5">
         <v>20.051678825868148</v>
       </c>
       <c r="BH2" s="5">
         <v>19.815632487804507</v>
       </c>
+      <c r="BI2" s="5">
+        <v>19.79828563956546</v>
+      </c>
     </row>
-    <row r="3" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B3" s="2">
         <v>7.7762174004580924</v>
       </c>
       <c r="C3" s="2">
         <v>7.8076948052133837</v>
       </c>
       <c r="D3" s="2">
         <v>7.8449872496581428</v>
       </c>
       <c r="E3" s="2">
         <v>7.895098989879255</v>
       </c>
       <c r="F3" s="2">
         <v>8.0145513265905617</v>
       </c>
       <c r="G3" s="2">
         <v>8.5546928885773745</v>
       </c>
       <c r="H3" s="2">
         <v>8.7023780277880718</v>
       </c>
       <c r="I3" s="2">
@@ -2538,52 +2547,55 @@
       </c>
       <c r="BA3" s="5">
         <v>7.8698139549131367</v>
       </c>
       <c r="BB3" s="5">
         <v>7.9559851721703243</v>
       </c>
       <c r="BC3" s="5">
         <v>8.2846721368422678</v>
       </c>
       <c r="BD3" s="5">
         <v>8.5941310835782616</v>
       </c>
       <c r="BE3" s="5">
         <v>8.4787653257178448</v>
       </c>
       <c r="BF3" s="5">
         <v>8.3595810659836864</v>
       </c>
       <c r="BG3" s="5">
         <v>8.3781587783356919</v>
       </c>
       <c r="BH3" s="5">
         <v>8.3204546454604706</v>
       </c>
+      <c r="BI3" s="5">
+        <v>8.1219379025410916</v>
+      </c>
     </row>
-    <row r="4" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="2">
         <v>20.409126245921247</v>
       </c>
       <c r="C4" s="2">
         <v>20.160472449186372</v>
       </c>
       <c r="D4" s="2">
         <v>20.394155283561169</v>
       </c>
       <c r="E4" s="2">
         <v>20.569670245820515</v>
       </c>
       <c r="F4" s="2">
         <v>20.744354985223627</v>
       </c>
       <c r="G4" s="2">
         <v>18.712171877713001</v>
       </c>
       <c r="H4" s="2">
         <v>18.877077376183756</v>
       </c>
       <c r="I4" s="2">
@@ -2720,52 +2732,55 @@
       </c>
       <c r="BA4" s="5">
         <v>8.849523685719527</v>
       </c>
       <c r="BB4" s="5">
         <v>8.8163685849331141</v>
       </c>
       <c r="BC4" s="5">
         <v>8.934499848008544</v>
       </c>
       <c r="BD4" s="5">
         <v>8.2149126102014414</v>
       </c>
       <c r="BE4" s="5">
         <v>8.0854827158610494</v>
       </c>
       <c r="BF4" s="5">
         <v>8.5256148992155119</v>
       </c>
       <c r="BG4" s="5">
         <v>8.9127633997547981</v>
       </c>
       <c r="BH4" s="5">
         <v>8.8426444136298041</v>
       </c>
+      <c r="BI4" s="5">
+        <v>9.0504244781000462</v>
+      </c>
     </row>
-    <row r="5" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="2">
         <v>5.3685491803466778</v>
       </c>
       <c r="C5" s="2">
         <v>5.196660462002229</v>
       </c>
       <c r="D5" s="2">
         <v>5.1279210749743882</v>
       </c>
       <c r="E5" s="2">
         <v>5.2116661245276923</v>
       </c>
       <c r="F5" s="2">
         <v>5.3057146358203768</v>
       </c>
       <c r="G5" s="2">
         <v>5.0710847182124388</v>
       </c>
       <c r="H5" s="2">
         <v>5.1146019935910063</v>
       </c>
       <c r="I5" s="2">
@@ -2902,52 +2917,55 @@
       </c>
       <c r="BA5" s="5">
         <v>2.0578114877640838</v>
       </c>
       <c r="BB5" s="5">
         <v>1.9925079659929266</v>
       </c>
       <c r="BC5" s="5">
         <v>2.0437933521301974</v>
       </c>
       <c r="BD5" s="5">
         <v>2.0017028496586162</v>
       </c>
       <c r="BE5" s="5">
         <v>1.9558527961160348</v>
       </c>
       <c r="BF5" s="5">
         <v>1.9217551001218882</v>
       </c>
       <c r="BG5" s="5">
         <v>1.9834575103796608</v>
       </c>
       <c r="BH5" s="5">
         <v>1.9349872625469939</v>
       </c>
+      <c r="BI5" s="5">
+        <v>1.9618345114304232</v>
+      </c>
     </row>
-    <row r="6" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B6" s="2">
         <v>1.2295806204362669</v>
       </c>
       <c r="C6" s="2">
         <v>1.5862656172055529</v>
       </c>
       <c r="D6" s="2">
         <v>1.8724906614379742</v>
       </c>
       <c r="E6" s="2">
         <v>1.7227389540264835</v>
       </c>
       <c r="F6" s="2">
         <v>1.4727952973536365</v>
       </c>
       <c r="G6" s="2">
         <v>1.2609136925783255</v>
       </c>
       <c r="H6" s="2">
         <v>1.2123920591999748</v>
       </c>
       <c r="I6" s="2">
@@ -3084,52 +3102,55 @@
       </c>
       <c r="BA6" s="5">
         <v>1.2903609044147744</v>
       </c>
       <c r="BB6" s="5">
         <v>1.3205290505193465</v>
       </c>
       <c r="BC6" s="5">
         <v>1.4079271046257771</v>
       </c>
       <c r="BD6" s="5">
         <v>1.4968201997914492</v>
       </c>
       <c r="BE6" s="5">
         <v>1.4874486535654587</v>
       </c>
       <c r="BF6" s="5">
         <v>1.4663208013537601</v>
       </c>
       <c r="BG6" s="5">
         <v>1.4057823242419503</v>
       </c>
       <c r="BH6" s="5">
         <v>1.40947019512571</v>
       </c>
+      <c r="BI6" s="5">
+        <v>1.4278577393459253</v>
+      </c>
     </row>
-    <row r="7" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B7" s="2">
         <v>56.454325689878203</v>
       </c>
       <c r="C7" s="2">
         <v>57.6277365768754</v>
       </c>
       <c r="D7" s="2">
         <v>55.655024119185597</v>
       </c>
       <c r="E7" s="2">
         <v>55.820391011722698</v>
       </c>
       <c r="F7" s="2">
         <v>52.858219012801698</v>
       </c>
       <c r="G7" s="2">
         <v>57.893194988276399</v>
       </c>
       <c r="H7" s="2">
         <v>57.297607715345301</v>
       </c>
       <c r="I7" s="2">
@@ -3266,52 +3287,55 @@
       </c>
       <c r="BA7" s="5">
         <v>39.799765014866239</v>
       </c>
       <c r="BB7" s="5">
         <v>43.415590884910522</v>
       </c>
       <c r="BC7" s="5">
         <v>42.104923670593728</v>
       </c>
       <c r="BD7" s="5">
         <v>41.930969432190622</v>
       </c>
       <c r="BE7" s="5">
         <v>40.695635396047841</v>
       </c>
       <c r="BF7" s="5">
         <v>41.966320943244703</v>
       </c>
       <c r="BG7" s="5">
         <v>40.562021154113928</v>
       </c>
       <c r="BH7" s="5">
         <v>39.527697926923508</v>
       </c>
+      <c r="BI7" s="5">
+        <v>41.165781482867672</v>
+      </c>
     </row>
-    <row r="8" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A8" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B8" s="3">
         <v>214</v>
       </c>
       <c r="C8" s="3">
         <v>212.8</v>
       </c>
       <c r="D8" s="3">
         <v>211.3</v>
       </c>
       <c r="E8" s="3">
         <v>210.3</v>
       </c>
       <c r="F8" s="3">
         <v>208.8</v>
       </c>
       <c r="G8" s="3">
         <v>208.4</v>
       </c>
       <c r="H8" s="3">
         <v>206.8</v>
       </c>
       <c r="I8" s="3">
@@ -3448,52 +3472,55 @@
       </c>
       <c r="BA8" s="6">
         <v>412</v>
       </c>
       <c r="BB8" s="6">
         <v>411</v>
       </c>
       <c r="BC8" s="6">
         <v>409</v>
       </c>
       <c r="BD8" s="6">
         <v>416</v>
       </c>
       <c r="BE8" s="6">
         <v>426</v>
       </c>
       <c r="BF8" s="6">
         <v>439</v>
       </c>
       <c r="BG8" s="5">
         <v>456</v>
       </c>
       <c r="BH8" s="5">
         <v>469</v>
       </c>
+      <c r="BI8" s="5">
+        <v>475</v>
+      </c>
     </row>
-    <row r="9" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A9" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
@@ -3533,50 +3560,53 @@
       </c>
       <c r="BA9" s="6">
         <v>5.211792668975634</v>
       </c>
       <c r="BB9" s="6">
         <v>3.1763640013790786</v>
       </c>
       <c r="BC9" s="6">
         <v>3.949869785114926</v>
       </c>
       <c r="BD9" s="6">
         <v>2.5316968374869555</v>
       </c>
       <c r="BE9" s="6">
         <v>0.85513698096066526</v>
       </c>
       <c r="BF9" s="6">
         <v>-0.8788318926329497</v>
       </c>
       <c r="BG9" s="6">
         <v>3.7608864243507472</v>
       </c>
       <c r="BH9" s="6">
         <v>-4.3185401173809232</v>
       </c>
+      <c r="BI9" s="6">
+        <v>-6.0184773796748718</v>
+      </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>