--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B35450B-7E85-40E8-A50F-B2D7B8D8B694}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6BD8957D-F57D-4DE5-90FA-D2BFAE3D72BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="15" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="uveryaCP" sheetId="1" r:id="rId1"/>
     <sheet name="zlyhane" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" localSheetId="0" hidden="1">uveryaCP!#REF!</definedName>
     <definedName name="DatumOdeslani1" hidden="1">#REF!</definedName>
     <definedName name="DatumVytVystup1" localSheetId="0" hidden="1">uveryaCP!#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">#REF!</definedName>
     <definedName name="ObdobiKumulativu1" localSheetId="0" hidden="1">uveryaCP!#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">uveryaCP!$A$1:$AE$128</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">zlyhane!$A$2:$L$33</definedName>
     <definedName name="_xlnm.Print_Area">#N/A</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">uveryaCP!$A:$B,uveryaCP!$2:$3</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
     <definedName name="REFBAN1" localSheetId="0" hidden="1">uveryaCP!#REF!</definedName>
     <definedName name="REFBAN1" hidden="1">#REF!</definedName>
     <definedName name="REFNAZBAN1" localSheetId="0" hidden="1">uveryaCP!#REF!</definedName>
     <definedName name="REFNAZBAN1" hidden="1">#REF!</definedName>
     <definedName name="REFOBD1" localSheetId="0" hidden="1">uveryaCP!#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">#REF!</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
@@ -4132,420 +4132,420 @@
       </c>
       <c r="AA16" s="43">
         <v>25</v>
       </c>
       <c r="AB16" s="43">
         <v>26</v>
       </c>
       <c r="AC16" s="42">
         <v>27</v>
       </c>
       <c r="AD16" s="45">
         <v>28</v>
       </c>
       <c r="AE16" s="46">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:31" s="47" customFormat="1" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="127" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="128">
         <v>1</v>
       </c>
       <c r="C17" s="129">
-        <v>105436596</v>
+        <v>105505103</v>
       </c>
       <c r="D17" s="129">
-        <v>98253784</v>
+        <v>98292437</v>
       </c>
       <c r="E17" s="130">
-        <v>96220644</v>
+        <v>96258962</v>
       </c>
       <c r="F17" s="131">
-        <v>10517634</v>
+        <v>10517774</v>
       </c>
       <c r="G17" s="131">
         <v>1730580</v>
       </c>
       <c r="H17" s="131">
         <v>499952</v>
       </c>
       <c r="I17" s="131">
         <v>1230628</v>
       </c>
       <c r="J17" s="131">
-        <v>83972430</v>
+        <v>84010608</v>
       </c>
       <c r="K17" s="131">
         <v>4010</v>
       </c>
       <c r="L17" s="131">
         <v>1593307</v>
       </c>
       <c r="M17" s="131">
         <v>33</v>
       </c>
       <c r="N17" s="131">
         <v>0</v>
       </c>
       <c r="O17" s="131">
-        <v>24665664</v>
+        <v>24703842</v>
       </c>
       <c r="P17" s="131">
         <v>57709416</v>
       </c>
       <c r="Q17" s="131">
         <v>55933734</v>
       </c>
       <c r="R17" s="131">
         <v>507715</v>
       </c>
       <c r="S17" s="132">
         <v>1267967</v>
       </c>
       <c r="T17" s="133">
-        <v>2033140</v>
+        <v>2033475</v>
       </c>
       <c r="U17" s="131">
-        <v>480148</v>
+        <v>480483</v>
       </c>
       <c r="V17" s="131">
         <v>0</v>
       </c>
       <c r="W17" s="131">
         <v>1552992</v>
       </c>
       <c r="X17" s="131">
         <v>0</v>
       </c>
       <c r="Y17" s="131">
         <v>516874</v>
       </c>
       <c r="Z17" s="131">
         <v>0</v>
       </c>
       <c r="AA17" s="131">
         <v>0</v>
       </c>
       <c r="AB17" s="131">
-        <v>992000</v>
+        <v>992001</v>
       </c>
       <c r="AC17" s="134">
         <v>44118</v>
       </c>
       <c r="AD17" s="133">
-        <v>7182812</v>
+        <v>7212666</v>
       </c>
       <c r="AE17" s="132">
-        <v>5351056</v>
+        <v>5380910</v>
       </c>
     </row>
     <row r="18" spans="1:31" s="48" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="135" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="136">
         <v>2</v>
       </c>
       <c r="C18" s="137">
-        <v>103149146</v>
+        <v>103217653</v>
       </c>
       <c r="D18" s="138">
-        <v>98101432</v>
+        <v>98140085</v>
       </c>
       <c r="E18" s="139">
-        <v>96166727</v>
+        <v>96205045</v>
       </c>
       <c r="F18" s="140">
-        <v>10511078</v>
+        <v>10511218</v>
       </c>
       <c r="G18" s="140">
         <v>1730398</v>
       </c>
       <c r="H18" s="140">
         <v>499952</v>
       </c>
       <c r="I18" s="140">
         <v>1230446</v>
       </c>
       <c r="J18" s="140">
-        <v>83925252</v>
+        <v>83963430</v>
       </c>
       <c r="K18" s="140">
         <v>4010</v>
       </c>
       <c r="L18" s="140">
         <v>1593307</v>
       </c>
       <c r="M18" s="140">
         <v>33</v>
       </c>
       <c r="N18" s="140">
         <v>0</v>
       </c>
       <c r="O18" s="140">
-        <v>24619822</v>
+        <v>24658000</v>
       </c>
       <c r="P18" s="140">
         <v>57708080</v>
       </c>
       <c r="Q18" s="140">
         <v>55932399</v>
       </c>
       <c r="R18" s="140">
         <v>507714</v>
       </c>
       <c r="S18" s="141">
         <v>1267966</v>
       </c>
       <c r="T18" s="139">
-        <v>1934704</v>
+        <v>1935039</v>
       </c>
       <c r="U18" s="140">
-        <v>430448</v>
+        <v>430783</v>
       </c>
       <c r="V18" s="140">
         <v>0</v>
       </c>
       <c r="W18" s="140">
         <v>1504256</v>
       </c>
       <c r="X18" s="140">
         <v>0</v>
       </c>
       <c r="Y18" s="140">
         <v>516874</v>
       </c>
       <c r="Z18" s="140">
         <v>0</v>
       </c>
       <c r="AA18" s="140">
         <v>0</v>
       </c>
       <c r="AB18" s="140">
         <v>943369</v>
       </c>
       <c r="AC18" s="142">
         <v>44013</v>
       </c>
       <c r="AD18" s="143">
-        <v>5047715</v>
+        <v>5077568</v>
       </c>
       <c r="AE18" s="144">
-        <v>3667750</v>
+        <v>3697603</v>
       </c>
     </row>
     <row r="19" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="145" t="s">
         <v>58</v>
       </c>
       <c r="B19" s="146">
         <v>3</v>
       </c>
       <c r="C19" s="147">
-        <v>20141212</v>
+        <v>20142423</v>
       </c>
       <c r="D19" s="148">
-        <v>17558080</v>
+        <v>17559287</v>
       </c>
       <c r="E19" s="149">
-        <v>16949532</v>
+        <v>16950404</v>
       </c>
       <c r="F19" s="150">
-        <v>10511078</v>
+        <v>10511218</v>
       </c>
       <c r="G19" s="150">
         <v>118989</v>
       </c>
       <c r="H19" s="150">
         <v>33605</v>
       </c>
       <c r="I19" s="150">
         <v>85384</v>
       </c>
       <c r="J19" s="150">
-        <v>6319465</v>
+        <v>6320197</v>
       </c>
       <c r="K19" s="150">
         <v>4000</v>
       </c>
       <c r="L19" s="150">
         <v>208785</v>
       </c>
       <c r="M19" s="150">
         <v>31</v>
       </c>
       <c r="N19" s="150">
         <v>0</v>
       </c>
       <c r="O19" s="150">
-        <v>5329798</v>
+        <v>5330530</v>
       </c>
       <c r="P19" s="150">
         <v>776851</v>
       </c>
       <c r="Q19" s="150">
         <v>684551</v>
       </c>
       <c r="R19" s="150">
         <v>86352</v>
       </c>
       <c r="S19" s="151">
         <v>5948</v>
       </c>
       <c r="T19" s="149">
-        <v>608548</v>
+        <v>608883</v>
       </c>
       <c r="U19" s="150">
-        <v>408634</v>
+        <v>408969</v>
       </c>
       <c r="V19" s="150">
         <v>0</v>
       </c>
       <c r="W19" s="150">
         <v>199914</v>
       </c>
       <c r="X19" s="150">
         <v>0</v>
       </c>
       <c r="Y19" s="150">
         <v>124777</v>
       </c>
       <c r="Z19" s="150">
         <v>0</v>
       </c>
       <c r="AA19" s="150">
         <v>0</v>
       </c>
       <c r="AB19" s="150">
-        <v>69098</v>
+        <v>69099</v>
       </c>
       <c r="AC19" s="152">
         <v>6039</v>
       </c>
       <c r="AD19" s="149">
-        <v>2583132</v>
+        <v>2583136</v>
       </c>
       <c r="AE19" s="153">
-        <v>2566374</v>
+        <v>2566377</v>
       </c>
     </row>
     <row r="20" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="154" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="155">
         <v>4</v>
       </c>
       <c r="C20" s="156">
-        <v>5799025</v>
+        <v>5799760</v>
       </c>
       <c r="D20" s="157">
-        <v>5336188</v>
+        <v>5336920</v>
       </c>
       <c r="E20" s="158">
-        <v>5303827</v>
+        <v>5304559</v>
       </c>
       <c r="F20" s="159">
         <v>0</v>
       </c>
       <c r="G20" s="159">
         <v>49757</v>
       </c>
       <c r="H20" s="159">
         <v>7967</v>
       </c>
       <c r="I20" s="159">
         <v>41789</v>
       </c>
       <c r="J20" s="159">
-        <v>5254070</v>
+        <v>5254802</v>
       </c>
       <c r="K20" s="159">
         <v>4000</v>
       </c>
       <c r="L20" s="159">
         <v>180555</v>
       </c>
       <c r="M20" s="159">
         <v>0</v>
       </c>
       <c r="N20" s="159">
         <v>0</v>
       </c>
       <c r="O20" s="159">
-        <v>4691622</v>
+        <v>4692354</v>
       </c>
       <c r="P20" s="159">
         <v>377894</v>
       </c>
       <c r="Q20" s="159">
         <v>296259</v>
       </c>
       <c r="R20" s="159">
         <v>76616</v>
       </c>
       <c r="S20" s="160">
         <v>5018</v>
       </c>
       <c r="T20" s="158">
         <v>32361</v>
       </c>
       <c r="U20" s="159">
         <v>376</v>
       </c>
       <c r="V20" s="159">
         <v>0</v>
       </c>
       <c r="W20" s="159">
         <v>31985</v>
       </c>
       <c r="X20" s="159">
         <v>0</v>
       </c>
       <c r="Y20" s="159">
         <v>20443</v>
       </c>
       <c r="Z20" s="159">
         <v>0</v>
       </c>
       <c r="AA20" s="159">
         <v>0</v>
       </c>
       <c r="AB20" s="159">
         <v>5837</v>
       </c>
       <c r="AC20" s="161">
         <v>5705</v>
       </c>
       <c r="AD20" s="158">
-        <v>462837</v>
+        <v>462840</v>
       </c>
       <c r="AE20" s="162">
-        <v>457567</v>
+        <v>457571</v>
       </c>
     </row>
     <row r="21" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="154" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="155">
         <v>5</v>
       </c>
       <c r="C21" s="156">
         <v>335450</v>
       </c>
       <c r="D21" s="157">
         <v>308604</v>
       </c>
       <c r="E21" s="158">
         <v>291138</v>
       </c>
       <c r="F21" s="159">
         <v>0</v>
       </c>
       <c r="G21" s="159">
         <v>31948</v>
       </c>
       <c r="H21" s="159">
@@ -5424,79 +5424,79 @@
       </c>
       <c r="AA30" s="159">
         <v>0</v>
       </c>
       <c r="AB30" s="159">
         <v>0</v>
       </c>
       <c r="AC30" s="161">
         <v>0</v>
       </c>
       <c r="AD30" s="158">
         <v>0</v>
       </c>
       <c r="AE30" s="162">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="154" t="s">
         <v>56</v>
       </c>
       <c r="B31" s="155">
         <v>15</v>
       </c>
       <c r="C31" s="156">
-        <v>12856594</v>
+        <v>12857069</v>
       </c>
       <c r="D31" s="157">
-        <v>10903899</v>
+        <v>10904374</v>
       </c>
       <c r="E31" s="158">
-        <v>10510992</v>
+        <v>10511132</v>
       </c>
       <c r="F31" s="159">
-        <v>10510992</v>
+        <v>10511132</v>
       </c>
       <c r="G31" s="159"/>
       <c r="H31" s="159"/>
       <c r="I31" s="159"/>
       <c r="J31" s="159"/>
       <c r="K31" s="159"/>
       <c r="L31" s="159"/>
       <c r="M31" s="159"/>
       <c r="N31" s="159"/>
       <c r="O31" s="159"/>
       <c r="P31" s="159"/>
       <c r="Q31" s="159"/>
       <c r="R31" s="159"/>
       <c r="S31" s="160"/>
       <c r="T31" s="158">
-        <v>392906</v>
+        <v>393241</v>
       </c>
       <c r="U31" s="159">
-        <v>392906</v>
+        <v>393241</v>
       </c>
       <c r="V31" s="159">
         <v>0</v>
       </c>
       <c r="W31" s="159">
         <v>0</v>
       </c>
       <c r="X31" s="159"/>
       <c r="Y31" s="159"/>
       <c r="Z31" s="159"/>
       <c r="AA31" s="159"/>
       <c r="AB31" s="159">
         <v>0</v>
       </c>
       <c r="AC31" s="161"/>
       <c r="AD31" s="158">
         <v>1952695</v>
       </c>
       <c r="AE31" s="162">
         <v>1952667</v>
       </c>
     </row>
     <row r="32" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="154" t="s">
         <v>57</v>
@@ -5576,182 +5576,182 @@
       </c>
       <c r="AA32" s="159">
         <v>0</v>
       </c>
       <c r="AB32" s="159">
         <v>0</v>
       </c>
       <c r="AC32" s="161">
         <v>0</v>
       </c>
       <c r="AD32" s="158">
         <v>0</v>
       </c>
       <c r="AE32" s="162">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="167" t="s">
         <v>97</v>
       </c>
       <c r="B33" s="146">
         <v>17</v>
       </c>
       <c r="C33" s="147">
-        <v>10529684</v>
+        <v>10568610</v>
       </c>
       <c r="D33" s="148">
-        <v>9318320</v>
+        <v>9343524</v>
       </c>
       <c r="E33" s="149">
-        <v>8763522</v>
+        <v>8788727</v>
       </c>
       <c r="F33" s="150">
         <v>0</v>
       </c>
       <c r="G33" s="168">
         <v>153167</v>
       </c>
       <c r="H33" s="168">
         <v>31546</v>
       </c>
       <c r="I33" s="168">
         <v>121621</v>
       </c>
       <c r="J33" s="168">
-        <v>8610356</v>
+        <v>8635560</v>
       </c>
       <c r="K33" s="168">
         <v>10</v>
       </c>
       <c r="L33" s="168">
         <v>534090</v>
       </c>
       <c r="M33" s="168">
         <v>2</v>
       </c>
       <c r="N33" s="168">
         <v>0</v>
       </c>
       <c r="O33" s="168">
-        <v>7236788</v>
+        <v>7262007</v>
       </c>
       <c r="P33" s="168">
-        <v>839466</v>
+        <v>839451</v>
       </c>
       <c r="Q33" s="168">
-        <v>686174</v>
+        <v>686160</v>
       </c>
       <c r="R33" s="168">
         <v>111264</v>
       </c>
       <c r="S33" s="169">
         <v>42028</v>
       </c>
       <c r="T33" s="170">
         <v>554798</v>
       </c>
       <c r="U33" s="150">
         <v>1817</v>
       </c>
       <c r="V33" s="150">
         <v>0</v>
       </c>
       <c r="W33" s="150">
         <v>552981</v>
       </c>
       <c r="X33" s="150">
         <v>0</v>
       </c>
       <c r="Y33" s="150">
         <v>112877</v>
       </c>
       <c r="Z33" s="150">
         <v>0</v>
       </c>
       <c r="AA33" s="150">
         <v>0</v>
       </c>
       <c r="AB33" s="150">
         <v>440064</v>
       </c>
       <c r="AC33" s="152">
         <v>40</v>
       </c>
       <c r="AD33" s="149">
-        <v>1211364</v>
+        <v>1225085</v>
       </c>
       <c r="AE33" s="153">
-        <v>1067216</v>
+        <v>1080937</v>
       </c>
     </row>
     <row r="34" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="154" t="s">
         <v>44</v>
       </c>
       <c r="B34" s="155">
         <v>18</v>
       </c>
       <c r="C34" s="156">
-        <v>818097</v>
+        <v>818516</v>
       </c>
       <c r="D34" s="157">
-        <v>817131</v>
+        <v>817550</v>
       </c>
       <c r="E34" s="158">
-        <v>817069</v>
+        <v>817488</v>
       </c>
       <c r="F34" s="159">
         <v>0</v>
       </c>
       <c r="G34" s="171">
         <v>8483</v>
       </c>
       <c r="H34" s="171">
         <v>1530</v>
       </c>
       <c r="I34" s="171">
         <v>6953</v>
       </c>
       <c r="J34" s="171">
-        <v>808587</v>
+        <v>809005</v>
       </c>
       <c r="K34" s="171">
         <v>0</v>
       </c>
       <c r="L34" s="171">
         <v>331353</v>
       </c>
       <c r="M34" s="171">
         <v>0</v>
       </c>
       <c r="N34" s="171">
         <v>0</v>
       </c>
       <c r="O34" s="171">
-        <v>466294</v>
+        <v>466712</v>
       </c>
       <c r="P34" s="171">
         <v>10940</v>
       </c>
       <c r="Q34" s="171">
         <v>2382</v>
       </c>
       <c r="R34" s="171">
         <v>8358</v>
       </c>
       <c r="S34" s="172">
         <v>200</v>
       </c>
       <c r="T34" s="173">
         <v>62</v>
       </c>
       <c r="U34" s="159">
         <v>0</v>
       </c>
       <c r="V34" s="159">
         <v>0</v>
       </c>
       <c r="W34" s="159">
         <v>62</v>
       </c>
@@ -5861,87 +5861,87 @@
       </c>
       <c r="AA35" s="159">
         <v>0</v>
       </c>
       <c r="AB35" s="159">
         <v>15000</v>
       </c>
       <c r="AC35" s="161">
         <v>0</v>
       </c>
       <c r="AD35" s="158">
         <v>15585</v>
       </c>
       <c r="AE35" s="162">
         <v>10007</v>
       </c>
     </row>
     <row r="36" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="154" t="s">
         <v>46</v>
       </c>
       <c r="B36" s="155">
         <v>20</v>
       </c>
       <c r="C36" s="156">
-        <v>4431784</v>
+        <v>4456584</v>
       </c>
       <c r="D36" s="157">
-        <v>4103665</v>
+        <v>4128465</v>
       </c>
       <c r="E36" s="158">
-        <v>3766614</v>
+        <v>3791414</v>
       </c>
       <c r="F36" s="159">
         <v>0</v>
       </c>
       <c r="G36" s="159">
         <v>98303</v>
       </c>
       <c r="H36" s="159">
         <v>16</v>
       </c>
       <c r="I36" s="159">
         <v>98287</v>
       </c>
       <c r="J36" s="159">
-        <v>3668311</v>
+        <v>3693111</v>
       </c>
       <c r="K36" s="159">
         <v>0</v>
       </c>
       <c r="L36" s="159">
         <v>18593</v>
       </c>
       <c r="M36" s="159">
         <v>0</v>
       </c>
       <c r="N36" s="159">
         <v>0</v>
       </c>
       <c r="O36" s="159">
-        <v>3620772</v>
+        <v>3645572</v>
       </c>
       <c r="P36" s="159">
         <v>28946</v>
       </c>
       <c r="Q36" s="159">
         <v>4930</v>
       </c>
       <c r="R36" s="159">
         <v>23014</v>
       </c>
       <c r="S36" s="160">
         <v>1002</v>
       </c>
       <c r="T36" s="158">
         <v>337050</v>
       </c>
       <c r="U36" s="159">
         <v>0</v>
       </c>
       <c r="V36" s="159">
         <v>0</v>
       </c>
       <c r="W36" s="159">
         <v>337050</v>
       </c>
@@ -6015,93 +6015,93 @@
         <v>29</v>
       </c>
       <c r="X37" s="159"/>
       <c r="Y37" s="159"/>
       <c r="Z37" s="159"/>
       <c r="AA37" s="159"/>
       <c r="AB37" s="159"/>
       <c r="AC37" s="161">
         <v>29</v>
       </c>
       <c r="AD37" s="158">
         <v>2710</v>
       </c>
       <c r="AE37" s="162">
         <v>91</v>
       </c>
     </row>
     <row r="38" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="154" t="s">
         <v>48</v>
       </c>
       <c r="B38" s="155">
         <v>22</v>
       </c>
       <c r="C38" s="156">
-        <v>84708</v>
+        <v>84693</v>
       </c>
       <c r="D38" s="157">
-        <v>84602</v>
+        <v>84587</v>
       </c>
       <c r="E38" s="158">
-        <v>84590</v>
+        <v>84576</v>
       </c>
       <c r="F38" s="159">
         <v>0</v>
       </c>
       <c r="G38" s="159">
         <v>0</v>
       </c>
       <c r="H38" s="159">
         <v>0</v>
       </c>
       <c r="I38" s="159">
         <v>0</v>
       </c>
       <c r="J38" s="159">
-        <v>84590</v>
+        <v>84576</v>
       </c>
       <c r="K38" s="159">
         <v>0</v>
       </c>
       <c r="L38" s="159">
         <v>0</v>
       </c>
       <c r="M38" s="159">
         <v>0</v>
       </c>
       <c r="N38" s="159">
         <v>0</v>
       </c>
       <c r="O38" s="159">
         <v>61890</v>
       </c>
       <c r="P38" s="159">
-        <v>22700</v>
+        <v>22686</v>
       </c>
       <c r="Q38" s="159">
-        <v>22077</v>
+        <v>22063</v>
       </c>
       <c r="R38" s="159">
         <v>0</v>
       </c>
       <c r="S38" s="160">
         <v>623</v>
       </c>
       <c r="T38" s="158">
         <v>11</v>
       </c>
       <c r="U38" s="159">
         <v>0</v>
       </c>
       <c r="V38" s="159">
         <v>0</v>
       </c>
       <c r="W38" s="159">
         <v>11</v>
       </c>
       <c r="X38" s="159">
         <v>0</v>
       </c>
       <c r="Y38" s="159">
         <v>0</v>
       </c>
@@ -6395,51 +6395,51 @@
       </c>
       <c r="AA41" s="159">
         <v>0</v>
       </c>
       <c r="AB41" s="159">
         <v>124000</v>
       </c>
       <c r="AC41" s="161">
         <v>0</v>
       </c>
       <c r="AD41" s="158">
         <v>208918</v>
       </c>
       <c r="AE41" s="162">
         <v>208918</v>
       </c>
     </row>
     <row r="42" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="154" t="s">
         <v>52</v>
       </c>
       <c r="B42" s="155">
         <v>26</v>
       </c>
       <c r="C42" s="156">
-        <v>1116455</v>
+        <v>1130176</v>
       </c>
       <c r="D42" s="157">
         <v>954496</v>
       </c>
       <c r="E42" s="158">
         <v>890633</v>
       </c>
       <c r="F42" s="109">
         <v>0</v>
       </c>
       <c r="G42" s="109">
         <v>32854</v>
       </c>
       <c r="H42" s="109">
         <v>30000</v>
       </c>
       <c r="I42" s="109">
         <v>2854</v>
       </c>
       <c r="J42" s="109">
         <v>857779</v>
       </c>
       <c r="K42" s="109">
         <v>0</v>
       </c>
@@ -6476,54 +6476,54 @@
       <c r="V42" s="109">
         <v>0</v>
       </c>
       <c r="W42" s="109">
         <v>63862</v>
       </c>
       <c r="X42" s="109">
         <v>0</v>
       </c>
       <c r="Y42" s="109">
         <v>0</v>
       </c>
       <c r="Z42" s="109">
         <v>0</v>
       </c>
       <c r="AA42" s="109">
         <v>0</v>
       </c>
       <c r="AB42" s="109">
         <v>63862</v>
       </c>
       <c r="AC42" s="111">
         <v>0</v>
       </c>
       <c r="AD42" s="108">
-        <v>161959</v>
+        <v>175681</v>
       </c>
       <c r="AE42" s="175">
-        <v>156445</v>
+        <v>170166</v>
       </c>
     </row>
     <row r="43" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="154" t="s">
         <v>53</v>
       </c>
       <c r="B43" s="155">
         <v>27</v>
       </c>
       <c r="C43" s="156">
         <v>0</v>
       </c>
       <c r="D43" s="157">
         <v>0</v>
       </c>
       <c r="E43" s="158">
         <v>0</v>
       </c>
       <c r="F43" s="109">
         <v>0</v>
       </c>
       <c r="G43" s="109">
         <v>0</v>
       </c>
       <c r="H43" s="109">
@@ -7520,135 +7520,135 @@
       <c r="T60" s="158"/>
       <c r="U60" s="159"/>
       <c r="V60" s="159"/>
       <c r="W60" s="159"/>
       <c r="X60" s="159"/>
       <c r="Y60" s="159"/>
       <c r="Z60" s="159"/>
       <c r="AA60" s="159"/>
       <c r="AB60" s="159">
         <v>0</v>
       </c>
       <c r="AC60" s="161">
         <v>0</v>
       </c>
       <c r="AD60" s="158"/>
       <c r="AE60" s="162"/>
     </row>
     <row r="61" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="167" t="s">
         <v>60</v>
       </c>
       <c r="B61" s="177">
         <v>45</v>
       </c>
       <c r="C61" s="119">
-        <v>72478250</v>
+        <v>72506621</v>
       </c>
       <c r="D61" s="178">
-        <v>71225032</v>
+        <v>71237273</v>
       </c>
       <c r="E61" s="116">
-        <v>70453673</v>
+        <v>70465915</v>
       </c>
       <c r="F61" s="117">
         <v>0</v>
       </c>
       <c r="G61" s="117">
         <v>1458242</v>
       </c>
       <c r="H61" s="117">
         <v>434800</v>
       </c>
       <c r="I61" s="117">
         <v>1023442</v>
       </c>
       <c r="J61" s="117">
-        <v>68995431</v>
+        <v>69007673</v>
       </c>
       <c r="K61" s="117">
         <v>0</v>
       </c>
       <c r="L61" s="117">
         <v>850433</v>
       </c>
       <c r="M61" s="117">
         <v>0</v>
       </c>
       <c r="N61" s="117">
         <v>0</v>
       </c>
       <c r="O61" s="117">
-        <v>12053235</v>
+        <v>12065463</v>
       </c>
       <c r="P61" s="117">
-        <v>56091763</v>
+        <v>56091777</v>
       </c>
       <c r="Q61" s="117">
-        <v>54561674</v>
+        <v>54561688</v>
       </c>
       <c r="R61" s="117">
         <v>310098</v>
       </c>
       <c r="S61" s="179">
         <v>1219991</v>
       </c>
       <c r="T61" s="116">
         <v>771359</v>
       </c>
       <c r="U61" s="117">
         <v>19998</v>
       </c>
       <c r="V61" s="117">
         <v>0</v>
       </c>
       <c r="W61" s="117">
         <v>751361</v>
       </c>
       <c r="X61" s="117">
         <v>0</v>
       </c>
       <c r="Y61" s="117">
         <v>279220</v>
       </c>
       <c r="Z61" s="117">
         <v>0</v>
       </c>
       <c r="AA61" s="117">
         <v>0</v>
       </c>
       <c r="AB61" s="117">
         <v>434207</v>
       </c>
       <c r="AC61" s="118">
         <v>37934</v>
       </c>
       <c r="AD61" s="116">
-        <v>1253218</v>
+        <v>1269347</v>
       </c>
       <c r="AE61" s="180">
-        <v>642435</v>
+        <v>658564</v>
       </c>
     </row>
     <row r="62" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="154" t="s">
         <v>44</v>
       </c>
       <c r="B62" s="181">
         <v>46</v>
       </c>
       <c r="C62" s="112">
         <v>1028631</v>
       </c>
       <c r="D62" s="182">
         <v>1027881</v>
       </c>
       <c r="E62" s="108">
         <v>1027881</v>
       </c>
       <c r="F62" s="109">
         <v>0</v>
       </c>
       <c r="G62" s="109">
         <v>1362</v>
       </c>
       <c r="H62" s="109">
@@ -7805,87 +7805,87 @@
       </c>
       <c r="AA63" s="109">
         <v>0</v>
       </c>
       <c r="AB63" s="109">
         <v>0</v>
       </c>
       <c r="AC63" s="111">
         <v>0</v>
       </c>
       <c r="AD63" s="108">
         <v>19000</v>
       </c>
       <c r="AE63" s="175">
         <v>19000</v>
       </c>
     </row>
     <row r="64" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="154" t="s">
         <v>61</v>
       </c>
       <c r="B64" s="155">
         <v>48</v>
       </c>
       <c r="C64" s="112">
-        <v>9964959</v>
+        <v>9977187</v>
       </c>
       <c r="D64" s="182">
-        <v>9427687</v>
+        <v>9439915</v>
       </c>
       <c r="E64" s="108">
-        <v>8972545</v>
+        <v>8984772</v>
       </c>
       <c r="F64" s="109">
         <v>0</v>
       </c>
       <c r="G64" s="109">
         <v>1102941</v>
       </c>
       <c r="H64" s="109">
         <v>285276</v>
       </c>
       <c r="I64" s="109">
         <v>817664</v>
       </c>
       <c r="J64" s="109">
-        <v>7869604</v>
+        <v>7881832</v>
       </c>
       <c r="K64" s="109">
         <v>0</v>
       </c>
       <c r="L64" s="109">
         <v>128423</v>
       </c>
       <c r="M64" s="109">
         <v>0</v>
       </c>
       <c r="N64" s="109">
         <v>0</v>
       </c>
       <c r="O64" s="109">
-        <v>7463066</v>
+        <v>7475294</v>
       </c>
       <c r="P64" s="109">
         <v>278115</v>
       </c>
       <c r="Q64" s="109">
         <v>2279</v>
       </c>
       <c r="R64" s="109">
         <v>95700</v>
       </c>
       <c r="S64" s="174">
         <v>180135</v>
       </c>
       <c r="T64" s="108">
         <v>455142</v>
       </c>
       <c r="U64" s="109">
         <v>0</v>
       </c>
       <c r="V64" s="109">
         <v>0</v>
       </c>
       <c r="W64" s="109">
         <v>455142</v>
       </c>
@@ -7959,93 +7959,93 @@
         <v>1856</v>
       </c>
       <c r="X65" s="109"/>
       <c r="Y65" s="109"/>
       <c r="Z65" s="109"/>
       <c r="AA65" s="109"/>
       <c r="AB65" s="109"/>
       <c r="AC65" s="111">
         <v>1856</v>
       </c>
       <c r="AD65" s="108">
         <v>55404</v>
       </c>
       <c r="AE65" s="175">
         <v>2762</v>
       </c>
     </row>
     <row r="66" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="154" t="s">
         <v>63</v>
       </c>
       <c r="B66" s="155">
         <v>50</v>
       </c>
       <c r="C66" s="112">
-        <v>47604969</v>
+        <v>47606116</v>
       </c>
       <c r="D66" s="182">
-        <v>47279202</v>
+        <v>47280349</v>
       </c>
       <c r="E66" s="108">
-        <v>47243710</v>
+        <v>47244857</v>
       </c>
       <c r="F66" s="109">
         <v>0</v>
       </c>
       <c r="G66" s="109">
         <v>8903</v>
       </c>
       <c r="H66" s="109">
         <v>4120</v>
       </c>
       <c r="I66" s="109">
         <v>4783</v>
       </c>
       <c r="J66" s="109">
-        <v>47234807</v>
+        <v>47235953</v>
       </c>
       <c r="K66" s="109">
         <v>0</v>
       </c>
       <c r="L66" s="109">
         <v>241</v>
       </c>
       <c r="M66" s="109">
         <v>0</v>
       </c>
       <c r="N66" s="109">
         <v>0</v>
       </c>
       <c r="O66" s="109">
         <v>507398</v>
       </c>
       <c r="P66" s="109">
-        <v>46727168</v>
+        <v>46728314</v>
       </c>
       <c r="Q66" s="109">
-        <v>46643473</v>
+        <v>46644620</v>
       </c>
       <c r="R66" s="109">
         <v>13801</v>
       </c>
       <c r="S66" s="174">
         <v>69893</v>
       </c>
       <c r="T66" s="108">
         <v>35492</v>
       </c>
       <c r="U66" s="109">
         <v>0</v>
       </c>
       <c r="V66" s="109">
         <v>0</v>
       </c>
       <c r="W66" s="109">
         <v>35492</v>
       </c>
       <c r="X66" s="109">
         <v>0</v>
       </c>
       <c r="Y66" s="109">
         <v>0</v>
       </c>
@@ -8244,93 +8244,93 @@
       </c>
       <c r="AA68" s="109">
         <v>0</v>
       </c>
       <c r="AB68" s="109">
         <v>0</v>
       </c>
       <c r="AC68" s="111">
         <v>19</v>
       </c>
       <c r="AD68" s="108">
         <v>33</v>
       </c>
       <c r="AE68" s="175">
         <v>33</v>
       </c>
     </row>
     <row r="69" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="154" t="s">
         <v>66</v>
       </c>
       <c r="B69" s="155">
         <v>53</v>
       </c>
       <c r="C69" s="112">
-        <v>3238774</v>
+        <v>3237642</v>
       </c>
       <c r="D69" s="182">
-        <v>3157356</v>
+        <v>3156223</v>
       </c>
       <c r="E69" s="108">
-        <v>3034168</v>
+        <v>3033036</v>
       </c>
       <c r="F69" s="109">
         <v>0</v>
       </c>
       <c r="G69" s="109">
         <v>85486</v>
       </c>
       <c r="H69" s="109">
         <v>51684</v>
       </c>
       <c r="I69" s="109">
         <v>33803</v>
       </c>
       <c r="J69" s="109">
-        <v>2948682</v>
+        <v>2947550</v>
       </c>
       <c r="K69" s="109">
         <v>0</v>
       </c>
       <c r="L69" s="109">
         <v>38530</v>
       </c>
       <c r="M69" s="109">
         <v>0</v>
       </c>
       <c r="N69" s="109">
         <v>0</v>
       </c>
       <c r="O69" s="109">
         <v>2263594</v>
       </c>
       <c r="P69" s="109">
-        <v>646559</v>
+        <v>645426</v>
       </c>
       <c r="Q69" s="109">
-        <v>1896</v>
+        <v>763</v>
       </c>
       <c r="R69" s="109">
         <v>14782</v>
       </c>
       <c r="S69" s="174">
         <v>629881</v>
       </c>
       <c r="T69" s="108">
         <v>123187</v>
       </c>
       <c r="U69" s="109">
         <v>0</v>
       </c>
       <c r="V69" s="109">
         <v>0</v>
       </c>
       <c r="W69" s="109">
         <v>123187</v>
       </c>
       <c r="X69" s="109">
         <v>0</v>
       </c>
       <c r="Y69" s="109">
         <v>55563</v>
       </c>
@@ -8339,51 +8339,51 @@
       </c>
       <c r="AA69" s="109">
         <v>0</v>
       </c>
       <c r="AB69" s="109">
         <v>67500</v>
       </c>
       <c r="AC69" s="111">
         <v>124</v>
       </c>
       <c r="AD69" s="108">
         <v>81419</v>
       </c>
       <c r="AE69" s="175">
         <v>73835</v>
       </c>
     </row>
     <row r="70" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="154" t="s">
         <v>67</v>
       </c>
       <c r="B70" s="155">
         <v>54</v>
       </c>
       <c r="C70" s="112">
-        <v>1799797</v>
+        <v>1815926</v>
       </c>
       <c r="D70" s="182">
         <v>1686479</v>
       </c>
       <c r="E70" s="108">
         <v>1550822</v>
       </c>
       <c r="F70" s="109">
         <v>0</v>
       </c>
       <c r="G70" s="109">
         <v>232816</v>
       </c>
       <c r="H70" s="109">
         <v>92078</v>
       </c>
       <c r="I70" s="109">
         <v>140739</v>
       </c>
       <c r="J70" s="109">
         <v>1318006</v>
       </c>
       <c r="K70" s="109">
         <v>0</v>
       </c>
@@ -8420,54 +8420,54 @@
       <c r="V70" s="109">
         <v>0</v>
       </c>
       <c r="W70" s="109">
         <v>135657</v>
       </c>
       <c r="X70" s="109">
         <v>0</v>
       </c>
       <c r="Y70" s="109">
         <v>129019</v>
       </c>
       <c r="Z70" s="109">
         <v>0</v>
       </c>
       <c r="AA70" s="109">
         <v>0</v>
       </c>
       <c r="AB70" s="109">
         <v>6203</v>
       </c>
       <c r="AC70" s="111">
         <v>435</v>
       </c>
       <c r="AD70" s="108">
-        <v>113318</v>
+        <v>129447</v>
       </c>
       <c r="AE70" s="175">
-        <v>113318</v>
+        <v>129447</v>
       </c>
     </row>
     <row r="71" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="154" t="s">
         <v>53</v>
       </c>
       <c r="B71" s="155">
         <v>55</v>
       </c>
       <c r="C71" s="112">
         <v>0</v>
       </c>
       <c r="D71" s="182">
         <v>0</v>
       </c>
       <c r="E71" s="108">
         <v>0</v>
       </c>
       <c r="F71" s="109">
         <v>0</v>
       </c>
       <c r="G71" s="109">
         <v>0</v>
       </c>
       <c r="H71" s="109">
@@ -9399,57 +9399,57 @@
       </c>
       <c r="AA85" s="249">
         <v>25</v>
       </c>
       <c r="AB85" s="249">
         <v>26</v>
       </c>
       <c r="AC85" s="253">
         <v>27</v>
       </c>
       <c r="AD85" s="252">
         <v>28</v>
       </c>
       <c r="AE85" s="251">
         <v>29</v>
       </c>
     </row>
     <row r="86" spans="1:31" s="48" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="135" t="s">
         <v>68</v>
       </c>
       <c r="B86" s="136">
         <v>59</v>
       </c>
       <c r="C86" s="137">
-        <v>2287449</v>
+        <v>2287450</v>
       </c>
       <c r="D86" s="138">
-        <v>152352</v>
+        <v>152353</v>
       </c>
       <c r="E86" s="139">
-        <v>53916</v>
+        <v>53917</v>
       </c>
       <c r="F86" s="140">
         <v>6556</v>
       </c>
       <c r="G86" s="140">
         <v>182</v>
       </c>
       <c r="H86" s="140">
         <v>0</v>
       </c>
       <c r="I86" s="140">
         <v>182</v>
       </c>
       <c r="J86" s="140">
         <v>47178</v>
       </c>
       <c r="K86" s="140">
         <v>0</v>
       </c>
       <c r="L86" s="140">
         <v>0</v>
       </c>
       <c r="M86" s="140">
         <v>0</v>
       </c>
@@ -9497,54 +9497,54 @@
       </c>
       <c r="AB86" s="140">
         <v>48631</v>
       </c>
       <c r="AC86" s="142">
         <v>105</v>
       </c>
       <c r="AD86" s="143">
         <v>2135097</v>
       </c>
       <c r="AE86" s="144">
         <v>1683306</v>
       </c>
     </row>
     <row r="87" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="145" t="s">
         <v>58</v>
       </c>
       <c r="B87" s="146">
         <v>60</v>
       </c>
       <c r="C87" s="147">
         <v>1377723</v>
       </c>
       <c r="D87" s="148">
-        <v>103541</v>
+        <v>103542</v>
       </c>
       <c r="E87" s="149">
-        <v>46217</v>
+        <v>46218</v>
       </c>
       <c r="F87" s="150">
         <v>6556</v>
       </c>
       <c r="G87" s="150">
         <v>0</v>
       </c>
       <c r="H87" s="150">
         <v>0</v>
       </c>
       <c r="I87" s="150">
         <v>0</v>
       </c>
       <c r="J87" s="150">
         <v>39661</v>
       </c>
       <c r="K87" s="150">
         <v>0</v>
       </c>
       <c r="L87" s="150">
         <v>0</v>
       </c>
       <c r="M87" s="150">
         <v>0</v>
       </c>
@@ -9595,81 +9595,81 @@
       </c>
       <c r="AC87" s="152">
         <v>105</v>
       </c>
       <c r="AD87" s="149">
         <v>1274181</v>
       </c>
       <c r="AE87" s="153">
         <v>1221428</v>
       </c>
     </row>
     <row r="88" spans="1:31" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="154" t="s">
         <v>44</v>
       </c>
       <c r="B88" s="155">
         <v>61</v>
       </c>
       <c r="C88" s="156">
         <v>98322</v>
       </c>
       <c r="D88" s="157">
         <v>16414</v>
       </c>
       <c r="E88" s="158">
-        <v>12283</v>
+        <v>12284</v>
       </c>
       <c r="F88" s="159">
         <v>0</v>
       </c>
       <c r="G88" s="159">
         <v>0</v>
       </c>
       <c r="H88" s="159">
         <v>0</v>
       </c>
       <c r="I88" s="159">
         <v>0</v>
       </c>
       <c r="J88" s="159">
-        <v>12283</v>
+        <v>12284</v>
       </c>
       <c r="K88" s="159">
         <v>0</v>
       </c>
       <c r="L88" s="159">
         <v>0</v>
       </c>
       <c r="M88" s="159">
         <v>0</v>
       </c>
       <c r="N88" s="159">
         <v>0</v>
       </c>
       <c r="O88" s="159">
-        <v>10947</v>
+        <v>10948</v>
       </c>
       <c r="P88" s="159">
         <v>1336</v>
       </c>
       <c r="Q88" s="159">
         <v>1335</v>
       </c>
       <c r="R88" s="159">
         <v>1</v>
       </c>
       <c r="S88" s="160">
         <v>0</v>
       </c>
       <c r="T88" s="158">
         <v>4130</v>
       </c>
       <c r="U88" s="159">
         <v>1</v>
       </c>
       <c r="V88" s="159">
         <v>0</v>
       </c>
       <c r="W88" s="159">
         <v>4130</v>
       </c>
@@ -14149,154 +14149,154 @@
       </c>
       <c r="H8" s="66">
         <v>6</v>
       </c>
       <c r="I8" s="66">
         <v>7</v>
       </c>
       <c r="J8" s="66">
         <v>8</v>
       </c>
       <c r="K8" s="67">
         <v>9</v>
       </c>
       <c r="L8" s="68">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:13" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="89" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="90">
         <v>1</v>
       </c>
       <c r="C9" s="91">
-        <v>1747208</v>
+        <v>1753725</v>
       </c>
       <c r="D9" s="92">
         <v>0</v>
       </c>
       <c r="E9" s="93">
         <v>964</v>
       </c>
       <c r="F9" s="94">
         <v>5705</v>
       </c>
       <c r="G9" s="93">
         <v>0</v>
       </c>
       <c r="H9" s="93">
-        <v>645883</v>
+        <v>652400</v>
       </c>
       <c r="I9" s="93">
         <v>1057814</v>
       </c>
       <c r="J9" s="93">
         <v>35739</v>
       </c>
       <c r="K9" s="95">
         <v>1102</v>
       </c>
       <c r="L9" s="96">
-        <v>78021</v>
+        <v>78025</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="12" x14ac:dyDescent="0.2">
       <c r="A10" s="97" t="s">
         <v>79</v>
       </c>
       <c r="B10" s="98">
         <v>2</v>
       </c>
       <c r="C10" s="99">
-        <v>1742423</v>
+        <v>1748939</v>
       </c>
       <c r="D10" s="100">
         <v>0</v>
       </c>
       <c r="E10" s="101">
         <v>964</v>
       </c>
       <c r="F10" s="102">
         <v>5705</v>
       </c>
       <c r="G10" s="101">
         <v>0</v>
       </c>
       <c r="H10" s="101">
-        <v>641102</v>
+        <v>647619</v>
       </c>
       <c r="I10" s="101">
         <v>1057810</v>
       </c>
       <c r="J10" s="101">
         <v>35739</v>
       </c>
       <c r="K10" s="103">
         <v>1102</v>
       </c>
       <c r="L10" s="104">
-        <v>76831</v>
+        <v>76834</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="105" t="s">
         <v>80</v>
       </c>
       <c r="B11" s="106">
         <v>3</v>
       </c>
       <c r="C11" s="107">
-        <v>206377</v>
+        <v>206378</v>
       </c>
       <c r="D11" s="108">
         <v>0</v>
       </c>
       <c r="E11" s="109">
         <v>50</v>
       </c>
       <c r="F11" s="110">
         <v>348</v>
       </c>
       <c r="G11" s="109">
         <v>0</v>
       </c>
       <c r="H11" s="109">
-        <v>180503</v>
+        <v>180505</v>
       </c>
       <c r="I11" s="109">
         <v>20448</v>
       </c>
       <c r="J11" s="109">
         <v>5018</v>
       </c>
       <c r="K11" s="111">
         <v>9</v>
       </c>
       <c r="L11" s="112">
-        <v>1133</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="105" t="s">
         <v>81</v>
       </c>
       <c r="B12" s="106">
         <v>4</v>
       </c>
       <c r="C12" s="107">
         <v>62071</v>
       </c>
       <c r="D12" s="108">
         <v>0</v>
       </c>
       <c r="E12" s="109">
         <v>0</v>
       </c>
       <c r="F12" s="110">
         <v>225</v>
       </c>
       <c r="G12" s="109">
         <v>0</v>
       </c>
       <c r="H12" s="109">
@@ -14515,66 +14515,66 @@
       </c>
       <c r="H18" s="109">
         <v>51938</v>
       </c>
       <c r="I18" s="109">
         <v>43</v>
       </c>
       <c r="J18" s="109">
         <v>166</v>
       </c>
       <c r="K18" s="111">
         <v>789</v>
       </c>
       <c r="L18" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="105" t="s">
         <v>88</v>
       </c>
       <c r="B19" s="106">
         <v>11</v>
       </c>
       <c r="C19" s="107">
-        <v>163592</v>
+        <v>170107</v>
       </c>
       <c r="D19" s="108">
         <v>0</v>
       </c>
       <c r="E19" s="109">
         <v>695</v>
       </c>
       <c r="F19" s="109">
         <v>163</v>
       </c>
       <c r="G19" s="109">
         <v>0</v>
       </c>
       <c r="H19" s="109">
-        <v>140340</v>
+        <v>146855</v>
       </c>
       <c r="I19" s="109">
         <v>5497</v>
       </c>
       <c r="J19" s="109">
         <v>16897</v>
       </c>
       <c r="K19" s="111">
         <v>0</v>
       </c>
       <c r="L19" s="112">
         <v>4673</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="105" t="s">
         <v>89</v>
       </c>
       <c r="B20" s="106">
         <v>12</v>
       </c>
       <c r="C20" s="107">
         <v>10194</v>
       </c>
       <c r="D20" s="108">
@@ -14627,89 +14627,89 @@
       <c r="G21" s="109">
         <v>0</v>
       </c>
       <c r="H21" s="109">
         <v>0</v>
       </c>
       <c r="I21" s="109"/>
       <c r="J21" s="109">
         <v>0</v>
       </c>
       <c r="K21" s="111">
         <v>0</v>
       </c>
       <c r="L21" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="12" x14ac:dyDescent="0.2">
       <c r="A22" s="97" t="s">
         <v>91</v>
       </c>
       <c r="B22" s="114">
         <v>14</v>
       </c>
       <c r="C22" s="115">
-        <v>4785</v>
+        <v>4786</v>
       </c>
       <c r="D22" s="116">
         <v>0</v>
       </c>
       <c r="E22" s="117">
         <v>0</v>
       </c>
       <c r="F22" s="117">
         <v>0</v>
       </c>
       <c r="G22" s="117">
         <v>0</v>
       </c>
       <c r="H22" s="117">
         <v>4781</v>
       </c>
       <c r="I22" s="117">
         <v>4</v>
       </c>
       <c r="J22" s="117">
         <v>0</v>
       </c>
       <c r="K22" s="118">
         <v>0</v>
       </c>
       <c r="L22" s="119">
         <v>1191</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="105" t="s">
         <v>80</v>
       </c>
       <c r="B23" s="106">
         <v>15</v>
       </c>
       <c r="C23" s="107">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D23" s="108">
         <v>0</v>
       </c>
       <c r="E23" s="109">
         <v>0</v>
       </c>
       <c r="F23" s="109">
         <v>0</v>
       </c>
       <c r="G23" s="109">
         <v>0</v>
       </c>
       <c r="H23" s="109">
         <v>1697</v>
       </c>
       <c r="I23" s="109">
         <v>4</v>
       </c>
       <c r="J23" s="109">
         <v>0</v>
       </c>
       <c r="K23" s="111">
         <v>0</v>
       </c>