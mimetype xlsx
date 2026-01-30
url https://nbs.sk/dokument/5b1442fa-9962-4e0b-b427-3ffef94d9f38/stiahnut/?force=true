--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,79 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0AFC6F5C-7D1F-46FF-91C8-5F5A7D8BD8B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96D46B6B-65FA-4CA9-A8D4-AE3F5A0B2813}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="772" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$E$347</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1707" uniqueCount="1304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2054" uniqueCount="1539">
   <si>
     <t>Zoznam bielych dokladov o kryptoaktívach notifikovaných NBS z iných členských štátov EÚ</t>
   </si>
   <si>
     <t>Názov subjektu, ktorý notifikoval Biely doklad o kryptoaktívach</t>
   </si>
   <si>
     <t>Názov kryptoaktíva</t>
   </si>
   <si>
     <t>Dátum začatia verejnej ponuky/prijatia kryptoaktíva na obchodovanie</t>
   </si>
   <si>
     <t>Orgán dohľadu, ktorý Biely doklad notifikoval NBS</t>
   </si>
   <si>
     <t>Aktuálny Biely doklad o kryptoaktívach</t>
   </si>
   <si>
     <t>https://www.ab.or g/en/</t>
   </si>
   <si>
     <t>AB Foundation</t>
   </si>
   <si>
@@ -2501,53 +2504,50 @@
     <t>Banana Gun (BANANA)</t>
   </si>
   <si>
     <t>Eigenlayer (EIGEN)</t>
   </si>
   <si>
     <t>ICE (ICE)</t>
   </si>
   <si>
     <t>JUPITER (JUP)</t>
   </si>
   <si>
     <t>KAS (KAS)</t>
   </si>
   <si>
     <t>KEETA (KTA)</t>
   </si>
   <si>
     <t>KOIN (KOIN)</t>
   </si>
   <si>
     <t>LCX (LCX)</t>
   </si>
   <si>
     <t>LDO (LDO)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Legacy Token (LGCT)</t>
   </si>
   <si>
     <t>Mantle (MNT)</t>
   </si>
   <si>
     <t>MOG (MOG)</t>
   </si>
   <si>
     <t>MOVE (MOVE)</t>
   </si>
   <si>
     <t>PEPE (PEPE)</t>
   </si>
   <si>
     <t>SKY (SKY)</t>
   </si>
   <si>
     <t>SUI (SUI)</t>
   </si>
   <si>
     <t>TRON (TRON)</t>
   </si>
   <si>
     <t>WLFI (WLFI)</t>
   </si>
@@ -3608,53 +3608,50 @@
   <si>
     <t>HSTW PTE. LTD.</t>
   </si>
   <si>
     <t>ZNNT</t>
   </si>
   <si>
     <t>https://linx-li.com</t>
   </si>
   <si>
     <t>FMA (Lichtenštajnsko)</t>
   </si>
   <si>
     <t>CONFERO EUROPE AG</t>
   </si>
   <si>
     <t>AI Token</t>
   </si>
   <si>
     <t>Gensyn Network Ltd</t>
   </si>
   <si>
     <t>www.gensynetwork.com</t>
   </si>
   <si>
-    <t>24.10.2025 - withdrawal on 7.11.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://aioz.network/</t>
   </si>
   <si>
     <t>BIO</t>
   </si>
   <si>
     <t>https://www.galachain.com/</t>
   </si>
   <si>
     <t>GALA</t>
   </si>
   <si>
     <t>www.hivemapper.com</t>
   </si>
   <si>
     <t>Hivemapper HONEY</t>
   </si>
   <si>
     <t>LQTY</t>
   </si>
   <si>
     <t>www.metaplex.com</t>
   </si>
   <si>
     <t>NonPlayable Coin (NPC)</t>
@@ -3942,57 +3939,825 @@
     <t>Superform (BVI) Limited</t>
   </si>
   <si>
     <t>https://www.superform.xyz/</t>
   </si>
   <si>
     <t>ALLORA</t>
   </si>
   <si>
     <t>https://www.allora.network/</t>
   </si>
   <si>
     <t>ApeCoin</t>
   </si>
   <si>
     <t>https://apecoin.com/</t>
   </si>
   <si>
     <t>SEI</t>
   </si>
   <si>
     <t>https://www.sei.io/</t>
   </si>
   <si>
     <t>https://world.org/</t>
+  </si>
+  <si>
+    <t>RIV Coin</t>
+  </si>
+  <si>
+    <t>https://riv-coin.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIV Capital Algo Fund Limited </t>
+  </si>
+  <si>
+    <t>https://zondacrypto.com/</t>
+  </si>
+  <si>
+    <t>BB Trade Estonia OÜ</t>
+  </si>
+  <si>
+    <t>TeamPL</t>
+  </si>
+  <si>
+    <t>BlockStock (BSO/eBSO)</t>
+  </si>
+  <si>
+    <t>Central Bank of Latvia (Lotyšsko)</t>
+  </si>
+  <si>
+    <t>www.blockben.com</t>
+  </si>
+  <si>
+    <t>BlockBen SIA</t>
+  </si>
+  <si>
+    <t>CrowdX (CRDX)</t>
+  </si>
+  <si>
+    <t>QUEST2SEEK - UNIPESSOAL LDA</t>
+  </si>
+  <si>
+    <t>Energy Dollar</t>
+  </si>
+  <si>
+    <t>Fuse Crypto Limited</t>
+  </si>
+  <si>
+    <t>https://www.fuseenergy.com/energy-network</t>
+  </si>
+  <si>
+    <t>Holoverz (3DHT)</t>
+  </si>
+  <si>
+    <t>Gicouranian Limited</t>
+  </si>
+  <si>
+    <t>KarratCoin</t>
+  </si>
+  <si>
+    <t>https://www.karratcoin.com/en</t>
+  </si>
+  <si>
+    <t>Karrat Foundation</t>
+  </si>
+  <si>
+    <t>BitGet Token</t>
+  </si>
+  <si>
+    <t>https://www.morphl2.io</t>
+  </si>
+  <si>
+    <t>OSBR</t>
+  </si>
+  <si>
+    <t>ROBO</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">24.10.2025 - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>withdrawal on 7.11.2025</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">20.11.2025 - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>withdrawal on 9.12.2025</t>
+    </r>
+  </si>
+  <si>
+    <t>SIXR</t>
+  </si>
+  <si>
+    <t>https://sixrcricket.com/</t>
+  </si>
+  <si>
+    <t>Liberty Games Switzerland AG</t>
+  </si>
+  <si>
+    <t>Sport.Fun</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>FutureX Technology Limited</t>
+  </si>
+  <si>
+    <t>https://www.synfutures.com/</t>
+  </si>
+  <si>
+    <t>Liquidium</t>
+  </si>
+  <si>
+    <t>https://liquidium.org</t>
+  </si>
+  <si>
+    <t>Liquidium Inc.</t>
+  </si>
+  <si>
+    <t>RaveDAO</t>
+  </si>
+  <si>
+    <t>RaveDAO Ltd.</t>
+  </si>
+  <si>
+    <t>www.ravedao.com</t>
+  </si>
+  <si>
+    <t>CFI</t>
+  </si>
+  <si>
+    <t>Phoenix Labs Holdings Limited</t>
+  </si>
+  <si>
+    <t>https://www.consumerfi.ai/</t>
+  </si>
+  <si>
+    <t>SPECTRA</t>
+  </si>
+  <si>
+    <t>Perspective SAS</t>
+  </si>
+  <si>
+    <t>https://www.spectra.finance/</t>
+  </si>
+  <si>
+    <t>INV4B</t>
+  </si>
+  <si>
+    <t>Invest 4B SARL</t>
+  </si>
+  <si>
+    <t>https://invest4b.eu/</t>
+  </si>
+  <si>
+    <t>DIAM</t>
+  </si>
+  <si>
+    <t>https://www.diamante.io/</t>
+  </si>
+  <si>
+    <t>Diamante Financial Technologies LLC</t>
+  </si>
+  <si>
+    <t>RAILS</t>
+  </si>
+  <si>
+    <t>Rails ServicesCo (BVI) Ltd.</t>
+  </si>
+  <si>
+    <t>https://rails.xyz/</t>
+  </si>
+  <si>
+    <t>BR Token</t>
+  </si>
+  <si>
+    <t>https://www.bedrock.technology/</t>
+  </si>
+  <si>
+    <t>Bedrock Limited</t>
+  </si>
+  <si>
+    <t>ADI</t>
+  </si>
+  <si>
+    <t>ADI DLT Foundation</t>
+  </si>
+  <si>
+    <t>https://www.adi.foundation</t>
+  </si>
+  <si>
+    <t>Nobody Sausage Token</t>
+  </si>
+  <si>
+    <t>Nobody Studios Inc</t>
+  </si>
+  <si>
+    <t>https://nobodysausage.club/</t>
+  </si>
+  <si>
+    <t>Puffpaw (VAPE)</t>
+  </si>
+  <si>
+    <t>Puffpaw Foundation</t>
+  </si>
+  <si>
+    <t>https://www.puffpaw.xyz/</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
+    <t>TX Issuer Ltd.</t>
+  </si>
+  <si>
+    <t>ttps://tx.org/</t>
+  </si>
+  <si>
+    <t>SEND</t>
+  </si>
+  <si>
+    <t>https://www.send.it/</t>
+  </si>
+  <si>
+    <t>Send Foundation</t>
+  </si>
+  <si>
+    <t>Aethir Network</t>
+  </si>
+  <si>
+    <t>ATH</t>
+  </si>
+  <si>
+    <t>https://aethir.com/</t>
+  </si>
+  <si>
+    <t>LION</t>
+  </si>
+  <si>
+    <t>MiCA Crypto Alliance Opco Limited</t>
+  </si>
+  <si>
+    <t>IMU</t>
+  </si>
+  <si>
+    <t>Relentless technology Limited</t>
+  </si>
+  <si>
+    <t>https://immunefi.foundation/</t>
+  </si>
+  <si>
+    <t>FOXSY</t>
+  </si>
+  <si>
+    <t>Foxsy AI Foundation</t>
+  </si>
+  <si>
+    <t>https://foxsy.ai/</t>
+  </si>
+  <si>
+    <t>https://www.apex.exchange/</t>
+  </si>
+  <si>
+    <t>APEX DAO INC.</t>
+  </si>
+  <si>
+    <t>APEX</t>
+  </si>
+  <si>
+    <t>Axiom GOLF Token</t>
+  </si>
+  <si>
+    <t>Axiom GOLF</t>
+  </si>
+  <si>
+    <t>https://www.axiomfoundation.io/</t>
+  </si>
+  <si>
+    <t>Infrared</t>
+  </si>
+  <si>
+    <t>https://infrared.finance/</t>
+  </si>
+  <si>
+    <t>Infrared Operations Limited</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUCK </t>
+  </si>
+  <si>
+    <t>https://staging.buck.foundation/</t>
+  </si>
+  <si>
+    <t>Buck Assets Ltd</t>
+  </si>
+  <si>
+    <t>KMNO</t>
+  </si>
+  <si>
+    <t>https://kamino.com/</t>
+  </si>
+  <si>
+    <t>Kamino Global Limited</t>
+  </si>
+  <si>
+    <t>USDG</t>
+  </si>
+  <si>
+    <t>Paxos Issuance Europe Oy</t>
+  </si>
+  <si>
+    <t>paxos.com/EEA</t>
+  </si>
+  <si>
+    <t>UDSG</t>
+  </si>
+  <si>
+    <t>RAYLSFUSION LTD</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Legacy Token (LGCT)  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>-</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>withdrawal on 23.12.2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Sidekick</t>
+  </si>
+  <si>
+    <t>Hub Development Foundation</t>
+  </si>
+  <si>
+    <t>https://sidekick.fans/</t>
+  </si>
+  <si>
+    <t>Makina (BVI) Ltd.</t>
+  </si>
+  <si>
+    <t>MAK</t>
+  </si>
+  <si>
+    <t>https://www.makina.finance/</t>
+  </si>
+  <si>
+    <t>MINSWAP DAO LLC</t>
+  </si>
+  <si>
+    <t>Minswap</t>
+  </si>
+  <si>
+    <t>https://minswap.org/</t>
+  </si>
+  <si>
+    <t>Infinex</t>
+  </si>
+  <si>
+    <t>Sempiternal Autarky SubCo. Ltd.</t>
+  </si>
+  <si>
+    <t>https://infinex.xyz/legals/inx-whitepaper</t>
+  </si>
+  <si>
+    <t>https://foundation.seraph.game/home</t>
+  </si>
+  <si>
+    <t>SERAPH</t>
+  </si>
+  <si>
+    <t>TechVista Network AG</t>
+  </si>
+  <si>
+    <t>https://rollx.trade/</t>
+  </si>
+  <si>
+    <t>ROLL</t>
+  </si>
+  <si>
+    <t>LQD Labs Holdings Ltd.</t>
+  </si>
+  <si>
+    <t>ARBIT TECHNOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>ABTK</t>
+  </si>
+  <si>
+    <t>arbittechnologyltd.com</t>
+  </si>
+  <si>
+    <t>SLX</t>
+  </si>
+  <si>
+    <t>SLX Ltd</t>
+  </si>
+  <si>
+    <t>https://solstice.finance/mica</t>
+  </si>
+  <si>
+    <t>SKR</t>
+  </si>
+  <si>
+    <t>https://solanamobile.com</t>
+  </si>
+  <si>
+    <t>Solana Mobile Inc.</t>
+  </si>
+  <si>
+    <t>MIL</t>
+  </si>
+  <si>
+    <t>https://www.miltoken.io</t>
+  </si>
+  <si>
+    <t>UTXO International LLC</t>
+  </si>
+  <si>
+    <t>ZKP Token</t>
+  </si>
+  <si>
+    <t>www.zkpass.org</t>
+  </si>
+  <si>
+    <t>zkPass DAO</t>
+  </si>
+  <si>
+    <t>Pendle</t>
+  </si>
+  <si>
+    <t>https://www.pendle.finance/</t>
+  </si>
+  <si>
+    <t>Billions</t>
+  </si>
+  <si>
+    <t>https://debridge.foundation/</t>
+  </si>
+  <si>
+    <t>TRIA</t>
+  </si>
+  <si>
+    <t>Tria Labs Limited</t>
+  </si>
+  <si>
+    <t>https://tria.so/</t>
+  </si>
+  <si>
+    <t>deBridge</t>
+  </si>
+  <si>
+    <t>Dash</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.dash.org/ </t>
+  </si>
+  <si>
+    <t>Ripple</t>
+  </si>
+  <si>
+    <t>https://ripple.com/</t>
+  </si>
+  <si>
+    <t>Aethir</t>
+  </si>
+  <si>
+    <t>ELSA</t>
+  </si>
+  <si>
+    <t>ELSA AI Ltd</t>
+  </si>
+  <si>
+    <t>https://www.heyelsa.ai/</t>
+  </si>
+  <si>
+    <t>HeyElsa</t>
+  </si>
+  <si>
+    <t>Elsa AI Ltd</t>
+  </si>
+  <si>
+    <t>Gomining</t>
+  </si>
+  <si>
+    <t>https://www.gomining.com</t>
+  </si>
+  <si>
+    <t>GoMining (Czech) s.r.o.</t>
+  </si>
+  <si>
+    <t>BSV</t>
+  </si>
+  <si>
+    <t>Beamable</t>
+  </si>
+  <si>
+    <t>Beamable (BVI) Ltd.</t>
+  </si>
+  <si>
+    <t>https://beamable.network/</t>
+  </si>
+  <si>
+    <t>Cosmos Atom</t>
+  </si>
+  <si>
+    <t>https://interchain.io/</t>
+  </si>
+  <si>
+    <t>Aster</t>
+  </si>
+  <si>
+    <t>https://www.asterdex.com/en</t>
+  </si>
+  <si>
+    <t>Basic Attention</t>
+  </si>
+  <si>
+    <t>https://basicattentiontoken.org/</t>
+  </si>
+  <si>
+    <t>Tezos</t>
+  </si>
+  <si>
+    <t>https://tezos.foundation/</t>
+  </si>
+  <si>
+    <t>https://lighter.xyz/</t>
+  </si>
+  <si>
+    <t>Lighter</t>
+  </si>
+  <si>
+    <t>Bitcoin Cash</t>
+  </si>
+  <si>
+    <t>Stellar Lumen</t>
+  </si>
+  <si>
+    <t>https://stellar.org/</t>
+  </si>
+  <si>
+    <t>SCOR</t>
+  </si>
+  <si>
+    <t>https://www.scor.io/</t>
+  </si>
+  <si>
+    <t>Scor Foundation</t>
+  </si>
+  <si>
+    <t>https://www.shinkai.com/</t>
+  </si>
+  <si>
+    <t>Shinkai</t>
+  </si>
+  <si>
+    <t>Scorpius (BVI) Limited</t>
+  </si>
+  <si>
+    <t>https://brevis.network</t>
+  </si>
+  <si>
+    <t>Brevis</t>
+  </si>
+  <si>
+    <t>Brevis Network Ltd.</t>
+  </si>
+  <si>
+    <t>Interop Labs Ltd.</t>
+  </si>
+  <si>
+    <t>Fluid</t>
+  </si>
+  <si>
+    <t>instadapp.io</t>
+  </si>
+  <si>
+    <t>https://irys.xyz/</t>
+  </si>
+  <si>
+    <t>Irys</t>
+  </si>
+  <si>
+    <t>IRYS Foundation</t>
+  </si>
+  <si>
+    <t>Sui</t>
+  </si>
+  <si>
+    <t>One Trading Exchange</t>
+  </si>
+  <si>
+    <t>www.sui.io</t>
+  </si>
+  <si>
+    <t>Espresso</t>
+  </si>
+  <si>
+    <t>https://www.espressosys.com/</t>
+  </si>
+  <si>
+    <t>Espresso TokenCo (BVI) Ltd.</t>
+  </si>
+  <si>
+    <t>TABI</t>
+  </si>
+  <si>
+    <t>https://www.tabichain.com</t>
+  </si>
+  <si>
+    <t>Mundus Metaverse Ltd</t>
+  </si>
+  <si>
+    <t>AFM (Holandsko)</t>
+  </si>
+  <si>
+    <t>0x</t>
+  </si>
+  <si>
+    <t>https://www.0xprotocol.org/</t>
+  </si>
+  <si>
+    <t>Rocket Pool</t>
+  </si>
+  <si>
+    <t>https://rocketpool.net/</t>
+  </si>
+  <si>
+    <t>Orchid</t>
+  </si>
+  <si>
+    <t>https://www.orchid.com/</t>
+  </si>
+  <si>
+    <t>Cronos</t>
+  </si>
+  <si>
+    <t>https://crypto.com/</t>
+  </si>
+  <si>
+    <t>EDEL</t>
+  </si>
+  <si>
+    <t>https://edel.finance</t>
+  </si>
+  <si>
+    <t>Titan Labs Limited</t>
+  </si>
+  <si>
+    <t>xCUP Token</t>
+  </si>
+  <si>
+    <t>ALCUM AG (ALCUM Ltd.)</t>
+  </si>
+  <si>
+    <t>www.alcum.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telcoin </t>
+  </si>
+  <si>
+    <t>Telcoin Association</t>
+  </si>
+  <si>
+    <t>www.telcoin.org</t>
+  </si>
+  <si>
+    <t>Noble</t>
+  </si>
+  <si>
+    <t>Noble Foundation</t>
+  </si>
+  <si>
+    <t>https://noblefoundation.xyz/</t>
+  </si>
+  <si>
+    <t>GROW</t>
+  </si>
+  <si>
+    <t>www.growtokens.io</t>
+  </si>
+  <si>
+    <t>Future Energy Global AG</t>
+  </si>
+  <si>
+    <t>Reya</t>
+  </si>
+  <si>
+    <t>reya.xyz</t>
+  </si>
+  <si>
+    <t>Reya Group Holdings Ltd</t>
+  </si>
+  <si>
+    <t>Allora</t>
+  </si>
+  <si>
+    <t>ALLORA FOUNDATION</t>
+  </si>
+  <si>
+    <t>CHIP</t>
+  </si>
+  <si>
+    <t>https://usd.ai</t>
+  </si>
+  <si>
+    <t>Genesys Protocol Holdings Ltd.</t>
+  </si>
+  <si>
+    <t>Nomina</t>
+  </si>
+  <si>
+    <t>https://www.nomina.io/</t>
+  </si>
+  <si>
+    <t>https://jup.ag</t>
+  </si>
+  <si>
+    <t>https://reserve.org</t>
+  </si>
+  <si>
+    <t>XGR</t>
+  </si>
+  <si>
+    <t>https://xgr.network</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -4100,66 +4865,73 @@
       <color theme="0"/>
       <name val="Sitka Banner"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Portada"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -4203,56 +4975,87 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -4278,57 +5081,51 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
@@ -4381,51 +5178,50 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="14" fontId="17" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
@@ -4456,109 +5252,124 @@
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>429</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>116205</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>429</xdr:row>
       <xdr:rowOff>147955</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Group 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{424F31CD-1F31-642E-AF5C-FADA0E67B38A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="68580" y="73699551"/>
+          <a:off x="68580" y="93576866"/>
           <a:ext cx="47625" cy="3175"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="47625" cy="3175"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="Graphic 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFD36444-2102-7B63-5A88-F0B5E1D74CE1}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="47625" cy="3175"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -4587,75 +5398,75 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="467885"/>
           </a:solidFill>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
-      <xdr:row>438</xdr:row>
+      <xdr:row>531</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>116205</xdr:colOff>
-      <xdr:row>438</xdr:row>
+      <xdr:row>531</xdr:row>
       <xdr:rowOff>147955</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="4" name="Group 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A707F4CD-3AF7-6484-5D9B-B68B4AB3774F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="68580" y="93892551"/>
+          <a:off x="68580" y="113965809"/>
           <a:ext cx="47625" cy="3175"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="47625" cy="3175"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="5" name="Graphic 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2C26F10-6329-E4E0-537F-A54F40C1A857}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="47625" cy="3175"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -4684,75 +5495,75 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="467885"/>
           </a:solidFill>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
-      <xdr:row>512</xdr:row>
+      <xdr:row>605</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>116205</xdr:colOff>
-      <xdr:row>512</xdr:row>
+      <xdr:row>605</xdr:row>
       <xdr:rowOff>147955</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="6" name="Group 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B7F31C1-AA9E-EBA6-9DF0-05E656992DE5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="68580" y="109176094"/>
+          <a:off x="68580" y="129249351"/>
           <a:ext cx="47625" cy="3175"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="47625" cy="3175"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="7" name="Graphic 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AA92E6D-38F2-B574-587B-146846B6E267}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="47625" cy="3175"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -4781,75 +5592,75 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="467885"/>
           </a:solidFill>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
-      <xdr:row>521</xdr:row>
+      <xdr:row>614</xdr:row>
       <xdr:rowOff>129540</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104140</xdr:colOff>
-      <xdr:row>521</xdr:row>
+      <xdr:row>614</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="Group 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B98B462-5D4F-1C39-61DB-DB85E56DA958}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="68580" y="110924340"/>
+          <a:off x="68580" y="130997597"/>
           <a:ext cx="35560" cy="9525"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="35560" cy="9525"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="Graphic 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5D36EC3-CF05-E9D3-F4F1-3DDFFDD40B28}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="35560" cy="9525"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -5139,79 +5950,79 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aioz.network/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/ice-mica-white-paper/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midnighttge.io/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pump.fun/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uranium.io/en" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campnetwork.xyz/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://initiafoundation.com/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.analog.one/," TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/doge-mica-white-paper/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://divineray.ca/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://runonflux.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webuyhousecoins.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.towns.com/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tonomy.io/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://common.xyz/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bankr.bot/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avaxai.org/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assisterr.ai/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justlend.org/?lang=en-US" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/lcxg-mica-white-paper/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arc.fun/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treehouse.finance/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spark.fi/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.subspace.foundation/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alkimi.org/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cheerbitcoin.org/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyslabs.ai/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acurast.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infinit.tech/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/avax-mica-white-paper/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elizaos.ai/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fly.trade/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jito.network/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nillion.com/MICA/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tanssi.network/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zeusnetwork.xyz/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/link-mica-white-paper/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://matchain.io/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tripleogames.com/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xterio.foundation/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yieldbasis.com/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scallop.io/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.u2u.xyz/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kaia.io/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vechain.org/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://abloxx.com/en" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://progress.mt/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/bch-mica-white-paper/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/lcxp-mica-white-paper/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aixbt.tech/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hpos10i.com/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sqd.ai/mica" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vision.now/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dimo.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://duckchain.io/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mira.network/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tiamonds.s3.us-east-1.amazonaws.com/website/Tiamonds+TOTO+MiCAR+White+Paper+-+EU_EEA+Edition.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.walrus.xyz/wal-token/mica" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shardeum.org/Shardeum_Whitepaper.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.simonscat.xyz/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://b3.fun/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plutus.it/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.safefoundationm.com/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plume.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://availproject.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aipump.ai/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kaito.ai/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/arb-mica-white-%20paper/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soniclabs.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.freysa.ai/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://steelcoin.com/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treehouse.finance/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casper.network/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitscrunch.org/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zora.co/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://holdstation.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acad.live/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holoworld.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aerodrome.finance/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.walrus.xyz/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myx.finance/en" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.obol.org/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mefoundation.com/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.whitebridge.network/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solv.finance/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissfortress.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desertgreener.io/documents/whitepaper_dgrx_%20token.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dolomite.io/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infinitebackrooms.com/dreams/conversation-1721540624-scenario-terminal-of-truths-txt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verticalstudio.ai/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.water150.io/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covalenthq.com/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ten.foundation/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.definitive.fi/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gensynetwork.com/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aioz.network/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/ice-mica-white-paper/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midnighttge.io/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pump.fun/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uranium.io/en" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campnetwork.xyz/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://initiafoundation.com/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.analog.one/," TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/doge-mica-white-paper/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://divineray.ca/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://runonflux.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webuyhousecoins.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.towns.com/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tonomy.io/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://common.xyz/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bankr.bot/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solanamobile.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avaxai.org/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assisterr.ai/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justlend.org/?lang=en-US" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/lcxg-mica-white-paper/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arc.fun/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treehouse.finance/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spark.fi/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.subspace.foundation/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alkimi.org/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cheerbitcoin.org/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyslabs.ai/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infinit.tech/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/avax-mica-white-paper/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fly.trade/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jito.network/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tanssi.network/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sui.io/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/link-mica-white-paper/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://matchain.io/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tripleogames.com/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xterio.foundation/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yieldbasis.com/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scallop.io/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.u2u.xyz/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kaia.io/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vechain.org/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ravedao.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://abloxx.com/en" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://progress.mt/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/bch-mica-white-paper/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/lcxp-mica-white-paper/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aixbt.tech/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hpos10i.com/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sqd.ai/mica" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vision.now/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dimo.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://duckchain.io/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mira.network/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tiamonds.s3.us-east-1.amazonaws.com/website/Tiamonds+TOTO+MiCAR+White+Paper+-+EU_EEA+Edition.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.walrus.xyz/wal-token/mica" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shardeum.org/Shardeum_Whitepaper.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.simonscat.xyz/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://b3.fun/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plutus.it/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.safefoundationm.com/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plume.org/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infrared.finance/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minswap.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://availproject.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aipump.ai/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kaito.ai/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/arb-mica-white-%20paper/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soniclabs.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.freysa.ai/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://steelcoin.com/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treehouse.finance/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casper.network/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.send.it/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tabichain.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitscrunch.org/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zora.co/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://holdstation.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acad.live/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holoworld.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aerodrome.finance/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.walrus.xyz/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myx.finance/en" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.obol.org/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mefoundation.com/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.whitebridge.network/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solv.finance/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissfortress.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desertgreener.io/documents/whitepaper_dgrx_%20token.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dolomite.io/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infinitebackrooms.com/dreams/conversation-1721540624-scenario-terminal-of-truths-txt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verticalstudio.ai/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.water150.io/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.buck.foundation/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alcum.com/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covalenthq.com/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ten.foundation/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.definitive.fi/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gensynetwork.com/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apex.exchange/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acurast.com/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elizaos.ai/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nillion.com/MICA/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zeusnetwork.xyz/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:XFD871"/>
+  <dimension ref="A1:XFD964"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="D585" sqref="D585"/>
+      <selection activeCell="H21" sqref="H21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8"/>
   <cols>
     <col min="1" max="1" width="40.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="33" style="1" customWidth="1"/>
     <col min="3" max="3" width="26.109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="52.109375" style="1" customWidth="1"/>
     <col min="6" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="16" customFormat="1" ht="32.4">
-      <c r="A1" s="99" t="s">
+      <c r="A1" s="101" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="100"/>
-[...2 lines deleted...]
-      <c r="E1" s="100"/>
+      <c r="B1" s="102"/>
+      <c r="C1" s="102"/>
+      <c r="D1" s="102"/>
+      <c r="E1" s="102"/>
     </row>
     <row r="2" spans="1:5" s="16" customFormat="1" ht="88.8">
       <c r="A2" s="23" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="23" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="23" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="23" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.6">
       <c r="A3" s="24" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="25" t="s">
         <v>711</v>
       </c>
@@ -5222,8752 +6033,10172 @@
         <v>8</v>
       </c>
       <c r="E3" s="27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.6">
       <c r="A4" s="24" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.6">
       <c r="A5" s="24" t="s">
-        <v>24</v>
+        <v>1424</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>746</v>
+        <v>1425</v>
       </c>
       <c r="C5" s="19">
-        <v>45729</v>
+        <v>46082</v>
       </c>
       <c r="D5" s="26" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="E5" s="27" t="s">
+        <v>1426</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.6">
       <c r="A6" s="24" t="s">
-        <v>426</v>
+        <v>24</v>
       </c>
       <c r="B6" s="25" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="C6" s="19">
-        <v>45859</v>
+        <v>45729</v>
       </c>
       <c r="D6" s="26" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:5" ht="30">
+        <v>197</v>
+      </c>
+      <c r="E6" s="38" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="15.6">
       <c r="A7" s="24" t="s">
-        <v>681</v>
+        <v>1360</v>
       </c>
       <c r="B7" s="25" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>45972</v>
+        <v>1359</v>
+      </c>
+      <c r="C7" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="D7" s="26" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>1051</v>
+        <v>49</v>
+      </c>
+      <c r="E7" s="38" t="s">
+        <v>1361</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.6">
       <c r="A8" s="24" t="s">
-        <v>1190</v>
+        <v>426</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>1189</v>
+        <v>747</v>
       </c>
       <c r="C8" s="19">
-        <v>46001</v>
+        <v>45859</v>
       </c>
       <c r="D8" s="26" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>1191</v>
+        <v>27</v>
+      </c>
+      <c r="E8" s="38" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.6">
       <c r="A9" s="24" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>749</v>
+        <v>1451</v>
       </c>
       <c r="C9" s="19">
-        <v>45796</v>
+        <v>46057</v>
       </c>
       <c r="D9" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="38" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="30">
+      <c r="A10" s="24" t="s">
+        <v>681</v>
+      </c>
+      <c r="B10" s="25" t="s">
+        <v>748</v>
+      </c>
+      <c r="C10" s="19">
+        <v>45972</v>
+      </c>
+      <c r="D10" s="26" t="s">
+        <v>443</v>
+      </c>
+      <c r="E10" s="27" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="15.6" customHeight="1">
+      <c r="A11" s="40" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="25" t="s">
+        <v>750</v>
+      </c>
+      <c r="C11" s="19">
+        <v>45994</v>
+      </c>
+      <c r="D11" s="26" t="s">
         <v>27</v>
       </c>
-      <c r="E9" s="41" t="s">
-[...16 lines deleted...]
-      <c r="E10" s="27" t="s">
+      <c r="E11" s="27" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="15.6">
-[...18 lines deleted...]
-        <v>1124</v>
+    <row r="12" spans="1:5" ht="15.6">
+      <c r="A12" s="24" t="s">
+        <v>1189</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-        <v>1192</v>
+        <v>1188</v>
+      </c>
+      <c r="C12" s="19">
+        <v>46371</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>62</v>
       </c>
-      <c r="E12" s="27" t="s">
-[...5 lines deleted...]
-        <v>1160</v>
+      <c r="E12" s="38" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="15.6" customHeight="1">
+      <c r="A13" s="24" t="s">
+        <v>26</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>1159</v>
+        <v>749</v>
       </c>
       <c r="C13" s="19">
-        <v>45708</v>
+        <v>45796</v>
       </c>
       <c r="D13" s="26" t="s">
         <v>27</v>
       </c>
-      <c r="E13" s="27" t="s">
-        <v>115</v>
+      <c r="E13" s="39" t="s">
+        <v>427</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15.6">
-      <c r="A14" s="42" t="s">
-        <v>496</v>
+      <c r="A14" s="40" t="s">
+        <v>508</v>
       </c>
       <c r="B14" s="25" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="C14" s="19">
-        <v>45898</v>
+        <v>45915</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="27" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="30">
+      <c r="A15" s="40" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B15" s="25" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C15" s="19" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D15" s="26" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="27" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="15.6">
+      <c r="A16" s="40" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B16" s="25" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C16" s="19">
+        <v>45708</v>
+      </c>
+      <c r="D16" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="27" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="15.6">
+      <c r="A17" s="40" t="s">
+        <v>496</v>
+      </c>
+      <c r="B17" s="25" t="s">
+        <v>752</v>
+      </c>
+      <c r="C17" s="19">
+        <v>45898</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" s="27" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="15.6">
-      <c r="A15" s="42" t="s">
+    <row r="18" spans="1:5" ht="15.6">
+      <c r="A18" s="40" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B18" s="25" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C18" s="19">
+        <v>46071</v>
+      </c>
+      <c r="D18" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" s="27" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="15.6">
+      <c r="A19" s="40" t="s">
         <v>708</v>
       </c>
-      <c r="B15" s="25" t="s">
+      <c r="B19" s="25" t="s">
         <v>753</v>
       </c>
-      <c r="C15" s="19">
+      <c r="C19" s="19">
         <v>45961</v>
-      </c>
-[...66 lines deleted...]
-        <v>45698</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="27" t="s">
-        <v>1155</v>
+        <v>709</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.6">
-      <c r="A20" s="42" t="s">
-        <v>534</v>
+      <c r="A20" s="40" t="s">
+        <v>600</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="C20" s="19">
-        <v>45921</v>
+        <v>45887</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="E20" s="27" t="s">
-        <v>535</v>
+        <v>599</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.6">
-      <c r="A21" s="42" t="s">
-        <v>456</v>
+      <c r="A21" s="40" t="s">
+        <v>615</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>454</v>
+        <v>616</v>
       </c>
       <c r="C21" s="19">
-        <v>45908</v>
+        <v>45680</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>455</v>
+        <v>351</v>
       </c>
       <c r="E21" s="27" t="s">
-        <v>457</v>
+        <v>617</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.6">
-      <c r="A22" s="42" t="s">
-        <v>424</v>
+      <c r="A22" s="40" t="s">
+        <v>927</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>423</v>
+        <v>926</v>
       </c>
       <c r="C22" s="19">
-        <v>45883</v>
+        <v>45957</v>
       </c>
       <c r="D22" s="26" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>62</v>
+      </c>
+      <c r="E22" s="73" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.6">
-      <c r="A23" s="42" t="s">
-        <v>983</v>
+      <c r="A23" s="26" t="s">
+        <v>1153</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>982</v>
+        <v>1152</v>
       </c>
       <c r="C23" s="19">
-        <v>45968</v>
+        <v>45698</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E23" s="27" t="s">
-        <v>984</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.6">
-      <c r="A24" s="42" t="s">
-        <v>1157</v>
+      <c r="A24" s="40" t="s">
+        <v>534</v>
       </c>
       <c r="B24" s="25" t="s">
-        <v>1156</v>
+        <v>755</v>
       </c>
       <c r="C24" s="19">
-        <v>45985</v>
+        <v>45921</v>
       </c>
       <c r="D24" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>1158</v>
+        <v>535</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.6">
-      <c r="A25" s="42" t="s">
+      <c r="A25" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B25" s="25" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C25" s="19">
+        <v>46041</v>
+      </c>
+      <c r="D25" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E25" s="27" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="15.6">
+      <c r="A26" s="40" t="s">
+        <v>456</v>
+      </c>
+      <c r="B26" s="25" t="s">
+        <v>454</v>
+      </c>
+      <c r="C26" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D26" s="26" t="s">
+        <v>455</v>
+      </c>
+      <c r="E26" s="27" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="15.6">
+      <c r="A27" s="40" t="s">
+        <v>424</v>
+      </c>
+      <c r="B27" s="25" t="s">
+        <v>423</v>
+      </c>
+      <c r="C27" s="19">
+        <v>45883</v>
+      </c>
+      <c r="D27" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="E27" s="27" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="15.6">
+      <c r="A28" s="40" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" s="25" t="s">
+        <v>759</v>
+      </c>
+      <c r="C28" s="19">
+        <v>45736</v>
+      </c>
+      <c r="D28" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" s="27" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="15.6">
+      <c r="A29" s="40" t="s">
+        <v>982</v>
+      </c>
+      <c r="B29" s="25" t="s">
+        <v>981</v>
+      </c>
+      <c r="C29" s="19">
+        <v>45968</v>
+      </c>
+      <c r="D29" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E29" s="27" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="15.6">
+      <c r="A30" s="40" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B30" s="25" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C30" s="19">
+        <v>45985</v>
+      </c>
+      <c r="D30" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E30" s="27" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="15.6">
+      <c r="A31" s="40" t="s">
+        <v>919</v>
+      </c>
+      <c r="B31" s="25" t="s">
         <v>920</v>
       </c>
-      <c r="B25" s="25" t="s">
+      <c r="C31" s="19">
+        <v>45976</v>
+      </c>
+      <c r="D31" s="26" t="s">
+        <v>922</v>
+      </c>
+      <c r="E31" s="27" t="s">
         <v>921</v>
       </c>
-      <c r="C25" s="19">
-[...10 lines deleted...]
-      <c r="A26" s="42" t="s">
+    </row>
+    <row r="32" spans="1:5" ht="15.6">
+      <c r="A32" s="40" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B32" s="25" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C32" s="19">
+        <v>46015</v>
+      </c>
+      <c r="D32" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E32" s="27" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="15.6">
+      <c r="A33" s="40" t="s">
         <v>518</v>
       </c>
-      <c r="B26" s="25" t="s">
+      <c r="B33" s="25" t="s">
         <v>756</v>
       </c>
-      <c r="C26" s="19">
+      <c r="C33" s="19">
         <v>45924</v>
-      </c>
-[...117 lines deleted...]
-        <v>45909</v>
       </c>
       <c r="D33" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E33" s="27" t="s">
-        <v>249</v>
+        <v>517</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15.6">
-      <c r="A34" s="42" t="s">
-        <v>473</v>
+      <c r="A34" s="40" t="s">
+        <v>29</v>
       </c>
       <c r="B34" s="25" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-        <v>45855</v>
+        <v>30</v>
+      </c>
+      <c r="C34" s="26" t="s">
+        <v>31</v>
       </c>
       <c r="D34" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E34" s="27" t="s">
-        <v>474</v>
+        <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.6">
-      <c r="A35" s="42" t="s">
-        <v>926</v>
+      <c r="A35" s="40" t="s">
+        <v>33</v>
       </c>
       <c r="B35" s="25" t="s">
-        <v>924</v>
+        <v>757</v>
       </c>
       <c r="C35" s="19">
-        <v>45936</v>
-[...1 lines deleted...]
-      <c r="D35" s="26" t="s">
+        <v>45677</v>
+      </c>
+      <c r="D35" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" s="27" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="15.6">
+      <c r="A36" s="40" t="s">
+        <v>601</v>
+      </c>
+      <c r="B36" s="25" t="s">
+        <v>758</v>
+      </c>
+      <c r="C36" s="19">
+        <v>45884</v>
+      </c>
+      <c r="D36" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="E36" s="27" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="15.6">
+      <c r="A37" s="40" t="s">
+        <v>603</v>
+      </c>
+      <c r="B37" s="25" t="s">
+        <v>990</v>
+      </c>
+      <c r="C37" s="19">
+        <v>45884</v>
+      </c>
+      <c r="D37" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="E37" s="27" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="15.6">
+      <c r="A38" s="40" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B38" s="25" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C38" s="19">
+        <v>45994</v>
+      </c>
+      <c r="D38" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E38" s="27" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="15.6">
+      <c r="A39" s="40" t="s">
+        <v>993</v>
+      </c>
+      <c r="B39" s="25" t="s">
+        <v>991</v>
+      </c>
+      <c r="C39" s="19">
+        <v>45974</v>
+      </c>
+      <c r="D39" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E35" s="27" t="s">
-[...66 lines deleted...]
-      </c>
       <c r="E39" s="27" t="s">
-        <v>1016</v>
+        <v>992</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.6">
-      <c r="A40" s="44" t="s">
-        <v>530</v>
+      <c r="A40" s="40" t="s">
+        <v>486</v>
       </c>
       <c r="B40" s="25" t="s">
-        <v>529</v>
+        <v>760</v>
       </c>
       <c r="C40" s="19">
-        <v>45923</v>
+        <v>45909</v>
       </c>
       <c r="D40" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E40" s="27" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="15.6">
+      <c r="A41" s="40" t="s">
+        <v>473</v>
+      </c>
+      <c r="B41" s="25" t="s">
+        <v>761</v>
+      </c>
+      <c r="C41" s="19">
+        <v>45855</v>
+      </c>
+      <c r="D41" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E41" s="27" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="15.6">
+      <c r="A42" s="40" t="s">
+        <v>925</v>
+      </c>
+      <c r="B42" s="25" t="s">
+        <v>923</v>
+      </c>
+      <c r="C42" s="19">
+        <v>45936</v>
+      </c>
+      <c r="D42" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E42" s="27" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="15.6">
+      <c r="A43" s="40" t="s">
+        <v>651</v>
+      </c>
+      <c r="B43" s="25" t="s">
+        <v>762</v>
+      </c>
+      <c r="C43" s="19">
+        <v>44004</v>
+      </c>
+      <c r="D43" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E43" s="41" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="15.6">
+      <c r="A44" s="40" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B44" s="25" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C44" s="19">
+        <v>45972</v>
+      </c>
+      <c r="D44" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E44" s="41" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="31.2">
+      <c r="A45" s="42" t="s">
+        <v>504</v>
+      </c>
+      <c r="B45" s="25" t="s">
+        <v>503</v>
+      </c>
+      <c r="C45" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D45" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E45" s="27" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="15.6">
+      <c r="A46" s="42" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B46" s="25" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C46" s="19">
+        <v>45209</v>
+      </c>
+      <c r="D46" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E46" s="27" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="15.6">
+      <c r="A47" s="42" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B47" s="25" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C47" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D47" s="26" t="s">
+        <v>405</v>
+      </c>
+      <c r="E47" s="27" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="15.6">
+      <c r="A48" s="42" t="s">
+        <v>530</v>
+      </c>
+      <c r="B48" s="25" t="s">
+        <v>529</v>
+      </c>
+      <c r="C48" s="19">
+        <v>45923</v>
+      </c>
+      <c r="D48" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E48" s="27" t="s">
         <v>531</v>
       </c>
     </row>
-    <row r="41" spans="1:5" ht="15.6">
-      <c r="A41" s="45" t="s">
+    <row r="49" spans="1:5" ht="15.6">
+      <c r="A49" s="42" t="s">
+        <v>14</v>
+      </c>
+      <c r="B49" s="25" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C49" s="19">
+        <v>46038</v>
+      </c>
+      <c r="D49" s="26" t="s">
+        <v>405</v>
+      </c>
+      <c r="E49" s="27" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="15.6">
+      <c r="A50" s="42" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B50" s="25" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C50" s="19">
+        <v>45662</v>
+      </c>
+      <c r="D50" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E50" s="27" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="15.6">
+      <c r="A51" s="43" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="18" t="s">
+      <c r="B51" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C41" s="26">
+      <c r="C51" s="26">
         <v>2021</v>
       </c>
-      <c r="D41" s="43" t="s">
+      <c r="D51" s="41" t="s">
         <v>8</v>
       </c>
-      <c r="E41" s="27" t="s">
+      <c r="E51" s="27" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="42" spans="1:5" ht="15.6">
-      <c r="A42" s="45" t="s">
+    <row r="52" spans="1:5" ht="30">
+      <c r="A52" s="43" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C52" s="19">
+        <v>46032</v>
+      </c>
+      <c r="D52" s="41" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E52" s="27" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="15.6">
+      <c r="A53" s="43" t="s">
         <v>39</v>
       </c>
-      <c r="B42" s="18" t="s">
+      <c r="B53" s="18" t="s">
         <v>763</v>
       </c>
-      <c r="C42" s="19">
+      <c r="C53" s="19">
         <v>45968</v>
       </c>
-      <c r="D42" s="43" t="s">
+      <c r="D53" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E42" s="27" t="s">
-[...4 lines deleted...]
-      <c r="A43" s="45" t="s">
+      <c r="E53" s="27" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="15.6">
+      <c r="A54" s="43" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B54" s="18" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C54" s="19">
+        <v>45999</v>
+      </c>
+      <c r="D54" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E54" s="27" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="15.6">
+      <c r="A55" s="43" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B55" s="18" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C55" s="19">
+        <v>46027</v>
+      </c>
+      <c r="D55" s="26" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E55" s="27" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="15.6">
+      <c r="A56" s="43" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B56" s="18" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C56" s="19">
+        <v>46045</v>
+      </c>
+      <c r="D56" s="26" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E56" s="27" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="15.6">
+      <c r="A57" s="43" t="s">
         <v>605</v>
       </c>
-      <c r="B43" s="18" t="s">
+      <c r="B57" s="18" t="s">
         <v>764</v>
       </c>
-      <c r="C43" s="19">
+      <c r="C57" s="19">
         <v>45896</v>
       </c>
-      <c r="D43" s="43" t="s">
+      <c r="D57" s="41" t="s">
         <v>351</v>
       </c>
-      <c r="E43" s="27" t="s">
+      <c r="E57" s="27" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="44" spans="1:5" ht="15.6">
-[...3 lines deleted...]
-      <c r="B44" s="18" t="s">
+    <row r="58" spans="1:5" ht="15.6">
+      <c r="A58" s="43" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B58" s="18" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C58" s="19">
+        <v>45973</v>
+      </c>
+      <c r="D58" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E58" s="27" t="s">
         <v>1272</v>
       </c>
-      <c r="C44" s="19">
-[...2 lines deleted...]
-      <c r="D44" s="43" t="s">
+    </row>
+    <row r="59" spans="1:5" ht="15.6">
+      <c r="A59" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B59" s="18" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C59" s="19">
+        <v>46007</v>
+      </c>
+      <c r="D59" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E44" s="27" t="s">
-[...4 lines deleted...]
-      <c r="A45" s="45" t="s">
+      <c r="E59" s="27" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="15.6">
+      <c r="A60" s="43" t="s">
         <v>707</v>
       </c>
-      <c r="B45" s="18" t="s">
+      <c r="B60" s="18" t="s">
         <v>765</v>
       </c>
-      <c r="C45" s="19">
+      <c r="C60" s="19">
         <v>45909</v>
       </c>
-      <c r="D45" s="43" t="s">
+      <c r="D60" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E45" s="27" t="s">
+      <c r="E60" s="27" t="s">
         <v>706</v>
       </c>
     </row>
-    <row r="46" spans="1:5" ht="30">
-      <c r="A46" s="45" t="s">
+    <row r="61" spans="1:5" ht="30">
+      <c r="A61" s="43" t="s">
         <v>42</v>
       </c>
-      <c r="B46" s="18" t="s">
+      <c r="B61" s="18" t="s">
         <v>766</v>
       </c>
-      <c r="C46" s="19">
+      <c r="C61" s="19">
         <v>45749</v>
       </c>
-      <c r="D46" s="43" t="s">
+      <c r="D61" s="41" t="s">
         <v>43</v>
       </c>
-      <c r="E46" s="27" t="s">
+      <c r="E61" s="27" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="47" spans="1:5" ht="15.6">
-      <c r="A47" s="45" t="s">
+    <row r="62" spans="1:5" ht="15.6">
+      <c r="A62" s="43" t="s">
         <v>489</v>
       </c>
-      <c r="B47" s="18" t="s">
+      <c r="B62" s="18" t="s">
         <v>767</v>
       </c>
-      <c r="C47" s="19">
+      <c r="C62" s="19">
         <v>45911</v>
       </c>
-      <c r="D47" s="43" t="s">
+      <c r="D62" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E47" s="27" t="s">
+      <c r="E62" s="27" t="s">
         <v>490</v>
       </c>
     </row>
-    <row r="48" spans="1:5" ht="15.6">
-      <c r="A48" s="45" t="s">
+    <row r="63" spans="1:5" ht="15.6">
+      <c r="A63" s="43" t="s">
         <v>621</v>
       </c>
-      <c r="B48" s="18" t="s">
+      <c r="B63" s="18" t="s">
         <v>768</v>
       </c>
-      <c r="C48" s="19">
+      <c r="C63" s="19">
         <v>45962</v>
       </c>
-      <c r="D48" s="43" t="s">
+      <c r="D63" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E48" s="43" t="s">
+      <c r="E63" s="41" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="49" spans="1:5" ht="15.6">
-      <c r="A49" s="45" t="s">
+    <row r="64" spans="1:5" ht="15.6">
+      <c r="A64" s="43" t="s">
         <v>694</v>
       </c>
-      <c r="B49" s="18" t="s">
+      <c r="B64" s="18" t="s">
         <v>769</v>
       </c>
-      <c r="C49" s="19">
+      <c r="C64" s="19">
         <v>45915</v>
       </c>
-      <c r="D49" s="43" t="s">
+      <c r="D64" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E49" s="27" t="s">
+      <c r="E64" s="27" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="50" spans="1:5" ht="15.6">
-      <c r="A50" s="45" t="s">
+    <row r="65" spans="1:5" ht="15.6">
+      <c r="A65" s="43" t="s">
         <v>647</v>
       </c>
-      <c r="B50" s="18" t="s">
+      <c r="B65" s="18" t="s">
         <v>770</v>
       </c>
-      <c r="C50" s="19">
+      <c r="C65" s="19">
         <v>45938</v>
       </c>
-      <c r="D50" s="43" t="s">
+      <c r="D65" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E50" s="27" t="s">
+      <c r="E65" s="27" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="51" spans="1:5" ht="15.6">
-      <c r="A51" s="46" t="s">
+    <row r="66" spans="1:5" ht="15.6">
+      <c r="A66" s="44" t="s">
         <v>677</v>
       </c>
-      <c r="B51" s="18" t="s">
+      <c r="B66" s="18" t="s">
         <v>772</v>
       </c>
-      <c r="C51" s="19">
+      <c r="C66" s="19">
         <v>45920</v>
       </c>
-      <c r="D51" s="43" t="s">
+      <c r="D66" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E51" s="27" t="s">
+      <c r="E66" s="27" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="52" spans="1:5" ht="15.6">
-      <c r="A52" s="45" t="s">
+    <row r="67" spans="1:5" ht="15.6">
+      <c r="A67" s="43" t="s">
         <v>545</v>
       </c>
-      <c r="B52" s="18" t="s">
+      <c r="B67" s="18" t="s">
         <v>771</v>
       </c>
-      <c r="C52" s="19">
+      <c r="C67" s="19">
         <v>45924</v>
       </c>
-      <c r="D52" s="43" t="s">
+      <c r="D67" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E52" s="27" t="s">
+      <c r="E67" s="27" t="s">
         <v>546</v>
       </c>
     </row>
-    <row r="53" spans="1:5" ht="15.6">
-[...9 lines deleted...]
-      <c r="D53" s="43" t="s">
+    <row r="68" spans="1:5" ht="15.6">
+      <c r="A68" s="43" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B68" s="18" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C68" s="19">
+        <v>46026</v>
+      </c>
+      <c r="D68" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E68" s="27" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="15.6">
+      <c r="A69" s="43" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B69" s="18" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C69" s="19">
+        <v>42419</v>
+      </c>
+      <c r="D69" s="41" t="s">
+        <v>484</v>
+      </c>
+      <c r="E69" s="27" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="15.6">
+      <c r="A70" s="43" t="s">
+        <v>453</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>773</v>
+      </c>
+      <c r="C70" s="19">
+        <v>45935</v>
+      </c>
+      <c r="D70" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E53" s="43" t="s">
+      <c r="E70" s="41" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="54" spans="1:5" ht="15.6">
-[...9 lines deleted...]
-      <c r="D54" s="43" t="s">
+    <row r="71" spans="1:5" ht="15.6">
+      <c r="A71" s="43" t="s">
+        <v>654</v>
+      </c>
+      <c r="B71" s="18" t="s">
+        <v>774</v>
+      </c>
+      <c r="C71" s="19">
+        <v>45940</v>
+      </c>
+      <c r="D71" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E54" s="43" t="s">
+      <c r="E71" s="27" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" ht="15.6">
+      <c r="A72" s="43" t="s">
+        <v>537</v>
+      </c>
+      <c r="B72" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="C72" s="19">
+        <v>45824</v>
+      </c>
+      <c r="D72" s="41" t="s">
+        <v>388</v>
+      </c>
+      <c r="E72" s="27" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="15.6">
+      <c r="A73" s="43" t="s">
+        <v>661</v>
+      </c>
+      <c r="B73" s="18" t="s">
+        <v>775</v>
+      </c>
+      <c r="C73" s="19">
+        <v>2024</v>
+      </c>
+      <c r="D73" s="41" t="s">
+        <v>367</v>
+      </c>
+      <c r="E73" s="27" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" ht="15.6">
+      <c r="A74" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="B74" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C74" s="19">
+        <v>45673</v>
+      </c>
+      <c r="D74" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E74" s="27" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="15.6">
+      <c r="A75" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="B75" s="18" t="s">
+        <v>776</v>
+      </c>
+      <c r="C75" s="41" t="s">
         <v>48</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D55" s="43" t="s">
+      <c r="D75" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E75" s="27" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="30">
+      <c r="A76" s="43" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B76" s="18" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C76" s="19">
+        <v>46183</v>
+      </c>
+      <c r="D76" s="41" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E76" s="27" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="30">
+      <c r="A77" s="43" t="s">
+        <v>832</v>
+      </c>
+      <c r="B77" s="18" t="s">
+        <v>777</v>
+      </c>
+      <c r="C77" s="19">
+        <v>45965</v>
+      </c>
+      <c r="D77" s="41" t="s">
+        <v>834</v>
+      </c>
+      <c r="E77" s="27" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="15.6">
+      <c r="A78" s="43" t="s">
+        <v>475</v>
+      </c>
+      <c r="B78" s="18" t="s">
+        <v>777</v>
+      </c>
+      <c r="C78" s="19">
+        <v>45870</v>
+      </c>
+      <c r="D78" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E78" s="27" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" ht="15.6">
+      <c r="A79" s="43" t="s">
+        <v>464</v>
+      </c>
+      <c r="B79" s="18" t="s">
+        <v>778</v>
+      </c>
+      <c r="C79" s="41" t="s">
+        <v>465</v>
+      </c>
+      <c r="D79" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E79" s="27" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="15.6">
+      <c r="A80" s="43" t="s">
+        <v>690</v>
+      </c>
+      <c r="B80" s="18" t="s">
+        <v>781</v>
+      </c>
+      <c r="C80" s="19">
+        <v>45943</v>
+      </c>
+      <c r="D80" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E80" s="27" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="31.2">
+      <c r="A81" s="43" t="s">
+        <v>433</v>
+      </c>
+      <c r="B81" s="18" t="s">
+        <v>782</v>
+      </c>
+      <c r="C81" s="19">
+        <v>45901</v>
+      </c>
+      <c r="D81" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E81" s="27" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="15.6">
+      <c r="A82" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="B82" s="18" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C82" s="19">
+        <v>46037</v>
+      </c>
+      <c r="D82" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E82" s="27" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="15.6">
+      <c r="A83" s="43" t="s">
+        <v>643</v>
+      </c>
+      <c r="B83" s="18" t="s">
+        <v>779</v>
+      </c>
+      <c r="C83" s="19">
+        <v>45901</v>
+      </c>
+      <c r="D83" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E83" s="27" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" ht="15.6">
+      <c r="A84" s="43" t="s">
+        <v>928</v>
+      </c>
+      <c r="B84" s="18" t="s">
+        <v>928</v>
+      </c>
+      <c r="C84" s="19">
+        <v>45714</v>
+      </c>
+      <c r="D84" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="E84" s="27" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" ht="15.6">
+      <c r="A85" s="43" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B85" s="18" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C85" s="19">
+        <v>46038</v>
+      </c>
+      <c r="D85" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E85" s="27" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" ht="30">
+      <c r="A86" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="B86" s="18" t="s">
+        <v>780</v>
+      </c>
+      <c r="C86" s="19">
+        <v>45755</v>
+      </c>
+      <c r="D86" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="E86" s="27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" ht="15.6">
+      <c r="A87" s="43" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B87" s="18" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C87" s="19">
+        <v>46022</v>
+      </c>
+      <c r="D87" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E87" s="27" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" ht="15.6">
+      <c r="A88" s="43" t="s">
+        <v>55</v>
+      </c>
+      <c r="B88" s="18" t="s">
+        <v>783</v>
+      </c>
+      <c r="C88" s="19">
+        <v>45848</v>
+      </c>
+      <c r="D88" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E88" s="27" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="15.6">
+      <c r="A89" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="B89" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="C89" s="41" t="s">
+        <v>48</v>
+      </c>
+      <c r="D89" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E55" s="27" t="s">
-[...64 lines deleted...]
-      <c r="D59" s="43" t="s">
+      <c r="E89" s="27" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" ht="15.6">
+      <c r="A90" s="43" t="s">
+        <v>540</v>
+      </c>
+      <c r="B90" s="18" t="s">
+        <v>784</v>
+      </c>
+      <c r="C90" s="19">
+        <v>45922</v>
+      </c>
+      <c r="D90" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E59" s="27" t="s">
-[...186 lines deleted...]
-      <c r="E70" s="27" t="s">
+      <c r="E90" s="27" t="s">
         <v>539</v>
       </c>
     </row>
-    <row r="71" spans="1:5" ht="19.8" customHeight="1">
-      <c r="A71" s="45" t="s">
+    <row r="91" spans="1:5" ht="30">
+      <c r="A91" s="43" t="s">
         <v>478</v>
       </c>
-      <c r="B71" s="18" t="s">
+      <c r="B91" s="18" t="s">
         <v>477</v>
       </c>
-      <c r="C71" s="19">
+      <c r="C91" s="19">
         <v>45748</v>
       </c>
-      <c r="D71" s="43" t="s">
+      <c r="D91" s="41" t="s">
         <v>479</v>
       </c>
-      <c r="E71" s="27" t="s">
+      <c r="E91" s="27" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="72" spans="1:5" ht="15.6">
-[...3 lines deleted...]
-      <c r="B72" s="18" t="s">
+    <row r="92" spans="1:5" ht="19.8" customHeight="1">
+      <c r="A92" s="43" t="s">
         <v>940</v>
       </c>
-      <c r="C72" s="19" t="s">
-[...335 lines deleted...]
-      </c>
       <c r="B92" s="18" t="s">
-        <v>796</v>
+        <v>939</v>
       </c>
       <c r="C92" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="D92" s="43" t="s">
+      <c r="D92" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E92" s="27" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="15.6">
+      <c r="A93" s="43" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B93" s="18" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C93" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D93" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E93" s="27" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="15.6">
+      <c r="A94" s="43" t="s">
+        <v>607</v>
+      </c>
+      <c r="B94" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="C94" s="19">
+        <v>45875</v>
+      </c>
+      <c r="D94" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="E94" s="27" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="15.6">
+      <c r="A95" s="43" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B95" s="18" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C95" s="19">
+        <v>45993</v>
+      </c>
+      <c r="D95" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E95" s="27" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="15.6">
+      <c r="A96" s="43" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B96" s="18" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C96" s="19">
+        <v>46066</v>
+      </c>
+      <c r="D96" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E96" s="27" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="15.6">
+      <c r="A97" s="43" t="s">
+        <v>688</v>
+      </c>
+      <c r="B97" s="18" t="s">
+        <v>785</v>
+      </c>
+      <c r="C97" s="19">
+        <v>45946</v>
+      </c>
+      <c r="D97" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E97" s="27" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" ht="15.6">
+      <c r="A98" s="43" t="s">
+        <v>549</v>
+      </c>
+      <c r="B98" s="18" t="s">
+        <v>720</v>
+      </c>
+      <c r="C98" s="19">
+        <v>45924</v>
+      </c>
+      <c r="D98" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E98" s="27" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="15.6">
+      <c r="A99" s="43" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C99" s="19">
+        <v>46042</v>
+      </c>
+      <c r="D99" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E99" s="27" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="15.6">
+      <c r="A100" s="43" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B100" s="18" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C100" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D100" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="E100" s="27" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" ht="15.6">
+      <c r="A101" s="43" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C101" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D101" s="41" t="s">
+        <v>484</v>
+      </c>
+      <c r="E101" s="27" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="15.6">
+      <c r="A102" s="43" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C102" s="19">
+        <v>45966</v>
+      </c>
+      <c r="D102" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="E102" s="27" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="15.6">
+      <c r="A103" s="43" t="s">
+        <v>598</v>
+      </c>
+      <c r="B103" s="18" t="s">
+        <v>790</v>
+      </c>
+      <c r="C103" s="19">
+        <v>45881</v>
+      </c>
+      <c r="D103" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="E103" s="27" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="31.2">
+      <c r="A104" s="43" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C104" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D104" s="41" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E104" s="27" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="15.6">
+      <c r="A105" s="43" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B105" s="18" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C105" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D105" s="41" t="s">
+        <v>405</v>
+      </c>
+      <c r="E105" s="27" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="15.6">
+      <c r="A106" s="43" t="s">
+        <v>684</v>
+      </c>
+      <c r="B106" s="18" t="s">
+        <v>791</v>
+      </c>
+      <c r="C106" s="19">
+        <v>45960</v>
+      </c>
+      <c r="D106" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E106" s="27" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" ht="15.6">
+      <c r="A107" s="43" t="s">
+        <v>995</v>
+      </c>
+      <c r="B107" s="18" t="s">
+        <v>994</v>
+      </c>
+      <c r="C107" s="19">
+        <v>45976</v>
+      </c>
+      <c r="D107" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E107" s="27" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="15.6">
+      <c r="A108" s="43" t="s">
+        <v>696</v>
+      </c>
+      <c r="B108" s="18" t="s">
+        <v>792</v>
+      </c>
+      <c r="C108" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D108" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E108" s="27" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" ht="31.2">
+      <c r="A109" s="43" t="s">
+        <v>520</v>
+      </c>
+      <c r="B109" s="18" t="s">
+        <v>793</v>
+      </c>
+      <c r="C109" s="19">
+        <v>45918</v>
+      </c>
+      <c r="D109" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E109" s="27" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" ht="15.6">
+      <c r="A110" s="43" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C110" s="19">
+        <v>46016</v>
+      </c>
+      <c r="D110" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="E110" s="27" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" ht="31.2">
+      <c r="A111" s="43" t="s">
+        <v>61</v>
+      </c>
+      <c r="B111" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="C111" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D111" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="E111" s="41" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="15.6">
+      <c r="A112" s="41" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C112" s="19">
+        <v>45901</v>
+      </c>
+      <c r="D112" s="41" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E112" s="27" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" ht="15.6">
+      <c r="A113" s="41" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C113" s="19">
+        <v>46003</v>
+      </c>
+      <c r="D113" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E113" s="27" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" ht="15.6">
+      <c r="A114" s="43" t="s">
+        <v>551</v>
+      </c>
+      <c r="B114" s="18" t="s">
+        <v>794</v>
+      </c>
+      <c r="C114" s="19">
+        <v>45618</v>
+      </c>
+      <c r="D114" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E114" s="27" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" ht="15.6">
+      <c r="A115" s="43" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C115" s="19">
+        <v>45999</v>
+      </c>
+      <c r="D115" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E115" s="27" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" ht="15.6">
+      <c r="A116" s="43" t="s">
+        <v>65</v>
+      </c>
+      <c r="B116" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="C116" s="19">
+        <v>45868</v>
+      </c>
+      <c r="D116" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E116" s="27" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" ht="15.6">
+      <c r="A117" s="43" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B117" s="18" t="s">
+        <v>999</v>
+      </c>
+      <c r="C117" s="19">
+        <v>45974</v>
+      </c>
+      <c r="D117" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E117" s="27" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" ht="15.6">
+      <c r="A118" s="43" t="s">
+        <v>547</v>
+      </c>
+      <c r="B118" s="18" t="s">
+        <v>795</v>
+      </c>
+      <c r="C118" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D118" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E118" s="27" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" ht="15.6">
+      <c r="A119" s="43" t="s">
+        <v>66</v>
+      </c>
+      <c r="B119" s="18" t="s">
+        <v>796</v>
+      </c>
+      <c r="C119" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D119" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E119" s="27" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="93" spans="1:5" ht="15.6">
-      <c r="A93" s="45" t="s">
+    <row r="120" spans="1:5" s="7" customFormat="1" ht="15.6">
+      <c r="A120" s="43" t="s">
         <v>429</v>
       </c>
-      <c r="B93" s="18" t="s">
+      <c r="B120" s="18" t="s">
         <v>797</v>
       </c>
-      <c r="C93" s="19">
+      <c r="C120" s="19">
         <v>45899</v>
       </c>
-      <c r="D93" s="43" t="s">
+      <c r="D120" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E93" s="27" t="s">
+      <c r="E120" s="27" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="94" spans="1:5" ht="15.6">
-[...3 lines deleted...]
-      <c r="B94" s="18" t="s">
+    <row r="121" spans="1:5" ht="15.6">
+      <c r="A121" s="43" t="s">
         <v>1214</v>
       </c>
-      <c r="C94" s="19">
+      <c r="B121" s="18" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C121" s="19">
         <v>46008</v>
       </c>
-      <c r="D94" s="43" t="s">
+      <c r="D121" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E94" s="27" t="s">
-[...4 lines deleted...]
-      <c r="A95" s="45" t="s">
+      <c r="E121" s="27" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" ht="15.6">
+      <c r="A122" s="43" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C122" s="19">
+        <v>46043</v>
+      </c>
+      <c r="D122" s="41" t="s">
+        <v>455</v>
+      </c>
+      <c r="E122" s="27" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" ht="31.2">
+      <c r="A123" s="43" t="s">
         <v>609</v>
       </c>
-      <c r="B95" s="18" t="s">
+      <c r="B123" s="18" t="s">
         <v>798</v>
       </c>
-      <c r="C95" s="19">
+      <c r="C123" s="19">
         <v>45916</v>
       </c>
-      <c r="D95" s="43" t="s">
+      <c r="D123" s="41" t="s">
         <v>351</v>
       </c>
-      <c r="E95" s="27" t="s">
+      <c r="E123" s="27" t="s">
         <v>610</v>
       </c>
     </row>
-    <row r="96" spans="1:5" ht="15.6">
-[...26 lines deleted...]
-      <c r="D97" s="43" t="s">
+    <row r="124" spans="1:5" ht="15.6">
+      <c r="A124" s="43" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B124" s="18" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C124" s="19">
+        <v>46065</v>
+      </c>
+      <c r="D124" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E97" s="27" t="s">
-[...457 lines deleted...]
-      </c>
       <c r="E124" s="27" t="s">
-        <v>83</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="125" spans="1:5" ht="15.6">
       <c r="A125" s="45" t="s">
-        <v>1110</v>
+        <v>68</v>
       </c>
       <c r="B125" s="18" t="s">
-        <v>1108</v>
+        <v>69</v>
       </c>
       <c r="C125" s="19">
-        <v>45666</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>45859</v>
+      </c>
+      <c r="D125" s="41" t="s">
+        <v>43</v>
       </c>
       <c r="E125" s="27" t="s">
-        <v>1109</v>
+        <v>70</v>
       </c>
     </row>
     <row r="126" spans="1:5" ht="15.6">
       <c r="A126" s="45" t="s">
-        <v>938</v>
+        <v>1085</v>
       </c>
       <c r="B126" s="18" t="s">
-        <v>937</v>
+        <v>1083</v>
       </c>
       <c r="C126" s="19">
-        <v>45964</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>45989</v>
+      </c>
+      <c r="D126" s="41" t="s">
+        <v>49</v>
       </c>
       <c r="E126" s="27" t="s">
-        <v>939</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:5" ht="15.6">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" ht="31.2">
       <c r="A127" s="45" t="s">
-        <v>640</v>
+        <v>1097</v>
       </c>
       <c r="B127" s="18" t="s">
-        <v>811</v>
-[...4 lines deleted...]
-      <c r="D127" s="43" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C127" s="19">
+        <v>45974</v>
+      </c>
+      <c r="D127" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E127" s="27" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:5" ht="30">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" ht="15.6">
       <c r="A128" s="45" t="s">
-        <v>514</v>
+        <v>1456</v>
       </c>
       <c r="B128" s="18" t="s">
-        <v>515</v>
+        <v>1455</v>
       </c>
       <c r="C128" s="19">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>46042</v>
+      </c>
+      <c r="D128" s="41" t="s">
+        <v>49</v>
       </c>
       <c r="E128" s="27" t="s">
-        <v>516</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="15.6">
       <c r="A129" s="45" t="s">
-        <v>1005</v>
+        <v>663</v>
       </c>
       <c r="B129" s="18" t="s">
-        <v>1003</v>
-[...8 lines deleted...]
-        <v>1004</v>
+        <v>799</v>
+      </c>
+      <c r="C129" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="D129" s="41" t="s">
+        <v>664</v>
+      </c>
+      <c r="E129" s="41" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="130" spans="1:5" ht="15.6">
       <c r="A130" s="45" t="s">
-        <v>1143</v>
+        <v>1183</v>
       </c>
       <c r="B130" s="18" t="s">
-        <v>152</v>
-[...4 lines deleted...]
-      <c r="D130" s="43" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C130" s="19">
+        <v>46006</v>
+      </c>
+      <c r="D130" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E130" s="27" t="s">
-        <v>1142</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:5" ht="15.6">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" ht="30">
       <c r="A131" s="45" t="s">
-        <v>511</v>
+        <v>1318</v>
       </c>
       <c r="B131" s="18" t="s">
-        <v>810</v>
+        <v>1317</v>
       </c>
       <c r="C131" s="19">
-        <v>45910</v>
-[...1 lines deleted...]
-      <c r="D131" s="43" t="s">
+        <v>46183</v>
+      </c>
+      <c r="D131" s="41" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E131" s="27" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="15.6">
+      <c r="A132" s="45" t="s">
+        <v>449</v>
+      </c>
+      <c r="B132" s="18" t="s">
+        <v>448</v>
+      </c>
+      <c r="C132" s="19">
+        <v>45905</v>
+      </c>
+      <c r="D132" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E131" s="27" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="E132" s="27" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="15.6">
       <c r="A133" s="45" t="s">
-        <v>1054</v>
+        <v>513</v>
       </c>
       <c r="B133" s="18" t="s">
-        <v>1052</v>
+        <v>800</v>
       </c>
       <c r="C133" s="19">
-        <v>45945</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>45917</v>
+      </c>
+      <c r="D133" s="41" t="s">
+        <v>49</v>
       </c>
       <c r="E133" s="27" t="s">
-        <v>1053</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="15.6">
       <c r="A134" s="45" t="s">
-        <v>347</v>
+        <v>671</v>
       </c>
       <c r="B134" s="18" t="s">
-        <v>853</v>
-[...1 lines deleted...]
-      <c r="C134" s="48">
+        <v>801</v>
+      </c>
+      <c r="C134" s="19">
+        <v>45939</v>
+      </c>
+      <c r="D134" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E134" s="27" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="15.6">
+      <c r="A135" s="45" t="s">
+        <v>471</v>
+      </c>
+      <c r="B135" s="18" t="s">
+        <v>802</v>
+      </c>
+      <c r="C135" s="19">
+        <v>45769</v>
+      </c>
+      <c r="D135" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E135" s="27" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="15.6">
+      <c r="A136" s="45" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B136" s="18" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C136" s="19">
+        <v>45154</v>
+      </c>
+      <c r="D136" s="41" t="s">
+        <v>484</v>
+      </c>
+      <c r="E136" s="27" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" ht="15.6">
+      <c r="A137" s="43" t="s">
+        <v>71</v>
+      </c>
+      <c r="B137" s="18" t="s">
+        <v>804</v>
+      </c>
+      <c r="C137" s="46">
         <v>2025</v>
       </c>
-      <c r="D134" s="19" t="s">
-[...16 lines deleted...]
-      <c r="D135" s="19" t="s">
+      <c r="D137" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="E137" s="27" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" ht="15.6">
+      <c r="A138" s="43" t="s">
+        <v>998</v>
+      </c>
+      <c r="B138" s="18" t="s">
+        <v>997</v>
+      </c>
+      <c r="C138" s="19">
+        <v>45902</v>
+      </c>
+      <c r="D138" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E135" s="49" t="s">
-[...47 lines deleted...]
-      <c r="D138" s="19" t="s">
+      <c r="E138" s="41" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" ht="31.2">
+      <c r="A139" s="43" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B139" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C139" s="19">
+        <v>45993</v>
+      </c>
+      <c r="D139" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="E139" s="27" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" ht="15.6">
+      <c r="A140" s="43" t="s">
+        <v>73</v>
+      </c>
+      <c r="B140" s="18" t="s">
+        <v>805</v>
+      </c>
+      <c r="C140" s="19">
+        <v>45778</v>
+      </c>
+      <c r="D140" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E140" s="27" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" ht="15.6">
+      <c r="A141" s="43" t="s">
+        <v>470</v>
+      </c>
+      <c r="B141" s="18" t="s">
+        <v>806</v>
+      </c>
+      <c r="C141" s="19">
+        <v>45962</v>
+      </c>
+      <c r="D141" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E141" s="27" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" ht="15.6">
+      <c r="A142" s="43" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B142" s="18" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C142" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D142" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E142" s="27" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="15.6">
+      <c r="A143" s="43" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B143" s="18" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C143" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D143" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E143" s="27" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" ht="15.6">
+      <c r="A144" s="43" t="s">
+        <v>74</v>
+      </c>
+      <c r="B144" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C144" s="19">
+        <v>45816</v>
+      </c>
+      <c r="D144" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E144" s="27" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" ht="15.6">
+      <c r="A145" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B145" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C145" s="19">
+        <v>45673</v>
+      </c>
+      <c r="D145" s="19" t="s">
         <v>349</v>
       </c>
-      <c r="E138" s="49" t="s">
-[...67 lines deleted...]
-      <c r="E142" s="20" t="s">
+      <c r="E145" s="47" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" ht="15.6">
+      <c r="A146" s="43" t="s">
+        <v>988</v>
+      </c>
+      <c r="B146" s="18" t="s">
+        <v>292</v>
+      </c>
+      <c r="C146" s="19">
+        <v>45771</v>
+      </c>
+      <c r="D146" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E146" s="47" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" ht="15.6">
+      <c r="A147" s="43" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B147" s="18" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C147" s="19">
+        <v>46030</v>
+      </c>
+      <c r="D147" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E147" s="47" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" ht="15.6">
+      <c r="A148" s="43" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B148" s="18" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C148" s="19" t="s">
         <v>48</v>
-      </c>
-[...94 lines deleted...]
-        <v>45921</v>
       </c>
       <c r="D148" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E148" s="49" t="s">
-[...5 lines deleted...]
-        <v>935</v>
+      <c r="E148" s="47" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" ht="15.6">
+      <c r="A149" s="43" t="s">
+        <v>451</v>
       </c>
       <c r="B149" s="18" t="s">
-        <v>934</v>
+        <v>863</v>
       </c>
       <c r="C149" s="19">
-        <v>43160</v>
+        <v>45896</v>
       </c>
       <c r="D149" s="19" t="s">
         <v>349</v>
       </c>
-      <c r="E149" s="49" t="s">
-[...5 lines deleted...]
-        <v>358</v>
+      <c r="E149" s="20" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" ht="15.6">
+      <c r="A150" s="43" t="s">
+        <v>1491</v>
       </c>
       <c r="B150" s="18" t="s">
-        <v>862</v>
+        <v>1490</v>
       </c>
       <c r="C150" s="19">
-        <v>45826</v>
+        <v>46016</v>
       </c>
       <c r="D150" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E150" s="43" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" ht="30">
+      <c r="A151" s="43" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B151" s="18" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C151" s="19">
+        <v>45980</v>
+      </c>
+      <c r="D151" s="19" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E151" s="47" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" ht="15.6">
+      <c r="A152" s="43" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B152" s="18" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C152" s="19">
+        <v>45964</v>
+      </c>
+      <c r="D152" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E150" s="49" t="s">
-[...39 lines deleted...]
-        <v>668</v>
+      <c r="E152" s="47" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" ht="15.6">
+      <c r="A153" s="43" t="s">
+        <v>77</v>
       </c>
       <c r="B153" s="18" t="s">
-        <v>162</v>
+        <v>807</v>
       </c>
       <c r="C153" s="19">
-        <v>45910</v>
-[...1 lines deleted...]
-      <c r="D153" s="19" t="s">
+        <v>45783</v>
+      </c>
+      <c r="D153" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E153" s="47" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" ht="15.6">
+      <c r="A154" s="43" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B154" s="18" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C154" s="19">
+        <v>45659</v>
+      </c>
+      <c r="D154" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E153" s="49" t="s">
-[...22 lines deleted...]
-        <v>1270</v>
+      <c r="E154" s="47" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" ht="15.6">
+      <c r="A155" s="43" t="s">
+        <v>1221</v>
       </c>
       <c r="B155" s="18" t="s">
-        <v>1269</v>
+        <v>1219</v>
       </c>
       <c r="C155" s="19">
-        <v>45978</v>
+        <v>46010</v>
       </c>
       <c r="D155" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E155" s="49" t="s">
-[...5 lines deleted...]
-        <v>363</v>
+      <c r="E155" s="47" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" ht="15.6">
+      <c r="A156" s="43" t="s">
+        <v>78</v>
       </c>
       <c r="B156" s="18" t="s">
-        <v>866</v>
+        <v>808</v>
       </c>
       <c r="C156" s="19">
-        <v>45705</v>
-[...1 lines deleted...]
-      <c r="D156" s="19" t="s">
+        <v>45729</v>
+      </c>
+      <c r="D156" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E156" s="27" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" ht="15.6">
+      <c r="A157" s="43" t="s">
+        <v>652</v>
+      </c>
+      <c r="B157" s="18" t="s">
+        <v>809</v>
+      </c>
+      <c r="C157" s="19">
+        <v>45943</v>
+      </c>
+      <c r="D157" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E157" s="27" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" ht="15.6">
+      <c r="A158" s="43" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B158" s="18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C158" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D158" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="E158" s="27" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" ht="15.6">
+      <c r="A159" s="43" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B159" s="18" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C159" s="19">
+        <v>46000</v>
+      </c>
+      <c r="D159" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E159" s="27" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" ht="15.6">
+      <c r="A160" s="43" t="s">
+        <v>919</v>
+      </c>
+      <c r="B160" s="18" t="s">
+        <v>917</v>
+      </c>
+      <c r="C160" s="19">
+        <v>45920</v>
+      </c>
+      <c r="D160" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E160" s="27" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="15.6">
+      <c r="A161" s="43" t="s">
+        <v>916</v>
+      </c>
+      <c r="B161" s="18" t="s">
+        <v>914</v>
+      </c>
+      <c r="C161" s="19">
+        <v>45959</v>
+      </c>
+      <c r="D161" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E161" s="27" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="30">
+      <c r="A162" s="43" t="s">
+        <v>80</v>
+      </c>
+      <c r="B162" s="18" t="s">
+        <v>205</v>
+      </c>
+      <c r="C162" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D162" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E162" s="27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="15.6">
+      <c r="A163" s="43" t="s">
+        <v>81</v>
+      </c>
+      <c r="B163" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="C163" s="19">
+        <v>45700</v>
+      </c>
+      <c r="D163" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E163" s="27" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="15.6">
+      <c r="A164" s="43" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B164" s="18" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C164" s="19">
+        <v>45666</v>
+      </c>
+      <c r="D164" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E164" s="27" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" ht="15.6">
+      <c r="A165" s="43" t="s">
+        <v>937</v>
+      </c>
+      <c r="B165" s="18" t="s">
+        <v>936</v>
+      </c>
+      <c r="C165" s="19">
+        <v>45964</v>
+      </c>
+      <c r="D165" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E165" s="27" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" ht="15.6">
+      <c r="A166" s="43" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B166" s="18" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C166" s="19">
+        <v>46030</v>
+      </c>
+      <c r="D166" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E166" s="27" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" ht="15.6">
+      <c r="A167" s="43" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B167" s="18" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C167" s="19">
+        <v>46014</v>
+      </c>
+      <c r="D167" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E167" s="27" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="30">
+      <c r="A168" s="43" t="s">
+        <v>514</v>
+      </c>
+      <c r="B168" s="18" t="s">
+        <v>515</v>
+      </c>
+      <c r="C168" s="19">
+        <v>2025</v>
+      </c>
+      <c r="D168" s="41" t="s">
+        <v>479</v>
+      </c>
+      <c r="E168" s="27" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="15.6">
+      <c r="A169" s="43" t="s">
+        <v>640</v>
+      </c>
+      <c r="B169" s="18" t="s">
+        <v>811</v>
+      </c>
+      <c r="C169" s="19" t="s">
+        <v>642</v>
+      </c>
+      <c r="D169" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E169" s="27" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" ht="15.6">
+      <c r="A170" s="43" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B170" s="18" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C170" s="81">
+        <v>45974</v>
+      </c>
+      <c r="D170" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E170" s="27" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" ht="15.6">
+      <c r="A171" s="43" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B171" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C171" s="81">
+        <v>46001</v>
+      </c>
+      <c r="D171" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E171" s="27" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" ht="15.6">
+      <c r="A172" s="43" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B172" s="18" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C172" s="81">
+        <v>46097</v>
+      </c>
+      <c r="D172" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E172" s="27" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" ht="15.6">
+      <c r="A173" s="43" t="s">
+        <v>542</v>
+      </c>
+      <c r="B173" s="18" t="s">
+        <v>851</v>
+      </c>
+      <c r="C173" s="19">
+        <v>45921</v>
+      </c>
+      <c r="D173" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E173" s="27" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A174" s="43" t="s">
+        <v>511</v>
+      </c>
+      <c r="B174" s="18" t="s">
+        <v>810</v>
+      </c>
+      <c r="C174" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D174" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E174" s="27" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A175" s="43" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B175" s="18" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C175" s="19">
+        <v>45945</v>
+      </c>
+      <c r="D175" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E175" s="27" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A176" s="43" t="s">
+        <v>347</v>
+      </c>
+      <c r="B176" s="18" t="s">
+        <v>852</v>
+      </c>
+      <c r="C176" s="46">
+        <v>2025</v>
+      </c>
+      <c r="D176" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E176" s="47" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A177" s="43" t="s">
+        <v>944</v>
+      </c>
+      <c r="B177" s="18" t="s">
+        <v>942</v>
+      </c>
+      <c r="C177" s="19">
+        <v>45957</v>
+      </c>
+      <c r="D177" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E177" s="47" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A178" s="43" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B178" s="18" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C178" s="19">
+        <v>45973</v>
+      </c>
+      <c r="D178" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E178" s="47" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A179" s="43" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B179" s="18" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C179" s="19">
+        <v>45972</v>
+      </c>
+      <c r="D179" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E179" s="47" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A180" s="43" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B180" s="18" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C180" s="19">
+        <v>46040</v>
+      </c>
+      <c r="D180" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E180" s="47" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A181" s="43" t="s">
+        <v>639</v>
+      </c>
+      <c r="B181" s="18" t="s">
+        <v>856</v>
+      </c>
+      <c r="C181" s="19">
+        <v>45918</v>
+      </c>
+      <c r="D181" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E181" s="20" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A182" s="43" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B182" s="18" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C182" s="19">
+        <v>46045</v>
+      </c>
+      <c r="D182" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E182" s="47" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A183" s="43" t="s">
+        <v>196</v>
+      </c>
+      <c r="B183" s="18" t="s">
+        <v>857</v>
+      </c>
+      <c r="C183" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D183" s="19" t="s">
         <v>349</v>
       </c>
-      <c r="E156" s="49" t="s">
-[...10 lines deleted...]
-      <c r="C157" s="19">
+      <c r="E183" s="47" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A184" s="43" t="s">
+        <v>352</v>
+      </c>
+      <c r="B184" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="C184" s="19">
+        <v>45729</v>
+      </c>
+      <c r="D184" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E184" s="47" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A185" s="43" t="s">
+        <v>676</v>
+      </c>
+      <c r="B185" s="18" t="s">
+        <v>853</v>
+      </c>
+      <c r="C185" s="19">
         <v>45945</v>
       </c>
-      <c r="D157" s="19" t="s">
-[...84 lines deleted...]
-      <c r="D162" s="19" t="s">
+      <c r="D185" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E185" s="47" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A186" s="43" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B186" s="18" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C186" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D186" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E186" s="47" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" ht="15.6">
+      <c r="A187" s="43" t="s">
+        <v>673</v>
+      </c>
+      <c r="B187" s="18" t="s">
+        <v>855</v>
+      </c>
+      <c r="C187" s="19">
+        <v>45948</v>
+      </c>
+      <c r="D187" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E187" s="47" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A188" s="43" t="s">
+        <v>669</v>
+      </c>
+      <c r="B188" s="18" t="s">
+        <v>854</v>
+      </c>
+      <c r="C188" s="19">
+        <v>45936</v>
+      </c>
+      <c r="D188" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E188" s="47" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A189" s="43" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B189" s="18" t="s">
+        <v>826</v>
+      </c>
+      <c r="C189" s="19">
+        <v>45987</v>
+      </c>
+      <c r="D189" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="E162" s="49" t="s">
-[...30 lines deleted...]
-      <c r="D164" s="19" t="s">
+      <c r="E189" s="47" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A190" s="43" t="s">
+        <v>355</v>
+      </c>
+      <c r="B190" s="18" t="s">
+        <v>850</v>
+      </c>
+      <c r="C190" s="19" t="s">
+        <v>354</v>
+      </c>
+      <c r="D190" s="19" t="s">
         <v>353</v>
       </c>
-      <c r="E164" s="49" t="s">
-[...445 lines deleted...]
-        <v>440</v>
+      <c r="E190" s="47" t="s">
+        <v>357</v>
       </c>
     </row>
     <row r="191" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A191" s="45" t="s">
-        <v>981</v>
+      <c r="A191" s="43" t="s">
+        <v>679</v>
       </c>
       <c r="B191" s="18" t="s">
-        <v>980</v>
+        <v>859</v>
       </c>
       <c r="C191" s="19">
-        <v>45959</v>
+        <v>45944</v>
       </c>
       <c r="D191" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E191" s="20" t="s">
-        <v>48</v>
+      <c r="E191" s="47" t="s">
+        <v>680</v>
       </c>
     </row>
     <row r="192" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A192" s="68" t="s">
-        <v>683</v>
+      <c r="A192" s="43" t="s">
+        <v>698</v>
       </c>
       <c r="B192" s="18" t="s">
-        <v>881</v>
+        <v>860</v>
       </c>
       <c r="C192" s="19">
-        <v>45946</v>
+        <v>45921</v>
       </c>
       <c r="D192" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E192" s="49" t="s">
-        <v>682</v>
+      <c r="E192" s="47" t="s">
+        <v>699</v>
       </c>
     </row>
     <row r="193" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A193" s="68" t="s">
-        <v>1075</v>
+      <c r="A193" s="43" t="s">
+        <v>934</v>
       </c>
       <c r="B193" s="18" t="s">
-        <v>1073</v>
+        <v>933</v>
       </c>
       <c r="C193" s="19">
-        <v>45980</v>
+        <v>43160</v>
       </c>
       <c r="D193" s="19" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1074</v>
+        <v>349</v>
+      </c>
+      <c r="E193" s="47" t="s">
+        <v>935</v>
       </c>
     </row>
     <row r="194" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A194" s="45" t="s">
-        <v>544</v>
+      <c r="A194" s="43" t="s">
+        <v>358</v>
       </c>
       <c r="B194" s="18" t="s">
-        <v>882</v>
+        <v>861</v>
       </c>
       <c r="C194" s="19">
-        <v>45964</v>
+        <v>45826</v>
       </c>
       <c r="D194" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E194" s="49" t="s">
-        <v>543</v>
+      <c r="E194" s="47" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="195" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A195" s="45" t="s">
-        <v>375</v>
+      <c r="A195" s="43" t="s">
+        <v>360</v>
       </c>
       <c r="B195" s="18" t="s">
-        <v>883</v>
+        <v>862</v>
       </c>
       <c r="C195" s="19">
-        <v>45770</v>
+        <v>45740</v>
       </c>
       <c r="D195" s="19" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>438</v>
+        <v>349</v>
+      </c>
+      <c r="E195" s="47" t="s">
+        <v>359</v>
       </c>
     </row>
     <row r="196" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A196" s="45" t="s">
-        <v>377</v>
+      <c r="A196" s="43" t="s">
+        <v>1520</v>
       </c>
       <c r="B196" s="18" t="s">
-        <v>884</v>
+        <v>1519</v>
       </c>
       <c r="C196" s="19">
-        <v>45658</v>
+        <v>46069</v>
       </c>
       <c r="D196" s="19" t="s">
-        <v>351</v>
-[...7 lines deleted...]
-        <v>552</v>
+        <v>484</v>
+      </c>
+      <c r="E196" s="47" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A197" s="43" t="s">
+        <v>1363</v>
       </c>
       <c r="B197" s="18" t="s">
-        <v>885</v>
+        <v>1362</v>
       </c>
       <c r="C197" s="19">
-        <v>45821</v>
+        <v>45903</v>
       </c>
       <c r="D197" s="19" t="s">
-        <v>443</v>
-[...7 lines deleted...]
-        <v>380</v>
+        <v>49</v>
+      </c>
+      <c r="E197" s="47" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A198" s="43" t="s">
+        <v>1062</v>
       </c>
       <c r="B198" s="18" t="s">
-        <v>381</v>
+        <v>1060</v>
       </c>
       <c r="C198" s="19">
-        <v>45703</v>
+        <v>45983</v>
       </c>
       <c r="D198" s="19" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>405</v>
+      </c>
+      <c r="E198" s="47" t="s">
+        <v>1061</v>
       </c>
     </row>
     <row r="199" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A199" s="45" t="s">
-        <v>499</v>
+      <c r="A199" s="43" t="s">
+        <v>668</v>
       </c>
       <c r="B199" s="18" t="s">
-        <v>848</v>
+        <v>162</v>
       </c>
       <c r="C199" s="19">
-        <v>45880</v>
+        <v>45910</v>
       </c>
       <c r="D199" s="19" t="s">
-        <v>500</v>
-[...7 lines deleted...]
-        <v>382</v>
+        <v>49</v>
+      </c>
+      <c r="E199" s="47" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A200" s="43" t="s">
+        <v>361</v>
       </c>
       <c r="B200" s="18" t="s">
-        <v>886</v>
+        <v>864</v>
       </c>
       <c r="C200" s="19">
-        <v>45821</v>
+        <v>45784</v>
       </c>
       <c r="D200" s="19" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>62</v>
+      </c>
+      <c r="E200" s="47" t="s">
+        <v>452</v>
       </c>
     </row>
     <row r="201" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A201" s="45" t="s">
-        <v>692</v>
+      <c r="A201" s="43" t="s">
+        <v>1268</v>
       </c>
       <c r="B201" s="18" t="s">
-        <v>887</v>
+        <v>1267</v>
       </c>
       <c r="C201" s="19">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="D201" s="19" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>693</v>
+        <v>49</v>
+      </c>
+      <c r="E201" s="47" t="s">
+        <v>1269</v>
       </c>
     </row>
     <row r="202" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A202" s="45" t="s">
-        <v>384</v>
+      <c r="A202" s="43" t="s">
+        <v>363</v>
       </c>
       <c r="B202" s="18" t="s">
-        <v>888</v>
+        <v>865</v>
       </c>
       <c r="C202" s="19">
-        <v>45839</v>
+        <v>45705</v>
       </c>
       <c r="D202" s="19" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>349</v>
+      </c>
+      <c r="E202" s="47" t="s">
+        <v>362</v>
       </c>
     </row>
     <row r="203" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A203" s="45" t="s">
-        <v>431</v>
+      <c r="A203" s="19" t="s">
+        <v>1128</v>
       </c>
       <c r="B203" s="18" t="s">
-        <v>430</v>
+        <v>1127</v>
       </c>
       <c r="C203" s="19">
-        <v>45876</v>
+        <v>45993</v>
       </c>
       <c r="D203" s="19" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>49</v>
+      </c>
+      <c r="E203" s="47" t="s">
+        <v>1129</v>
       </c>
     </row>
     <row r="204" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A204" s="45" t="s">
-        <v>611</v>
+      <c r="A204" s="43" t="s">
+        <v>686</v>
       </c>
       <c r="B204" s="18" t="s">
-        <v>889</v>
+        <v>866</v>
       </c>
       <c r="C204" s="19">
-        <v>45674</v>
+        <v>45945</v>
       </c>
       <c r="D204" s="19" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>49</v>
+      </c>
+      <c r="E204" s="47" t="s">
+        <v>687</v>
       </c>
     </row>
     <row r="205" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A205" s="45" t="s">
-        <v>1043</v>
+      <c r="A205" s="43" t="s">
+        <v>1070</v>
       </c>
       <c r="B205" s="18" t="s">
-        <v>1042</v>
+        <v>1069</v>
       </c>
       <c r="C205" s="19">
-        <v>45954</v>
+        <v>45615</v>
       </c>
       <c r="D205" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E205" s="49" t="s">
-        <v>1044</v>
+      <c r="E205" s="47" t="s">
+        <v>1071</v>
       </c>
     </row>
     <row r="206" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A206" s="45" t="s">
-        <v>446</v>
+      <c r="A206" s="43" t="s">
+        <v>1259</v>
       </c>
       <c r="B206" s="18" t="s">
-        <v>890</v>
+        <v>1258</v>
       </c>
       <c r="C206" s="19">
-        <v>45882</v>
+        <v>46009</v>
       </c>
       <c r="D206" s="19" t="s">
-        <v>383</v>
-[...7 lines deleted...]
-        <v>386</v>
+        <v>1162</v>
+      </c>
+      <c r="E206" s="47" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A207" s="19" t="s">
+        <v>1067</v>
       </c>
       <c r="B207" s="18" t="s">
-        <v>891</v>
+        <v>1066</v>
       </c>
       <c r="C207" s="19">
-        <v>45783</v>
+        <v>45923</v>
       </c>
       <c r="D207" s="19" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>385</v>
+        <v>49</v>
+      </c>
+      <c r="E207" s="47" t="s">
+        <v>1068</v>
       </c>
     </row>
     <row r="208" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A208" s="45" t="s">
-        <v>461</v>
+      <c r="A208" s="43" t="s">
+        <v>656</v>
       </c>
       <c r="B208" s="18" t="s">
-        <v>847</v>
-[...2 lines deleted...]
-        <v>462</v>
+        <v>867</v>
+      </c>
+      <c r="C208" s="19">
+        <v>45945</v>
       </c>
       <c r="D208" s="19" t="s">
-        <v>383</v>
-[...7 lines deleted...]
-        <v>387</v>
+        <v>27</v>
+      </c>
+      <c r="E208" s="47" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A209" s="43" t="s">
+        <v>1090</v>
       </c>
       <c r="B209" s="18" t="s">
-        <v>892</v>
+        <v>1089</v>
       </c>
       <c r="C209" s="19">
-        <v>45805</v>
+        <v>45988</v>
       </c>
       <c r="D209" s="19" t="s">
-        <v>349</v>
-[...7 lines deleted...]
-        <v>389</v>
+        <v>49</v>
+      </c>
+      <c r="E209" s="47" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5 16384:16384" s="6" customFormat="1" ht="30">
+      <c r="A210" s="43" t="s">
+        <v>365</v>
       </c>
       <c r="B210" s="18" t="s">
-        <v>892</v>
+        <v>868</v>
       </c>
       <c r="C210" s="19">
-        <v>45820</v>
+        <v>45701</v>
       </c>
       <c r="D210" s="19" t="s">
-        <v>388</v>
-[...7 lines deleted...]
-        <v>202</v>
+        <v>353</v>
+      </c>
+      <c r="E210" s="47" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A211" s="43" t="s">
+        <v>14</v>
       </c>
       <c r="B211" s="18" t="s">
-        <v>893</v>
+        <v>1439</v>
       </c>
       <c r="C211" s="19">
-        <v>45820</v>
+        <v>46058</v>
       </c>
       <c r="D211" s="19" t="s">
-        <v>383</v>
-[...7 lines deleted...]
-        <v>1112</v>
+        <v>8</v>
+      </c>
+      <c r="E211" s="47" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A212" s="43" t="s">
+        <v>1022</v>
       </c>
       <c r="B212" s="18" t="s">
-        <v>1111</v>
+        <v>1021</v>
       </c>
       <c r="C212" s="19">
-        <v>45968</v>
+        <v>45973</v>
       </c>
       <c r="D212" s="19" t="s">
-        <v>379</v>
-[...7 lines deleted...]
-        <v>392</v>
+        <v>27</v>
+      </c>
+      <c r="E212" s="47" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A213" s="43" t="s">
+        <v>453</v>
       </c>
       <c r="B213" s="18" t="s">
-        <v>894</v>
+        <v>1164</v>
       </c>
       <c r="C213" s="19">
-        <v>45836</v>
+        <v>46008</v>
       </c>
       <c r="D213" s="19" t="s">
-        <v>379</v>
-[...7 lines deleted...]
-        <v>1287</v>
+        <v>27</v>
+      </c>
+      <c r="E213" s="19" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5 16384:16384" s="6" customFormat="1" ht="45">
+      <c r="A214" s="43" t="s">
+        <v>1106</v>
       </c>
       <c r="B214" s="18" t="s">
-        <v>1285</v>
+        <v>1105</v>
       </c>
       <c r="C214" s="19">
-        <v>45978</v>
+        <v>45989</v>
       </c>
       <c r="D214" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="E214" s="49" t="s">
-[...5 lines deleted...]
-        <v>1080</v>
+      <c r="E214" s="47" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A215" s="43" t="s">
+        <v>1178</v>
       </c>
       <c r="B215" s="18" t="s">
-        <v>1102</v>
+        <v>1177</v>
       </c>
       <c r="C215" s="19">
-        <v>45982</v>
+        <v>46007</v>
       </c>
       <c r="D215" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E215" s="49" t="s">
-[...5 lines deleted...]
-        <v>637</v>
+      <c r="E215" s="47" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A216" s="43" t="s">
+        <v>623</v>
       </c>
       <c r="B216" s="18" t="s">
-        <v>895</v>
+        <v>869</v>
       </c>
       <c r="C216" s="19">
-        <v>45937</v>
+        <v>2025</v>
       </c>
       <c r="D216" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E216" s="49" t="s">
-[...5 lines deleted...]
-        <v>1276</v>
+      <c r="E216" s="47" t="s">
+        <v>622</v>
+      </c>
+      <c r="XFD216" s="6" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5 16384:16384" s="6" customFormat="1" ht="31.2">
+      <c r="A217" s="43" t="s">
+        <v>1092</v>
       </c>
       <c r="B217" s="18" t="s">
-        <v>1275</v>
+        <v>1093</v>
       </c>
       <c r="C217" s="19">
-        <v>45978</v>
+        <v>45991</v>
       </c>
       <c r="D217" s="19" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-        <v>502</v>
+        <v>49</v>
+      </c>
+      <c r="E217" s="47" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A218" s="43" t="s">
+        <v>1290</v>
       </c>
       <c r="B218" s="18" t="s">
-        <v>896</v>
+        <v>1289</v>
       </c>
       <c r="C218" s="19">
-        <v>45880</v>
+        <v>46015</v>
       </c>
       <c r="D218" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E218" s="49" t="s">
+      <c r="E218" s="47" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A219" s="43" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B219" s="18" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C219" s="19">
+        <v>45999</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="E219" s="47" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A220" s="43" t="s">
+        <v>506</v>
+      </c>
+      <c r="B220" s="18" t="s">
+        <v>870</v>
+      </c>
+      <c r="C220" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D220" s="19" t="s">
+        <v>353</v>
+      </c>
+      <c r="E220" s="47" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A221" s="43" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B221" s="18" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C221" s="19">
+        <v>45672</v>
+      </c>
+      <c r="D221" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E221" s="47" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A222" s="43" t="s">
+        <v>370</v>
+      </c>
+      <c r="B222" s="18" t="s">
+        <v>871</v>
+      </c>
+      <c r="C222" s="19">
+        <v>45850</v>
+      </c>
+      <c r="D222" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E222" s="47" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5 16384:16384" s="6" customFormat="1" ht="30">
+      <c r="A223" s="43" t="s">
+        <v>372</v>
+      </c>
+      <c r="B223" s="18" t="s">
+        <v>849</v>
+      </c>
+      <c r="C223" s="19">
+        <v>45848</v>
+      </c>
+      <c r="D223" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E223" s="47" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A224" s="43" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B224" s="18" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C224" s="19">
+        <v>46035</v>
+      </c>
+      <c r="D224" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E224" s="47" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A225" s="43" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B225" s="18" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C225" s="19">
+        <v>45992</v>
+      </c>
+      <c r="D225" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E225" s="47" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A226" s="43" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B226" s="18" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C226" s="19">
+        <v>46021</v>
+      </c>
+      <c r="D226" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E226" s="47" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A227" s="43" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B227" s="18" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C227" s="19">
+        <v>45974</v>
+      </c>
+      <c r="D227" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E227" s="47" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A228" s="43" t="s">
+        <v>483</v>
+      </c>
+      <c r="B228" s="18" t="s">
+        <v>873</v>
+      </c>
+      <c r="C228" s="19">
+        <v>45884</v>
+      </c>
+      <c r="D228" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E228" s="47" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A229" s="43" t="s">
+        <v>444</v>
+      </c>
+      <c r="B229" s="18" t="s">
+        <v>874</v>
+      </c>
+      <c r="C229" s="19">
+        <v>45887</v>
+      </c>
+      <c r="D229" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E229" s="47" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A230" s="43" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B230" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C230" s="19">
+        <v>45840</v>
+      </c>
+      <c r="D230" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E230" s="47" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A231" s="43" t="s">
+        <v>491</v>
+      </c>
+      <c r="B231" s="18" t="s">
+        <v>875</v>
+      </c>
+      <c r="C231" s="19">
+        <v>45912</v>
+      </c>
+      <c r="D231" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E231" s="47" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A232" s="43" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B232" s="18" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C232" s="19">
+        <v>45962</v>
+      </c>
+      <c r="D232" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E232" s="47" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A233" s="43" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B233" s="18" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C233" s="19">
+        <v>46000</v>
+      </c>
+      <c r="D233" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E233" s="47" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A234" s="43" t="s">
+        <v>649</v>
+      </c>
+      <c r="B234" s="18" t="s">
+        <v>876</v>
+      </c>
+      <c r="C234" s="19">
+        <v>45938</v>
+      </c>
+      <c r="D234" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E234" s="47" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A235" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="B235" s="18" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C235" s="19">
+        <v>46057</v>
+      </c>
+      <c r="D235" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="E235" s="47" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A236" s="43" t="s">
+        <v>374</v>
+      </c>
+      <c r="B236" s="18" t="s">
+        <v>877</v>
+      </c>
+      <c r="C236" s="19">
+        <v>45755</v>
+      </c>
+      <c r="D236" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E236" s="47" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A237" s="43" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B237" s="18" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C237" s="19">
+        <v>45658</v>
+      </c>
+      <c r="D237" s="19" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E237" s="47" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A238" s="43" t="s">
+        <v>701</v>
+      </c>
+      <c r="B238" s="18" t="s">
+        <v>878</v>
+      </c>
+      <c r="C238" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D238" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E238" s="47" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A239" s="43" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B239" s="18" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C239" s="19">
+        <v>45999</v>
+      </c>
+      <c r="D239" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E239" s="47" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A240" s="43" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B240" s="18" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C240" s="19">
+        <v>46009</v>
+      </c>
+      <c r="D240" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E240" s="47" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A241" s="43" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B241" s="18" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C241" s="19">
+        <v>46037</v>
+      </c>
+      <c r="D241" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E241" s="47" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A242" s="43" t="s">
+        <v>498</v>
+      </c>
+      <c r="B242" s="18" t="s">
+        <v>497</v>
+      </c>
+      <c r="C242" s="19">
+        <v>45827</v>
+      </c>
+      <c r="D242" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E242" s="20" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A243" s="43" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B243" s="18" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C243" s="19">
+        <v>45656</v>
+      </c>
+      <c r="D243" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E243" s="47" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A244" s="43" t="s">
+        <v>436</v>
+      </c>
+      <c r="B244" s="18" t="s">
+        <v>848</v>
+      </c>
+      <c r="C244" s="19">
+        <v>45896</v>
+      </c>
+      <c r="D244" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E244" s="47" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A245" s="43" t="s">
+        <v>439</v>
+      </c>
+      <c r="B245" s="18" t="s">
+        <v>879</v>
+      </c>
+      <c r="C245" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D245" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E245" s="47" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A246" s="43" t="s">
+        <v>980</v>
+      </c>
+      <c r="B246" s="18" t="s">
+        <v>979</v>
+      </c>
+      <c r="C246" s="19">
+        <v>45959</v>
+      </c>
+      <c r="D246" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E246" s="20" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" s="6" customFormat="1" ht="15.6" customHeight="1">
+      <c r="A247" s="43" t="s">
+        <v>683</v>
+      </c>
+      <c r="B247" s="18" t="s">
+        <v>880</v>
+      </c>
+      <c r="C247" s="19">
+        <v>45946</v>
+      </c>
+      <c r="D247" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E247" s="47" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" s="6" customFormat="1" ht="15.6" customHeight="1">
+      <c r="A248" s="43" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B248" s="18" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C248" s="19">
+        <v>45958</v>
+      </c>
+      <c r="D248" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E248" s="47" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A249" s="43" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B249" s="18" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C249" s="19">
+        <v>46038</v>
+      </c>
+      <c r="D249" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E249" s="47" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A250" s="43" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B250" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C250" s="19">
+        <v>45980</v>
+      </c>
+      <c r="D250" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E250" s="47" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A251" s="43" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B251" s="18" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C251" s="19">
+        <v>46044</v>
+      </c>
+      <c r="D251" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E251" s="47" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A252" s="43" t="s">
+        <v>544</v>
+      </c>
+      <c r="B252" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="C252" s="19">
+        <v>45964</v>
+      </c>
+      <c r="D252" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E252" s="47" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A253" s="43" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B253" s="18" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C253" s="19">
+        <v>46044</v>
+      </c>
+      <c r="D253" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E253" s="47" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" s="6" customFormat="1" ht="15.6" customHeight="1">
+      <c r="A254" s="43" t="s">
+        <v>375</v>
+      </c>
+      <c r="B254" s="18" t="s">
+        <v>882</v>
+      </c>
+      <c r="C254" s="19">
+        <v>45770</v>
+      </c>
+      <c r="D254" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E254" s="47" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A255" s="43" t="s">
+        <v>377</v>
+      </c>
+      <c r="B255" s="18" t="s">
+        <v>883</v>
+      </c>
+      <c r="C255" s="19">
+        <v>45658</v>
+      </c>
+      <c r="D255" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E255" s="47" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A256" s="43" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B256" s="18" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C256" s="19">
+        <v>46045</v>
+      </c>
+      <c r="D256" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E256" s="47" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A257" s="43" t="s">
+        <v>552</v>
+      </c>
+      <c r="B257" s="18" t="s">
+        <v>884</v>
+      </c>
+      <c r="C257" s="19">
+        <v>45821</v>
+      </c>
+      <c r="D257" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E257" s="47" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A258" s="43" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B258" s="18" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C258" s="19">
+        <v>45995</v>
+      </c>
+      <c r="D258" s="19" t="s">
+        <v>985</v>
+      </c>
+      <c r="E258" s="47" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A259" s="43" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B259" s="18" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C259" s="19">
+        <v>46048</v>
+      </c>
+      <c r="D259" s="19" t="s">
+        <v>985</v>
+      </c>
+      <c r="E259" s="47" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" s="6" customFormat="1" ht="45">
+      <c r="A260" s="43" t="s">
+        <v>380</v>
+      </c>
+      <c r="B260" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="C260" s="19">
+        <v>45703</v>
+      </c>
+      <c r="D260" s="19" t="s">
+        <v>379</v>
+      </c>
+      <c r="E260" s="47" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A261" s="43" t="s">
+        <v>499</v>
+      </c>
+      <c r="B261" s="18" t="s">
+        <v>847</v>
+      </c>
+      <c r="C261" s="19">
+        <v>45880</v>
+      </c>
+      <c r="D261" s="19" t="s">
+        <v>500</v>
+      </c>
+      <c r="E261" s="47" t="s">
         <v>501</v>
       </c>
     </row>
-    <row r="219" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A219" s="45" t="s">
+    <row r="262" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A262" s="43" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B262" s="18" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C262" s="19">
+        <v>46051</v>
+      </c>
+      <c r="D262" s="19" t="s">
+        <v>500</v>
+      </c>
+      <c r="E262" s="47" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A263" s="43" t="s">
+        <v>382</v>
+      </c>
+      <c r="B263" s="18" t="s">
+        <v>885</v>
+      </c>
+      <c r="C263" s="19">
+        <v>45821</v>
+      </c>
+      <c r="D263" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E263" s="47" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A264" s="43" t="s">
+        <v>692</v>
+      </c>
+      <c r="B264" s="18" t="s">
+        <v>886</v>
+      </c>
+      <c r="C264" s="19">
+        <v>45957</v>
+      </c>
+      <c r="D264" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E264" s="47" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A265" s="43" t="s">
+        <v>384</v>
+      </c>
+      <c r="B265" s="18" t="s">
+        <v>887</v>
+      </c>
+      <c r="C265" s="19">
+        <v>45839</v>
+      </c>
+      <c r="D265" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E265" s="47" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A266" s="43" t="s">
+        <v>431</v>
+      </c>
+      <c r="B266" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="C266" s="19">
+        <v>45876</v>
+      </c>
+      <c r="D266" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E266" s="47" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A267" s="43" t="s">
+        <v>611</v>
+      </c>
+      <c r="B267" s="18" t="s">
+        <v>888</v>
+      </c>
+      <c r="C267" s="19">
+        <v>45674</v>
+      </c>
+      <c r="D267" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E267" s="47" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A268" s="43" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B268" s="18" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C268" s="19">
+        <v>45954</v>
+      </c>
+      <c r="D268" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E268" s="47" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A269" s="43" t="s">
+        <v>446</v>
+      </c>
+      <c r="B269" s="18" t="s">
+        <v>889</v>
+      </c>
+      <c r="C269" s="19">
+        <v>45882</v>
+      </c>
+      <c r="D269" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E269" s="47" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" s="6" customFormat="1" ht="45">
+      <c r="A270" s="43" t="s">
+        <v>386</v>
+      </c>
+      <c r="B270" s="18" t="s">
+        <v>890</v>
+      </c>
+      <c r="C270" s="19">
+        <v>45783</v>
+      </c>
+      <c r="D270" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E270" s="47" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A271" s="43" t="s">
+        <v>461</v>
+      </c>
+      <c r="B271" s="18" t="s">
+        <v>846</v>
+      </c>
+      <c r="C271" s="66" t="s">
+        <v>462</v>
+      </c>
+      <c r="D271" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E271" s="47" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="272" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A272" s="43" t="s">
+        <v>387</v>
+      </c>
+      <c r="B272" s="18" t="s">
+        <v>891</v>
+      </c>
+      <c r="C272" s="19">
+        <v>45805</v>
+      </c>
+      <c r="D272" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E272" s="47" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A273" s="43" t="s">
+        <v>389</v>
+      </c>
+      <c r="B273" s="18" t="s">
+        <v>891</v>
+      </c>
+      <c r="C273" s="19">
+        <v>45820</v>
+      </c>
+      <c r="D273" s="19" t="s">
+        <v>388</v>
+      </c>
+      <c r="E273" s="47" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="274" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A274" s="43" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B274" s="18" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C274" s="19">
+        <v>46023</v>
+      </c>
+      <c r="D274" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E274" s="47" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="275" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A275" s="43" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B275" s="18" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C275" s="19">
+        <v>45999</v>
+      </c>
+      <c r="D275" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E275" s="47" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="276" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A276" s="43" t="s">
+        <v>202</v>
+      </c>
+      <c r="B276" s="18" t="s">
+        <v>892</v>
+      </c>
+      <c r="C276" s="19">
+        <v>45820</v>
+      </c>
+      <c r="D276" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E276" s="47" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A277" s="43" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B277" s="18" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C277" s="19">
+        <v>45968</v>
+      </c>
+      <c r="D277" s="19" t="s">
+        <v>379</v>
+      </c>
+      <c r="E277" s="47" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A278" s="43" t="s">
+        <v>392</v>
+      </c>
+      <c r="B278" s="18" t="s">
+        <v>893</v>
+      </c>
+      <c r="C278" s="19">
+        <v>45836</v>
+      </c>
+      <c r="D278" s="19" t="s">
+        <v>379</v>
+      </c>
+      <c r="E278" s="47" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A279" s="43" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B279" s="18" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C279" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D279" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E279" s="47" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="280" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A280" s="43" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B280" s="18" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C280" s="19">
+        <v>45982</v>
+      </c>
+      <c r="D280" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E280" s="47" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A281" s="43" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B281" s="18" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C281" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D281" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E281" s="47" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A282" s="43" t="s">
+        <v>637</v>
+      </c>
+      <c r="B282" s="18" t="s">
+        <v>894</v>
+      </c>
+      <c r="C282" s="19">
+        <v>45937</v>
+      </c>
+      <c r="D282" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E282" s="47" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A283" s="43" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B283" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C283" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D283" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E283" s="47" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A284" s="43" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B284" s="18" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C284" s="19">
+        <v>45962</v>
+      </c>
+      <c r="D284" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E284" s="19" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A285" s="43" t="s">
+        <v>502</v>
+      </c>
+      <c r="B285" s="18" t="s">
+        <v>895</v>
+      </c>
+      <c r="C285" s="19">
+        <v>45880</v>
+      </c>
+      <c r="D285" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E285" s="47" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="286" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A286" s="43" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B286" s="18" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C286" s="19">
+        <v>45961</v>
+      </c>
+      <c r="D286" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E286" s="47" t="s">
         <v>1148</v>
       </c>
-      <c r="B219" s="18" t="s">
-[...5 lines deleted...]
-      <c r="D219" s="19" t="s">
+    </row>
+    <row r="287" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A287" s="43" t="s">
+        <v>931</v>
+      </c>
+      <c r="B287" s="18" t="s">
+        <v>930</v>
+      </c>
+      <c r="C287" s="19">
+        <v>45974</v>
+      </c>
+      <c r="D287" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E287" s="47" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A288" s="43" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B288" s="18" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C288" s="19">
+        <v>46033</v>
+      </c>
+      <c r="D288" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E288" s="47" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A289" s="43" t="s">
+        <v>434</v>
+      </c>
+      <c r="B289" s="18" t="s">
+        <v>845</v>
+      </c>
+      <c r="C289" s="19">
+        <v>45901</v>
+      </c>
+      <c r="D289" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E219" s="49" t="s">
-[...13 lines deleted...]
-      <c r="D220" s="19" t="s">
+      <c r="E289" s="47" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A290" s="43" t="s">
+        <v>494</v>
+      </c>
+      <c r="B290" s="18" t="s">
+        <v>896</v>
+      </c>
+      <c r="C290" s="19">
+        <v>45897</v>
+      </c>
+      <c r="D290" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E290" s="47" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A291" s="43" t="s">
+        <v>395</v>
+      </c>
+      <c r="B291" s="18" t="s">
+        <v>844</v>
+      </c>
+      <c r="C291" s="19" t="s">
+        <v>394</v>
+      </c>
+      <c r="D291" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E291" s="47" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="292" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A292" s="43" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B292" s="18" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C292" s="19">
+        <v>45950</v>
+      </c>
+      <c r="D292" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E292" s="47" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A293" s="43" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B293" s="18" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C293" s="19">
+        <v>45292</v>
+      </c>
+      <c r="D293" s="19" t="s">
+        <v>834</v>
+      </c>
+      <c r="E293" s="47" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A294" s="43" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B294" s="18" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C294" s="19">
+        <v>46055</v>
+      </c>
+      <c r="D294" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E294" s="47" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A295" s="43" t="s">
+        <v>397</v>
+      </c>
+      <c r="B295" s="67" t="s">
+        <v>897</v>
+      </c>
+      <c r="C295" s="19">
+        <v>45754</v>
+      </c>
+      <c r="D295" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E295" s="47" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A296" s="43" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B296" s="67" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C296" s="19">
+        <v>46002</v>
+      </c>
+      <c r="D296" s="19" t="s">
         <v>484</v>
       </c>
-      <c r="E220" s="49" t="s">
-[...10 lines deleted...]
-      <c r="C221" s="19">
+      <c r="E296" s="47" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A297" s="43" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B297" s="67" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C297" s="19">
+        <v>45971</v>
+      </c>
+      <c r="D297" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E297" s="47" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A298" s="43" t="s">
+        <v>398</v>
+      </c>
+      <c r="B298" s="18" t="s">
+        <v>898</v>
+      </c>
+      <c r="C298" s="19">
+        <v>45413</v>
+      </c>
+      <c r="D298" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E298" s="47" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" s="6" customFormat="1" ht="45">
+      <c r="A299" s="43" t="s">
+        <v>400</v>
+      </c>
+      <c r="B299" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="C299" s="19">
+        <v>45080</v>
+      </c>
+      <c r="D299" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E299" s="68" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A300" s="43" t="s">
+        <v>403</v>
+      </c>
+      <c r="B300" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="C300" s="19">
+        <v>45882</v>
+      </c>
+      <c r="D300" s="19" t="s">
+        <v>402</v>
+      </c>
+      <c r="E300" s="68" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A301" s="43" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B301" s="18" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C301" s="19">
+        <v>46056</v>
+      </c>
+      <c r="D301" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E301" s="68" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A302" s="43" t="s">
+        <v>407</v>
+      </c>
+      <c r="B302" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="C302" s="19">
+        <v>45854</v>
+      </c>
+      <c r="D302" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E302" s="68" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A303" s="43" t="s">
+        <v>406</v>
+      </c>
+      <c r="B303" s="18" t="s">
+        <v>843</v>
+      </c>
+      <c r="C303" s="19">
+        <v>45768</v>
+      </c>
+      <c r="D303" s="19" t="s">
+        <v>405</v>
+      </c>
+      <c r="E303" s="68" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="304" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A304" s="43" t="s">
+        <v>467</v>
+      </c>
+      <c r="B304" s="18" t="s">
+        <v>902</v>
+      </c>
+      <c r="C304" s="19">
+        <v>45904</v>
+      </c>
+      <c r="D304" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E304" s="68" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A305" s="43" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B305" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C305" s="19">
+        <v>45985</v>
+      </c>
+      <c r="D305" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E305" s="68" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A306" s="43" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B306" s="18" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C306" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D306" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E306" s="68" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A307" s="43" t="s">
+        <v>645</v>
+      </c>
+      <c r="B307" s="18" t="s">
+        <v>903</v>
+      </c>
+      <c r="C307" s="19">
+        <v>45868</v>
+      </c>
+      <c r="D307" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E307" s="68" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A308" s="43" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B308" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C308" s="19">
+        <v>45960</v>
+      </c>
+      <c r="D308" s="19" t="s">
+        <v>985</v>
+      </c>
+      <c r="E308" s="68" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A309" s="43" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B309" s="18" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C309" s="19">
+        <v>46022</v>
+      </c>
+      <c r="D309" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E309" s="68" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A310" s="43" t="s">
+        <v>613</v>
+      </c>
+      <c r="B310" s="18" t="s">
+        <v>904</v>
+      </c>
+      <c r="C310" s="19">
         <v>45901</v>
       </c>
-      <c r="D221" s="19" t="s">
-[...50 lines deleted...]
-      <c r="D224" s="19" t="s">
+      <c r="D310" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E310" s="68" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A311" s="6" t="s">
         <v>986</v>
       </c>
-      <c r="E224" s="49" t="s">
-[...13 lines deleted...]
-      <c r="D225" s="19" t="s">
+      <c r="B311" s="18" t="s">
+        <v>984</v>
+      </c>
+      <c r="C311" s="88">
+        <v>45960</v>
+      </c>
+      <c r="D311" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E311" s="68" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A312" s="43" t="s">
+        <v>369</v>
+      </c>
+      <c r="B312" s="18" t="s">
+        <v>872</v>
+      </c>
+      <c r="C312" s="19" t="s">
+        <v>368</v>
+      </c>
+      <c r="D312" s="19" t="s">
+        <v>367</v>
+      </c>
+      <c r="E312" s="47" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A313" s="43" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B313" s="18" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C313" s="19">
+        <v>45817</v>
+      </c>
+      <c r="D313" s="19" t="s">
+        <v>479</v>
+      </c>
+      <c r="E313" s="47" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A314" s="43" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B314" s="18" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C314" s="19">
+        <v>45449</v>
+      </c>
+      <c r="D314" s="19" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E314" s="68" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A315" s="43" t="s">
+        <v>453</v>
+      </c>
+      <c r="B315" s="18" t="s">
+        <v>842</v>
+      </c>
+      <c r="C315" s="19">
+        <v>45964</v>
+      </c>
+      <c r="D315" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E315" s="69" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A316" s="43" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B316" s="18" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C316" s="19">
+        <v>46015</v>
+      </c>
+      <c r="D316" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E316" s="68" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A317" s="43" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B317" s="18" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C317" s="19">
+        <v>45817</v>
+      </c>
+      <c r="D317" s="19" t="s">
+        <v>479</v>
+      </c>
+      <c r="E317" s="68" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5" s="6" customFormat="1" ht="19.2" customHeight="1">
+      <c r="A318" s="43" t="s">
+        <v>521</v>
+      </c>
+      <c r="B318" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="C318" s="19">
+        <v>45895</v>
+      </c>
+      <c r="D318" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E318" s="68" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="319" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A319" s="43" t="s">
+        <v>422</v>
+      </c>
+      <c r="B319" s="18" t="s">
+        <v>905</v>
+      </c>
+      <c r="C319" s="19">
+        <v>45859</v>
+      </c>
+      <c r="D319" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E319" s="68" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A320" s="43" t="s">
+        <v>409</v>
+      </c>
+      <c r="B320" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="C320" s="70">
+        <v>2025</v>
+      </c>
+      <c r="D320" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="E225" s="49" t="s">
-[...4 lines deleted...]
-      <c r="A226" s="45" t="s">
+      <c r="E320" s="68" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A321" s="43" t="s">
+        <v>473</v>
+      </c>
+      <c r="B321" s="18" t="s">
         <v>1171</v>
       </c>
-      <c r="B226" s="70" t="s">
-[...5 lines deleted...]
-      <c r="D226" s="19" t="s">
+      <c r="C321" s="70" t="s">
+        <v>48</v>
+      </c>
+      <c r="D321" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E321" s="68" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A322" s="43" t="s">
+        <v>410</v>
+      </c>
+      <c r="B322" s="18" t="s">
+        <v>411</v>
+      </c>
+      <c r="C322" s="19">
+        <v>45847</v>
+      </c>
+      <c r="D322" s="19" t="s">
+        <v>379</v>
+      </c>
+      <c r="E322" s="68" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A323" s="43" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B323" s="18" t="s">
+        <v>907</v>
+      </c>
+      <c r="C323" s="70" t="s">
+        <v>48</v>
+      </c>
+      <c r="D323" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E323" s="68" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A324" s="43" t="s">
+        <v>532</v>
+      </c>
+      <c r="B324" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="C324" s="70" t="s">
+        <v>533</v>
+      </c>
+      <c r="D324" s="19" t="s">
+        <v>532</v>
+      </c>
+      <c r="E324" s="69" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A325" s="43" t="s">
+        <v>413</v>
+      </c>
+      <c r="B325" s="18" t="s">
+        <v>414</v>
+      </c>
+      <c r="C325" s="70" t="s">
+        <v>31</v>
+      </c>
+      <c r="D325" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E325" s="68" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A326" s="43" t="s">
+        <v>705</v>
+      </c>
+      <c r="B326" s="18" t="s">
+        <v>909</v>
+      </c>
+      <c r="C326" s="19">
+        <v>45863</v>
+      </c>
+      <c r="D326" s="41" t="s">
         <v>484</v>
       </c>
-      <c r="E226" s="49" t="s">
-[...30 lines deleted...]
-      <c r="D228" s="19" t="s">
+      <c r="E326" s="68" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A327" s="43" t="s">
+        <v>417</v>
+      </c>
+      <c r="B327" s="18" t="s">
+        <v>910</v>
+      </c>
+      <c r="C327" s="70" t="s">
+        <v>416</v>
+      </c>
+      <c r="D327" s="19" t="s">
+        <v>367</v>
+      </c>
+      <c r="E327" s="68" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A328" s="43" t="s">
+        <v>481</v>
+      </c>
+      <c r="B328" s="18" t="s">
+        <v>841</v>
+      </c>
+      <c r="C328" s="19">
+        <v>45667</v>
+      </c>
+      <c r="D328" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E328" s="68" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A329" s="43" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B329" s="18" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C329" s="19">
+        <v>45973</v>
+      </c>
+      <c r="D329" s="19" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E329" s="68" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A330" s="43" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B330" s="18" t="s">
+        <v>831</v>
+      </c>
+      <c r="C330" s="19">
+        <v>45989</v>
+      </c>
+      <c r="D330" s="19" t="s">
+        <v>985</v>
+      </c>
+      <c r="E330" s="68" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A331" s="43" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B331" s="18" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C331" s="19">
+        <v>46070</v>
+      </c>
+      <c r="D331" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E331" s="68" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A332" s="43" t="s">
+        <v>441</v>
+      </c>
+      <c r="B332" s="18" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C332" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D332" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E332" s="68" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A333" s="43" t="s">
+        <v>419</v>
+      </c>
+      <c r="B333" s="18" t="s">
+        <v>912</v>
+      </c>
+      <c r="C333" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D333" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="E228" s="49" t="s">
-[...13 lines deleted...]
-      <c r="D229" s="19" t="s">
+      <c r="E333" s="68" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A334" s="43" t="s">
+        <v>421</v>
+      </c>
+      <c r="B334" s="18" t="s">
+        <v>913</v>
+      </c>
+      <c r="C334" s="19">
+        <v>45629</v>
+      </c>
+      <c r="D334" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E334" s="68" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A335" s="43" t="s">
+        <v>665</v>
+      </c>
+      <c r="B335" s="18" t="s">
+        <v>911</v>
+      </c>
+      <c r="C335" s="19">
+        <v>45890</v>
+      </c>
+      <c r="D335" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E335" s="68" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A336" s="43" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B336" s="18" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C336" s="19">
+        <v>45996</v>
+      </c>
+      <c r="D336" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E336" s="68" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A337" s="43" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B337" s="18" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C337" s="19">
+        <v>46006</v>
+      </c>
+      <c r="D337" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E337" s="68" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A338" s="71" t="s">
+        <v>525</v>
+      </c>
+      <c r="B338" s="18" t="s">
+        <v>523</v>
+      </c>
+      <c r="C338" s="19">
+        <v>45909</v>
+      </c>
+      <c r="D338" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E338" s="68" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A339" s="71" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B339" s="18" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C339" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D339" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E339" s="68" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A340" s="71" t="s">
+        <v>619</v>
+      </c>
+      <c r="B340" s="18" t="s">
+        <v>618</v>
+      </c>
+      <c r="C340" s="19">
+        <v>45747</v>
+      </c>
+      <c r="D340" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E340" s="68" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A341" s="71" t="s">
+        <v>460</v>
+      </c>
+      <c r="B341" s="18" t="s">
+        <v>788</v>
+      </c>
+      <c r="C341" s="72" t="s">
+        <v>459</v>
+      </c>
+      <c r="D341" s="19" t="s">
+        <v>367</v>
+      </c>
+      <c r="E341" s="68" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A342" s="71" t="s">
+        <v>702</v>
+      </c>
+      <c r="B342" s="18" t="s">
+        <v>787</v>
+      </c>
+      <c r="C342" s="72">
+        <v>45688</v>
+      </c>
+      <c r="D342" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E342" s="68" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A343" s="71" t="s">
+        <v>488</v>
+      </c>
+      <c r="B343" s="18" t="s">
+        <v>786</v>
+      </c>
+      <c r="C343" s="72">
+        <v>45911</v>
+      </c>
+      <c r="D343" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E343" s="68" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A344" s="71" t="s">
+        <v>658</v>
+      </c>
+      <c r="B344" s="18" t="s">
+        <v>657</v>
+      </c>
+      <c r="C344" s="72">
+        <v>45656</v>
+      </c>
+      <c r="D344" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E344" s="68" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A345" s="71" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B345" s="18" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C345" s="72">
+        <v>45960</v>
+      </c>
+      <c r="D345" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E345" s="68" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A346" s="71" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B346" s="18" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C346" s="72">
+        <v>46014</v>
+      </c>
+      <c r="D346" s="19" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E346" s="68" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A347" s="71" t="s">
+        <v>527</v>
+      </c>
+      <c r="B347" s="18" t="s">
+        <v>744</v>
+      </c>
+      <c r="C347" s="72">
+        <v>45926</v>
+      </c>
+      <c r="D347" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E347" s="68" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" s="6" customFormat="1">
+      <c r="A348" s="2"/>
+      <c r="B348" s="3"/>
+      <c r="C348" s="2"/>
+      <c r="D348" s="2"/>
+      <c r="E348" s="2"/>
+    </row>
+    <row r="349" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A349" s="96" t="s">
+        <v>14</v>
+      </c>
+      <c r="B349" s="97" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C349" s="98">
+        <v>46070</v>
+      </c>
+      <c r="D349" s="99" t="s">
+        <v>8</v>
+      </c>
+      <c r="E349" s="100" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A350" s="31"/>
+      <c r="B350" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C350" s="19">
+        <v>45760</v>
+      </c>
+      <c r="E350" s="32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A351" s="31"/>
+      <c r="B351" s="25" t="s">
+        <v>237</v>
+      </c>
+      <c r="C351" s="19">
+        <v>45818</v>
+      </c>
+      <c r="D351" s="26"/>
+      <c r="E351" s="32" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A352" s="31"/>
+      <c r="B352" s="25" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C352" s="19">
+        <v>46062</v>
+      </c>
+      <c r="D352" s="26"/>
+      <c r="E352" s="32" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A353" s="31"/>
+      <c r="B353" s="25" t="s">
+        <v>579</v>
+      </c>
+      <c r="C353" s="19">
+        <v>45909</v>
+      </c>
+      <c r="D353" s="26"/>
+      <c r="E353" s="32" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A354" s="31"/>
+      <c r="B354" s="25" t="s">
+        <v>710</v>
+      </c>
+      <c r="C354" s="19">
+        <v>45919</v>
+      </c>
+      <c r="D354" s="26"/>
+      <c r="E354" s="32" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A355" s="31"/>
+      <c r="B355" s="25" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C355" s="19">
+        <v>46062</v>
+      </c>
+      <c r="D355" s="26"/>
+      <c r="E355" s="32" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A356" s="31"/>
+      <c r="B356" s="25" t="s">
+        <v>119</v>
+      </c>
+      <c r="C356" s="19">
+        <v>45863</v>
+      </c>
+      <c r="D356" s="26"/>
+      <c r="E356" s="32" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A357" s="31"/>
+      <c r="B357" s="25" t="s">
+        <v>722</v>
+      </c>
+      <c r="C357" s="19">
+        <v>45818</v>
+      </c>
+      <c r="D357" s="26"/>
+      <c r="E357" s="32" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A358" s="31"/>
+      <c r="B358" s="25" t="s">
+        <v>723</v>
+      </c>
+      <c r="C358" s="19">
+        <v>45873</v>
+      </c>
+      <c r="D358" s="26"/>
+      <c r="E358" s="32" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A359" s="31"/>
+      <c r="B359" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="C359" s="19">
+        <v>45747</v>
+      </c>
+      <c r="D359" s="26"/>
+      <c r="E359" s="32"/>
+    </row>
+    <row r="360" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A360" s="31"/>
+      <c r="B360" s="25" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C360" s="19">
+        <v>46059</v>
+      </c>
+      <c r="D360" s="26"/>
+      <c r="E360" s="32" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A361" s="31"/>
+      <c r="B361" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="C361" s="19">
+        <v>45747</v>
+      </c>
+      <c r="D361" s="26"/>
+      <c r="E361" s="32"/>
+    </row>
+    <row r="362" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A362" s="31"/>
+      <c r="B362" s="25" t="s">
+        <v>124</v>
+      </c>
+      <c r="C362" s="19">
+        <v>45909</v>
+      </c>
+      <c r="D362" s="26"/>
+      <c r="E362" s="32" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A363" s="31"/>
+      <c r="B363" s="25" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C363" s="19">
+        <v>46059</v>
+      </c>
+      <c r="D363" s="26"/>
+      <c r="E363" s="32" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A364" s="31"/>
+      <c r="B364" s="25" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C364" s="19">
+        <v>46071</v>
+      </c>
+      <c r="D364" s="26"/>
+      <c r="E364" s="32" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A365" s="31"/>
+      <c r="B365" s="25" t="s">
+        <v>724</v>
+      </c>
+      <c r="C365" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D365" s="26"/>
+      <c r="E365" s="32" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A366" s="31"/>
+      <c r="B366" s="25" t="s">
+        <v>725</v>
+      </c>
+      <c r="C366" s="19">
+        <v>45847</v>
+      </c>
+      <c r="D366" s="26"/>
+      <c r="E366" s="32" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A367" s="31"/>
+      <c r="B367" s="25" t="s">
+        <v>595</v>
+      </c>
+      <c r="C367" s="19">
+        <v>45930</v>
+      </c>
+      <c r="D367" s="26"/>
+      <c r="E367" s="32" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A368" s="31"/>
+      <c r="B368" s="25" t="s">
+        <v>721</v>
+      </c>
+      <c r="C368" s="19">
+        <v>45863</v>
+      </c>
+      <c r="D368" s="26"/>
+      <c r="E368" s="32" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A369" s="31"/>
+      <c r="B369" s="25" t="s">
+        <v>720</v>
+      </c>
+      <c r="C369" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D369" s="26"/>
+      <c r="E369" s="32" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A370" s="31"/>
+      <c r="B370" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C370" s="19">
+        <v>45782</v>
+      </c>
+      <c r="D370" s="26"/>
+      <c r="E370" s="32"/>
+    </row>
+    <row r="371" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A371" s="31"/>
+      <c r="B371" s="25" t="s">
+        <v>719</v>
+      </c>
+      <c r="C371" s="19">
+        <v>45852</v>
+      </c>
+      <c r="D371" s="26"/>
+      <c r="E371" s="32" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A372" s="31"/>
+      <c r="B372" s="25" t="s">
+        <v>718</v>
+      </c>
+      <c r="C372" s="19">
+        <v>45919</v>
+      </c>
+      <c r="D372" s="26"/>
+      <c r="E372" s="32" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A373" s="31"/>
+      <c r="B373" s="25" t="s">
+        <v>575</v>
+      </c>
+      <c r="C373" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D373" s="26"/>
+      <c r="E373" s="32" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A374" s="31"/>
+      <c r="B374" s="25" t="s">
+        <v>717</v>
+      </c>
+      <c r="C374" s="19">
+        <v>45769</v>
+      </c>
+      <c r="D374" s="26"/>
+      <c r="E374" s="32"/>
+    </row>
+    <row r="375" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A375" s="31"/>
+      <c r="B375" s="25" t="s">
+        <v>716</v>
+      </c>
+      <c r="C375" s="19">
+        <v>45782</v>
+      </c>
+      <c r="D375" s="26"/>
+      <c r="E375" s="32" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A376" s="31"/>
+      <c r="B376" s="25" t="s">
+        <v>715</v>
+      </c>
+      <c r="C376" s="19">
+        <v>45863</v>
+      </c>
+      <c r="D376" s="26"/>
+      <c r="E376" s="32" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A377" s="31"/>
+      <c r="B377" s="25" t="s">
+        <v>714</v>
+      </c>
+      <c r="C377" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D377" s="26"/>
+      <c r="E377" s="32" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A378" s="31"/>
+      <c r="B378" s="25" t="s">
+        <v>713</v>
+      </c>
+      <c r="C378" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D378" s="26"/>
+      <c r="E378" s="32" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A379" s="31"/>
+      <c r="B379" s="25" t="s">
+        <v>712</v>
+      </c>
+      <c r="C379" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D379" s="26"/>
+      <c r="E379" s="32" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A380" s="31"/>
+      <c r="B380" s="25" t="s">
+        <v>293</v>
+      </c>
+      <c r="C380" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D380" s="26"/>
+      <c r="E380" s="32" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A381" s="31"/>
+      <c r="B381" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="C381" s="19">
+        <v>46193</v>
+      </c>
+      <c r="D381" s="26"/>
+      <c r="E381" s="32" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A382" s="31"/>
+      <c r="B382" s="25" t="s">
+        <v>726</v>
+      </c>
+      <c r="C382" s="19">
+        <v>45888</v>
+      </c>
+      <c r="D382" s="26"/>
+      <c r="E382" s="32" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A383" s="31"/>
+      <c r="B383" s="25" t="s">
+        <v>205</v>
+      </c>
+      <c r="C383" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D383" s="26"/>
+      <c r="E383" s="32" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A384" s="31"/>
+      <c r="B384" s="25" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C384" s="19">
+        <v>46063</v>
+      </c>
+      <c r="D384" s="26"/>
+      <c r="E384" s="32" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A385" s="31"/>
+      <c r="B385" s="25" t="s">
+        <v>20</v>
+      </c>
+      <c r="C385" s="19">
+        <v>45769</v>
+      </c>
+      <c r="D385" s="26"/>
+      <c r="E385" s="32"/>
+    </row>
+    <row r="386" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A386" s="31"/>
+      <c r="B386" s="25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C386" s="19">
+        <v>45888</v>
+      </c>
+      <c r="D386" s="26"/>
+      <c r="E386" s="32" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A387" s="31"/>
+      <c r="B387" s="25" t="s">
+        <v>727</v>
+      </c>
+      <c r="C387" s="19">
+        <v>45922</v>
+      </c>
+      <c r="D387" s="26"/>
+      <c r="E387" s="32" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A388" s="31"/>
+      <c r="B388" s="25" t="s">
+        <v>728</v>
+      </c>
+      <c r="C388" s="19">
+        <v>45919</v>
+      </c>
+      <c r="D388" s="26"/>
+      <c r="E388" s="32" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A389" s="31"/>
+      <c r="B389" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C389" s="19">
+        <v>45761</v>
+      </c>
+      <c r="D389" s="26"/>
+      <c r="E389" s="32" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A390" s="31"/>
+      <c r="B390" s="25" t="s">
+        <v>729</v>
+      </c>
+      <c r="C390" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D390" s="26"/>
+      <c r="E390" s="32" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A391" s="31"/>
+      <c r="B391" s="25" t="s">
+        <v>730</v>
+      </c>
+      <c r="C391" s="19">
+        <v>45873</v>
+      </c>
+      <c r="D391" s="26"/>
+      <c r="E391" s="32" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A392" s="31"/>
+      <c r="B392" s="25" t="s">
+        <v>731</v>
+      </c>
+      <c r="C392" s="19">
+        <v>45818</v>
+      </c>
+      <c r="D392" s="26"/>
+      <c r="E392" s="32" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A393" s="31"/>
+      <c r="B393" s="25" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C393" s="19">
+        <v>46072</v>
+      </c>
+      <c r="D393" s="26"/>
+      <c r="E393" s="32" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A394" s="31"/>
+      <c r="B394" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="C394" s="19">
+        <v>45747</v>
+      </c>
+      <c r="D394" s="26"/>
+      <c r="E394" s="32" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A395" s="31"/>
+      <c r="B395" s="25" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C395" s="19">
+        <v>46070</v>
+      </c>
+      <c r="D395" s="26"/>
+      <c r="E395" s="32" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A396" s="31"/>
+      <c r="B396" s="25" t="s">
+        <v>732</v>
+      </c>
+      <c r="C396" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D396" s="26"/>
+      <c r="E396" s="32" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A397" s="31"/>
+      <c r="B397" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="C397" s="19">
+        <v>45747</v>
+      </c>
+      <c r="D397" s="26"/>
+      <c r="E397" s="32" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A398" s="31"/>
+      <c r="B398" s="25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C398" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D398" s="26"/>
+      <c r="E398" s="32" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A399" s="31"/>
+      <c r="B399" s="25" t="s">
+        <v>733</v>
+      </c>
+      <c r="C399" s="19">
+        <v>45888</v>
+      </c>
+      <c r="D399" s="26"/>
+      <c r="E399" s="32" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A400" s="31"/>
+      <c r="B400" s="25" t="s">
+        <v>734</v>
+      </c>
+      <c r="C400" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D400" s="26"/>
+      <c r="E400" s="32" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A401" s="31"/>
+      <c r="B401" s="25" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C401" s="19">
+        <v>46073</v>
+      </c>
+      <c r="D401" s="26"/>
+      <c r="E401" s="32" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A402" s="31"/>
+      <c r="B402" s="25" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C402" s="19">
+        <v>46070</v>
+      </c>
+      <c r="D402" s="26"/>
+      <c r="E402" s="32" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A403" s="31"/>
+      <c r="B403" s="25" t="s">
+        <v>735</v>
+      </c>
+      <c r="C403" s="19">
+        <v>45911</v>
+      </c>
+      <c r="D403" s="26"/>
+      <c r="E403" s="32" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A404" s="31"/>
+      <c r="B404" s="25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C404" s="19">
+        <v>45911</v>
+      </c>
+      <c r="D404" s="26"/>
+      <c r="E404" s="32" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A405" s="31"/>
+      <c r="B405" s="25" t="s">
+        <v>736</v>
+      </c>
+      <c r="C405" s="19">
+        <v>45911</v>
+      </c>
+      <c r="D405" s="26"/>
+      <c r="E405" s="32" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A406" s="31"/>
+      <c r="B406" s="25" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C406" s="19">
+        <v>46066</v>
+      </c>
+      <c r="D406" s="26"/>
+      <c r="E406" s="32" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A407" s="31"/>
+      <c r="B407" s="25" t="s">
+        <v>737</v>
+      </c>
+      <c r="C407" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D407" s="26"/>
+      <c r="E407" s="32" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A408" s="31"/>
+      <c r="B408" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C408" s="19">
+        <v>45852</v>
+      </c>
+      <c r="D408" s="26"/>
+      <c r="E408" s="32" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A409" s="31"/>
+      <c r="B409" s="25" t="s">
+        <v>738</v>
+      </c>
+      <c r="C409" s="19">
+        <v>45873</v>
+      </c>
+      <c r="D409" s="26"/>
+      <c r="E409" s="32" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A410" s="31"/>
+      <c r="B410" s="25" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C410" s="19">
+        <v>46062</v>
+      </c>
+      <c r="D410" s="26"/>
+      <c r="E410" s="32" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A411" s="31"/>
+      <c r="B411" s="25" t="s">
+        <v>739</v>
+      </c>
+      <c r="C411" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D411" s="26"/>
+      <c r="E411" s="32" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A412" s="31"/>
+      <c r="B412" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="C412" s="19">
+        <v>46064</v>
+      </c>
+      <c r="D412" s="26"/>
+      <c r="E412" s="32" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A413" s="31"/>
+      <c r="B413" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C413" s="19">
+        <v>45863</v>
+      </c>
+      <c r="D413" s="26"/>
+      <c r="E413" s="32" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A414" s="31"/>
+      <c r="B414" s="25" t="s">
+        <v>740</v>
+      </c>
+      <c r="C414" s="19">
+        <v>45919</v>
+      </c>
+      <c r="D414" s="26"/>
+      <c r="E414" s="32" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A415" s="31"/>
+      <c r="B415" s="25" t="s">
+        <v>741</v>
+      </c>
+      <c r="C415" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D415" s="26"/>
+      <c r="E415" s="32" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A416" s="31"/>
+      <c r="B416" s="25" t="s">
+        <v>742</v>
+      </c>
+      <c r="C416" s="19">
+        <v>45852</v>
+      </c>
+      <c r="D416" s="26"/>
+      <c r="E416" s="32" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A417" s="31"/>
+      <c r="B417" s="25" t="s">
+        <v>192</v>
+      </c>
+      <c r="C417" s="19">
+        <v>45888</v>
+      </c>
+      <c r="D417" s="26"/>
+      <c r="E417" s="32" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A418" s="31"/>
+      <c r="B418" s="25" t="s">
+        <v>743</v>
+      </c>
+      <c r="C418" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D418" s="26"/>
+      <c r="E418" s="32" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A419" s="31"/>
+      <c r="B419" s="25" t="s">
+        <v>745</v>
+      </c>
+      <c r="C419" s="19">
+        <v>45873</v>
+      </c>
+      <c r="D419" s="26"/>
+      <c r="E419" s="32" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A420" s="31"/>
+      <c r="B420" s="25" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C420" s="19">
+        <v>46037</v>
+      </c>
+      <c r="D420" s="26"/>
+      <c r="E420" s="32" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A421" s="33"/>
+      <c r="B421" s="34" t="s">
+        <v>744</v>
+      </c>
+      <c r="C421" s="35">
+        <v>45908</v>
+      </c>
+      <c r="D421" s="36"/>
+      <c r="E421" s="37" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A422" s="28" t="s">
+        <v>453</v>
+      </c>
+      <c r="B422" s="82" t="s">
+        <v>945</v>
+      </c>
+      <c r="C422" s="83">
+        <v>43066</v>
+      </c>
+      <c r="D422" s="74" t="s">
+        <v>27</v>
+      </c>
+      <c r="E422" s="75" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A423" s="76"/>
+      <c r="B423" s="86" t="s">
+        <v>957</v>
+      </c>
+      <c r="C423" s="87">
+        <v>44420</v>
+      </c>
+      <c r="D423" s="1"/>
+      <c r="E423" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A424" s="76"/>
+      <c r="B424" s="86" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C424" s="87">
+        <v>44473</v>
+      </c>
+      <c r="D424" s="1"/>
+      <c r="E424" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A425" s="76"/>
+      <c r="B425" s="86" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C425" s="87">
+        <v>44147</v>
+      </c>
+      <c r="D425" s="1"/>
+      <c r="E425" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A426" s="76"/>
+      <c r="B426" s="86" t="s">
+        <v>954</v>
+      </c>
+      <c r="C426" s="87">
+        <v>44358</v>
+      </c>
+      <c r="D426" s="1"/>
+      <c r="E426" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A427" s="76"/>
+      <c r="B427" s="86" t="s">
+        <v>965</v>
+      </c>
+      <c r="C427" s="87">
+        <v>44579</v>
+      </c>
+      <c r="D427" s="1"/>
+      <c r="E427" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A428" s="76"/>
+      <c r="B428" s="86" t="s">
+        <v>949</v>
+      </c>
+      <c r="C428" s="87">
+        <v>43872</v>
+      </c>
+      <c r="D428" s="1"/>
+      <c r="E428" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A429" s="76"/>
+      <c r="B429" s="86" t="s">
+        <v>947</v>
+      </c>
+      <c r="C429" s="87">
+        <v>43860</v>
+      </c>
+      <c r="D429" s="1"/>
+      <c r="E429" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A430" s="76"/>
+      <c r="B430" s="86" t="s">
+        <v>961</v>
+      </c>
+      <c r="C430" s="87">
+        <v>44455</v>
+      </c>
+      <c r="D430" s="1"/>
+      <c r="E430" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A431" s="76"/>
+      <c r="B431" s="86" t="s">
+        <v>974</v>
+      </c>
+      <c r="C431" s="87">
+        <v>45131</v>
+      </c>
+      <c r="D431" s="1"/>
+      <c r="E431" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A432" s="76"/>
+      <c r="B432" s="86" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C432" s="87">
+        <v>44068</v>
+      </c>
+      <c r="D432" s="1"/>
+      <c r="E432" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A433" s="76"/>
+      <c r="B433" s="86" t="s">
+        <v>966</v>
+      </c>
+      <c r="C433" s="87">
+        <v>44600</v>
+      </c>
+      <c r="D433" s="1"/>
+      <c r="E433" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A434" s="76"/>
+      <c r="B434" s="86" t="s">
+        <v>960</v>
+      </c>
+      <c r="C434" s="87">
+        <v>44454</v>
+      </c>
+      <c r="D434" s="1"/>
+      <c r="E434" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A435" s="76"/>
+      <c r="B435" s="86" t="s">
+        <v>970</v>
+      </c>
+      <c r="C435" s="87">
+        <v>44830</v>
+      </c>
+      <c r="D435" s="1"/>
+      <c r="E435" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A436" s="76"/>
+      <c r="B436" s="86" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C436" s="87">
+        <v>44321</v>
+      </c>
+      <c r="D436" s="1"/>
+      <c r="E436" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A437" s="76"/>
+      <c r="B437" s="86" t="s">
+        <v>948</v>
+      </c>
+      <c r="C437" s="87">
+        <v>43865</v>
+      </c>
+      <c r="D437" s="1"/>
+      <c r="E437" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A438" s="76"/>
+      <c r="B438" s="86" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C438" s="87">
+        <v>44421</v>
+      </c>
+      <c r="D438" s="1"/>
+      <c r="E438" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A439" s="76"/>
+      <c r="B439" s="86" t="s">
+        <v>967</v>
+      </c>
+      <c r="C439" s="87">
+        <v>44620</v>
+      </c>
+      <c r="D439" s="1"/>
+      <c r="E439" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A440" s="76"/>
+      <c r="B440" s="86" t="s">
+        <v>953</v>
+      </c>
+      <c r="C440" s="87">
+        <v>44313</v>
+      </c>
+      <c r="D440" s="1"/>
+      <c r="E440" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A441" s="76"/>
+      <c r="B441" s="86" t="s">
+        <v>975</v>
+      </c>
+      <c r="C441" s="87">
+        <v>45160</v>
+      </c>
+      <c r="D441" s="1"/>
+      <c r="E441" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A442" s="76"/>
+      <c r="B442" s="86" t="s">
+        <v>952</v>
+      </c>
+      <c r="C442" s="87">
+        <v>44175</v>
+      </c>
+      <c r="D442" s="1"/>
+      <c r="E442" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A443" s="76"/>
+      <c r="B443" s="86" t="s">
+        <v>959</v>
+      </c>
+      <c r="C443" s="87">
+        <v>44449</v>
+      </c>
+      <c r="D443" s="1"/>
+      <c r="E443" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A444" s="76"/>
+      <c r="B444" s="86" t="s">
+        <v>968</v>
+      </c>
+      <c r="C444" s="87">
+        <v>44627</v>
+      </c>
+      <c r="D444" s="1"/>
+      <c r="E444" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A445" s="76"/>
+      <c r="B445" s="86" t="s">
+        <v>978</v>
+      </c>
+      <c r="C445" s="87">
+        <v>45964</v>
+      </c>
+      <c r="D445" s="1"/>
+      <c r="E445" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A446" s="76"/>
+      <c r="B446" s="86" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C446" s="87">
+        <v>44320</v>
+      </c>
+      <c r="D446" s="1"/>
+      <c r="E446" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A447" s="76"/>
+      <c r="B447" s="86" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C447" s="87">
+        <v>44440</v>
+      </c>
+      <c r="D447" s="1"/>
+      <c r="E447" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A448" s="76"/>
+      <c r="B448" s="86" t="s">
+        <v>977</v>
+      </c>
+      <c r="C448" s="87">
+        <v>45949</v>
+      </c>
+      <c r="D448" s="1"/>
+      <c r="E448" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A449" s="76"/>
+      <c r="B449" s="86" t="s">
+        <v>964</v>
+      </c>
+      <c r="C449" s="87">
+        <v>44531</v>
+      </c>
+      <c r="D449" s="1"/>
+      <c r="E449" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A450" s="76"/>
+      <c r="B450" s="86" t="s">
+        <v>950</v>
+      </c>
+      <c r="C450" s="87">
+        <v>43893</v>
+      </c>
+      <c r="D450" s="1"/>
+      <c r="E450" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A451" s="76"/>
+      <c r="B451" s="86" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C451" s="87">
+        <v>44286</v>
+      </c>
+      <c r="D451" s="1"/>
+      <c r="E451" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A452" s="76"/>
+      <c r="B452" s="86" t="s">
+        <v>955</v>
+      </c>
+      <c r="C452" s="87">
+        <v>44391</v>
+      </c>
+      <c r="D452" s="1"/>
+      <c r="E452" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A453" s="76"/>
+      <c r="B453" s="86" t="s">
+        <v>946</v>
+      </c>
+      <c r="C453" s="87">
+        <v>43858</v>
+      </c>
+      <c r="D453" s="1"/>
+      <c r="E453" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A454" s="76"/>
+      <c r="B454" s="86" t="s">
+        <v>971</v>
+      </c>
+      <c r="C454" s="87">
+        <v>44851</v>
+      </c>
+      <c r="D454" s="1"/>
+      <c r="E454" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A455" s="76"/>
+      <c r="B455" s="86" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C455" s="87" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D455" s="1"/>
+      <c r="E455" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A456" s="76"/>
+      <c r="B456" s="86" t="s">
+        <v>962</v>
+      </c>
+      <c r="C456" s="87">
+        <v>44498</v>
+      </c>
+      <c r="D456" s="1"/>
+      <c r="E456" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A457" s="76"/>
+      <c r="B457" s="86" t="s">
+        <v>958</v>
+      </c>
+      <c r="C457" s="87">
+        <v>44441</v>
+      </c>
+      <c r="D457" s="1"/>
+      <c r="E457" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A458" s="76"/>
+      <c r="B458" s="86" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C458" s="87">
+        <v>44854</v>
+      </c>
+      <c r="D458" s="1"/>
+      <c r="E458" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A459" s="76"/>
+      <c r="B459" s="86" t="s">
+        <v>963</v>
+      </c>
+      <c r="C459" s="87">
+        <v>44509</v>
+      </c>
+      <c r="D459" s="1"/>
+      <c r="E459" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A460" s="76"/>
+      <c r="B460" s="86" t="s">
+        <v>976</v>
+      </c>
+      <c r="C460" s="87">
+        <v>45203</v>
+      </c>
+      <c r="D460" s="1"/>
+      <c r="E460" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A461" s="76"/>
+      <c r="B461" s="86" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C461" s="87">
+        <v>44174</v>
+      </c>
+      <c r="D461" s="1"/>
+      <c r="E461" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A462" s="76"/>
+      <c r="B462" s="86" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C462" s="87">
+        <v>44068</v>
+      </c>
+      <c r="D462" s="1"/>
+      <c r="E462" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A463" s="76"/>
+      <c r="B463" s="86" t="s">
+        <v>972</v>
+      </c>
+      <c r="C463" s="87">
+        <v>44874</v>
+      </c>
+      <c r="D463" s="1"/>
+      <c r="E463" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A464" s="76"/>
+      <c r="B464" s="86" t="s">
+        <v>951</v>
+      </c>
+      <c r="C464" s="87">
+        <v>44096</v>
+      </c>
+      <c r="D464" s="1"/>
+      <c r="E464" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A465" s="76"/>
+      <c r="B465" s="86" t="s">
+        <v>969</v>
+      </c>
+      <c r="C465" s="87">
+        <v>44811</v>
+      </c>
+      <c r="D465" s="1"/>
+      <c r="E465" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A466" s="76"/>
+      <c r="B466" s="86" t="s">
+        <v>956</v>
+      </c>
+      <c r="C466" s="87">
+        <v>44404</v>
+      </c>
+      <c r="D466" s="1"/>
+      <c r="E466" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A467" s="76"/>
+      <c r="B467" s="86" t="s">
+        <v>973</v>
+      </c>
+      <c r="C467" s="87">
+        <v>45042</v>
+      </c>
+      <c r="D467" s="1"/>
+      <c r="E467" s="77" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A468" s="78"/>
+      <c r="B468" s="84" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C468" s="85">
+        <v>44180</v>
+      </c>
+      <c r="D468" s="79"/>
+      <c r="E468" s="80" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A469" s="48" t="s">
+        <v>84</v>
+      </c>
+      <c r="B469" s="49" t="s">
+        <v>812</v>
+      </c>
+      <c r="C469" s="29">
+        <v>38626</v>
+      </c>
+      <c r="D469" s="29" t="s">
         <v>443</v>
       </c>
-      <c r="E229" s="71" t="s">
-[...2070 lines deleted...]
-      <c r="E376" s="32" t="s">
+      <c r="E469" s="30" t="s">
         <v>624</v>
       </c>
     </row>
-    <row r="377" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B377" s="18" t="s">
+    <row r="470" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A470" s="50"/>
+      <c r="B470" s="18" t="s">
         <v>813</v>
       </c>
-      <c r="C377" s="19">
+      <c r="C470" s="19">
         <v>45931</v>
       </c>
-      <c r="D377" s="19"/>
-      <c r="E377" s="34" t="s">
+      <c r="D470" s="19"/>
+      <c r="E470" s="32" t="s">
         <v>625</v>
       </c>
     </row>
-    <row r="378" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B378" s="18" t="s">
+    <row r="471" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A471" s="50"/>
+      <c r="B471" s="18" t="s">
+        <v>837</v>
+      </c>
+      <c r="C471" s="19">
+        <v>46008</v>
+      </c>
+      <c r="D471" s="19"/>
+      <c r="E471" s="32" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A472" s="50"/>
+      <c r="B472" s="18" t="s">
         <v>838</v>
       </c>
-      <c r="C378" s="19">
+      <c r="C472" s="19">
         <v>46008</v>
       </c>
-      <c r="D378" s="19"/>
-[...13 lines deleted...]
-      <c r="E379" s="34" t="s">
+      <c r="D472" s="19"/>
+      <c r="E472" s="32" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="380" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B380" s="18" t="s">
+    <row r="473" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A473" s="50"/>
+      <c r="B473" s="18" t="s">
         <v>814</v>
       </c>
-      <c r="C380" s="19">
+      <c r="C473" s="19">
         <v>45846</v>
       </c>
-      <c r="D380" s="7"/>
-      <c r="E380" s="34" t="s">
+      <c r="D473" s="7"/>
+      <c r="E473" s="32" t="s">
         <v>209</v>
-      </c>
-[...1211 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="474" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A474" s="17"/>
       <c r="B474" s="18" t="s">
-        <v>277</v>
+        <v>85</v>
       </c>
       <c r="C474" s="19">
-        <v>45815</v>
-[...3 lines deleted...]
-        <v>279</v>
+        <v>45658</v>
+      </c>
+      <c r="D474" s="51"/>
+      <c r="E474" s="32" t="s">
+        <v>215</v>
       </c>
     </row>
     <row r="475" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A475" s="17"/>
       <c r="B475" s="18" t="s">
-        <v>133</v>
+        <v>86</v>
       </c>
       <c r="C475" s="19">
-        <v>45619</v>
+        <v>45658</v>
       </c>
       <c r="D475" s="20"/>
-      <c r="E475" s="62" t="s">
-        <v>278</v>
+      <c r="E475" s="32" t="s">
+        <v>214</v>
       </c>
     </row>
     <row r="476" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A476" s="17"/>
       <c r="B476" s="18" t="s">
-        <v>281</v>
+        <v>579</v>
       </c>
       <c r="C476" s="19">
-        <v>45742</v>
+        <v>46008</v>
       </c>
       <c r="D476" s="20"/>
-      <c r="E476" s="55" t="s">
-        <v>48</v>
+      <c r="E476" s="32" t="s">
+        <v>249</v>
       </c>
     </row>
     <row r="477" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A477" s="17"/>
       <c r="B477" s="18" t="s">
-        <v>282</v>
+        <v>815</v>
       </c>
       <c r="C477" s="19">
-        <v>45593</v>
+        <v>45931</v>
       </c>
       <c r="D477" s="20"/>
-      <c r="E477" s="62" t="s">
-        <v>285</v>
+      <c r="E477" s="32" t="s">
+        <v>626</v>
       </c>
     </row>
     <row r="478" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A478" s="17"/>
       <c r="B478" s="18" t="s">
-        <v>134</v>
+        <v>1192</v>
       </c>
       <c r="C478" s="19">
-        <v>45491</v>
+        <v>46008</v>
       </c>
       <c r="D478" s="20"/>
-      <c r="E478" s="62" t="s">
-        <v>139</v>
+      <c r="E478" s="32" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="479" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A479" s="17"/>
       <c r="B479" s="18" t="s">
-        <v>135</v>
+        <v>87</v>
       </c>
       <c r="C479" s="19">
-        <v>45598</v>
+        <v>45846</v>
       </c>
       <c r="D479" s="20"/>
-      <c r="E479" s="62" t="s">
-        <v>286</v>
+      <c r="E479" s="32" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="480" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A480" s="17"/>
       <c r="B480" s="18" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="C480" s="19">
-        <v>45747</v>
+        <v>45846</v>
       </c>
       <c r="D480" s="20"/>
-      <c r="E480" s="62" t="s">
-        <v>287</v>
+      <c r="E480" s="32" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="481" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A481" s="17"/>
       <c r="B481" s="18" t="s">
-        <v>137</v>
+        <v>88</v>
       </c>
       <c r="C481" s="19">
-        <v>45561</v>
+        <v>45658</v>
       </c>
       <c r="D481" s="20"/>
-      <c r="E481" s="62" t="s">
-[...3 lines deleted...]
-    <row r="482" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="E481" s="52" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A482" s="17"/>
       <c r="B482" s="18" t="s">
-        <v>840</v>
+        <v>816</v>
       </c>
       <c r="C482" s="19">
-        <v>45057</v>
+        <v>45931</v>
       </c>
       <c r="D482" s="20"/>
-      <c r="E482" s="62" t="s">
-        <v>289</v>
+      <c r="E482" s="52" t="s">
+        <v>627</v>
       </c>
     </row>
     <row r="483" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A483" s="17"/>
       <c r="B483" s="18" t="s">
-        <v>138</v>
+        <v>89</v>
       </c>
       <c r="C483" s="19">
-        <v>43724</v>
+        <v>45846</v>
       </c>
       <c r="D483" s="20"/>
-      <c r="E483" s="34" t="s">
-        <v>283</v>
+      <c r="E483" s="21" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="484" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A484" s="17"/>
       <c r="B484" s="18" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>45654</v>
+        <v>90</v>
+      </c>
+      <c r="C484" s="46">
+        <v>2023</v>
       </c>
       <c r="D484" s="20"/>
-      <c r="E484" s="34" t="s">
-        <v>284</v>
+      <c r="E484" s="21" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="485" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A485" s="65"/>
+      <c r="A485" s="17"/>
       <c r="B485" s="18" t="s">
-        <v>141</v>
+        <v>1194</v>
       </c>
       <c r="C485" s="19">
-        <v>45740</v>
-[...3 lines deleted...]
-        <v>290</v>
+        <v>46008</v>
+      </c>
+      <c r="D485" s="20"/>
+      <c r="E485" s="21" t="s">
+        <v>1193</v>
       </c>
     </row>
     <row r="486" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A486" s="17"/>
       <c r="B486" s="18" t="s">
-        <v>142</v>
+        <v>1196</v>
       </c>
       <c r="C486" s="19">
-        <v>45848</v>
+        <v>46008</v>
       </c>
       <c r="D486" s="20"/>
-      <c r="E486" s="34" t="s">
-        <v>291</v>
+      <c r="E486" s="21" t="s">
+        <v>1195</v>
       </c>
     </row>
     <row r="487" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A487" s="17"/>
       <c r="B487" s="18" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="C487" s="19">
-        <v>45772</v>
+        <v>45658</v>
       </c>
       <c r="D487" s="20"/>
-      <c r="E487" s="55" t="s">
-        <v>48</v>
+      <c r="E487" s="21" t="s">
+        <v>217</v>
       </c>
     </row>
     <row r="488" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A488" s="17"/>
       <c r="B488" s="18" t="s">
-        <v>292</v>
+        <v>817</v>
       </c>
       <c r="C488" s="19">
-        <v>45771</v>
+        <v>45846</v>
       </c>
       <c r="D488" s="20"/>
-      <c r="E488" s="34" t="s">
-        <v>155</v>
+      <c r="E488" s="21" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="489" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A489" s="17"/>
       <c r="B489" s="18" t="s">
-        <v>293</v>
+        <v>818</v>
       </c>
       <c r="C489" s="19">
-        <v>45209</v>
+        <v>45931</v>
       </c>
       <c r="D489" s="20"/>
-      <c r="E489" s="54" t="s">
-        <v>294</v>
+      <c r="E489" s="21" t="s">
+        <v>628</v>
       </c>
     </row>
     <row r="490" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A490" s="17"/>
       <c r="B490" s="18" t="s">
-        <v>295</v>
+        <v>819</v>
       </c>
       <c r="C490" s="19">
-        <v>44417</v>
+        <v>45931</v>
       </c>
       <c r="D490" s="20"/>
-      <c r="E490" s="34" t="s">
-        <v>156</v>
+      <c r="E490" s="21" t="s">
+        <v>629</v>
       </c>
     </row>
     <row r="491" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A491" s="17"/>
       <c r="B491" s="18" t="s">
-        <v>144</v>
+        <v>820</v>
       </c>
       <c r="C491" s="19">
-        <v>43956</v>
+        <v>45931</v>
       </c>
       <c r="D491" s="20"/>
-      <c r="E491" s="34" t="s">
-        <v>296</v>
+      <c r="E491" s="21" t="s">
+        <v>630</v>
       </c>
     </row>
     <row r="492" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A492" s="17"/>
       <c r="B492" s="18" t="s">
-        <v>145</v>
+        <v>821</v>
       </c>
       <c r="C492" s="19">
-        <v>45761</v>
+        <v>45846</v>
       </c>
       <c r="D492" s="20"/>
-      <c r="E492" s="34" t="s">
-        <v>297</v>
+      <c r="E492" s="21" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="493" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A493" s="17"/>
       <c r="B493" s="18" t="s">
-        <v>146</v>
+        <v>822</v>
       </c>
       <c r="C493" s="19">
-        <v>44291</v>
+        <v>45658</v>
       </c>
       <c r="D493" s="20"/>
-      <c r="E493" s="34" t="s">
-        <v>298</v>
+      <c r="E493" s="21" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="494" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A494" s="17"/>
       <c r="B494" s="18" t="s">
-        <v>147</v>
+        <v>92</v>
       </c>
       <c r="C494" s="19">
-        <v>44992</v>
+        <v>45658</v>
       </c>
       <c r="D494" s="20"/>
-      <c r="E494" s="34" t="s">
-[...3 lines deleted...]
-    <row r="495" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="E494" s="21" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A495" s="17"/>
       <c r="B495" s="18" t="s">
-        <v>148</v>
+        <v>93</v>
       </c>
       <c r="C495" s="19">
-        <v>45839</v>
+        <v>45793</v>
       </c>
       <c r="D495" s="20"/>
-      <c r="E495" s="34" t="s">
-        <v>299</v>
+      <c r="E495" s="21" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="496" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A496" s="17"/>
       <c r="B496" s="18" t="s">
-        <v>149</v>
+        <v>94</v>
       </c>
       <c r="C496" s="19">
-        <v>45366</v>
+        <v>45793</v>
       </c>
       <c r="D496" s="20"/>
-      <c r="E496" s="34" t="s">
-        <v>300</v>
+      <c r="E496" s="21" t="s">
+        <v>223</v>
       </c>
     </row>
     <row r="497" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A497" s="17"/>
       <c r="B497" s="18" t="s">
-        <v>150</v>
+        <v>823</v>
       </c>
       <c r="C497" s="19">
-        <v>45855</v>
+        <v>45931</v>
       </c>
       <c r="D497" s="20"/>
-      <c r="E497" s="34" t="s">
-[...3 lines deleted...]
-    <row r="498" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="E497" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="498" spans="1:5" s="6" customFormat="1" ht="30.6">
       <c r="A498" s="17"/>
       <c r="B498" s="18" t="s">
-        <v>151</v>
+        <v>1405</v>
       </c>
       <c r="C498" s="19">
-        <v>45761</v>
+        <v>45664</v>
       </c>
       <c r="D498" s="20"/>
-      <c r="E498" s="34" t="s">
-        <v>302</v>
+      <c r="E498" s="21" t="s">
+        <v>224</v>
       </c>
     </row>
     <row r="499" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A499" s="17"/>
       <c r="B499" s="18" t="s">
-        <v>152</v>
+        <v>1197</v>
       </c>
       <c r="C499" s="19">
-        <v>45636</v>
+        <v>46008</v>
       </c>
       <c r="D499" s="20"/>
-      <c r="E499" s="34" t="s">
-        <v>303</v>
+      <c r="E499" s="21" t="s">
+        <v>298</v>
       </c>
     </row>
     <row r="500" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A500" s="17"/>
       <c r="B500" s="18" t="s">
-        <v>153</v>
+        <v>824</v>
       </c>
       <c r="C500" s="19">
-        <v>44062</v>
+        <v>45931</v>
       </c>
       <c r="D500" s="20"/>
-      <c r="E500" s="34" t="s">
-        <v>304</v>
+      <c r="E500" s="21" t="s">
+        <v>631</v>
       </c>
     </row>
     <row r="501" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A501" s="17"/>
       <c r="B501" s="18" t="s">
-        <v>21</v>
+        <v>729</v>
       </c>
       <c r="C501" s="19">
-        <v>45676</v>
+        <v>46008</v>
       </c>
       <c r="D501" s="20"/>
-      <c r="E501" s="34" t="s">
-        <v>305</v>
+      <c r="E501" s="21" t="s">
+        <v>1198</v>
       </c>
     </row>
     <row r="502" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A502" s="17"/>
       <c r="B502" s="18" t="s">
-        <v>154</v>
+        <v>825</v>
       </c>
       <c r="C502" s="19">
-        <v>45841</v>
+        <v>45931</v>
       </c>
       <c r="D502" s="20"/>
-      <c r="E502" s="34" t="s">
-        <v>306</v>
+      <c r="E502" s="21" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="503" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A503" s="17"/>
       <c r="B503" s="18" t="s">
-        <v>157</v>
+        <v>826</v>
       </c>
       <c r="C503" s="19">
-        <v>45400</v>
+        <v>45931</v>
       </c>
       <c r="D503" s="20"/>
-      <c r="E503" s="34" t="s">
-        <v>307</v>
+      <c r="E503" s="21" t="s">
+        <v>632</v>
       </c>
     </row>
     <row r="504" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A504" s="17"/>
       <c r="B504" s="18" t="s">
-        <v>158</v>
+        <v>225</v>
       </c>
       <c r="C504" s="19">
-        <v>45755</v>
+        <v>45658</v>
       </c>
       <c r="D504" s="20"/>
-      <c r="E504" s="34" t="s">
-        <v>308</v>
+      <c r="E504" s="21" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="505" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A505" s="17"/>
       <c r="B505" s="18" t="s">
-        <v>159</v>
+        <v>1199</v>
       </c>
       <c r="C505" s="19">
-        <v>45757</v>
+        <v>46008</v>
       </c>
       <c r="D505" s="20"/>
-      <c r="E505" s="34" t="s">
-        <v>309</v>
+      <c r="E505" s="21" t="s">
+        <v>1200</v>
       </c>
     </row>
     <row r="506" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A506" s="17"/>
       <c r="B506" s="18" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C506" s="19">
-        <v>44735</v>
+        <v>46008</v>
       </c>
       <c r="D506" s="20"/>
-      <c r="E506" s="34" t="s">
-        <v>310</v>
+      <c r="E506" s="21" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="507" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A507" s="17"/>
       <c r="B507" s="18" t="s">
-        <v>161</v>
+        <v>1205</v>
       </c>
       <c r="C507" s="19">
-        <v>45729</v>
+        <v>46008</v>
       </c>
       <c r="D507" s="20"/>
-      <c r="E507" s="34" t="s">
-        <v>311</v>
+      <c r="E507" s="21" t="s">
+        <v>1206</v>
       </c>
     </row>
     <row r="508" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A508" s="17"/>
       <c r="B508" s="18" t="s">
-        <v>841</v>
+        <v>227</v>
       </c>
       <c r="C508" s="19">
-        <v>45136</v>
+        <v>45658</v>
       </c>
       <c r="D508" s="20"/>
-      <c r="E508" s="34" t="s">
-        <v>171</v>
+      <c r="E508" s="21" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="509" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A509" s="17"/>
       <c r="B509" s="18" t="s">
-        <v>162</v>
+        <v>95</v>
       </c>
       <c r="C509" s="19">
-        <v>45428</v>
+        <v>45846</v>
       </c>
       <c r="D509" s="20"/>
-      <c r="E509" s="34" t="s">
-        <v>312</v>
+      <c r="E509" s="21" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="510" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A510" s="17"/>
       <c r="B510" s="18" t="s">
-        <v>163</v>
+        <v>827</v>
       </c>
       <c r="C510" s="19">
-        <v>45646</v>
+        <v>45931</v>
       </c>
       <c r="D510" s="20"/>
-      <c r="E510" s="34" t="s">
-        <v>313</v>
+      <c r="E510" s="53" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="511" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A511" s="17"/>
       <c r="B511" s="18" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C511" s="19">
-        <v>45674</v>
+        <v>46008</v>
       </c>
       <c r="D511" s="20"/>
-      <c r="E511" s="34" t="s">
-        <v>314</v>
+      <c r="E511" s="21" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="512" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A512" s="17"/>
       <c r="B512" s="18" t="s">
-        <v>165</v>
+        <v>96</v>
       </c>
       <c r="C512" s="19">
-        <v>45530</v>
+        <v>45846</v>
       </c>
       <c r="D512" s="20"/>
-      <c r="E512" s="34" t="s">
-        <v>315</v>
+      <c r="E512" s="21" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="513" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A513" s="17"/>
       <c r="B513" s="18" t="s">
-        <v>166</v>
+        <v>97</v>
       </c>
       <c r="C513" s="19">
-        <v>44103</v>
+        <v>45658</v>
       </c>
       <c r="D513" s="20"/>
-      <c r="E513" s="34" t="s">
-        <v>316</v>
+      <c r="E513" s="21" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="514" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A514" s="17"/>
       <c r="B514" s="18" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C514" s="19">
-        <v>45741</v>
+        <v>45931</v>
       </c>
       <c r="D514" s="20"/>
-      <c r="E514" s="34" t="s">
-        <v>317</v>
+      <c r="E514" s="21" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="515" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A515" s="17"/>
       <c r="B515" s="18" t="s">
-        <v>168</v>
+        <v>1201</v>
       </c>
       <c r="C515" s="19">
-        <v>45678</v>
+        <v>46008</v>
       </c>
       <c r="D515" s="20"/>
-      <c r="E515" s="34" t="s">
-        <v>172</v>
+      <c r="E515" s="21" t="s">
+        <v>1202</v>
       </c>
     </row>
     <row r="516" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A516" s="17"/>
       <c r="B516" s="18" t="s">
-        <v>169</v>
+        <v>1203</v>
       </c>
       <c r="C516" s="19">
-        <v>45643</v>
+        <v>46008</v>
       </c>
       <c r="D516" s="20"/>
-      <c r="E516" s="34" t="s">
-        <v>320</v>
+      <c r="E516" s="21" t="s">
+        <v>1204</v>
       </c>
     </row>
     <row r="517" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A517" s="17"/>
       <c r="B517" s="18" t="s">
-        <v>318</v>
+        <v>828</v>
       </c>
       <c r="C517" s="19">
-        <v>45510</v>
+        <v>45931</v>
       </c>
       <c r="D517" s="20"/>
-      <c r="E517" s="34" t="s">
-        <v>321</v>
+      <c r="E517" s="21" t="s">
+        <v>633</v>
       </c>
     </row>
     <row r="518" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A518" s="17"/>
       <c r="B518" s="18" t="s">
-        <v>319</v>
+        <v>829</v>
       </c>
       <c r="C518" s="19">
-        <v>45042</v>
+        <v>45931</v>
       </c>
       <c r="D518" s="20"/>
-      <c r="E518" s="34" t="s">
-        <v>322</v>
+      <c r="E518" s="21" t="s">
+        <v>634</v>
       </c>
     </row>
     <row r="519" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A519" s="17"/>
       <c r="B519" s="18" t="s">
-        <v>170</v>
+        <v>98</v>
       </c>
       <c r="C519" s="19">
-        <v>45699</v>
+        <v>45846</v>
       </c>
       <c r="D519" s="20"/>
-      <c r="E519" s="34" t="s">
-        <v>323</v>
+      <c r="E519" s="21" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="520" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A520" s="17"/>
       <c r="B520" s="18" t="s">
-        <v>173</v>
+        <v>99</v>
       </c>
       <c r="C520" s="19">
-        <v>45298</v>
+        <v>45846</v>
       </c>
       <c r="D520" s="20"/>
-      <c r="E520" s="34" t="s">
-        <v>327</v>
+      <c r="E520" s="21" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="521" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A521" s="17"/>
       <c r="B521" s="18" t="s">
-        <v>174</v>
+        <v>830</v>
       </c>
       <c r="C521" s="19">
-        <v>45644</v>
+        <v>45931</v>
       </c>
       <c r="D521" s="20"/>
-      <c r="E521" s="22" t="s">
-        <v>328</v>
+      <c r="E521" s="21" t="s">
+        <v>635</v>
       </c>
     </row>
     <row r="522" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A522" s="17"/>
       <c r="B522" s="18" t="s">
-        <v>175</v>
+        <v>1207</v>
       </c>
       <c r="C522" s="19">
-        <v>45783</v>
+        <v>46008</v>
       </c>
       <c r="D522" s="20"/>
-      <c r="E522" s="34" t="s">
-        <v>325</v>
+      <c r="E522" s="21" t="s">
+        <v>1208</v>
       </c>
     </row>
     <row r="523" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A523" s="17"/>
       <c r="B523" s="18" t="s">
-        <v>176</v>
+        <v>100</v>
       </c>
       <c r="C523" s="19">
-        <v>45736</v>
+        <v>45782</v>
       </c>
       <c r="D523" s="20"/>
-      <c r="E523" s="34" t="s">
-        <v>326</v>
+      <c r="E523" s="21" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="524" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A524" s="17"/>
       <c r="B524" s="18" t="s">
-        <v>177</v>
+        <v>101</v>
       </c>
       <c r="C524" s="19">
-        <v>43757</v>
+        <v>45853</v>
       </c>
       <c r="D524" s="20"/>
-      <c r="E524" s="34" t="s">
-[...3 lines deleted...]
-    <row r="525" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="E524" s="21" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="525" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A525" s="17"/>
       <c r="B525" s="18" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="C525" s="19">
-        <v>45697</v>
+        <v>45796</v>
       </c>
       <c r="D525" s="20"/>
-      <c r="E525" s="55" t="s">
-        <v>48</v>
+      <c r="E525" s="21" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="526" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A526" s="17"/>
       <c r="B526" s="18" t="s">
-        <v>178</v>
+        <v>1209</v>
       </c>
       <c r="C526" s="19">
-        <v>45916</v>
+        <v>46008</v>
       </c>
       <c r="D526" s="20"/>
-      <c r="E526" s="34" t="s">
-        <v>187</v>
+      <c r="E526" s="21" t="s">
+        <v>1210</v>
       </c>
     </row>
     <row r="527" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A527" s="17"/>
       <c r="B527" s="18" t="s">
-        <v>179</v>
+        <v>831</v>
       </c>
       <c r="C527" s="19">
-        <v>45519</v>
+        <v>45931</v>
       </c>
       <c r="D527" s="20"/>
-      <c r="E527" s="55" t="s">
+      <c r="E527" s="21" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="528" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A528" s="50"/>
+      <c r="B528" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C528" s="19">
+        <v>45846</v>
+      </c>
+      <c r="D528" s="20"/>
+      <c r="E528" s="21" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A529" s="54"/>
+      <c r="B529" s="55" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C529" s="35">
+        <v>46008</v>
+      </c>
+      <c r="D529" s="56"/>
+      <c r="E529" s="57" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A530" s="48" t="s">
+        <v>106</v>
+      </c>
+      <c r="B530" s="49" t="s">
+        <v>835</v>
+      </c>
+      <c r="C530" s="29">
+        <v>44893</v>
+      </c>
+      <c r="D530" s="58" t="s">
+        <v>49</v>
+      </c>
+      <c r="E530" s="59" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="531" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A531" s="50"/>
+      <c r="B531" s="18" t="s">
+        <v>836</v>
+      </c>
+      <c r="C531" s="19">
+        <v>45584</v>
+      </c>
+      <c r="D531" s="20"/>
+      <c r="E531" s="53" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="528" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...50 lines deleted...]
-    </row>
     <row r="532" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A532" s="17"/>
+      <c r="A532" s="50"/>
       <c r="B532" s="18" t="s">
-        <v>184</v>
+        <v>107</v>
       </c>
       <c r="C532" s="19">
-        <v>45673</v>
+        <v>45855</v>
       </c>
       <c r="D532" s="20"/>
-      <c r="E532" s="34" t="s">
-        <v>333</v>
+      <c r="E532" s="60" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="533" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A533" s="17"/>
+      <c r="A533" s="50"/>
       <c r="B533" s="18" t="s">
-        <v>98</v>
+        <v>237</v>
       </c>
       <c r="C533" s="19">
-        <v>45226</v>
+        <v>45589</v>
       </c>
       <c r="D533" s="20"/>
-      <c r="E533" s="34" t="s">
-        <v>334</v>
+      <c r="E533" s="60" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="534" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A534" s="17"/>
+      <c r="A534" s="50"/>
       <c r="B534" s="18" t="s">
-        <v>185</v>
+        <v>837</v>
       </c>
       <c r="C534" s="19">
-        <v>45143</v>
+        <v>44288</v>
       </c>
       <c r="D534" s="20"/>
-      <c r="E534" s="34" t="s">
-        <v>335</v>
+      <c r="E534" s="60" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="535" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A535" s="17"/>
+      <c r="A535" s="50"/>
       <c r="B535" s="18" t="s">
-        <v>186</v>
+        <v>108</v>
       </c>
       <c r="C535" s="19">
-        <v>45643</v>
+        <v>45644</v>
       </c>
       <c r="D535" s="20"/>
-      <c r="E535" s="34" t="s">
-        <v>336</v>
+      <c r="E535" s="60" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="536" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A536" s="17"/>
+      <c r="A536" s="50"/>
       <c r="B536" s="18" t="s">
-        <v>189</v>
+        <v>109</v>
       </c>
       <c r="C536" s="19">
-        <v>45616</v>
+        <v>45598</v>
       </c>
       <c r="D536" s="20"/>
-      <c r="E536" s="34" t="s">
-[...4 lines deleted...]
-      <c r="A537" s="17"/>
+      <c r="E536" s="60" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="537" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A537" s="50"/>
       <c r="B537" s="18" t="s">
-        <v>338</v>
+        <v>838</v>
       </c>
       <c r="C537" s="19">
-        <v>44714</v>
+        <v>45624</v>
       </c>
       <c r="D537" s="20"/>
-      <c r="E537" s="34" t="s">
-        <v>339</v>
+      <c r="E537" s="21" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="538" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A538" s="17"/>
+      <c r="A538" s="50"/>
       <c r="B538" s="18" t="s">
-        <v>190</v>
+        <v>110</v>
       </c>
       <c r="C538" s="19">
-        <v>45684</v>
+        <v>45702</v>
       </c>
       <c r="D538" s="20"/>
-      <c r="E538" s="34" t="s">
-        <v>195</v>
+      <c r="E538" s="21" t="s">
+        <v>242</v>
       </c>
     </row>
     <row r="539" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A539" s="17"/>
       <c r="B539" s="18" t="s">
-        <v>191</v>
+        <v>111</v>
       </c>
       <c r="C539" s="19">
-        <v>45680</v>
+        <v>44336</v>
       </c>
       <c r="D539" s="20"/>
-      <c r="E539" s="34" t="s">
-        <v>340</v>
+      <c r="E539" s="21" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="540" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A540" s="17"/>
       <c r="B540" s="18" t="s">
-        <v>192</v>
+        <v>112</v>
       </c>
       <c r="C540" s="19">
-        <v>45282</v>
+        <v>43259</v>
       </c>
       <c r="D540" s="20"/>
-      <c r="E540" s="34" t="s">
-        <v>341</v>
+      <c r="E540" s="21" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="541" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A541" s="17"/>
       <c r="B541" s="18" t="s">
+        <v>244</v>
+      </c>
+      <c r="C541" s="19">
+        <v>45443</v>
+      </c>
+      <c r="D541" s="20"/>
+      <c r="E541" s="21" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="542" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A542" s="17"/>
+      <c r="B542" s="18" t="s">
+        <v>246</v>
+      </c>
+      <c r="C542" s="19">
+        <v>45610</v>
+      </c>
+      <c r="D542" s="20"/>
+      <c r="E542" s="21" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="543" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A543" s="17"/>
+      <c r="B543" s="18" t="s">
+        <v>248</v>
+      </c>
+      <c r="C543" s="19">
+        <v>45698</v>
+      </c>
+      <c r="D543" s="20"/>
+      <c r="E543" s="21" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="544" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A544" s="17"/>
+      <c r="B544" s="18" t="s">
+        <v>250</v>
+      </c>
+      <c r="C544" s="19">
+        <v>44427</v>
+      </c>
+      <c r="D544" s="20"/>
+      <c r="E544" s="21" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="545" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A545" s="17"/>
+      <c r="B545" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C545" s="19">
+        <v>45768</v>
+      </c>
+      <c r="D545" s="20"/>
+      <c r="E545" s="21" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="546" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A546" s="17"/>
+      <c r="B546" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C546" s="19">
+        <v>45611</v>
+      </c>
+      <c r="D546" s="20"/>
+      <c r="E546" s="21" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="547" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A547" s="17"/>
+      <c r="B547" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C547" s="19">
+        <v>45694</v>
+      </c>
+      <c r="D547" s="20"/>
+      <c r="E547" s="21" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="548" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A548" s="17"/>
+      <c r="B548" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C548" s="19">
+        <v>45660</v>
+      </c>
+      <c r="D548" s="20"/>
+      <c r="E548" s="21" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="549" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A549" s="17"/>
+      <c r="B549" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C549" s="19">
+        <v>45848</v>
+      </c>
+      <c r="D549" s="20"/>
+      <c r="E549" s="21" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="550" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A550" s="17"/>
+      <c r="B550" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C550" s="19">
+        <v>43973</v>
+      </c>
+      <c r="D550" s="20"/>
+      <c r="E550" s="21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="551" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A551" s="17"/>
+      <c r="B551" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C551" s="19">
+        <v>44307</v>
+      </c>
+      <c r="D551" s="20"/>
+      <c r="E551" s="21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="552" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A552" s="17"/>
+      <c r="B552" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C552" s="19">
+        <v>45454</v>
+      </c>
+      <c r="D552" s="20"/>
+      <c r="E552" s="61" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="553" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A553" s="17"/>
+      <c r="B553" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="C553" s="19">
+        <v>45267</v>
+      </c>
+      <c r="D553" s="20"/>
+      <c r="E553" s="21" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="554" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A554" s="17"/>
+      <c r="B554" s="18" t="s">
+        <v>259</v>
+      </c>
+      <c r="C554" s="19">
+        <v>45744</v>
+      </c>
+      <c r="D554" s="20"/>
+      <c r="E554" s="21" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="555" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A555" s="17"/>
+      <c r="B555" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C555" s="19">
+        <v>44603</v>
+      </c>
+      <c r="D555" s="20"/>
+      <c r="E555" s="21" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="556" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A556" s="17"/>
+      <c r="B556" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C556" s="19">
+        <v>45153</v>
+      </c>
+      <c r="D556" s="20"/>
+      <c r="E556" s="21" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="557" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A557" s="17"/>
+      <c r="B557" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C557" s="19">
+        <v>45579</v>
+      </c>
+      <c r="D557" s="20"/>
+      <c r="E557" s="21" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="558" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A558" s="17"/>
+      <c r="B558" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C558" s="19">
+        <v>45749</v>
+      </c>
+      <c r="D558" s="20"/>
+      <c r="E558" s="21" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="559" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A559" s="17"/>
+      <c r="B559" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C559" s="19">
+        <v>45298</v>
+      </c>
+      <c r="D559" s="20"/>
+      <c r="E559" s="21" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="560" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A560" s="17"/>
+      <c r="B560" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="C560" s="19">
+        <v>45672</v>
+      </c>
+      <c r="D560" s="20"/>
+      <c r="E560" s="21" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="561" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A561" s="17"/>
+      <c r="B561" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="C561" s="19">
+        <v>45437</v>
+      </c>
+      <c r="D561" s="20"/>
+      <c r="E561" s="21" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="562" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A562" s="17"/>
+      <c r="B562" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="C562" s="19">
+        <v>45530</v>
+      </c>
+      <c r="D562" s="20"/>
+      <c r="E562" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="563" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A563" s="17"/>
+      <c r="B563" s="18" t="s">
+        <v>271</v>
+      </c>
+      <c r="C563" s="19">
+        <v>45771</v>
+      </c>
+      <c r="D563" s="20"/>
+      <c r="E563" s="60" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="564" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A564" s="17"/>
+      <c r="B564" s="18" t="s">
+        <v>272</v>
+      </c>
+      <c r="C564" s="19">
+        <v>45667</v>
+      </c>
+      <c r="D564" s="20"/>
+      <c r="E564" s="60" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="565" spans="1:5" s="6" customFormat="1" ht="30.6">
+      <c r="A565" s="17"/>
+      <c r="B565" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C565" s="19">
+        <v>45583</v>
+      </c>
+      <c r="D565" s="20"/>
+      <c r="E565" s="62" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="566" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A566" s="17"/>
+      <c r="B566" s="18" t="s">
+        <v>276</v>
+      </c>
+      <c r="C566" s="19">
+        <v>43312</v>
+      </c>
+      <c r="D566" s="20"/>
+      <c r="E566" s="60" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="567" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A567" s="17"/>
+      <c r="B567" s="18" t="s">
+        <v>277</v>
+      </c>
+      <c r="C567" s="19">
+        <v>45815</v>
+      </c>
+      <c r="D567" s="20"/>
+      <c r="E567" s="60" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="568" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A568" s="17"/>
+      <c r="B568" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C568" s="19">
+        <v>45619</v>
+      </c>
+      <c r="D568" s="20"/>
+      <c r="E568" s="60" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="569" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A569" s="17"/>
+      <c r="B569" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="C569" s="19">
+        <v>45742</v>
+      </c>
+      <c r="D569" s="20"/>
+      <c r="E569" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="570" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A570" s="17"/>
+      <c r="B570" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="C570" s="19">
+        <v>45593</v>
+      </c>
+      <c r="D570" s="20"/>
+      <c r="E570" s="60" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="571" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A571" s="17"/>
+      <c r="B571" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C571" s="19">
+        <v>45491</v>
+      </c>
+      <c r="D571" s="20"/>
+      <c r="E571" s="60" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="572" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A572" s="17"/>
+      <c r="B572" s="18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C572" s="19">
+        <v>45598</v>
+      </c>
+      <c r="D572" s="20"/>
+      <c r="E572" s="60" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="573" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A573" s="17"/>
+      <c r="B573" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C573" s="19">
+        <v>45747</v>
+      </c>
+      <c r="D573" s="20"/>
+      <c r="E573" s="60" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="574" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A574" s="17"/>
+      <c r="B574" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C574" s="19">
+        <v>45561</v>
+      </c>
+      <c r="D574" s="20"/>
+      <c r="E574" s="60" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="575" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A575" s="17"/>
+      <c r="B575" s="18" t="s">
+        <v>839</v>
+      </c>
+      <c r="C575" s="19">
+        <v>45057</v>
+      </c>
+      <c r="D575" s="20"/>
+      <c r="E575" s="60" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="576" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A576" s="17"/>
+      <c r="B576" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C576" s="19">
+        <v>43724</v>
+      </c>
+      <c r="D576" s="20"/>
+      <c r="E576" s="32" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="577" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A577" s="17"/>
+      <c r="B577" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C577" s="19">
+        <v>45654</v>
+      </c>
+      <c r="D577" s="20"/>
+      <c r="E577" s="32" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="578" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A578" s="63"/>
+      <c r="B578" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C578" s="19">
+        <v>45740</v>
+      </c>
+      <c r="D578" s="64"/>
+      <c r="E578" s="22" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="579" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A579" s="17"/>
+      <c r="B579" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C579" s="19">
+        <v>45848</v>
+      </c>
+      <c r="D579" s="20"/>
+      <c r="E579" s="32" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="580" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A580" s="17"/>
+      <c r="B580" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C580" s="19">
+        <v>45772</v>
+      </c>
+      <c r="D580" s="20"/>
+      <c r="E580" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="581" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A581" s="17"/>
+      <c r="B581" s="18" t="s">
+        <v>292</v>
+      </c>
+      <c r="C581" s="19">
+        <v>45771</v>
+      </c>
+      <c r="D581" s="20"/>
+      <c r="E581" s="32" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="582" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A582" s="17"/>
+      <c r="B582" s="18" t="s">
+        <v>293</v>
+      </c>
+      <c r="C582" s="19">
+        <v>45209</v>
+      </c>
+      <c r="D582" s="20"/>
+      <c r="E582" s="52" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="583" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A583" s="17"/>
+      <c r="B583" s="18" t="s">
+        <v>295</v>
+      </c>
+      <c r="C583" s="19">
+        <v>44417</v>
+      </c>
+      <c r="D583" s="20"/>
+      <c r="E583" s="32" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="584" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A584" s="17"/>
+      <c r="B584" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C584" s="19">
+        <v>43956</v>
+      </c>
+      <c r="D584" s="20"/>
+      <c r="E584" s="32" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="585" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A585" s="17"/>
+      <c r="B585" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C585" s="19">
+        <v>45761</v>
+      </c>
+      <c r="D585" s="20"/>
+      <c r="E585" s="32" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="586" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A586" s="17"/>
+      <c r="B586" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C586" s="19">
+        <v>44291</v>
+      </c>
+      <c r="D586" s="20"/>
+      <c r="E586" s="32" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="587" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A587" s="17"/>
+      <c r="B587" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C587" s="19">
+        <v>44992</v>
+      </c>
+      <c r="D587" s="20"/>
+      <c r="E587" s="32" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="588" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A588" s="17"/>
+      <c r="B588" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C588" s="19">
+        <v>45839</v>
+      </c>
+      <c r="D588" s="20"/>
+      <c r="E588" s="32" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="589" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A589" s="17"/>
+      <c r="B589" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C589" s="19">
+        <v>45366</v>
+      </c>
+      <c r="D589" s="20"/>
+      <c r="E589" s="32" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="590" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A590" s="17"/>
+      <c r="B590" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C590" s="19">
+        <v>45855</v>
+      </c>
+      <c r="D590" s="20"/>
+      <c r="E590" s="32" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="591" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A591" s="17"/>
+      <c r="B591" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C591" s="19">
+        <v>45761</v>
+      </c>
+      <c r="D591" s="20"/>
+      <c r="E591" s="32" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="592" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A592" s="17"/>
+      <c r="B592" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C592" s="19">
+        <v>45636</v>
+      </c>
+      <c r="D592" s="20"/>
+      <c r="E592" s="32" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="593" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A593" s="17"/>
+      <c r="B593" s="18" t="s">
+        <v>153</v>
+      </c>
+      <c r="C593" s="19">
+        <v>44062</v>
+      </c>
+      <c r="D593" s="20"/>
+      <c r="E593" s="32" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="594" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A594" s="17"/>
+      <c r="B594" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C594" s="19">
+        <v>45676</v>
+      </c>
+      <c r="D594" s="20"/>
+      <c r="E594" s="32" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="595" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A595" s="17"/>
+      <c r="B595" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="C595" s="19">
+        <v>45841</v>
+      </c>
+      <c r="D595" s="20"/>
+      <c r="E595" s="32" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="596" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A596" s="17"/>
+      <c r="B596" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="C596" s="19">
+        <v>45400</v>
+      </c>
+      <c r="D596" s="20"/>
+      <c r="E596" s="32" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="597" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A597" s="17"/>
+      <c r="B597" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="C597" s="19">
+        <v>45755</v>
+      </c>
+      <c r="D597" s="20"/>
+      <c r="E597" s="32" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="598" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A598" s="17"/>
+      <c r="B598" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="C598" s="19">
+        <v>45757</v>
+      </c>
+      <c r="D598" s="20"/>
+      <c r="E598" s="32" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="599" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A599" s="17"/>
+      <c r="B599" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="C599" s="19">
+        <v>44735</v>
+      </c>
+      <c r="D599" s="20"/>
+      <c r="E599" s="32" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="600" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A600" s="17"/>
+      <c r="B600" s="18" t="s">
+        <v>161</v>
+      </c>
+      <c r="C600" s="19">
+        <v>45729</v>
+      </c>
+      <c r="D600" s="20"/>
+      <c r="E600" s="32" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="601" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A601" s="17"/>
+      <c r="B601" s="18" t="s">
+        <v>840</v>
+      </c>
+      <c r="C601" s="19">
+        <v>45136</v>
+      </c>
+      <c r="D601" s="20"/>
+      <c r="E601" s="32" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="602" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A602" s="17"/>
+      <c r="B602" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="C602" s="19">
+        <v>45428</v>
+      </c>
+      <c r="D602" s="20"/>
+      <c r="E602" s="32" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="603" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A603" s="17"/>
+      <c r="B603" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="C603" s="19">
+        <v>45646</v>
+      </c>
+      <c r="D603" s="20"/>
+      <c r="E603" s="32" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="604" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A604" s="17"/>
+      <c r="B604" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="C604" s="19">
+        <v>45674</v>
+      </c>
+      <c r="D604" s="20"/>
+      <c r="E604" s="32" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="605" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A605" s="17"/>
+      <c r="B605" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="C605" s="19">
+        <v>45530</v>
+      </c>
+      <c r="D605" s="20"/>
+      <c r="E605" s="32" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="606" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A606" s="17"/>
+      <c r="B606" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="C606" s="19">
+        <v>44103</v>
+      </c>
+      <c r="D606" s="20"/>
+      <c r="E606" s="32" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="607" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A607" s="17"/>
+      <c r="B607" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="C607" s="19">
+        <v>45741</v>
+      </c>
+      <c r="D607" s="20"/>
+      <c r="E607" s="32" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="608" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A608" s="17"/>
+      <c r="B608" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="C608" s="19">
+        <v>45678</v>
+      </c>
+      <c r="D608" s="20"/>
+      <c r="E608" s="32" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="609" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A609" s="17"/>
+      <c r="B609" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="C609" s="19">
+        <v>45643</v>
+      </c>
+      <c r="D609" s="20"/>
+      <c r="E609" s="32" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="610" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A610" s="17"/>
+      <c r="B610" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="C610" s="19">
+        <v>45510</v>
+      </c>
+      <c r="D610" s="20"/>
+      <c r="E610" s="32" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="611" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A611" s="17"/>
+      <c r="B611" s="18" t="s">
+        <v>319</v>
+      </c>
+      <c r="C611" s="19">
+        <v>45042</v>
+      </c>
+      <c r="D611" s="20"/>
+      <c r="E611" s="32" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="612" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A612" s="17"/>
+      <c r="B612" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="C612" s="19">
+        <v>45699</v>
+      </c>
+      <c r="D612" s="20"/>
+      <c r="E612" s="32" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="613" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A613" s="17"/>
+      <c r="B613" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="C613" s="19">
+        <v>45298</v>
+      </c>
+      <c r="D613" s="20"/>
+      <c r="E613" s="32" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="614" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A614" s="17"/>
+      <c r="B614" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="C614" s="19">
+        <v>45644</v>
+      </c>
+      <c r="D614" s="20"/>
+      <c r="E614" s="22" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="615" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A615" s="17"/>
+      <c r="B615" s="18" t="s">
+        <v>175</v>
+      </c>
+      <c r="C615" s="19">
+        <v>45783</v>
+      </c>
+      <c r="D615" s="20"/>
+      <c r="E615" s="32" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="616" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A616" s="17"/>
+      <c r="B616" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="C616" s="19">
+        <v>45736</v>
+      </c>
+      <c r="D616" s="20"/>
+      <c r="E616" s="32" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="617" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A617" s="17"/>
+      <c r="B617" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="C617" s="19">
+        <v>43757</v>
+      </c>
+      <c r="D617" s="20"/>
+      <c r="E617" s="32" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="618" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A618" s="17"/>
+      <c r="B618" s="18" t="s">
+        <v>324</v>
+      </c>
+      <c r="C618" s="19">
+        <v>45697</v>
+      </c>
+      <c r="D618" s="20"/>
+      <c r="E618" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="619" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A619" s="17"/>
+      <c r="B619" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="C619" s="19">
+        <v>45916</v>
+      </c>
+      <c r="D619" s="20"/>
+      <c r="E619" s="32" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="620" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A620" s="17"/>
+      <c r="B620" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="C620" s="19">
+        <v>45519</v>
+      </c>
+      <c r="D620" s="20"/>
+      <c r="E620" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="621" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A621" s="17"/>
+      <c r="B621" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="C621" s="19">
+        <v>46016</v>
+      </c>
+      <c r="D621" s="20"/>
+      <c r="E621" s="32" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="622" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A622" s="17"/>
+      <c r="B622" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="C622" s="19">
+        <v>45742</v>
+      </c>
+      <c r="D622" s="20"/>
+      <c r="E622" s="32" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="623" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A623" s="17"/>
+      <c r="B623" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="C623" s="19">
+        <v>45852</v>
+      </c>
+      <c r="D623" s="20"/>
+      <c r="E623" s="32" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="624" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A624" s="17"/>
+      <c r="B624" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="C624" s="19">
+        <v>45722</v>
+      </c>
+      <c r="D624" s="20"/>
+      <c r="E624" s="32" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="625" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A625" s="17"/>
+      <c r="B625" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="C625" s="19">
+        <v>45673</v>
+      </c>
+      <c r="D625" s="20"/>
+      <c r="E625" s="32" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="626" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A626" s="17"/>
+      <c r="B626" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C626" s="19">
+        <v>45226</v>
+      </c>
+      <c r="D626" s="20"/>
+      <c r="E626" s="32" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="627" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A627" s="17"/>
+      <c r="B627" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="C627" s="19">
+        <v>45143</v>
+      </c>
+      <c r="D627" s="20"/>
+      <c r="E627" s="32" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="628" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A628" s="17"/>
+      <c r="B628" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="C628" s="19">
+        <v>45643</v>
+      </c>
+      <c r="D628" s="20"/>
+      <c r="E628" s="32" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="629" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A629" s="17"/>
+      <c r="B629" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="C629" s="19">
+        <v>45616</v>
+      </c>
+      <c r="D629" s="20"/>
+      <c r="E629" s="32" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="630" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A630" s="17"/>
+      <c r="B630" s="18" t="s">
+        <v>338</v>
+      </c>
+      <c r="C630" s="19">
+        <v>44714</v>
+      </c>
+      <c r="D630" s="20"/>
+      <c r="E630" s="32" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="631" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A631" s="17"/>
+      <c r="B631" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="C631" s="19">
+        <v>45684</v>
+      </c>
+      <c r="D631" s="20"/>
+      <c r="E631" s="32" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="632" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A632" s="17"/>
+      <c r="B632" s="18" t="s">
+        <v>191</v>
+      </c>
+      <c r="C632" s="19">
+        <v>45680</v>
+      </c>
+      <c r="D632" s="20"/>
+      <c r="E632" s="32" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="633" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A633" s="17"/>
+      <c r="B633" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C633" s="19">
+        <v>45282</v>
+      </c>
+      <c r="D633" s="20"/>
+      <c r="E633" s="32" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="634" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A634" s="17"/>
+      <c r="B634" s="18" t="s">
         <v>193</v>
       </c>
-      <c r="C541" s="19">
+      <c r="C634" s="19">
         <v>45743</v>
       </c>
-      <c r="D541" s="20"/>
-      <c r="E541" s="34" t="s">
+      <c r="D634" s="20"/>
+      <c r="E634" s="32" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="542" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B542" s="18" t="s">
+    <row r="635" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A635" s="50"/>
+      <c r="B635" s="18" t="s">
         <v>194</v>
       </c>
-      <c r="C542" s="19">
+      <c r="C635" s="19">
         <v>43670</v>
       </c>
-      <c r="D542" s="43"/>
-      <c r="E542" s="34" t="s">
+      <c r="D635" s="41"/>
+      <c r="E635" s="32" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="543" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
-[...1 lines deleted...]
-      <c r="B543" s="57" t="s">
+    <row r="636" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A636" s="54"/>
+      <c r="B636" s="55" t="s">
         <v>342</v>
       </c>
-      <c r="C543" s="37">
+      <c r="C636" s="35">
         <v>45590</v>
       </c>
-      <c r="D543" s="67"/>
-      <c r="E543" s="39" t="s">
+      <c r="D636" s="65"/>
+      <c r="E636" s="37" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="544" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...3 lines deleted...]
-      <c r="B544" s="51" t="s">
+    <row r="637" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A637" s="89" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B637" s="49" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C637" s="29">
+        <v>45699</v>
+      </c>
+      <c r="D637" s="90"/>
+      <c r="E637" s="30" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="638" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A638" s="91"/>
+      <c r="B638" s="18" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C638" s="19">
+        <v>45972</v>
+      </c>
+      <c r="D638" s="2"/>
+      <c r="E638" s="32" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="639" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A639" s="91"/>
+      <c r="B639" s="18" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C639" s="19">
+        <v>45721</v>
+      </c>
+      <c r="D639" s="2"/>
+      <c r="E639" s="32" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="640" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A640" s="91"/>
+      <c r="B640" s="18" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C640" s="19">
+        <v>45699</v>
+      </c>
+      <c r="D640" s="2"/>
+      <c r="E640" s="32" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="641" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A641" s="91"/>
+      <c r="B641" s="18" t="s">
         <v>1227</v>
       </c>
-      <c r="C544" s="30">
+      <c r="C641" s="19">
         <v>45699</v>
       </c>
-      <c r="D544" s="93"/>
-      <c r="E544" s="32" t="s">
+      <c r="D641" s="2"/>
+      <c r="E641" s="32" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="642" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A642" s="92"/>
+      <c r="B642" s="18" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C642" s="19">
+        <v>45708</v>
+      </c>
+      <c r="D642" s="2"/>
+      <c r="E642" s="32" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="643" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A643" s="92"/>
+      <c r="B643" s="18" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C643" s="19">
+        <v>45708</v>
+      </c>
+      <c r="D643" s="2"/>
+      <c r="E643" s="32" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="644" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A644" s="92"/>
+      <c r="B644" s="18" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C644" s="19">
+        <v>45947</v>
+      </c>
+      <c r="D644" s="2"/>
+      <c r="E644" s="32" t="s">
         <v>1244</v>
       </c>
     </row>
-    <row r="545" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...14 lines deleted...]
-      <c r="B546" s="18" t="s">
+    <row r="645" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A645" s="91"/>
+      <c r="B645" s="18" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C645" s="19">
+        <v>45708</v>
+      </c>
+      <c r="D645" s="2"/>
+      <c r="E645" s="32" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="646" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A646" s="91"/>
+      <c r="B646" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C646" s="19">
+        <v>45721</v>
+      </c>
+      <c r="D646" s="2"/>
+      <c r="E646" s="32" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="647" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A647" s="91"/>
+      <c r="B647" s="18" t="s">
+        <v>713</v>
+      </c>
+      <c r="C647" s="19" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D647" s="2"/>
+      <c r="E647" s="32" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="648" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A648" s="91"/>
+      <c r="B648" s="18" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C648" s="19">
+        <v>45966</v>
+      </c>
+      <c r="D648" s="2"/>
+      <c r="E648" s="32" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="649" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A649" s="91"/>
+      <c r="B649" s="18" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C649" s="19">
+        <v>45708</v>
+      </c>
+      <c r="D649" s="2"/>
+      <c r="E649" s="32" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="650" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A650" s="91"/>
+      <c r="B650" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C650" s="19">
+        <v>45699</v>
+      </c>
+      <c r="D650" s="2"/>
+      <c r="E650" s="32" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="651" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A651" s="91"/>
+      <c r="B651" s="18" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C651" s="19">
+        <v>45708</v>
+      </c>
+      <c r="D651" s="2"/>
+      <c r="E651" s="32" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="652" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A652" s="91"/>
+      <c r="B652" s="18" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C652" s="19">
+        <v>45699</v>
+      </c>
+      <c r="D652" s="2"/>
+      <c r="E652" s="32" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="653" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A653" s="91"/>
+      <c r="B653" s="18" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C653" s="19">
+        <v>45708</v>
+      </c>
+      <c r="D653" s="2"/>
+      <c r="E653" s="32" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="654" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A654" s="91"/>
+      <c r="B654" s="18" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C654" s="19">
+        <v>45708</v>
+      </c>
+      <c r="D654" s="2"/>
+      <c r="E654" s="32" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="655" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A655" s="91"/>
+      <c r="B655" s="18" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C655" s="19">
+        <v>45818</v>
+      </c>
+      <c r="D655" s="2"/>
+      <c r="E655" s="32" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="656" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A656" s="91"/>
+      <c r="B656" s="18" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C656" s="19">
+        <v>45699</v>
+      </c>
+      <c r="D656" s="2"/>
+      <c r="E656" s="32" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="657" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A657" s="91"/>
+      <c r="B657" s="18" t="s">
         <v>1299</v>
       </c>
-      <c r="C546" s="19">
-[...3 lines deleted...]
-      <c r="E546" s="34" t="s">
+      <c r="C657" s="19">
+        <v>45975</v>
+      </c>
+      <c r="D657" s="2"/>
+      <c r="E657" s="32" t="s">
         <v>1300</v>
       </c>
     </row>
-    <row r="547" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...4 lines deleted...]
-      <c r="C547" s="19">
+    <row r="658" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A658" s="93"/>
+      <c r="B658" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C658" s="19">
         <v>45699</v>
       </c>
-      <c r="D547" s="2"/>
-[...188 lines deleted...]
-      <c r="B562" s="18" t="s">
+      <c r="D658" s="2"/>
+      <c r="E658" s="32" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="659" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A659" s="93"/>
+      <c r="B659" s="18" t="s">
         <v>1240</v>
       </c>
-      <c r="C562" s="19">
-[...3 lines deleted...]
-      <c r="E562" s="34" t="s">
+      <c r="C659" s="19">
+        <v>45958</v>
+      </c>
+      <c r="D659" s="2"/>
+      <c r="E659" s="32" t="s">
         <v>1256</v>
       </c>
     </row>
-    <row r="563" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B563" s="18" t="s">
+    <row r="660" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A660" s="93"/>
+      <c r="B660" s="18" t="s">
+        <v>743</v>
+      </c>
+      <c r="C660" s="19">
+        <v>45903</v>
+      </c>
+      <c r="D660" s="2"/>
+      <c r="E660" s="32" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="661" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A661" s="93"/>
+      <c r="B661" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C661" s="19">
+        <v>45783</v>
+      </c>
+      <c r="D661" s="2"/>
+      <c r="E661" s="32" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="662" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A662" s="94"/>
+      <c r="B662" s="55" t="s">
         <v>1241</v>
       </c>
-      <c r="C563" s="19">
-[...3 lines deleted...]
-      <c r="E563" s="34" t="s">
+      <c r="C662" s="35">
+        <v>45904</v>
+      </c>
+      <c r="D662" s="95"/>
+      <c r="E662" s="37" t="s">
         <v>1257</v>
       </c>
     </row>
-    <row r="564" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...366 lines deleted...]
-    <row r="704" s="1" customFormat="1"/>
+    <row r="663" spans="1:5" s="6" customFormat="1">
+      <c r="A663" s="10"/>
+      <c r="B663" s="3"/>
+      <c r="C663" s="2"/>
+      <c r="D663" s="2"/>
+      <c r="E663" s="11"/>
+    </row>
+    <row r="664" spans="1:5" s="6" customFormat="1">
+      <c r="A664" s="10"/>
+      <c r="B664" s="3"/>
+      <c r="C664" s="2"/>
+      <c r="D664" s="2"/>
+      <c r="E664" s="11"/>
+    </row>
+    <row r="665" spans="1:5" s="6" customFormat="1">
+      <c r="A665" s="2"/>
+      <c r="B665" s="3"/>
+      <c r="C665" s="8"/>
+      <c r="D665" s="2"/>
+      <c r="E665" s="13"/>
+    </row>
+    <row r="666" spans="1:5" s="6" customFormat="1">
+      <c r="A666" s="2"/>
+      <c r="B666" s="3"/>
+      <c r="C666" s="8"/>
+      <c r="D666" s="2"/>
+      <c r="E666" s="13"/>
+    </row>
+    <row r="667" spans="1:5" s="6" customFormat="1">
+      <c r="A667" s="2"/>
+      <c r="B667" s="3"/>
+      <c r="C667" s="12"/>
+      <c r="D667" s="2"/>
+      <c r="E667" s="4"/>
+    </row>
+    <row r="668" spans="1:5" s="6" customFormat="1">
+      <c r="A668" s="2"/>
+      <c r="B668" s="3"/>
+      <c r="C668" s="8"/>
+      <c r="D668" s="2"/>
+      <c r="E668" s="11"/>
+    </row>
+    <row r="669" spans="1:5" s="6" customFormat="1">
+      <c r="A669" s="2"/>
+      <c r="B669" s="3"/>
+      <c r="C669" s="8"/>
+      <c r="D669" s="2"/>
+      <c r="E669" s="4"/>
+    </row>
+    <row r="670" spans="1:5" s="6" customFormat="1">
+      <c r="A670" s="2"/>
+      <c r="B670" s="3"/>
+      <c r="C670" s="8"/>
+      <c r="D670" s="5"/>
+      <c r="E670" s="11"/>
+    </row>
+    <row r="671" spans="1:5" s="6" customFormat="1">
+      <c r="A671" s="14"/>
+    </row>
+    <row r="672" spans="1:5" s="6" customFormat="1">
+      <c r="A672" s="2"/>
+      <c r="B672" s="3"/>
+      <c r="C672" s="8"/>
+      <c r="D672" s="2"/>
+      <c r="E672" s="9"/>
+    </row>
+    <row r="673" spans="1:5" s="6" customFormat="1">
+      <c r="A673" s="2"/>
+      <c r="B673" s="3"/>
+      <c r="C673" s="8"/>
+      <c r="D673" s="2"/>
+      <c r="E673" s="9"/>
+    </row>
+    <row r="674" spans="1:5" s="6" customFormat="1">
+      <c r="A674" s="2"/>
+      <c r="B674" s="3"/>
+      <c r="C674" s="8"/>
+      <c r="D674" s="2"/>
+      <c r="E674" s="11"/>
+    </row>
+    <row r="675" spans="1:5" s="6" customFormat="1">
+      <c r="A675" s="2"/>
+      <c r="B675" s="3"/>
+      <c r="C675" s="8"/>
+      <c r="D675" s="2"/>
+      <c r="E675" s="11"/>
+    </row>
+    <row r="676" spans="1:5" s="6" customFormat="1">
+      <c r="A676" s="2"/>
+      <c r="B676" s="3"/>
+      <c r="C676" s="8"/>
+      <c r="D676" s="2"/>
+      <c r="E676" s="4"/>
+    </row>
+    <row r="677" spans="1:5" s="6" customFormat="1">
+      <c r="A677" s="2"/>
+      <c r="B677" s="3"/>
+      <c r="C677" s="8"/>
+      <c r="D677" s="2"/>
+      <c r="E677" s="4"/>
+    </row>
+    <row r="678" spans="1:5" s="6" customFormat="1">
+      <c r="A678" s="2"/>
+      <c r="B678" s="3"/>
+      <c r="C678" s="2"/>
+      <c r="D678" s="2"/>
+      <c r="E678" s="4"/>
+    </row>
+    <row r="679" spans="1:5" s="6" customFormat="1">
+      <c r="A679" s="2"/>
+      <c r="B679" s="3"/>
+      <c r="C679" s="2"/>
+      <c r="D679" s="2"/>
+      <c r="E679" s="4"/>
+    </row>
+    <row r="680" spans="1:5" s="6" customFormat="1" ht="15">
+      <c r="A680" s="15"/>
+      <c r="B680" s="3"/>
+      <c r="C680" s="8"/>
+      <c r="D680" s="2"/>
+      <c r="E680" s="4"/>
+    </row>
+    <row r="681" spans="1:5" s="6" customFormat="1" ht="15">
+      <c r="A681" s="15"/>
+      <c r="B681" s="3"/>
+      <c r="C681" s="8"/>
+      <c r="D681" s="2"/>
+      <c r="E681" s="4"/>
+    </row>
+    <row r="682" spans="1:5" s="6" customFormat="1">
+      <c r="A682" s="2"/>
+      <c r="B682" s="3"/>
+      <c r="C682" s="2"/>
+      <c r="D682" s="2"/>
+      <c r="E682" s="13"/>
+    </row>
+    <row r="683" spans="1:5" s="6" customFormat="1">
+      <c r="A683" s="2"/>
+      <c r="B683" s="3"/>
+      <c r="C683" s="2"/>
+      <c r="D683" s="2"/>
+      <c r="E683" s="13"/>
+    </row>
+    <row r="684" spans="1:5" s="6" customFormat="1">
+      <c r="A684" s="2"/>
+      <c r="B684" s="3"/>
+      <c r="C684" s="2"/>
+      <c r="D684" s="2"/>
+      <c r="E684" s="11"/>
+    </row>
+    <row r="685" spans="1:5" s="6" customFormat="1">
+      <c r="A685" s="2"/>
+      <c r="B685" s="3"/>
+      <c r="C685" s="2"/>
+      <c r="D685" s="2"/>
+      <c r="E685" s="13"/>
+    </row>
+    <row r="686" spans="1:5" s="6" customFormat="1">
+      <c r="A686" s="2"/>
+      <c r="B686" s="3"/>
+      <c r="C686" s="2"/>
+      <c r="D686" s="2"/>
+      <c r="E686" s="13"/>
+    </row>
+    <row r="687" spans="1:5" s="6" customFormat="1">
+      <c r="A687" s="2"/>
+      <c r="B687" s="3"/>
+      <c r="C687" s="8"/>
+      <c r="D687" s="2"/>
+      <c r="E687" s="4"/>
+    </row>
+    <row r="688" spans="1:5" s="6" customFormat="1">
+      <c r="A688" s="2"/>
+      <c r="B688" s="3"/>
+      <c r="C688" s="8"/>
+      <c r="D688" s="2"/>
+      <c r="E688" s="4"/>
+    </row>
+    <row r="689" spans="1:5" s="6" customFormat="1">
+      <c r="A689" s="2"/>
+      <c r="B689" s="3"/>
+      <c r="C689" s="8"/>
+      <c r="D689" s="2"/>
+      <c r="E689" s="13"/>
+    </row>
+    <row r="690" spans="1:5" s="6" customFormat="1">
+      <c r="A690" s="2"/>
+      <c r="B690" s="3"/>
+      <c r="C690" s="8"/>
+      <c r="D690" s="2"/>
+      <c r="E690" s="13"/>
+    </row>
+    <row r="691" spans="1:5" s="6" customFormat="1"/>
+    <row r="692" spans="1:5" s="6" customFormat="1"/>
     <row r="705" s="1" customFormat="1"/>
     <row r="706" s="1" customFormat="1"/>
     <row r="707" s="1" customFormat="1"/>
     <row r="708" s="1" customFormat="1"/>
     <row r="709" s="1" customFormat="1"/>
     <row r="710" s="1" customFormat="1"/>
     <row r="711" s="1" customFormat="1"/>
     <row r="712" s="1" customFormat="1"/>
     <row r="713" s="1" customFormat="1"/>
     <row r="714" s="1" customFormat="1"/>
     <row r="715" s="1" customFormat="1"/>
     <row r="716" s="1" customFormat="1"/>
     <row r="717" s="1" customFormat="1"/>
     <row r="718" s="1" customFormat="1"/>
     <row r="719" s="1" customFormat="1"/>
     <row r="720" s="1" customFormat="1"/>
     <row r="721" s="1" customFormat="1"/>
     <row r="722" s="1" customFormat="1"/>
     <row r="723" s="1" customFormat="1"/>
     <row r="724" s="1" customFormat="1"/>
     <row r="725" s="1" customFormat="1"/>
     <row r="726" s="1" customFormat="1"/>
     <row r="727" s="1" customFormat="1"/>
     <row r="728" s="1" customFormat="1"/>
     <row r="729" s="1" customFormat="1"/>
@@ -14091,154 +16322,257 @@
     <row r="847" s="1" customFormat="1"/>
     <row r="848" s="1" customFormat="1"/>
     <row r="849" s="1" customFormat="1"/>
     <row r="850" s="1" customFormat="1"/>
     <row r="851" s="1" customFormat="1"/>
     <row r="852" s="1" customFormat="1"/>
     <row r="853" s="1" customFormat="1"/>
     <row r="854" s="1" customFormat="1"/>
     <row r="855" s="1" customFormat="1"/>
     <row r="856" s="1" customFormat="1"/>
     <row r="857" s="1" customFormat="1"/>
     <row r="858" s="1" customFormat="1"/>
     <row r="859" s="1" customFormat="1"/>
     <row r="860" s="1" customFormat="1"/>
     <row r="861" s="1" customFormat="1"/>
     <row r="862" s="1" customFormat="1"/>
     <row r="863" s="1" customFormat="1"/>
     <row r="864" s="1" customFormat="1"/>
     <row r="865" s="1" customFormat="1"/>
     <row r="866" s="1" customFormat="1"/>
     <row r="867" s="1" customFormat="1"/>
     <row r="868" s="1" customFormat="1"/>
     <row r="869" s="1" customFormat="1"/>
     <row r="870" s="1" customFormat="1"/>
     <row r="871" s="1" customFormat="1"/>
+    <row r="872" s="1" customFormat="1"/>
+    <row r="873" s="1" customFormat="1"/>
+    <row r="874" s="1" customFormat="1"/>
+    <row r="875" s="1" customFormat="1"/>
+    <row r="876" s="1" customFormat="1"/>
+    <row r="877" s="1" customFormat="1"/>
+    <row r="878" s="1" customFormat="1"/>
+    <row r="879" s="1" customFormat="1"/>
+    <row r="880" s="1" customFormat="1"/>
+    <row r="881" s="1" customFormat="1"/>
+    <row r="882" s="1" customFormat="1"/>
+    <row r="883" s="1" customFormat="1"/>
+    <row r="884" s="1" customFormat="1"/>
+    <row r="885" s="1" customFormat="1"/>
+    <row r="886" s="1" customFormat="1"/>
+    <row r="887" s="1" customFormat="1"/>
+    <row r="888" s="1" customFormat="1"/>
+    <row r="889" s="1" customFormat="1"/>
+    <row r="890" s="1" customFormat="1"/>
+    <row r="891" s="1" customFormat="1"/>
+    <row r="892" s="1" customFormat="1"/>
+    <row r="893" s="1" customFormat="1"/>
+    <row r="894" s="1" customFormat="1"/>
+    <row r="895" s="1" customFormat="1"/>
+    <row r="896" s="1" customFormat="1"/>
+    <row r="897" s="1" customFormat="1"/>
+    <row r="898" s="1" customFormat="1"/>
+    <row r="899" s="1" customFormat="1"/>
+    <row r="900" s="1" customFormat="1"/>
+    <row r="901" s="1" customFormat="1"/>
+    <row r="902" s="1" customFormat="1"/>
+    <row r="903" s="1" customFormat="1"/>
+    <row r="904" s="1" customFormat="1"/>
+    <row r="905" s="1" customFormat="1"/>
+    <row r="906" s="1" customFormat="1"/>
+    <row r="907" s="1" customFormat="1"/>
+    <row r="908" s="1" customFormat="1"/>
+    <row r="909" s="1" customFormat="1"/>
+    <row r="910" s="1" customFormat="1"/>
+    <row r="911" s="1" customFormat="1"/>
+    <row r="912" s="1" customFormat="1"/>
+    <row r="913" s="1" customFormat="1"/>
+    <row r="914" s="1" customFormat="1"/>
+    <row r="915" s="1" customFormat="1"/>
+    <row r="916" s="1" customFormat="1"/>
+    <row r="917" s="1" customFormat="1"/>
+    <row r="918" s="1" customFormat="1"/>
+    <row r="919" s="1" customFormat="1"/>
+    <row r="920" s="1" customFormat="1"/>
+    <row r="921" s="1" customFormat="1"/>
+    <row r="922" s="1" customFormat="1"/>
+    <row r="923" s="1" customFormat="1"/>
+    <row r="924" s="1" customFormat="1"/>
+    <row r="925" s="1" customFormat="1"/>
+    <row r="926" s="1" customFormat="1"/>
+    <row r="927" s="1" customFormat="1"/>
+    <row r="928" s="1" customFormat="1"/>
+    <row r="929" s="1" customFormat="1"/>
+    <row r="930" s="1" customFormat="1"/>
+    <row r="931" s="1" customFormat="1"/>
+    <row r="932" s="1" customFormat="1"/>
+    <row r="933" s="1" customFormat="1"/>
+    <row r="934" s="1" customFormat="1"/>
+    <row r="935" s="1" customFormat="1"/>
+    <row r="936" s="1" customFormat="1"/>
+    <row r="937" s="1" customFormat="1"/>
+    <row r="938" s="1" customFormat="1"/>
+    <row r="939" s="1" customFormat="1"/>
+    <row r="940" s="1" customFormat="1"/>
+    <row r="941" s="1" customFormat="1"/>
+    <row r="942" s="1" customFormat="1"/>
+    <row r="943" s="1" customFormat="1"/>
+    <row r="944" s="1" customFormat="1"/>
+    <row r="945" s="1" customFormat="1"/>
+    <row r="946" s="1" customFormat="1"/>
+    <row r="947" s="1" customFormat="1"/>
+    <row r="948" s="1" customFormat="1"/>
+    <row r="949" s="1" customFormat="1"/>
+    <row r="950" s="1" customFormat="1"/>
+    <row r="951" s="1" customFormat="1"/>
+    <row r="952" s="1" customFormat="1"/>
+    <row r="953" s="1" customFormat="1"/>
+    <row r="954" s="1" customFormat="1"/>
+    <row r="955" s="1" customFormat="1"/>
+    <row r="956" s="1" customFormat="1"/>
+    <row r="957" s="1" customFormat="1"/>
+    <row r="958" s="1" customFormat="1"/>
+    <row r="959" s="1" customFormat="1"/>
+    <row r="960" s="1" customFormat="1"/>
+    <row r="961" s="1" customFormat="1"/>
+    <row r="962" s="1" customFormat="1"/>
+    <row r="963" s="1" customFormat="1"/>
+    <row r="964" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId1" xr:uid="{C527588B-643C-44F3-808D-D48BEC202362}"/>
-    <hyperlink ref="E272" r:id="rId2" xr:uid="{C6AD07BE-0C6A-41BB-BBC7-C75F8FE5B245}"/>
-[...92 lines deleted...]
-    <hyperlink ref="E114" r:id="rId95" xr:uid="{393C8C82-9DDB-40B1-A4D0-7CD732773B1E}"/>
+    <hyperlink ref="E350" r:id="rId2" xr:uid="{C6AD07BE-0C6A-41BB-BBC7-C75F8FE5B245}"/>
+    <hyperlink ref="E6" r:id="rId3" xr:uid="{F058F052-9492-4310-ACFB-FE494031227F}"/>
+    <hyperlink ref="E34" r:id="rId4" xr:uid="{9272089A-01CF-4CE0-BBED-30737AC5EBDB}"/>
+    <hyperlink ref="E35" r:id="rId5" xr:uid="{D4D215D4-3D8A-45BA-ABCF-8F81145E082C}"/>
+    <hyperlink ref="E28" r:id="rId6" xr:uid="{BAD18E7C-631B-43AE-A225-28FDA72376D5}"/>
+    <hyperlink ref="E51" r:id="rId7" xr:uid="{E74ECEF2-BB10-4B1B-9786-9F60A70EBD6A}"/>
+    <hyperlink ref="E74" r:id="rId8" xr:uid="{0A930586-B63D-4164-86B2-470529C6DA31}"/>
+    <hyperlink ref="E11" r:id="rId9" xr:uid="{1DB5D548-B061-41F1-B18A-4E14C2A07A86}"/>
+    <hyperlink ref="E88" r:id="rId10" display="https://dimo.org/" xr:uid="{92C6A15B-D2F7-459A-9B8D-CB8AE4F950E5}"/>
+    <hyperlink ref="E89" r:id="rId11" xr:uid="{2BFAB6F5-9748-438C-B166-8432E8C00B4D}"/>
+    <hyperlink ref="E144" r:id="rId12" display="https://infinit.tech/" xr:uid="{B217AAAD-5459-4A88-A392-15BDC887E19E}"/>
+    <hyperlink ref="E153" r:id="rId13" xr:uid="{E2C8146A-3C46-4B8A-889D-21E00D4167BD}"/>
+    <hyperlink ref="E86" r:id="rId14" xr:uid="{4310D6F2-B81F-4F46-BE37-B50F86F22DA4}"/>
+    <hyperlink ref="E479" r:id="rId15" xr:uid="{828C5D1C-B8EA-4238-BB6C-84B1AD0F9414}"/>
+    <hyperlink ref="E481" r:id="rId16" xr:uid="{FD771F29-A630-40D0-9893-6717AEBD4FD5}"/>
+    <hyperlink ref="E475" r:id="rId17" xr:uid="{C706AB04-87AC-4758-8EF2-210304C119B2}"/>
+    <hyperlink ref="E474" r:id="rId18" xr:uid="{7D45561C-E9CA-4902-8394-D17399D35BDB}"/>
+    <hyperlink ref="E484" r:id="rId19" xr:uid="{373B9CA5-A1F8-4BC3-B2AD-678DB4F41B48}"/>
+    <hyperlink ref="E487" r:id="rId20" xr:uid="{76D4D1AA-50DF-4CB5-9E85-60496D449DBD}"/>
+    <hyperlink ref="E488" r:id="rId21" xr:uid="{FFDB6937-52E9-450E-894F-C0B7B8C9FB0D}"/>
+    <hyperlink ref="E494" r:id="rId22" xr:uid="{3C0382A9-387B-4DF0-8C7D-23F63F77B8E3}"/>
+    <hyperlink ref="E495" r:id="rId23" xr:uid="{99C52B23-9272-4754-B52D-22AFFBAD50B4}"/>
+    <hyperlink ref="E532" r:id="rId24" xr:uid="{6C00F60F-392D-4C92-BE9D-A19F5CD39C0A}"/>
+    <hyperlink ref="E533" r:id="rId25" xr:uid="{2F9DFC5C-3759-46A4-B2F1-34E05034622E}"/>
+    <hyperlink ref="E534" r:id="rId26" xr:uid="{2A80B0B7-73AF-4A42-8E40-174F030B25AD}"/>
+    <hyperlink ref="E535" r:id="rId27" xr:uid="{4C72B785-3908-4A52-B58D-BA253BDF6013}"/>
+    <hyperlink ref="E536" r:id="rId28" xr:uid="{2FA0C74E-0E60-481B-B718-1EDB6614E5CF}"/>
+    <hyperlink ref="E542" r:id="rId29" xr:uid="{3D1F7F3E-D30C-495E-BC95-699F6B37C3C6}"/>
+    <hyperlink ref="E563" r:id="rId30" xr:uid="{9359B35C-5AB6-4EA0-A378-5D6485EA9AFA}"/>
+    <hyperlink ref="E564" r:id="rId31" xr:uid="{83ACBF33-08DE-45D7-8C0F-D845D5C2C2B1}"/>
+    <hyperlink ref="E566" r:id="rId32" xr:uid="{E5EC5FDA-B600-49D5-91E4-C1CD789290E6}"/>
+    <hyperlink ref="E567" r:id="rId33" xr:uid="{B9F014DF-75FD-4144-BD05-4095A911E023}"/>
+    <hyperlink ref="E568" r:id="rId34" xr:uid="{444A126E-69AB-4EAD-A4B3-1EBF6C0D4025}"/>
+    <hyperlink ref="E565" r:id="rId35" xr:uid="{276F0BF2-18F6-45F8-A464-37D980BCB942}"/>
+    <hyperlink ref="E575" r:id="rId36" xr:uid="{91119DB4-CB40-41E6-95C5-0321213CA380}"/>
+    <hyperlink ref="E578" r:id="rId37" xr:uid="{4D6D1945-792A-4218-BE99-D0B189264AAA}"/>
+    <hyperlink ref="E582" r:id="rId38" xr:uid="{8FFAB14A-DB3E-4D00-8EB4-C438028B6955}"/>
+    <hyperlink ref="E614" r:id="rId39" xr:uid="{39A57CC1-81E5-4C1A-A7AC-25711D3203E3}"/>
+    <hyperlink ref="E634" r:id="rId40" xr:uid="{A08AB307-F587-4346-91DE-52D695654DC3}"/>
+    <hyperlink ref="E176" r:id="rId41" xr:uid="{B5511A5F-5B11-44E5-8921-E14902670097}"/>
+    <hyperlink ref="E194" r:id="rId42" xr:uid="{2EF5BBB6-69AD-464B-908C-658D7C4062FD}"/>
+    <hyperlink ref="E184" r:id="rId43" xr:uid="{3B9F0615-8528-49AC-A3A1-41D1CD497CB9}"/>
+    <hyperlink ref="E183" r:id="rId44" xr:uid="{3191BE60-FF81-4E2A-A348-BEBF1DEBABC2}"/>
+    <hyperlink ref="E190" r:id="rId45" xr:uid="{2131E8BF-7C7E-4666-9623-547AA1BB2198}"/>
+    <hyperlink ref="E195" r:id="rId46" xr:uid="{04C16A5A-62F2-44AD-82B2-33B59F6AE770}"/>
+    <hyperlink ref="E222" r:id="rId47" xr:uid="{590C4B42-FFB6-42EB-9955-9714AEAEA54C}"/>
+    <hyperlink ref="E272" r:id="rId48" xr:uid="{6136DDFF-F4F2-4421-AC5B-8654C8D27604}"/>
+    <hyperlink ref="E276" r:id="rId49" xr:uid="{B65FF4EC-F765-4A6B-BAFD-B669F97BB94D}"/>
+    <hyperlink ref="E278" r:id="rId50" xr:uid="{B9A41CDE-E852-425E-B786-B75AE4FF3303}"/>
+    <hyperlink ref="E295" r:id="rId51" xr:uid="{6C22630A-F6C0-4128-92AA-1006201D0166}"/>
+    <hyperlink ref="E299" r:id="rId52" xr:uid="{9E52254B-55B8-46F9-B4C4-43E468216C99}"/>
+    <hyperlink ref="E300" r:id="rId53" xr:uid="{5D468A6D-7B01-4673-9EC2-CAB83BB191CD}"/>
+    <hyperlink ref="E303" r:id="rId54" xr:uid="{22748B28-3F15-47BD-84C2-0CC4C2D194BE}"/>
+    <hyperlink ref="E302" r:id="rId55" xr:uid="{1FE067D7-14E4-4B5A-9D5A-2FFDA5D3CF1F}"/>
+    <hyperlink ref="E320" r:id="rId56" xr:uid="{ADDF976E-B4BD-478F-8CBB-E538554042D0}"/>
+    <hyperlink ref="E322" r:id="rId57" xr:uid="{8349AB86-1A85-427D-AFCC-30B88D489B29}"/>
+    <hyperlink ref="E298" r:id="rId58" xr:uid="{03AA93A0-9319-4774-BFC5-0F22D123D731}"/>
+    <hyperlink ref="E291" r:id="rId59" xr:uid="{0CDC4AD4-04EF-49A1-8A6D-FCD701E63E2F}"/>
+    <hyperlink ref="E325" r:id="rId60" xr:uid="{AF1E9F65-861C-4CDF-93B8-20EE86C2728D}"/>
+    <hyperlink ref="E327" r:id="rId61" xr:uid="{CF623914-23B7-43A0-ABC0-AB17867A9840}"/>
+    <hyperlink ref="E333" r:id="rId62" xr:uid="{B04D899B-45BF-4CAB-A754-A35BB632D4F0}"/>
+    <hyperlink ref="E334" r:id="rId63" xr:uid="{79A31161-DBCB-41C5-AF4E-0E00C0B8C23D}"/>
+    <hyperlink ref="E13" r:id="rId64" xr:uid="{E768905F-465C-4945-8A99-40FE7083E08C}"/>
+    <hyperlink ref="E254" r:id="rId65" xr:uid="{43EA43F2-18DE-4E0D-A5B0-313BFF2817C5}"/>
+    <hyperlink ref="E200" r:id="rId66" xr:uid="{EDFA5F5B-E638-4A27-A560-1AA0E89BC1C7}"/>
+    <hyperlink ref="E343" r:id="rId67" xr:uid="{B22D96A1-CC8B-4F4B-BE96-3C5FA43A83CF}"/>
+    <hyperlink ref="E62" r:id="rId68" xr:uid="{2A29D7B5-44B2-41EB-B47D-FF7C50E773DE}"/>
+    <hyperlink ref="E17" r:id="rId69" xr:uid="{4F903332-9ABA-4850-ADBF-14D29A0762C1}"/>
+    <hyperlink ref="E338" r:id="rId70" xr:uid="{F4F43D29-769D-43E1-ACDC-1B02214D6537}"/>
+    <hyperlink ref="E347" r:id="rId71" xr:uid="{85997E35-09D7-4106-B057-477F4B3A8296}"/>
+    <hyperlink ref="E98" r:id="rId72" xr:uid="{EB869DFC-0EB6-4A55-A119-B244837DDC6D}"/>
+    <hyperlink ref="E65" r:id="rId73" xr:uid="{29D5CEFC-4D77-45EE-A7EA-32DCF76A5FD2}"/>
+    <hyperlink ref="E71" r:id="rId74" xr:uid="{79AD7E14-399A-4D1E-BA35-49F9988E0D57}"/>
+    <hyperlink ref="E247" r:id="rId75" xr:uid="{17389E5A-738F-44C8-94C0-EE77F4B1B6FD}"/>
+    <hyperlink ref="E64" r:id="rId76" xr:uid="{2A742C57-ECD1-4F08-8409-E6E2747836E0}"/>
+    <hyperlink ref="E326" r:id="rId77" xr:uid="{ACC9C1CB-9692-4871-A6CC-C2ED573A8550}"/>
+    <hyperlink ref="E353" r:id="rId78" xr:uid="{86566332-D173-4304-AA4C-07CDFFBCFD5B}"/>
+    <hyperlink ref="E354" r:id="rId79" xr:uid="{181ED3D2-AF84-4DBC-893D-1D413F2E8033}"/>
+    <hyperlink ref="E137" r:id="rId80" xr:uid="{6343E4CA-98B9-412A-883D-A4EDE2A202D3}"/>
+    <hyperlink ref="E312" r:id="rId81" xr:uid="{EDEA380C-F3F2-4329-B6AA-772BE78A3700}"/>
+    <hyperlink ref="E267" r:id="rId82" xr:uid="{F488BBB9-84E9-4804-B103-4E2363AAFFD0}"/>
+    <hyperlink ref="E311" r:id="rId83" xr:uid="{EDBCB115-C4FE-4379-BD6A-7F193036424E}"/>
+    <hyperlink ref="E146" r:id="rId84" xr:uid="{108C3A9A-7A0D-4737-8A49-BCF1E75DE915}"/>
+    <hyperlink ref="E170" r:id="rId85" xr:uid="{ADF82441-1A13-4A8F-A013-918F0CC6DFA2}"/>
+    <hyperlink ref="E243" r:id="rId86" xr:uid="{4C128BAE-A3CD-4254-AEFD-ECE8D250704A}"/>
+    <hyperlink ref="E171" r:id="rId87" xr:uid="{49347AC7-C6EC-4F59-B671-D0067FCB1E8E}"/>
+    <hyperlink ref="E152" r:id="rId88" xr:uid="{EC8D359D-F806-4B00-B330-4F7BA0990630}"/>
+    <hyperlink ref="E23" r:id="rId89" xr:uid="{799DD88E-350A-436E-9D48-EE6D812A9781}"/>
+    <hyperlink ref="E30" r:id="rId90" xr:uid="{8035E2B4-460E-4137-8755-8482B781F767}"/>
+    <hyperlink ref="E323" r:id="rId91" xr:uid="{03934D48-A22B-481B-ABA4-FC82CDECE5E9}"/>
+    <hyperlink ref="E130" r:id="rId92" xr:uid="{6F5D937F-553F-4293-952B-593012372F2A}"/>
+    <hyperlink ref="E12" r:id="rId93" xr:uid="{E9D6E5B0-18CC-4576-AB4C-DAA26CCD54FF}"/>
+    <hyperlink ref="E511" r:id="rId94" xr:uid="{97CC14C8-AA52-4047-9E0D-509B4FFADE88}"/>
+    <hyperlink ref="E151" r:id="rId95" xr:uid="{393C8C82-9DDB-40B1-A4D0-7CD732773B1E}"/>
+    <hyperlink ref="E226" r:id="rId96" xr:uid="{7D55D0D3-4941-4D18-9B40-2CAB48FDAE96}"/>
+    <hyperlink ref="E249" r:id="rId97" xr:uid="{6F91AFBD-7FE2-419B-9BE8-8654D9851151}"/>
+    <hyperlink ref="E25" r:id="rId98" xr:uid="{34D4C929-C816-48E1-84BA-12AE4B75D092}"/>
+    <hyperlink ref="E145" r:id="rId99" xr:uid="{E1B0AA40-757E-4735-8725-7C109F8F515C}"/>
+    <hyperlink ref="E59" r:id="rId100" xr:uid="{23A25DDB-7DB3-4085-9E72-57588CDE5EA6}"/>
+    <hyperlink ref="E182" r:id="rId101" xr:uid="{060A4D6A-71B9-4713-86CC-9F935A0F805F}"/>
+    <hyperlink ref="E259" r:id="rId102" xr:uid="{1C79EC7E-F554-492E-A8C6-8F4013085EFC}"/>
+    <hyperlink ref="E281" r:id="rId103" xr:uid="{E635C972-A40B-4DCD-955E-7B642CDB7E74}"/>
+    <hyperlink ref="E288" r:id="rId104" xr:uid="{4BCC9376-02C4-4B8E-9223-443B71DB32F4}"/>
+    <hyperlink ref="E331" r:id="rId105" xr:uid="{16F92313-36E8-4D85-A5AF-FA92A6245AE5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId96"/>
-  <drawing r:id="rId97"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId106"/>
+  <drawing r:id="rId107"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>