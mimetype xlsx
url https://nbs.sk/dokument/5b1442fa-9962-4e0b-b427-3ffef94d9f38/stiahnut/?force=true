--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96D46B6B-65FA-4CA9-A8D4-AE3F5A0B2813}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F9CC910F-FBFF-4512-9201-6E983EB23875}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="772" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$E$347</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$E$383</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2054" uniqueCount="1539">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2227" uniqueCount="1660">
   <si>
     <t>Zoznam bielych dokladov o kryptoaktívach notifikovaných NBS z iných členských štátov EÚ</t>
   </si>
   <si>
     <t>Názov subjektu, ktorý notifikoval Biely doklad o kryptoaktívach</t>
   </si>
   <si>
     <t>Názov kryptoaktíva</t>
   </si>
   <si>
     <t>Dátum začatia verejnej ponuky/prijatia kryptoaktíva na obchodovanie</t>
   </si>
   <si>
     <t>Orgán dohľadu, ktorý Biely doklad notifikoval NBS</t>
   </si>
   <si>
     <t>Aktuálny Biely doklad o kryptoaktívach</t>
   </si>
   <si>
     <t>https://www.ab.or g/en/</t>
   </si>
   <si>
     <t>AB Foundation</t>
   </si>
   <si>
@@ -3939,53 +3939,50 @@
     <t>Superform (BVI) Limited</t>
   </si>
   <si>
     <t>https://www.superform.xyz/</t>
   </si>
   <si>
     <t>ALLORA</t>
   </si>
   <si>
     <t>https://www.allora.network/</t>
   </si>
   <si>
     <t>ApeCoin</t>
   </si>
   <si>
     <t>https://apecoin.com/</t>
   </si>
   <si>
     <t>SEI</t>
   </si>
   <si>
     <t>https://www.sei.io/</t>
   </si>
   <si>
     <t>https://world.org/</t>
-  </si>
-[...1 lines deleted...]
-    <t>RIV Coin</t>
   </si>
   <si>
     <t>https://riv-coin.com</t>
   </si>
   <si>
     <t xml:space="preserve">RIV Capital Algo Fund Limited </t>
   </si>
   <si>
     <t>https://zondacrypto.com/</t>
   </si>
   <si>
     <t>BB Trade Estonia OÜ</t>
   </si>
   <si>
     <t>TeamPL</t>
   </si>
   <si>
     <t>BlockStock (BSO/eBSO)</t>
   </si>
   <si>
     <t>Central Bank of Latvia (Lotyšsko)</t>
   </si>
   <si>
     <t>www.blockben.com</t>
   </si>
@@ -4707,50 +4704,428 @@
     <t>CHIP</t>
   </si>
   <si>
     <t>https://usd.ai</t>
   </si>
   <si>
     <t>Genesys Protocol Holdings Ltd.</t>
   </si>
   <si>
     <t>Nomina</t>
   </si>
   <si>
     <t>https://www.nomina.io/</t>
   </si>
   <si>
     <t>https://jup.ag</t>
   </si>
   <si>
     <t>https://reserve.org</t>
   </si>
   <si>
     <t>XGR</t>
   </si>
   <si>
     <t>https://xgr.network</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>https://newt.foundation/</t>
+  </si>
+  <si>
+    <t>Magic Newton Foundry Ltd.</t>
+  </si>
+  <si>
+    <t>CHFAU</t>
+  </si>
+  <si>
+    <t>https://allunity.com/</t>
+  </si>
+  <si>
+    <t>AmplifyWorld Ltd</t>
+  </si>
+  <si>
+    <t>AMPS</t>
+  </si>
+  <si>
+    <t>https://amplifyworld.ai</t>
+  </si>
+  <si>
+    <t>Aptos</t>
+  </si>
+  <si>
+    <t>https://aptoslabs.com/</t>
+  </si>
+  <si>
+    <t>ARX</t>
+  </si>
+  <si>
+    <t>www.arcium.com</t>
+  </si>
+  <si>
+    <t>Arcium Association</t>
+  </si>
+  <si>
+    <t>Beam</t>
+  </si>
+  <si>
+    <t>https://onbeam.com/</t>
+  </si>
+  <si>
+    <t>Compound</t>
+  </si>
+  <si>
+    <t>https://compound.finance/</t>
+  </si>
+  <si>
+    <t>MBG</t>
+  </si>
+  <si>
+    <t>https://www.multibankgroup.com/en</t>
+  </si>
+  <si>
+    <t>Print</t>
+  </si>
+  <si>
+    <t>https://www.printr.money/</t>
+  </si>
+  <si>
+    <t>Imprensa Ltd.</t>
+  </si>
+  <si>
+    <t>https://fabric.foundation/</t>
+  </si>
+  <si>
+    <t>Fabric Protocol Ltd.</t>
+  </si>
+  <si>
+    <t>Verfi</t>
+  </si>
+  <si>
+    <t>https://inferencelabs.com/</t>
+  </si>
+  <si>
+    <t>DROP TABLE CAPITAL LTD</t>
+  </si>
+  <si>
+    <t>MinoTari</t>
+  </si>
+  <si>
+    <t>Loggerhead Labs Limited</t>
+  </si>
+  <si>
+    <t>https://tari.com/</t>
+  </si>
+  <si>
+    <t>ChainLink Token</t>
+  </si>
+  <si>
+    <t>https://chainlinklabs.com/</t>
+  </si>
+  <si>
+    <t>Ethereum Name Service</t>
+  </si>
+  <si>
+    <t>https://ens.domains/</t>
+  </si>
+  <si>
+    <t>HVN</t>
+  </si>
+  <si>
+    <t>https://blackhaven.xyz/</t>
+  </si>
+  <si>
+    <t>Adventale Foundation</t>
+  </si>
+  <si>
+    <t>WYND</t>
+  </si>
+  <si>
+    <t>WYND Capital GmbH</t>
+  </si>
+  <si>
+    <t>www.wynd.group</t>
+  </si>
+  <si>
+    <t>CANEB</t>
+  </si>
+  <si>
+    <t>https://www.caneb.io</t>
+  </si>
+  <si>
+    <t>Canebier SAS</t>
+  </si>
+  <si>
+    <t>FUSE</t>
+  </si>
+  <si>
+    <t>OKB</t>
+  </si>
+  <si>
+    <t>https://www.okx.com/</t>
+  </si>
+  <si>
+    <t>Aux Cayes FinTech Co. Ltd.</t>
+  </si>
+  <si>
+    <t>EURAU</t>
+  </si>
+  <si>
+    <t>AllUnity GmbH</t>
+  </si>
+  <si>
+    <t>Aave</t>
+  </si>
+  <si>
+    <t>https://aave.com/</t>
+  </si>
+  <si>
+    <t>Alliance Labs Ltd.</t>
+  </si>
+  <si>
+    <t>Alliance</t>
+  </si>
+  <si>
+    <t>https://alliance.foundation/</t>
+  </si>
+  <si>
+    <t>AllUnity</t>
+  </si>
+  <si>
+    <t>Blend</t>
+  </si>
+  <si>
+    <t>Fluent (BVI) Limited</t>
+  </si>
+  <si>
+    <t>https://www.fluent.xyz/</t>
+  </si>
+  <si>
+    <t>DeepBook</t>
+  </si>
+  <si>
+    <t>https://www.deepbook.tech/</t>
+  </si>
+  <si>
+    <t>Ether.Fi Foundation</t>
+  </si>
+  <si>
+    <t>ETHFI</t>
+  </si>
+  <si>
+    <t>https://etherfi.gitbook.io/gov</t>
+  </si>
+  <si>
+    <t>GWEI</t>
+  </si>
+  <si>
+    <t>ETHGas Ltd.</t>
+  </si>
+  <si>
+    <t>ETHGas.com</t>
+  </si>
+  <si>
+    <t>Pepecoin</t>
+  </si>
+  <si>
+    <t>PepeCoin Co.</t>
+  </si>
+  <si>
+    <t>https://www.pepecoin.io</t>
+  </si>
+  <si>
+    <t>Rain</t>
+  </si>
+  <si>
+    <t>https://www.rain.one/</t>
+  </si>
+  <si>
+    <t>Rain Foundation</t>
+  </si>
+  <si>
+    <t>GIB</t>
+  </si>
+  <si>
+    <t>https://GIB.chat</t>
+  </si>
+  <si>
+    <t>GIB.CHAT PTY LTD</t>
+  </si>
+  <si>
+    <t>ALT</t>
+  </si>
+  <si>
+    <t>https://www.altlayer.io/</t>
+  </si>
+  <si>
+    <t>Alt Research Ltd.</t>
+  </si>
+  <si>
+    <t>TEA</t>
+  </si>
+  <si>
+    <t>https://tea.xyz/</t>
+  </si>
+  <si>
+    <t>VeBetterDAO</t>
+  </si>
+  <si>
+    <t>EDGE</t>
+  </si>
+  <si>
+    <t>https://www.edgex.exchange/</t>
+  </si>
+  <si>
+    <t>edgeX DAO Limited</t>
+  </si>
+  <si>
+    <t>NESA AI</t>
+  </si>
+  <si>
+    <t>NESA LABS INC</t>
+  </si>
+  <si>
+    <t>https://nesa.ai/</t>
+  </si>
+  <si>
+    <t>VIBE</t>
+  </si>
+  <si>
+    <t>https://vibe.infiniteuniverse.xyz</t>
+  </si>
+  <si>
+    <t>VX Eight Ltd.</t>
+  </si>
+  <si>
+    <t>GEST</t>
+  </si>
+  <si>
+    <t>www.dgtenergy.it</t>
+  </si>
+  <si>
+    <t>Digital Energy S.r.l.</t>
+  </si>
+  <si>
+    <t>BDX</t>
+  </si>
+  <si>
+    <t>Beldex International Foundation</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">RIV Coin - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>disregarded on 9 March 2026</t>
+    </r>
+  </si>
+  <si>
+    <t>Doodles</t>
+  </si>
+  <si>
+    <t>https://raydium.io/swap</t>
+  </si>
+  <si>
+    <t>Kyber Network Crystal v2</t>
+  </si>
+  <si>
+    <t>https://kyber.network/</t>
+  </si>
+  <si>
+    <t>Trustcoin / WeTrust</t>
+  </si>
+  <si>
+    <t>SHIBA INU</t>
+  </si>
+  <si>
+    <t>https://shib.io</t>
+  </si>
+  <si>
+    <t>Plume</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resolv </t>
+  </si>
+  <si>
+    <t>Resolv Digital Assets Ltd.</t>
+  </si>
+  <si>
+    <t>Maker</t>
+  </si>
+  <si>
+    <t>https://makerdao.com</t>
+  </si>
+  <si>
+    <t>https://reppo.xyz/</t>
+  </si>
+  <si>
+    <t>Reppo</t>
+  </si>
+  <si>
+    <t>Reppo Foundation</t>
+  </si>
+  <si>
+    <t>https://luminarybank.com/</t>
+  </si>
+  <si>
+    <t>LUMI</t>
+  </si>
+  <si>
+    <t>Luminary Digital Ltd</t>
+  </si>
+  <si>
+    <t>Bluefin</t>
+  </si>
+  <si>
+    <t>https://www.bluefin.io</t>
+  </si>
+  <si>
+    <t>Bluefin Holdings Limited</t>
+  </si>
+  <si>
+    <t>Leondra</t>
+  </si>
+  <si>
+    <t>https://www.leondrino.de</t>
+  </si>
+  <si>
+    <t>TICO</t>
+  </si>
+  <si>
+    <t>Bank of Latvija</t>
+  </si>
+  <si>
+    <t>Organic Only Vending Franchise Magyarország Kft.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -5301,75 +5676,75 @@
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
-      <xdr:row>429</xdr:row>
+      <xdr:row>480</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>116205</xdr:colOff>
-      <xdr:row>429</xdr:row>
+      <xdr:row>480</xdr:row>
       <xdr:rowOff>147955</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Group 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{424F31CD-1F31-642E-AF5C-FADA0E67B38A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="68580" y="93576866"/>
+          <a:off x="68580" y="103025666"/>
           <a:ext cx="47625" cy="3175"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="47625" cy="3175"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="Graphic 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFD36444-2102-7B63-5A88-F0B5E1D74CE1}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="47625" cy="3175"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -5398,75 +5773,75 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="467885"/>
           </a:solidFill>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
-      <xdr:row>531</xdr:row>
+      <xdr:row>582</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>116205</xdr:colOff>
-      <xdr:row>531</xdr:row>
+      <xdr:row>582</xdr:row>
       <xdr:rowOff>147955</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="4" name="Group 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A707F4CD-3AF7-6484-5D9B-B68B4AB3774F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="68580" y="113965809"/>
+          <a:off x="68580" y="123414609"/>
           <a:ext cx="47625" cy="3175"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="47625" cy="3175"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="5" name="Graphic 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2C26F10-6329-E4E0-537F-A54F40C1A857}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="47625" cy="3175"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -5495,75 +5870,75 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="467885"/>
           </a:solidFill>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
-      <xdr:row>605</xdr:row>
+      <xdr:row>656</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>116205</xdr:colOff>
-      <xdr:row>605</xdr:row>
+      <xdr:row>656</xdr:row>
       <xdr:rowOff>147955</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="6" name="Group 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B7F31C1-AA9E-EBA6-9DF0-05E656992DE5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="68580" y="129249351"/>
+          <a:off x="68580" y="138698151"/>
           <a:ext cx="47625" cy="3175"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="47625" cy="3175"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="7" name="Graphic 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AA92E6D-38F2-B574-587B-146846B6E267}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="47625" cy="3175"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -5592,75 +5967,75 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="467885"/>
           </a:solidFill>
         </xdr:spPr>
         <xdr:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
-      <xdr:row>614</xdr:row>
+      <xdr:row>665</xdr:row>
       <xdr:rowOff>129540</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104140</xdr:colOff>
-      <xdr:row>614</xdr:row>
+      <xdr:row>665</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="Group 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B98B462-5D4F-1C39-61DB-DB85E56DA958}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="68580" y="130997597"/>
+          <a:off x="68580" y="140446397"/>
           <a:ext cx="35560" cy="9525"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="35560" cy="9525"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="Graphic 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5D36EC3-CF05-E9D3-F4F1-3DDFFDD40B28}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="35560" cy="9525"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -5950,64 +6325,64 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aioz.network/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/ice-mica-white-paper/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midnighttge.io/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pump.fun/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uranium.io/en" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campnetwork.xyz/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://initiafoundation.com/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.analog.one/," TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/doge-mica-white-paper/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://divineray.ca/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://runonflux.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webuyhousecoins.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.towns.com/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tonomy.io/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://common.xyz/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bankr.bot/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solanamobile.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avaxai.org/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assisterr.ai/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justlend.org/?lang=en-US" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/lcxg-mica-white-paper/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arc.fun/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treehouse.finance/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spark.fi/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.subspace.foundation/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alkimi.org/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cheerbitcoin.org/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyslabs.ai/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infinit.tech/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/avax-mica-white-paper/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fly.trade/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jito.network/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tanssi.network/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sui.io/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/link-mica-white-paper/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://matchain.io/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tripleogames.com/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xterio.foundation/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yieldbasis.com/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scallop.io/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.u2u.xyz/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kaia.io/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vechain.org/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ravedao.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://abloxx.com/en" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://progress.mt/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/bch-mica-white-paper/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/lcxp-mica-white-paper/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aixbt.tech/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hpos10i.com/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sqd.ai/mica" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vision.now/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dimo.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://duckchain.io/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mira.network/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tiamonds.s3.us-east-1.amazonaws.com/website/Tiamonds+TOTO+MiCAR+White+Paper+-+EU_EEA+Edition.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.walrus.xyz/wal-token/mica" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shardeum.org/Shardeum_Whitepaper.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.simonscat.xyz/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://b3.fun/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plutus.it/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.safefoundationm.com/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plume.org/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infrared.finance/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minswap.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://availproject.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aipump.ai/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kaito.ai/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/arb-mica-white-%20paper/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soniclabs.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.freysa.ai/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://steelcoin.com/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treehouse.finance/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casper.network/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.send.it/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tabichain.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitscrunch.org/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zora.co/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://holdstation.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acad.live/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holoworld.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aerodrome.finance/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.walrus.xyz/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myx.finance/en" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.obol.org/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mefoundation.com/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.whitebridge.network/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solv.finance/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissfortress.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desertgreener.io/documents/whitepaper_dgrx_%20token.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dolomite.io/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infinitebackrooms.com/dreams/conversation-1721540624-scenario-terminal-of-truths-txt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verticalstudio.ai/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.water150.io/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.buck.foundation/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alcum.com/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covalenthq.com/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ten.foundation/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.definitive.fi/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gensynetwork.com/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apex.exchange/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acurast.com/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elizaos.ai/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nillion.com/MICA/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zeusnetwork.xyz/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aioz.network/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/ice-mica-white-paper/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midnighttge.io/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pump.fun/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uranium.io/en" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campnetwork.xyz/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://initiafoundation.com/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.analog.one/," TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/doge-mica-white-paper/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgtenergy.it/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://divineray.ca/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://runonflux.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webuyhousecoins.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.towns.com/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tonomy.io/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://common.xyz/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bankr.bot/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solanamobile.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avaxai.org/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assisterr.ai/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justlend.org/?lang=en-US" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/lcxg-mica-white-paper/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arc.fun/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treehouse.finance/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spark.fi/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.subspace.foundation/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alkimi.org/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cheerbitcoin.org/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyslabs.ai/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infinit.tech/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/avax-mica-white-paper/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fly.trade/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jito.network/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tanssi.network/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sui.io/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resolv.xyz/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tripleogames.com/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yieldbasis.com/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scallop.io/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vechain.org/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ravedao.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://abloxx.com/en" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://progress.mt/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/bch-mica-white-paper/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/lcxp-mica-white-paper/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aixbt.tech/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hpos10i.com/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sqd.ai/mica" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vision.now/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tari.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dimo.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://duckchain.io/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mira.network/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tiamonds.s3.us-east-1.amazonaws.com/website/Tiamonds+TOTO+MiCAR+White+Paper+-+EU_EEA+Edition.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.walrus.xyz/wal-token/mica" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shardeum.org/Shardeum_Whitepaper.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.simonscat.xyz/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://b3.fun/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plutus.it/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.safefoundationm.com/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plume.org/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infrared.finance/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minswap.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://availproject.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aipump.ai/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kaito.ai/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/arb-mica-white-%20paper/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soniclabs.com/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leondrino.de/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.freysa.ai/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://steelcoin.com/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treehouse.finance/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.casper.network/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.send.it/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tabichain.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitscrunch.org/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zora.co/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://holdstation.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acad.live/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holoworld.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aerodrome.finance/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.walrus.xyz/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myx.finance/en" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.obol.org/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mefoundation.com/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.whitebridge.network/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solv.finance/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swissfortress.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desertgreener.io/documents/whitepaper_dgrx_%20token.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dolomite.io/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infinitebackrooms.com/dreams/conversation-1721540624-scenario-terminal-of-truths-txt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verticalstudio.ai/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.water150.io/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staging.buck.foundation/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alcum.com/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covalenthq.com/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ten.foundation/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.definitive.fi/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gensynetwork.com/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apex.exchange/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acurast.com/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elizaos.ai/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nillion.com/MICA/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zeusnetwork.xyz/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcx.com/link-mica-white-paper/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://matchain.io/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xterio.foundation/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.u2u.xyz/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kaia.io/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:XFD964"/>
+  <dimension ref="A1:XFD1015"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="H21" sqref="H21"/>
+      <selection activeCell="M341" sqref="M341"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8"/>
   <cols>
-    <col min="1" max="1" width="40.109375" style="1" customWidth="1"/>
+    <col min="1" max="1" width="55.21875" style="1" customWidth="1"/>
     <col min="2" max="2" width="33" style="1" customWidth="1"/>
     <col min="3" max="3" width="26.109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="52.109375" style="1" customWidth="1"/>
     <col min="6" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="16" customFormat="1" ht="32.4">
       <c r="A1" s="101" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="102"/>
       <c r="C1" s="102"/>
       <c r="D1" s="102"/>
       <c r="E1" s="102"/>
     </row>
     <row r="2" spans="1:5" s="16" customFormat="1" ht="88.8">
       <c r="A2" s="23" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="23" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="23" t="s">
         <v>3</v>
@@ -6033,131 +6408,131 @@
         <v>8</v>
       </c>
       <c r="E3" s="27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.6">
       <c r="A4" s="24" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.6">
       <c r="A5" s="24" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B5" s="25" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
       <c r="C5" s="19">
         <v>46082</v>
       </c>
       <c r="D5" s="26" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="27" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.6">
       <c r="A6" s="24" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="25" t="s">
         <v>746</v>
       </c>
       <c r="C6" s="19">
         <v>45729</v>
       </c>
       <c r="D6" s="26" t="s">
         <v>197</v>
       </c>
       <c r="E6" s="38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.6">
       <c r="A7" s="24" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="B7" s="25" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="C7" s="19" t="s">
         <v>48</v>
       </c>
       <c r="D7" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E7" s="38" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.6">
       <c r="A8" s="24" t="s">
         <v>426</v>
       </c>
       <c r="B8" s="25" t="s">
         <v>747</v>
       </c>
       <c r="C8" s="19">
         <v>45859</v>
       </c>
       <c r="D8" s="26" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="38" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.6">
       <c r="A9" s="24" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="C9" s="19">
         <v>46057</v>
       </c>
       <c r="D9" s="26" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="38" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="30">
       <c r="A10" s="24" t="s">
         <v>681</v>
       </c>
       <c r="B10" s="25" t="s">
         <v>748</v>
       </c>
       <c r="C10" s="19">
         <v>45972</v>
       </c>
       <c r="D10" s="26" t="s">
         <v>443</v>
       </c>
       <c r="E10" s="27" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15.6" customHeight="1">
       <c r="A11" s="40" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="25" t="s">
         <v>750</v>
@@ -6209,10044 +6584,10810 @@
     <row r="14" spans="1:5" ht="15.6">
       <c r="A14" s="40" t="s">
         <v>508</v>
       </c>
       <c r="B14" s="25" t="s">
         <v>751</v>
       </c>
       <c r="C14" s="19">
         <v>45915</v>
       </c>
       <c r="D14" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="27" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="30">
       <c r="A15" s="40" t="s">
         <v>1123</v>
       </c>
       <c r="B15" s="25" t="s">
         <v>1121</v>
       </c>
       <c r="C15" s="19" t="s">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="D15" s="26" t="s">
         <v>62</v>
       </c>
       <c r="E15" s="27" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.6">
       <c r="A16" s="40" t="s">
         <v>1159</v>
       </c>
       <c r="B16" s="25" t="s">
         <v>1158</v>
       </c>
       <c r="C16" s="19">
         <v>45708</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>27</v>
       </c>
       <c r="E16" s="27" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15.6">
       <c r="A17" s="40" t="s">
         <v>496</v>
       </c>
       <c r="B17" s="25" t="s">
         <v>752</v>
       </c>
       <c r="C17" s="19">
         <v>45898</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="27" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15.6">
       <c r="A18" s="40" t="s">
-        <v>1529</v>
+        <v>1589</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>1528</v>
+        <v>1590</v>
       </c>
       <c r="C18" s="19">
-        <v>46071</v>
+        <v>46101</v>
       </c>
       <c r="D18" s="26" t="s">
-        <v>49</v>
+        <v>1162</v>
       </c>
       <c r="E18" s="27" t="s">
-        <v>1296</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15.6">
       <c r="A19" s="40" t="s">
-        <v>708</v>
+        <v>1528</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>753</v>
+        <v>1527</v>
       </c>
       <c r="C19" s="19">
-        <v>45961</v>
+        <v>46071</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="27" t="s">
-        <v>709</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.6">
       <c r="A20" s="40" t="s">
-        <v>600</v>
+        <v>1586</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>754</v>
+        <v>1592</v>
       </c>
       <c r="C20" s="19">
-        <v>45887</v>
+        <v>45860</v>
       </c>
       <c r="D20" s="26" t="s">
-        <v>351</v>
+        <v>8</v>
       </c>
       <c r="E20" s="27" t="s">
-        <v>599</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.6">
       <c r="A21" s="40" t="s">
-        <v>615</v>
+        <v>708</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>616</v>
+        <v>753</v>
       </c>
       <c r="C21" s="19">
-        <v>45680</v>
+        <v>45961</v>
       </c>
       <c r="D21" s="26" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="E21" s="27" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.6">
       <c r="A22" s="40" t="s">
-        <v>927</v>
+        <v>1615</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>926</v>
+        <v>1613</v>
       </c>
       <c r="C22" s="19">
-        <v>45957</v>
+        <v>46113</v>
       </c>
       <c r="D22" s="26" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>484</v>
+      </c>
+      <c r="E22" s="27" t="s">
+        <v>1614</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.6">
-      <c r="A23" s="26" t="s">
-        <v>1153</v>
+      <c r="A23" s="40" t="s">
+        <v>1543</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>1152</v>
+        <v>1544</v>
       </c>
       <c r="C23" s="19">
-        <v>45698</v>
+        <v>46078</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E23" s="27" t="s">
-        <v>1154</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.6">
       <c r="A24" s="40" t="s">
-        <v>534</v>
+        <v>600</v>
       </c>
       <c r="B24" s="25" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="C24" s="19">
-        <v>45921</v>
+        <v>45887</v>
       </c>
       <c r="D24" s="26" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="E24" s="27" t="s">
-        <v>535</v>
+        <v>599</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.6">
-      <c r="A25" s="1" t="s">
-        <v>1386</v>
+      <c r="A25" s="40" t="s">
+        <v>615</v>
       </c>
       <c r="B25" s="25" t="s">
-        <v>1387</v>
+        <v>616</v>
       </c>
       <c r="C25" s="19">
-        <v>46041</v>
+        <v>45680</v>
       </c>
       <c r="D25" s="26" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="E25" s="27" t="s">
-        <v>1385</v>
+        <v>617</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.6">
       <c r="A26" s="40" t="s">
-        <v>456</v>
+        <v>927</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>454</v>
+        <v>926</v>
       </c>
       <c r="C26" s="19">
-        <v>45908</v>
+        <v>45957</v>
       </c>
       <c r="D26" s="26" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>62</v>
+      </c>
+      <c r="E26" s="73" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.6">
-      <c r="A27" s="40" t="s">
-        <v>424</v>
+      <c r="A27" s="26" t="s">
+        <v>1153</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>423</v>
+        <v>1152</v>
       </c>
       <c r="C27" s="19">
-        <v>45883</v>
+        <v>45698</v>
       </c>
       <c r="D27" s="26" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E27" s="27" t="s">
-        <v>425</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.6">
       <c r="A28" s="40" t="s">
-        <v>35</v>
+        <v>534</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="C28" s="19">
-        <v>45736</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>45921</v>
+      </c>
+      <c r="D28" s="26" t="s">
+        <v>49</v>
       </c>
       <c r="E28" s="27" t="s">
-        <v>36</v>
+        <v>535</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15.6">
-      <c r="A29" s="40" t="s">
-        <v>982</v>
+      <c r="A29" s="1" t="s">
+        <v>1385</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>981</v>
+        <v>1386</v>
       </c>
       <c r="C29" s="19">
-        <v>45968</v>
+        <v>46041</v>
       </c>
       <c r="D29" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E29" s="27" t="s">
-        <v>983</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15.6">
       <c r="A30" s="40" t="s">
-        <v>1156</v>
+        <v>456</v>
       </c>
       <c r="B30" s="25" t="s">
-        <v>1155</v>
+        <v>454</v>
       </c>
       <c r="C30" s="19">
-        <v>45985</v>
+        <v>45908</v>
       </c>
       <c r="D30" s="26" t="s">
-        <v>49</v>
+        <v>455</v>
       </c>
       <c r="E30" s="27" t="s">
-        <v>1157</v>
+        <v>457</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15.6">
       <c r="A31" s="40" t="s">
-        <v>919</v>
+        <v>424</v>
       </c>
       <c r="B31" s="25" t="s">
-        <v>920</v>
+        <v>423</v>
       </c>
       <c r="C31" s="19">
-        <v>45976</v>
+        <v>45883</v>
       </c>
       <c r="D31" s="26" t="s">
-        <v>922</v>
+        <v>27</v>
       </c>
       <c r="E31" s="27" t="s">
-        <v>921</v>
+        <v>425</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15.6">
       <c r="A32" s="40" t="s">
-        <v>1374</v>
+        <v>35</v>
       </c>
       <c r="B32" s="25" t="s">
-        <v>1375</v>
+        <v>759</v>
       </c>
       <c r="C32" s="19">
-        <v>46015</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>45736</v>
+      </c>
+      <c r="D32" s="41" t="s">
+        <v>27</v>
       </c>
       <c r="E32" s="27" t="s">
-        <v>1376</v>
+        <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.6">
       <c r="A33" s="40" t="s">
-        <v>518</v>
+        <v>1550</v>
       </c>
       <c r="B33" s="25" t="s">
-        <v>756</v>
+        <v>1548</v>
       </c>
       <c r="C33" s="19">
-        <v>45924</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>46080</v>
+      </c>
+      <c r="D33" s="41" t="s">
+        <v>484</v>
       </c>
       <c r="E33" s="27" t="s">
-        <v>517</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15.6">
       <c r="A34" s="40" t="s">
-        <v>29</v>
+        <v>982</v>
       </c>
       <c r="B34" s="25" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>981</v>
+      </c>
+      <c r="C34" s="19">
+        <v>45968</v>
       </c>
       <c r="D34" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E34" s="27" t="s">
-        <v>32</v>
+        <v>983</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.6">
       <c r="A35" s="40" t="s">
-        <v>33</v>
+        <v>1156</v>
       </c>
       <c r="B35" s="25" t="s">
-        <v>757</v>
+        <v>1155</v>
       </c>
       <c r="C35" s="19">
-        <v>45677</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>45985</v>
+      </c>
+      <c r="D35" s="26" t="s">
+        <v>49</v>
       </c>
       <c r="E35" s="27" t="s">
-        <v>34</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15.6">
       <c r="A36" s="40" t="s">
-        <v>601</v>
+        <v>919</v>
       </c>
       <c r="B36" s="25" t="s">
-        <v>758</v>
+        <v>920</v>
       </c>
       <c r="C36" s="19">
-        <v>45884</v>
-[...2 lines deleted...]
-        <v>351</v>
+        <v>45976</v>
+      </c>
+      <c r="D36" s="26" t="s">
+        <v>922</v>
       </c>
       <c r="E36" s="27" t="s">
-        <v>602</v>
+        <v>921</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15.6">
       <c r="A37" s="40" t="s">
-        <v>603</v>
+        <v>1373</v>
       </c>
       <c r="B37" s="25" t="s">
-        <v>990</v>
+        <v>1374</v>
       </c>
       <c r="C37" s="19">
-        <v>45884</v>
-[...2 lines deleted...]
-        <v>351</v>
+        <v>46015</v>
+      </c>
+      <c r="D37" s="26" t="s">
+        <v>49</v>
       </c>
       <c r="E37" s="27" t="s">
-        <v>604</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15.6">
       <c r="A38" s="40" t="s">
-        <v>1388</v>
+        <v>518</v>
       </c>
       <c r="B38" s="25" t="s">
-        <v>1389</v>
+        <v>756</v>
       </c>
       <c r="C38" s="19">
-        <v>45994</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>45924</v>
+      </c>
+      <c r="D38" s="26" t="s">
+        <v>49</v>
       </c>
       <c r="E38" s="27" t="s">
-        <v>1390</v>
+        <v>517</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15.6">
       <c r="A39" s="40" t="s">
-        <v>993</v>
+        <v>29</v>
       </c>
       <c r="B39" s="25" t="s">
-        <v>991</v>
-[...4 lines deleted...]
-      <c r="D39" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="C39" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D39" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E39" s="27" t="s">
-        <v>992</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.6">
       <c r="A40" s="40" t="s">
-        <v>486</v>
+        <v>33</v>
       </c>
       <c r="B40" s="25" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="C40" s="19">
-        <v>45909</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>45677</v>
+      </c>
+      <c r="D40" s="41" t="s">
+        <v>27</v>
       </c>
       <c r="E40" s="27" t="s">
-        <v>249</v>
+        <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.6">
       <c r="A41" s="40" t="s">
-        <v>473</v>
+        <v>601</v>
       </c>
       <c r="B41" s="25" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="C41" s="19">
-        <v>45855</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>45884</v>
+      </c>
+      <c r="D41" s="41" t="s">
+        <v>351</v>
       </c>
       <c r="E41" s="27" t="s">
-        <v>474</v>
+        <v>602</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.6">
       <c r="A42" s="40" t="s">
-        <v>925</v>
+        <v>603</v>
       </c>
       <c r="B42" s="25" t="s">
-        <v>923</v>
+        <v>990</v>
       </c>
       <c r="C42" s="19">
-        <v>45936</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>45884</v>
+      </c>
+      <c r="D42" s="41" t="s">
+        <v>351</v>
       </c>
       <c r="E42" s="27" t="s">
-        <v>924</v>
+        <v>604</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15.6">
       <c r="A43" s="40" t="s">
-        <v>651</v>
+        <v>1387</v>
       </c>
       <c r="B43" s="25" t="s">
-        <v>762</v>
+        <v>1388</v>
       </c>
       <c r="C43" s="19">
-        <v>44004</v>
+        <v>45994</v>
       </c>
       <c r="D43" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E43" s="41" t="s">
-        <v>48</v>
+      <c r="E43" s="27" t="s">
+        <v>1389</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15.6">
       <c r="A44" s="40" t="s">
-        <v>1462</v>
+        <v>993</v>
       </c>
       <c r="B44" s="25" t="s">
-        <v>1461</v>
+        <v>991</v>
       </c>
       <c r="C44" s="19">
-        <v>45972</v>
-[...1 lines deleted...]
-      <c r="D44" s="26" t="s">
+        <v>45974</v>
+      </c>
+      <c r="D44" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E44" s="41" t="s">
-[...5 lines deleted...]
-        <v>504</v>
+      <c r="E44" s="27" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="15.6">
+      <c r="A45" s="40" t="s">
+        <v>486</v>
       </c>
       <c r="B45" s="25" t="s">
-        <v>503</v>
+        <v>760</v>
       </c>
       <c r="C45" s="19">
-        <v>45910</v>
+        <v>45909</v>
       </c>
       <c r="D45" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E45" s="27" t="s">
-        <v>505</v>
+        <v>249</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="15.6">
-      <c r="A46" s="42" t="s">
-        <v>1081</v>
+      <c r="A46" s="40" t="s">
+        <v>473</v>
       </c>
       <c r="B46" s="25" t="s">
-        <v>1080</v>
+        <v>761</v>
       </c>
       <c r="C46" s="19">
-        <v>45209</v>
+        <v>45855</v>
       </c>
       <c r="D46" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E46" s="27" t="s">
-        <v>1082</v>
+        <v>474</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="15.6">
-      <c r="A47" s="42" t="s">
-        <v>1016</v>
+      <c r="A47" s="40" t="s">
+        <v>925</v>
       </c>
       <c r="B47" s="25" t="s">
-        <v>1014</v>
+        <v>923</v>
       </c>
       <c r="C47" s="19">
-        <v>45978</v>
+        <v>45936</v>
       </c>
       <c r="D47" s="26" t="s">
-        <v>405</v>
+        <v>49</v>
       </c>
       <c r="E47" s="27" t="s">
-        <v>1015</v>
+        <v>924</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="15.6">
-      <c r="A48" s="42" t="s">
-        <v>530</v>
+      <c r="A48" s="40" t="s">
+        <v>651</v>
       </c>
       <c r="B48" s="25" t="s">
-        <v>529</v>
+        <v>762</v>
       </c>
       <c r="C48" s="19">
-        <v>45923</v>
-[...1 lines deleted...]
-      <c r="D48" s="26" t="s">
+        <v>44004</v>
+      </c>
+      <c r="D48" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E48" s="41" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="15.6">
+      <c r="A49" s="40" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B49" s="25" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C49" s="19">
+        <v>46116</v>
+      </c>
+      <c r="D49" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="E48" s="27" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="E49" s="41"/>
     </row>
     <row r="50" spans="1:5" ht="15.6">
-      <c r="A50" s="42" t="s">
-        <v>1324</v>
+      <c r="A50" s="40" t="s">
+        <v>1461</v>
       </c>
       <c r="B50" s="25" t="s">
-        <v>1322</v>
+        <v>1460</v>
       </c>
       <c r="C50" s="19">
-        <v>45662</v>
+        <v>45972</v>
       </c>
       <c r="D50" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="E50" s="27" t="s">
-[...14 lines deleted...]
-        <v>8</v>
+      <c r="E50" s="41" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="31.2">
+      <c r="A51" s="42" t="s">
+        <v>504</v>
+      </c>
+      <c r="B51" s="25" t="s">
+        <v>503</v>
+      </c>
+      <c r="C51" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D51" s="26" t="s">
+        <v>49</v>
       </c>
       <c r="E51" s="27" t="s">
-        <v>41</v>
-[...7 lines deleted...]
-        <v>1308</v>
+        <v>505</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="15.6">
+      <c r="A52" s="42" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B52" s="25" t="s">
+        <v>1080</v>
       </c>
       <c r="C52" s="19">
-        <v>46032</v>
-[...2 lines deleted...]
-        <v>1309</v>
+        <v>45209</v>
+      </c>
+      <c r="D52" s="26" t="s">
+        <v>49</v>
       </c>
       <c r="E52" s="27" t="s">
-        <v>1310</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="15.6">
-      <c r="A53" s="43" t="s">
-[...3 lines deleted...]
-        <v>763</v>
+      <c r="A53" s="42" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B53" s="25" t="s">
+        <v>1014</v>
       </c>
       <c r="C53" s="19">
-        <v>45968</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>45978</v>
+      </c>
+      <c r="D53" s="26" t="s">
+        <v>405</v>
       </c>
       <c r="E53" s="27" t="s">
-        <v>1102</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="15.6">
-      <c r="A54" s="43" t="s">
-[...3 lines deleted...]
-        <v>1356</v>
+      <c r="A54" s="42" t="s">
+        <v>530</v>
+      </c>
+      <c r="B54" s="25" t="s">
+        <v>529</v>
       </c>
       <c r="C54" s="19">
-        <v>45999</v>
+        <v>45923</v>
       </c>
       <c r="D54" s="26" t="s">
         <v>49</v>
       </c>
       <c r="E54" s="27" t="s">
-        <v>1357</v>
+        <v>531</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="15.6">
-      <c r="A55" s="43" t="s">
-[...3 lines deleted...]
-        <v>1484</v>
+      <c r="A55" s="42" t="s">
+        <v>14</v>
+      </c>
+      <c r="B55" s="25" t="s">
+        <v>1440</v>
       </c>
       <c r="C55" s="19">
-        <v>46027</v>
+        <v>46038</v>
       </c>
       <c r="D55" s="26" t="s">
-        <v>1501</v>
+        <v>405</v>
       </c>
       <c r="E55" s="27" t="s">
-        <v>1483</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15.6">
-      <c r="A56" s="43" t="s">
-[...3 lines deleted...]
-        <v>1460</v>
+      <c r="A56" s="42" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B56" s="25" t="s">
+        <v>1321</v>
       </c>
       <c r="C56" s="19">
-        <v>46045</v>
+        <v>45662</v>
       </c>
       <c r="D56" s="26" t="s">
-        <v>1162</v>
+        <v>49</v>
       </c>
       <c r="E56" s="27" t="s">
-        <v>48</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="15.6">
       <c r="A57" s="43" t="s">
-        <v>605</v>
+        <v>38</v>
       </c>
       <c r="B57" s="18" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>45896</v>
+        <v>37</v>
+      </c>
+      <c r="C57" s="26">
+        <v>2021</v>
       </c>
       <c r="D57" s="41" t="s">
-        <v>351</v>
+        <v>8</v>
       </c>
       <c r="E57" s="27" t="s">
-        <v>606</v>
+        <v>41</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="15.6">
       <c r="A58" s="43" t="s">
-        <v>1271</v>
+        <v>1594</v>
       </c>
       <c r="B58" s="18" t="s">
-        <v>1270</v>
+        <v>1593</v>
       </c>
       <c r="C58" s="19">
-        <v>45973</v>
+        <v>46099</v>
       </c>
       <c r="D58" s="41" t="s">
         <v>27</v>
       </c>
       <c r="E58" s="27" t="s">
-        <v>1272</v>
-[...4 lines deleted...]
-        <v>1396</v>
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="30">
+      <c r="A59" s="43" t="s">
+        <v>1310</v>
       </c>
       <c r="B59" s="18" t="s">
-        <v>1394</v>
+        <v>1307</v>
       </c>
       <c r="C59" s="19">
-        <v>46007</v>
+        <v>46032</v>
       </c>
       <c r="D59" s="41" t="s">
-        <v>27</v>
+        <v>1308</v>
       </c>
       <c r="E59" s="27" t="s">
-        <v>1395</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="15.6">
       <c r="A60" s="43" t="s">
-        <v>707</v>
+        <v>1654</v>
       </c>
       <c r="B60" s="18" t="s">
-        <v>765</v>
+        <v>1652</v>
       </c>
       <c r="C60" s="19">
-        <v>45909</v>
+        <v>46120</v>
       </c>
       <c r="D60" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E60" s="27" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:5" ht="30">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="15.6">
       <c r="A61" s="43" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B61" s="18" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C61" s="19">
-        <v>45749</v>
+        <v>45968</v>
       </c>
       <c r="D61" s="41" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="E61" s="27" t="s">
-        <v>44</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="15.6">
       <c r="A62" s="43" t="s">
-        <v>489</v>
+        <v>1357</v>
       </c>
       <c r="B62" s="18" t="s">
-        <v>767</v>
+        <v>1355</v>
       </c>
       <c r="C62" s="19">
-        <v>45911</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>45999</v>
+      </c>
+      <c r="D62" s="26" t="s">
+        <v>49</v>
       </c>
       <c r="E62" s="27" t="s">
-        <v>490</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="15.6">
       <c r="A63" s="43" t="s">
-        <v>621</v>
+        <v>1484</v>
       </c>
       <c r="B63" s="18" t="s">
-        <v>768</v>
+        <v>1483</v>
       </c>
       <c r="C63" s="19">
-        <v>45962</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>46027</v>
+      </c>
+      <c r="D63" s="26" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E63" s="27" t="s">
+        <v>1482</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="15.6">
       <c r="A64" s="43" t="s">
-        <v>694</v>
+        <v>1377</v>
       </c>
       <c r="B64" s="18" t="s">
-        <v>769</v>
+        <v>1459</v>
       </c>
       <c r="C64" s="19">
-        <v>45915</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>46063</v>
+      </c>
+      <c r="D64" s="26" t="s">
+        <v>1162</v>
       </c>
       <c r="E64" s="27" t="s">
-        <v>695</v>
+        <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="15.6">
       <c r="A65" s="43" t="s">
-        <v>647</v>
+        <v>605</v>
       </c>
       <c r="B65" s="18" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="C65" s="19">
-        <v>45938</v>
+        <v>45896</v>
       </c>
       <c r="D65" s="41" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="E65" s="27" t="s">
-        <v>648</v>
+        <v>606</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="15.6">
-      <c r="A66" s="44" t="s">
-        <v>677</v>
+      <c r="A66" s="43" t="s">
+        <v>1271</v>
       </c>
       <c r="B66" s="18" t="s">
-        <v>772</v>
+        <v>1270</v>
       </c>
       <c r="C66" s="19">
-        <v>45920</v>
+        <v>45973</v>
       </c>
       <c r="D66" s="41" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E66" s="27" t="s">
-        <v>678</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="15.6">
-      <c r="A67" s="43" t="s">
-        <v>545</v>
+      <c r="A67" s="1" t="s">
+        <v>1395</v>
       </c>
       <c r="B67" s="18" t="s">
-        <v>771</v>
+        <v>1393</v>
       </c>
       <c r="C67" s="19">
-        <v>45924</v>
+        <v>46007</v>
       </c>
       <c r="D67" s="41" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E67" s="27" t="s">
-        <v>546</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="15.6">
       <c r="A68" s="43" t="s">
-        <v>1342</v>
+        <v>707</v>
       </c>
       <c r="B68" s="18" t="s">
-        <v>1341</v>
+        <v>765</v>
       </c>
       <c r="C68" s="19">
-        <v>46026</v>
+        <v>45909</v>
       </c>
       <c r="D68" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E68" s="27" t="s">
-        <v>1343</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:5" ht="15.6">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="30">
       <c r="A69" s="43" t="s">
-        <v>1532</v>
+        <v>42</v>
       </c>
       <c r="B69" s="18" t="s">
-        <v>1530</v>
+        <v>766</v>
       </c>
       <c r="C69" s="19">
-        <v>42419</v>
+        <v>45749</v>
       </c>
       <c r="D69" s="41" t="s">
-        <v>484</v>
+        <v>43</v>
       </c>
       <c r="E69" s="27" t="s">
-        <v>1531</v>
+        <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="15.6">
       <c r="A70" s="43" t="s">
-        <v>453</v>
+        <v>489</v>
       </c>
       <c r="B70" s="18" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="C70" s="19">
-        <v>45935</v>
+        <v>45911</v>
       </c>
       <c r="D70" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E70" s="41" t="s">
-        <v>48</v>
+      <c r="E70" s="27" t="s">
+        <v>490</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="15.6">
       <c r="A71" s="43" t="s">
-        <v>654</v>
+        <v>1580</v>
       </c>
       <c r="B71" s="18" t="s">
-        <v>774</v>
+        <v>1578</v>
       </c>
       <c r="C71" s="19">
-        <v>45940</v>
+        <v>46098</v>
       </c>
       <c r="D71" s="41" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="E71" s="27" t="s">
-        <v>655</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="15.6">
       <c r="A72" s="43" t="s">
-        <v>537</v>
+        <v>621</v>
       </c>
       <c r="B72" s="18" t="s">
-        <v>536</v>
+        <v>768</v>
       </c>
       <c r="C72" s="19">
-        <v>45824</v>
+        <v>45962</v>
       </c>
       <c r="D72" s="41" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>49</v>
+      </c>
+      <c r="E72" s="41" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="15.6">
       <c r="A73" s="43" t="s">
-        <v>661</v>
+        <v>694</v>
       </c>
       <c r="B73" s="18" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="C73" s="19">
-        <v>2024</v>
+        <v>45915</v>
       </c>
       <c r="D73" s="41" t="s">
-        <v>367</v>
+        <v>49</v>
       </c>
       <c r="E73" s="27" t="s">
-        <v>660</v>
+        <v>695</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="15.6">
       <c r="A74" s="43" t="s">
-        <v>45</v>
+        <v>647</v>
       </c>
       <c r="B74" s="18" t="s">
-        <v>46</v>
+        <v>770</v>
       </c>
       <c r="C74" s="19">
-        <v>45673</v>
+        <v>45938</v>
       </c>
       <c r="D74" s="41" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E74" s="27" t="s">
-        <v>47</v>
+        <v>648</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="15.6">
-      <c r="A75" s="43" t="s">
-        <v>51</v>
+      <c r="A75" s="44" t="s">
+        <v>677</v>
       </c>
       <c r="B75" s="18" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>772</v>
+      </c>
+      <c r="C75" s="19">
+        <v>45920</v>
       </c>
       <c r="D75" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E75" s="27" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:5" ht="30">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="15.6">
       <c r="A76" s="43" t="s">
-        <v>1313</v>
+        <v>545</v>
       </c>
       <c r="B76" s="18" t="s">
-        <v>1312</v>
+        <v>771</v>
       </c>
       <c r="C76" s="19">
-        <v>46183</v>
+        <v>45924</v>
       </c>
       <c r="D76" s="41" t="s">
-        <v>1309</v>
+        <v>49</v>
       </c>
       <c r="E76" s="27" t="s">
-        <v>1310</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:5" ht="30">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="15.6">
       <c r="A77" s="43" t="s">
-        <v>832</v>
+        <v>1341</v>
       </c>
       <c r="B77" s="18" t="s">
-        <v>777</v>
+        <v>1340</v>
       </c>
       <c r="C77" s="19">
-        <v>45965</v>
+        <v>46026</v>
       </c>
       <c r="D77" s="41" t="s">
-        <v>834</v>
+        <v>49</v>
       </c>
       <c r="E77" s="27" t="s">
-        <v>833</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="15.6">
       <c r="A78" s="43" t="s">
-        <v>475</v>
+        <v>1543</v>
       </c>
       <c r="B78" s="18" t="s">
-        <v>777</v>
+        <v>1541</v>
       </c>
       <c r="C78" s="19">
-        <v>45870</v>
+        <v>46078</v>
       </c>
       <c r="D78" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E78" s="27" t="s">
-        <v>476</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="79" spans="1:5" ht="15.6">
       <c r="A79" s="43" t="s">
-        <v>464</v>
+        <v>1531</v>
       </c>
       <c r="B79" s="18" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>1529</v>
+      </c>
+      <c r="C79" s="19">
+        <v>42419</v>
       </c>
       <c r="D79" s="41" t="s">
-        <v>49</v>
+        <v>484</v>
       </c>
       <c r="E79" s="27" t="s">
-        <v>466</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="15.6">
       <c r="A80" s="43" t="s">
-        <v>690</v>
+        <v>453</v>
       </c>
       <c r="B80" s="18" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="C80" s="19">
-        <v>45943</v>
+        <v>45935</v>
       </c>
       <c r="D80" s="41" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-    <row r="81" spans="1:5" ht="31.2">
+        <v>27</v>
+      </c>
+      <c r="E80" s="41" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="15.6">
       <c r="A81" s="43" t="s">
-        <v>433</v>
+        <v>654</v>
       </c>
       <c r="B81" s="18" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="C81" s="19">
-        <v>45901</v>
+        <v>45940</v>
       </c>
       <c r="D81" s="41" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E81" s="27" t="s">
-        <v>432</v>
+        <v>655</v>
       </c>
     </row>
     <row r="82" spans="1:5" ht="15.6">
       <c r="A82" s="43" t="s">
-        <v>14</v>
+        <v>537</v>
       </c>
       <c r="B82" s="18" t="s">
-        <v>1447</v>
+        <v>536</v>
       </c>
       <c r="C82" s="19">
-        <v>46037</v>
+        <v>45824</v>
       </c>
       <c r="D82" s="41" t="s">
-        <v>49</v>
+        <v>388</v>
       </c>
       <c r="E82" s="27" t="s">
-        <v>1448</v>
+        <v>538</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="15.6">
       <c r="A83" s="43" t="s">
-        <v>643</v>
+        <v>661</v>
       </c>
       <c r="B83" s="18" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="C83" s="19">
-        <v>45901</v>
+        <v>2024</v>
       </c>
       <c r="D83" s="41" t="s">
-        <v>49</v>
+        <v>367</v>
       </c>
       <c r="E83" s="27" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="15.6">
       <c r="A84" s="43" t="s">
-        <v>928</v>
+        <v>45</v>
       </c>
       <c r="B84" s="18" t="s">
-        <v>928</v>
+        <v>46</v>
       </c>
       <c r="C84" s="19">
-        <v>45714</v>
+        <v>45673</v>
       </c>
       <c r="D84" s="41" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="E84" s="27" t="s">
-        <v>929</v>
+        <v>47</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="15.6">
       <c r="A85" s="43" t="s">
-        <v>1442</v>
+        <v>51</v>
       </c>
       <c r="B85" s="18" t="s">
-        <v>1446</v>
-[...2 lines deleted...]
-        <v>46038</v>
+        <v>776</v>
+      </c>
+      <c r="C85" s="41" t="s">
+        <v>48</v>
       </c>
       <c r="D85" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E85" s="27" t="s">
-        <v>1442</v>
+        <v>50</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="30">
       <c r="A86" s="43" t="s">
-        <v>53</v>
+        <v>1312</v>
       </c>
       <c r="B86" s="18" t="s">
-        <v>780</v>
+        <v>1311</v>
       </c>
       <c r="C86" s="19">
-        <v>45755</v>
+        <v>46183</v>
       </c>
       <c r="D86" s="41" t="s">
-        <v>40</v>
+        <v>1308</v>
       </c>
       <c r="E86" s="27" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:5" ht="15.6">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" ht="30">
       <c r="A87" s="43" t="s">
-        <v>1352</v>
+        <v>832</v>
       </c>
       <c r="B87" s="18" t="s">
-        <v>1350</v>
+        <v>777</v>
       </c>
       <c r="C87" s="19">
-        <v>46022</v>
+        <v>45965</v>
       </c>
       <c r="D87" s="41" t="s">
-        <v>49</v>
+        <v>834</v>
       </c>
       <c r="E87" s="27" t="s">
-        <v>1351</v>
+        <v>833</v>
       </c>
     </row>
     <row r="88" spans="1:5" ht="15.6">
       <c r="A88" s="43" t="s">
-        <v>55</v>
+        <v>475</v>
       </c>
       <c r="B88" s="18" t="s">
-        <v>783</v>
+        <v>777</v>
       </c>
       <c r="C88" s="19">
-        <v>45848</v>
+        <v>45870</v>
       </c>
       <c r="D88" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E88" s="27" t="s">
-        <v>54</v>
+        <v>476</v>
       </c>
     </row>
     <row r="89" spans="1:5" ht="15.6">
       <c r="A89" s="43" t="s">
-        <v>56</v>
+        <v>464</v>
       </c>
       <c r="B89" s="18" t="s">
-        <v>57</v>
+        <v>778</v>
       </c>
       <c r="C89" s="41" t="s">
-        <v>48</v>
+        <v>465</v>
       </c>
       <c r="D89" s="41" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E89" s="27" t="s">
-        <v>58</v>
+        <v>466</v>
       </c>
     </row>
     <row r="90" spans="1:5" ht="15.6">
       <c r="A90" s="43" t="s">
-        <v>540</v>
+        <v>690</v>
       </c>
       <c r="B90" s="18" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="C90" s="19">
-        <v>45922</v>
+        <v>45943</v>
       </c>
       <c r="D90" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E90" s="27" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:5" ht="30">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="15.6">
       <c r="A91" s="43" t="s">
-        <v>478</v>
+        <v>433</v>
       </c>
       <c r="B91" s="18" t="s">
-        <v>477</v>
+        <v>782</v>
       </c>
       <c r="C91" s="19">
-        <v>45748</v>
+        <v>45901</v>
       </c>
       <c r="D91" s="41" t="s">
-        <v>479</v>
+        <v>49</v>
       </c>
       <c r="E91" s="27" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:5" ht="19.8" customHeight="1">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="15.6">
       <c r="A92" s="43" t="s">
-        <v>940</v>
+        <v>14</v>
       </c>
       <c r="B92" s="18" t="s">
-        <v>939</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1446</v>
+      </c>
+      <c r="C92" s="19">
+        <v>46037</v>
       </c>
       <c r="D92" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E92" s="27" t="s">
-        <v>941</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="93" spans="1:5" ht="15.6">
       <c r="A93" s="43" t="s">
-        <v>1077</v>
+        <v>643</v>
       </c>
       <c r="B93" s="18" t="s">
-        <v>1075</v>
+        <v>779</v>
       </c>
       <c r="C93" s="19">
-        <v>45978</v>
+        <v>45901</v>
       </c>
       <c r="D93" s="41" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E93" s="27" t="s">
-        <v>1076</v>
+        <v>644</v>
       </c>
     </row>
     <row r="94" spans="1:5" ht="15.6">
       <c r="A94" s="43" t="s">
-        <v>607</v>
+        <v>928</v>
       </c>
       <c r="B94" s="18" t="s">
-        <v>789</v>
+        <v>928</v>
       </c>
       <c r="C94" s="19">
-        <v>45875</v>
+        <v>45714</v>
       </c>
       <c r="D94" s="41" t="s">
-        <v>351</v>
+        <v>62</v>
       </c>
       <c r="E94" s="27" t="s">
-        <v>608</v>
+        <v>929</v>
       </c>
     </row>
     <row r="95" spans="1:5" ht="15.6">
       <c r="A95" s="43" t="s">
-        <v>1115</v>
+        <v>1441</v>
       </c>
       <c r="B95" s="18" t="s">
-        <v>1113</v>
+        <v>1445</v>
       </c>
       <c r="C95" s="19">
-        <v>45993</v>
+        <v>46038</v>
       </c>
       <c r="D95" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E95" s="27" t="s">
-        <v>1114</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:5" ht="15.6">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="30">
       <c r="A96" s="43" t="s">
-        <v>1512</v>
+        <v>53</v>
       </c>
       <c r="B96" s="18" t="s">
-        <v>1510</v>
+        <v>780</v>
       </c>
       <c r="C96" s="19">
-        <v>46066</v>
+        <v>45755</v>
       </c>
       <c r="D96" s="41" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="E96" s="27" t="s">
-        <v>1511</v>
+        <v>208</v>
       </c>
     </row>
     <row r="97" spans="1:5" ht="15.6">
       <c r="A97" s="43" t="s">
-        <v>688</v>
+        <v>1351</v>
       </c>
       <c r="B97" s="18" t="s">
-        <v>785</v>
+        <v>1349</v>
       </c>
       <c r="C97" s="19">
-        <v>45946</v>
+        <v>46022</v>
       </c>
       <c r="D97" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E97" s="27" t="s">
-        <v>689</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="98" spans="1:5" ht="15.6">
       <c r="A98" s="43" t="s">
-        <v>549</v>
+        <v>55</v>
       </c>
       <c r="B98" s="18" t="s">
-        <v>720</v>
+        <v>783</v>
       </c>
       <c r="C98" s="19">
-        <v>45924</v>
+        <v>45848</v>
       </c>
       <c r="D98" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E98" s="27" t="s">
-        <v>550</v>
+        <v>54</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="15.6">
       <c r="A99" s="43" t="s">
-        <v>1453</v>
+        <v>56</v>
       </c>
       <c r="B99" s="18" t="s">
-        <v>1452</v>
-[...2 lines deleted...]
-        <v>46042</v>
+        <v>57</v>
+      </c>
+      <c r="C99" s="41" t="s">
+        <v>48</v>
       </c>
       <c r="D99" s="41" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E99" s="27" t="s">
-        <v>1454</v>
+        <v>58</v>
       </c>
     </row>
     <row r="100" spans="1:5" ht="15.6">
       <c r="A100" s="43" t="s">
-        <v>1125</v>
+        <v>540</v>
       </c>
       <c r="B100" s="18" t="s">
-        <v>1124</v>
-[...1 lines deleted...]
-      <c r="C100" s="19" t="s">
+        <v>784</v>
+      </c>
+      <c r="C100" s="19">
+        <v>45922</v>
+      </c>
+      <c r="D100" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E100" s="27" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" ht="30">
+      <c r="A101" s="43" t="s">
+        <v>478</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>477</v>
+      </c>
+      <c r="C101" s="19">
+        <v>45748</v>
+      </c>
+      <c r="D101" s="41" t="s">
+        <v>479</v>
+      </c>
+      <c r="E101" s="27" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="19.8" customHeight="1">
+      <c r="A102" s="43" t="s">
+        <v>940</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>939</v>
+      </c>
+      <c r="C102" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="D100" s="41" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="D102" s="41" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="E102" s="27" t="s">
-        <v>1496</v>
+        <v>941</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="15.6">
       <c r="A103" s="43" t="s">
-        <v>598</v>
+        <v>1077</v>
       </c>
       <c r="B103" s="18" t="s">
-        <v>790</v>
+        <v>1075</v>
       </c>
       <c r="C103" s="19">
-        <v>45881</v>
+        <v>46086</v>
       </c>
       <c r="D103" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E103" s="27" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="15.6">
+      <c r="A104" s="43" t="s">
+        <v>607</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="C104" s="19">
+        <v>45875</v>
+      </c>
+      <c r="D104" s="41" t="s">
         <v>351</v>
       </c>
-      <c r="E103" s="27" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="E104" s="27" t="s">
-        <v>1163</v>
+        <v>608</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="15.6">
       <c r="A105" s="43" t="s">
-        <v>1333</v>
+        <v>1115</v>
       </c>
       <c r="B105" s="18" t="s">
-        <v>1332</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1113</v>
+      </c>
+      <c r="C105" s="19">
+        <v>45993</v>
       </c>
       <c r="D105" s="41" t="s">
-        <v>405</v>
+        <v>49</v>
       </c>
       <c r="E105" s="27" t="s">
-        <v>1334</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="106" spans="1:5" ht="15.6">
       <c r="A106" s="43" t="s">
-        <v>684</v>
+        <v>1511</v>
       </c>
       <c r="B106" s="18" t="s">
-        <v>791</v>
+        <v>1509</v>
       </c>
       <c r="C106" s="19">
-        <v>45960</v>
+        <v>46066</v>
       </c>
       <c r="D106" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E106" s="27" t="s">
-        <v>685</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="107" spans="1:5" ht="15.6">
       <c r="A107" s="43" t="s">
-        <v>995</v>
+        <v>688</v>
       </c>
       <c r="B107" s="18" t="s">
-        <v>994</v>
+        <v>785</v>
       </c>
       <c r="C107" s="19">
-        <v>45976</v>
+        <v>45946</v>
       </c>
       <c r="D107" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E107" s="27" t="s">
-        <v>996</v>
+        <v>689</v>
       </c>
     </row>
     <row r="108" spans="1:5" ht="15.6">
       <c r="A108" s="43" t="s">
-        <v>696</v>
+        <v>549</v>
       </c>
       <c r="B108" s="18" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>720</v>
+      </c>
+      <c r="C108" s="19">
+        <v>45924</v>
       </c>
       <c r="D108" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E108" s="27" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:5" ht="31.2">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" ht="15.6">
       <c r="A109" s="43" t="s">
-        <v>520</v>
+        <v>1621</v>
       </c>
       <c r="B109" s="18" t="s">
-        <v>793</v>
+        <v>1619</v>
       </c>
       <c r="C109" s="19">
-        <v>45918</v>
+        <v>46108</v>
       </c>
       <c r="D109" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E109" s="27" t="s">
-        <v>519</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="15.6">
       <c r="A110" s="43" t="s">
-        <v>1486</v>
+        <v>1452</v>
       </c>
       <c r="B110" s="18" t="s">
-        <v>1487</v>
+        <v>1451</v>
       </c>
       <c r="C110" s="19">
-        <v>46016</v>
+        <v>46042</v>
       </c>
       <c r="D110" s="41" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="E110" s="27" t="s">
-        <v>1488</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:5" ht="31.2">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" ht="15.6">
       <c r="A111" s="43" t="s">
-        <v>61</v>
+        <v>1125</v>
       </c>
       <c r="B111" s="18" t="s">
-        <v>59</v>
+        <v>1124</v>
       </c>
       <c r="C111" s="19" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="D111" s="41" t="s">
         <v>62</v>
       </c>
-      <c r="E111" s="41" t="s">
+      <c r="E111" s="27" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="15.6">
+      <c r="A112" s="43" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C112" s="19" t="s">
         <v>48</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D112" s="41" t="s">
-        <v>1018</v>
+        <v>484</v>
       </c>
       <c r="E112" s="27" t="s">
-        <v>1020</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="113" spans="1:5" ht="15.6">
-      <c r="A113" s="41" t="s">
-        <v>1383</v>
+      <c r="A113" s="43" t="s">
+        <v>1496</v>
       </c>
       <c r="B113" s="18" t="s">
-        <v>1382</v>
+        <v>1494</v>
       </c>
       <c r="C113" s="19">
-        <v>46003</v>
+        <v>45966</v>
       </c>
       <c r="D113" s="41" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="E113" s="27" t="s">
-        <v>1384</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="114" spans="1:5" ht="15.6">
       <c r="A114" s="43" t="s">
-        <v>551</v>
+        <v>598</v>
       </c>
       <c r="B114" s="18" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="C114" s="19">
-        <v>45618</v>
+        <v>45881</v>
       </c>
       <c r="D114" s="41" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="E114" s="27" t="s">
-        <v>278</v>
+        <v>597</v>
       </c>
     </row>
     <row r="115" spans="1:5" ht="15.6">
       <c r="A115" s="43" t="s">
-        <v>1224</v>
+        <v>1598</v>
       </c>
       <c r="B115" s="18" t="s">
-        <v>1222</v>
+        <v>1599</v>
       </c>
       <c r="C115" s="19">
-        <v>45999</v>
+        <v>46024</v>
       </c>
       <c r="D115" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E115" s="27" t="s">
-        <v>1223</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="116" spans="1:5" ht="15.6">
       <c r="A116" s="43" t="s">
-        <v>65</v>
+        <v>1586</v>
       </c>
       <c r="B116" s="18" t="s">
-        <v>63</v>
+        <v>1585</v>
       </c>
       <c r="C116" s="19">
-        <v>45868</v>
+        <v>46225</v>
       </c>
       <c r="D116" s="41" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="E116" s="27" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:5" ht="15.6">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" ht="31.2">
       <c r="A117" s="43" t="s">
-        <v>1001</v>
+        <v>1161</v>
       </c>
       <c r="B117" s="18" t="s">
-        <v>999</v>
+        <v>1160</v>
       </c>
       <c r="C117" s="19">
-        <v>45974</v>
+        <v>45978</v>
       </c>
       <c r="D117" s="41" t="s">
-        <v>49</v>
+        <v>1162</v>
       </c>
       <c r="E117" s="27" t="s">
-        <v>1000</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="118" spans="1:5" ht="15.6">
       <c r="A118" s="43" t="s">
-        <v>547</v>
+        <v>1332</v>
       </c>
       <c r="B118" s="18" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-        <v>45925</v>
+        <v>1331</v>
+      </c>
+      <c r="C118" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="D118" s="41" t="s">
-        <v>49</v>
+        <v>405</v>
       </c>
       <c r="E118" s="27" t="s">
-        <v>548</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="15.6">
       <c r="A119" s="43" t="s">
-        <v>66</v>
+        <v>684</v>
       </c>
       <c r="B119" s="18" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>791</v>
+      </c>
+      <c r="C119" s="19">
+        <v>45960</v>
       </c>
       <c r="D119" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E119" s="27" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:5" s="7" customFormat="1" ht="15.6">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" ht="15.6">
       <c r="A120" s="43" t="s">
-        <v>429</v>
+        <v>995</v>
       </c>
       <c r="B120" s="18" t="s">
-        <v>797</v>
+        <v>994</v>
       </c>
       <c r="C120" s="19">
-        <v>45899</v>
+        <v>45976</v>
       </c>
       <c r="D120" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E120" s="27" t="s">
-        <v>428</v>
+        <v>996</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="15.6">
       <c r="A121" s="43" t="s">
-        <v>1214</v>
+        <v>696</v>
       </c>
       <c r="B121" s="18" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>46008</v>
+        <v>792</v>
+      </c>
+      <c r="C121" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="D121" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E121" s="27" t="s">
-        <v>1213</v>
+        <v>697</v>
       </c>
     </row>
     <row r="122" spans="1:5" ht="15.6">
       <c r="A122" s="43" t="s">
-        <v>1459</v>
+        <v>520</v>
       </c>
       <c r="B122" s="18" t="s">
-        <v>1457</v>
+        <v>793</v>
       </c>
       <c r="C122" s="19">
-        <v>46043</v>
+        <v>45918</v>
       </c>
       <c r="D122" s="41" t="s">
-        <v>455</v>
+        <v>49</v>
       </c>
       <c r="E122" s="27" t="s">
-        <v>1458</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:5" ht="31.2">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" ht="15.6">
       <c r="A123" s="43" t="s">
-        <v>609</v>
+        <v>1485</v>
       </c>
       <c r="B123" s="18" t="s">
-        <v>798</v>
+        <v>1486</v>
       </c>
       <c r="C123" s="19">
-        <v>45916</v>
+        <v>46016</v>
       </c>
       <c r="D123" s="41" t="s">
         <v>351</v>
       </c>
       <c r="E123" s="27" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:5" ht="15.6">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" ht="31.2">
       <c r="A124" s="43" t="s">
-        <v>1524</v>
+        <v>61</v>
       </c>
       <c r="B124" s="18" t="s">
-        <v>1522</v>
-[...2 lines deleted...]
-        <v>46065</v>
+        <v>59</v>
+      </c>
+      <c r="C124" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="D124" s="41" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1523</v>
+        <v>62</v>
+      </c>
+      <c r="E124" s="41" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="125" spans="1:5" ht="15.6">
-      <c r="A125" s="45" t="s">
-        <v>68</v>
+      <c r="A125" s="41" t="s">
+        <v>1019</v>
       </c>
       <c r="B125" s="18" t="s">
-        <v>69</v>
+        <v>1017</v>
       </c>
       <c r="C125" s="19">
-        <v>45859</v>
+        <v>45901</v>
       </c>
       <c r="D125" s="41" t="s">
-        <v>43</v>
+        <v>1018</v>
       </c>
       <c r="E125" s="27" t="s">
-        <v>70</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="126" spans="1:5" ht="15.6">
-      <c r="A126" s="45" t="s">
-        <v>1085</v>
+      <c r="A126" s="41" t="s">
+        <v>1382</v>
       </c>
       <c r="B126" s="18" t="s">
-        <v>1083</v>
+        <v>1381</v>
       </c>
       <c r="C126" s="19">
-        <v>45989</v>
+        <v>46003</v>
       </c>
       <c r="D126" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E126" s="27" t="s">
-        <v>1084</v>
-[...4 lines deleted...]
-        <v>1097</v>
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" ht="15.6">
+      <c r="A127" s="43" t="s">
+        <v>551</v>
       </c>
       <c r="B127" s="18" t="s">
-        <v>1095</v>
+        <v>794</v>
       </c>
       <c r="C127" s="19">
-        <v>45974</v>
+        <v>45618</v>
       </c>
       <c r="D127" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E127" s="27" t="s">
-        <v>1096</v>
+        <v>278</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="15.6">
-      <c r="A128" s="45" t="s">
-        <v>1456</v>
+      <c r="A128" s="43" t="s">
+        <v>1224</v>
       </c>
       <c r="B128" s="18" t="s">
-        <v>1455</v>
+        <v>1222</v>
       </c>
       <c r="C128" s="19">
-        <v>46042</v>
+        <v>45999</v>
       </c>
       <c r="D128" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E128" s="27" t="s">
-        <v>1454</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="15.6">
-      <c r="A129" s="45" t="s">
-        <v>663</v>
+      <c r="A129" s="43" t="s">
+        <v>1314</v>
       </c>
       <c r="B129" s="18" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>662</v>
+        <v>1581</v>
+      </c>
+      <c r="C129" s="19">
+        <v>46077</v>
       </c>
       <c r="D129" s="41" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>484</v>
+      </c>
+      <c r="E129" s="27" t="s">
+        <v>1315</v>
       </c>
     </row>
     <row r="130" spans="1:5" ht="15.6">
-      <c r="A130" s="45" t="s">
-        <v>1183</v>
+      <c r="A130" s="43" t="s">
+        <v>65</v>
       </c>
       <c r="B130" s="18" t="s">
-        <v>1181</v>
+        <v>63</v>
       </c>
       <c r="C130" s="19">
-        <v>46006</v>
+        <v>45868</v>
       </c>
       <c r="D130" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E130" s="27" t="s">
-        <v>1182</v>
-[...4 lines deleted...]
-        <v>1318</v>
+        <v>64</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" ht="15.6">
+      <c r="A131" s="43" t="s">
+        <v>1001</v>
       </c>
       <c r="B131" s="18" t="s">
-        <v>1317</v>
+        <v>999</v>
       </c>
       <c r="C131" s="19">
-        <v>46183</v>
+        <v>45974</v>
       </c>
       <c r="D131" s="41" t="s">
-        <v>1309</v>
+        <v>49</v>
       </c>
       <c r="E131" s="27" t="s">
-        <v>1310</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="132" spans="1:5" ht="15.6">
-      <c r="A132" s="45" t="s">
-        <v>449</v>
+      <c r="A132" s="43" t="s">
+        <v>547</v>
       </c>
       <c r="B132" s="18" t="s">
-        <v>448</v>
+        <v>795</v>
       </c>
       <c r="C132" s="19">
-        <v>45905</v>
+        <v>45925</v>
       </c>
       <c r="D132" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E132" s="27" t="s">
-        <v>450</v>
+        <v>548</v>
       </c>
     </row>
     <row r="133" spans="1:5" ht="15.6">
-      <c r="A133" s="45" t="s">
-        <v>513</v>
+      <c r="A133" s="43" t="s">
+        <v>1630</v>
       </c>
       <c r="B133" s="18" t="s">
-        <v>800</v>
+        <v>1628</v>
       </c>
       <c r="C133" s="19">
-        <v>45917</v>
+        <v>46154</v>
       </c>
       <c r="D133" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E133" s="27" t="s">
-        <v>512</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="15.6">
-      <c r="A134" s="45" t="s">
-        <v>671</v>
+      <c r="A134" s="43" t="s">
+        <v>1612</v>
       </c>
       <c r="B134" s="18" t="s">
-        <v>801</v>
+        <v>1610</v>
       </c>
       <c r="C134" s="19">
-        <v>45939</v>
+        <v>45964</v>
       </c>
       <c r="D134" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E134" s="27" t="s">
-        <v>672</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="135" spans="1:5" ht="15.6">
-      <c r="A135" s="45" t="s">
-        <v>471</v>
+      <c r="A135" s="43" t="s">
+        <v>66</v>
       </c>
       <c r="B135" s="18" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-        <v>45769</v>
+        <v>796</v>
+      </c>
+      <c r="C135" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="D135" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E135" s="27" t="s">
-        <v>472</v>
-[...4 lines deleted...]
-        <v>1132</v>
+        <v>67</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" s="7" customFormat="1" ht="15.6">
+      <c r="A136" s="43" t="s">
+        <v>429</v>
       </c>
       <c r="B136" s="18" t="s">
-        <v>1131</v>
+        <v>797</v>
       </c>
       <c r="C136" s="19">
-        <v>45154</v>
+        <v>45899</v>
       </c>
       <c r="D136" s="41" t="s">
-        <v>484</v>
+        <v>49</v>
       </c>
       <c r="E136" s="27" t="s">
-        <v>1133</v>
+        <v>428</v>
       </c>
     </row>
     <row r="137" spans="1:5" ht="15.6">
       <c r="A137" s="43" t="s">
-        <v>71</v>
+        <v>1214</v>
       </c>
       <c r="B137" s="18" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>1212</v>
+      </c>
+      <c r="C137" s="19">
+        <v>46008</v>
       </c>
       <c r="D137" s="41" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E137" s="27" t="s">
-        <v>803</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="15.6">
       <c r="A138" s="43" t="s">
-        <v>998</v>
+        <v>1458</v>
       </c>
       <c r="B138" s="18" t="s">
-        <v>997</v>
+        <v>1456</v>
       </c>
       <c r="C138" s="19">
-        <v>45902</v>
+        <v>46043</v>
       </c>
       <c r="D138" s="41" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>455</v>
+      </c>
+      <c r="E138" s="27" t="s">
+        <v>1457</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="31.2">
       <c r="A139" s="43" t="s">
-        <v>1263</v>
+        <v>609</v>
       </c>
       <c r="B139" s="18" t="s">
-        <v>1261</v>
+        <v>798</v>
       </c>
       <c r="C139" s="19">
-        <v>45993</v>
+        <v>45916</v>
       </c>
       <c r="D139" s="41" t="s">
-        <v>40</v>
+        <v>351</v>
       </c>
       <c r="E139" s="27" t="s">
-        <v>1262</v>
+        <v>610</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="15.6">
       <c r="A140" s="43" t="s">
-        <v>73</v>
+        <v>1523</v>
       </c>
       <c r="B140" s="18" t="s">
-        <v>805</v>
+        <v>1521</v>
       </c>
       <c r="C140" s="19">
-        <v>45778</v>
+        <v>46065</v>
       </c>
       <c r="D140" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E140" s="27" t="s">
-        <v>72</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="15.6">
-      <c r="A141" s="43" t="s">
-        <v>470</v>
+      <c r="A141" s="45" t="s">
+        <v>68</v>
       </c>
       <c r="B141" s="18" t="s">
-        <v>806</v>
+        <v>69</v>
       </c>
       <c r="C141" s="19">
-        <v>45962</v>
+        <v>45859</v>
       </c>
       <c r="D141" s="41" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E141" s="27" t="s">
-        <v>469</v>
+        <v>70</v>
       </c>
     </row>
     <row r="142" spans="1:5" ht="15.6">
-      <c r="A142" s="43" t="s">
-        <v>1380</v>
+      <c r="A142" s="45" t="s">
+        <v>1602</v>
       </c>
       <c r="B142" s="18" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1601</v>
+      </c>
+      <c r="C142" s="19">
+        <v>46100</v>
       </c>
       <c r="D142" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E142" s="27" t="s">
-        <v>1381</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="15.6">
-      <c r="A143" s="43" t="s">
-        <v>1416</v>
+      <c r="A143" s="45" t="s">
+        <v>1085</v>
       </c>
       <c r="B143" s="18" t="s">
-        <v>1415</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1083</v>
+      </c>
+      <c r="C143" s="19">
+        <v>45989</v>
       </c>
       <c r="D143" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E143" s="27" t="s">
-        <v>1417</v>
-[...4 lines deleted...]
-        <v>74</v>
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" ht="31.2">
+      <c r="A144" s="45" t="s">
+        <v>1097</v>
       </c>
       <c r="B144" s="18" t="s">
-        <v>76</v>
+        <v>1095</v>
       </c>
       <c r="C144" s="19">
-        <v>45816</v>
+        <v>45974</v>
       </c>
       <c r="D144" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E144" s="27" t="s">
-        <v>75</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="145" spans="1:5" ht="15.6">
-      <c r="A145" s="1" t="s">
-        <v>1393</v>
+      <c r="A145" s="45" t="s">
+        <v>1455</v>
       </c>
       <c r="B145" s="18" t="s">
-        <v>1391</v>
+        <v>1454</v>
       </c>
       <c r="C145" s="19">
-        <v>45673</v>
-[...5 lines deleted...]
-        <v>1392</v>
+        <v>46042</v>
+      </c>
+      <c r="D145" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E145" s="27" t="s">
+        <v>1453</v>
       </c>
     </row>
     <row r="146" spans="1:5" ht="15.6">
-      <c r="A146" s="43" t="s">
-        <v>988</v>
+      <c r="A146" s="45" t="s">
+        <v>663</v>
       </c>
       <c r="B146" s="18" t="s">
-        <v>292</v>
-[...4 lines deleted...]
-      <c r="D146" s="19" t="s">
+        <v>799</v>
+      </c>
+      <c r="C146" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="D146" s="41" t="s">
+        <v>664</v>
+      </c>
+      <c r="E146" s="41" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" ht="15.6">
+      <c r="A147" s="45" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B147" s="18" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C147" s="19">
+        <v>46006</v>
+      </c>
+      <c r="D147" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E146" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D147" s="19" t="s">
+      <c r="E147" s="27" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" ht="30">
+      <c r="A148" s="45" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B148" s="18" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C148" s="19">
+        <v>46183</v>
+      </c>
+      <c r="D148" s="41" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E148" s="27" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" ht="15.6">
+      <c r="A149" s="45" t="s">
+        <v>449</v>
+      </c>
+      <c r="B149" s="18" t="s">
+        <v>448</v>
+      </c>
+      <c r="C149" s="19">
+        <v>45905</v>
+      </c>
+      <c r="D149" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E149" s="27" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" ht="15.6">
+      <c r="A150" s="45" t="s">
+        <v>513</v>
+      </c>
+      <c r="B150" s="18" t="s">
+        <v>800</v>
+      </c>
+      <c r="C150" s="19">
+        <v>45917</v>
+      </c>
+      <c r="D150" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E150" s="27" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" ht="15.6">
+      <c r="A151" s="45" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B151" s="18" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C151" s="19">
+        <v>46113</v>
+      </c>
+      <c r="D151" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E151" s="27" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" ht="15.6">
+      <c r="A152" s="45" t="s">
+        <v>671</v>
+      </c>
+      <c r="B152" s="18" t="s">
+        <v>801</v>
+      </c>
+      <c r="C152" s="19">
+        <v>45939</v>
+      </c>
+      <c r="D152" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E152" s="27" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" ht="15.6">
+      <c r="A153" s="45" t="s">
+        <v>471</v>
+      </c>
+      <c r="B153" s="18" t="s">
+        <v>802</v>
+      </c>
+      <c r="C153" s="19">
+        <v>45769</v>
+      </c>
+      <c r="D153" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E153" s="27" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" ht="15.6">
+      <c r="A154" s="45" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B154" s="18" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C154" s="19">
+        <v>45154</v>
+      </c>
+      <c r="D154" s="41" t="s">
         <v>484</v>
       </c>
-      <c r="E147" s="47" t="s">
-[...119 lines deleted...]
-        <v>1320</v>
+      <c r="E154" s="27" t="s">
+        <v>1133</v>
       </c>
     </row>
     <row r="155" spans="1:5" ht="15.6">
       <c r="A155" s="43" t="s">
-        <v>1221</v>
+        <v>71</v>
       </c>
       <c r="B155" s="18" t="s">
-        <v>1219</v>
-[...8 lines deleted...]
-        <v>1220</v>
+        <v>804</v>
+      </c>
+      <c r="C155" s="46">
+        <v>2025</v>
+      </c>
+      <c r="D155" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="E155" s="27" t="s">
+        <v>803</v>
       </c>
     </row>
     <row r="156" spans="1:5" ht="15.6">
       <c r="A156" s="43" t="s">
-        <v>78</v>
+        <v>998</v>
       </c>
       <c r="B156" s="18" t="s">
-        <v>808</v>
+        <v>997</v>
       </c>
       <c r="C156" s="19">
-        <v>45729</v>
+        <v>45902</v>
       </c>
       <c r="D156" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="E156" s="27" t="s">
-        <v>79</v>
+      <c r="E156" s="41" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="157" spans="1:5" ht="15.6">
       <c r="A157" s="43" t="s">
-        <v>652</v>
+        <v>1263</v>
       </c>
       <c r="B157" s="18" t="s">
-        <v>809</v>
+        <v>1261</v>
       </c>
       <c r="C157" s="19">
-        <v>45943</v>
+        <v>45993</v>
       </c>
       <c r="D157" s="41" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E157" s="27" t="s">
-        <v>653</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="158" spans="1:5" ht="15.6">
       <c r="A158" s="43" t="s">
-        <v>1048</v>
+        <v>73</v>
       </c>
       <c r="B158" s="18" t="s">
-        <v>1047</v>
+        <v>805</v>
       </c>
       <c r="C158" s="19">
-        <v>45978</v>
+        <v>45778</v>
       </c>
       <c r="D158" s="41" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E158" s="27" t="s">
-        <v>1049</v>
+        <v>72</v>
       </c>
     </row>
     <row r="159" spans="1:5" ht="15.6">
       <c r="A159" s="43" t="s">
-        <v>1399</v>
+        <v>470</v>
       </c>
       <c r="B159" s="18" t="s">
-        <v>1397</v>
+        <v>806</v>
       </c>
       <c r="C159" s="19">
-        <v>46000</v>
+        <v>45962</v>
       </c>
       <c r="D159" s="41" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E159" s="27" t="s">
-        <v>1398</v>
+        <v>469</v>
       </c>
     </row>
     <row r="160" spans="1:5" ht="15.6">
       <c r="A160" s="43" t="s">
-        <v>919</v>
+        <v>1379</v>
       </c>
       <c r="B160" s="18" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>45920</v>
+        <v>1378</v>
+      </c>
+      <c r="C160" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="D160" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E160" s="27" t="s">
-        <v>918</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="161" spans="1:5" ht="15.6">
       <c r="A161" s="43" t="s">
-        <v>916</v>
+        <v>1415</v>
       </c>
       <c r="B161" s="18" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>45959</v>
+        <v>1414</v>
+      </c>
+      <c r="C161" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="D161" s="41" t="s">
         <v>49</v>
       </c>
       <c r="E161" s="27" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:5" ht="30">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="15.6">
       <c r="A162" s="43" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="B162" s="18" t="s">
-        <v>205</v>
+        <v>76</v>
       </c>
       <c r="C162" s="19">
-        <v>45838</v>
+        <v>45816</v>
       </c>
       <c r="D162" s="41" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E162" s="27" t="s">
-        <v>206</v>
+        <v>75</v>
       </c>
     </row>
     <row r="163" spans="1:5" ht="15.6">
-      <c r="A163" s="43" t="s">
-        <v>81</v>
+      <c r="A163" s="1" t="s">
+        <v>1392</v>
       </c>
       <c r="B163" s="18" t="s">
-        <v>82</v>
+        <v>1390</v>
       </c>
       <c r="C163" s="19">
-        <v>45700</v>
-[...5 lines deleted...]
-        <v>83</v>
+        <v>45673</v>
+      </c>
+      <c r="D163" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E163" s="47" t="s">
+        <v>1391</v>
       </c>
     </row>
     <row r="164" spans="1:5" ht="15.6">
       <c r="A164" s="43" t="s">
-        <v>1109</v>
+        <v>988</v>
       </c>
       <c r="B164" s="18" t="s">
-        <v>1107</v>
+        <v>292</v>
       </c>
       <c r="C164" s="19">
-        <v>45666</v>
-[...1 lines deleted...]
-      <c r="D164" s="41" t="s">
+        <v>45771</v>
+      </c>
+      <c r="D164" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E164" s="27" t="s">
-        <v>1108</v>
+      <c r="E164" s="47" t="s">
+        <v>989</v>
       </c>
     </row>
     <row r="165" spans="1:5" ht="15.6">
       <c r="A165" s="43" t="s">
-        <v>937</v>
+        <v>1347</v>
       </c>
       <c r="B165" s="18" t="s">
-        <v>936</v>
+        <v>1346</v>
       </c>
       <c r="C165" s="19">
-        <v>45964</v>
-[...5 lines deleted...]
-        <v>938</v>
+        <v>46030</v>
+      </c>
+      <c r="D165" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E165" s="47" t="s">
+        <v>1348</v>
       </c>
     </row>
     <row r="166" spans="1:5" ht="15.6">
       <c r="A166" s="43" t="s">
-        <v>1378</v>
+        <v>1045</v>
       </c>
       <c r="B166" s="18" t="s">
-        <v>1377</v>
-[...4 lines deleted...]
-      <c r="D166" s="41" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C166" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D166" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E166" s="27" t="s">
-        <v>48</v>
+      <c r="E166" s="47" t="s">
+        <v>1046</v>
       </c>
     </row>
     <row r="167" spans="1:5" ht="15.6">
       <c r="A167" s="43" t="s">
-        <v>1337</v>
+        <v>451</v>
       </c>
       <c r="B167" s="18" t="s">
-        <v>1335</v>
+        <v>863</v>
       </c>
       <c r="C167" s="19">
-        <v>46014</v>
-[...8 lines deleted...]
-    <row r="168" spans="1:5" ht="30">
+        <v>45896</v>
+      </c>
+      <c r="D167" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E167" s="20" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="15.6">
       <c r="A168" s="43" t="s">
-        <v>514</v>
+        <v>1490</v>
       </c>
       <c r="B168" s="18" t="s">
-        <v>515</v>
+        <v>1489</v>
       </c>
       <c r="C168" s="19">
-        <v>2025</v>
-[...8 lines deleted...]
-    <row r="169" spans="1:5" ht="15.6">
+        <v>46016</v>
+      </c>
+      <c r="D168" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E168" s="43" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="30">
       <c r="A169" s="43" t="s">
-        <v>640</v>
+        <v>1282</v>
       </c>
       <c r="B169" s="18" t="s">
-        <v>811</v>
-[...8 lines deleted...]
-        <v>641</v>
+        <v>1280</v>
+      </c>
+      <c r="C169" s="19">
+        <v>45980</v>
+      </c>
+      <c r="D169" s="19" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E169" s="47" t="s">
+        <v>1281</v>
       </c>
     </row>
     <row r="170" spans="1:5" ht="15.6">
       <c r="A170" s="43" t="s">
-        <v>1004</v>
+        <v>1144</v>
       </c>
       <c r="B170" s="18" t="s">
-        <v>1002</v>
-[...4 lines deleted...]
-      <c r="D170" s="41" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C170" s="19">
+        <v>45964</v>
+      </c>
+      <c r="D170" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E170" s="27" t="s">
-        <v>1003</v>
+      <c r="E170" s="47" t="s">
+        <v>1145</v>
       </c>
     </row>
     <row r="171" spans="1:5" ht="15.6">
       <c r="A171" s="43" t="s">
-        <v>1142</v>
+        <v>77</v>
       </c>
       <c r="B171" s="18" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>46001</v>
+        <v>807</v>
+      </c>
+      <c r="C171" s="19">
+        <v>45783</v>
       </c>
       <c r="D171" s="41" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1141</v>
+        <v>27</v>
+      </c>
+      <c r="E171" s="47" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="172" spans="1:5" ht="15.6">
       <c r="A172" s="43" t="s">
-        <v>1409</v>
+        <v>1320</v>
       </c>
       <c r="B172" s="18" t="s">
-        <v>1410</v>
-[...4 lines deleted...]
-      <c r="D172" s="41" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C172" s="19">
+        <v>45659</v>
+      </c>
+      <c r="D172" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E172" s="27" t="s">
-        <v>1411</v>
+      <c r="E172" s="47" t="s">
+        <v>1319</v>
       </c>
     </row>
     <row r="173" spans="1:5" ht="15.6">
       <c r="A173" s="43" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B173" s="18" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C173" s="19">
+        <v>46010</v>
+      </c>
+      <c r="D173" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E173" s="47" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="15.6">
+      <c r="A174" s="43" t="s">
+        <v>78</v>
+      </c>
+      <c r="B174" s="18" t="s">
+        <v>808</v>
+      </c>
+      <c r="C174" s="19">
+        <v>45729</v>
+      </c>
+      <c r="D174" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E174" s="27" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" ht="15.6">
+      <c r="A175" s="43" t="s">
+        <v>652</v>
+      </c>
+      <c r="B175" s="18" t="s">
+        <v>809</v>
+      </c>
+      <c r="C175" s="19">
+        <v>45943</v>
+      </c>
+      <c r="D175" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E175" s="27" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" ht="15.6">
+      <c r="A176" s="43" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B176" s="18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C176" s="19">
+        <v>45978</v>
+      </c>
+      <c r="D176" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="E176" s="27" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" ht="15.6">
+      <c r="A177" s="43" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B177" s="18" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C177" s="19">
+        <v>46000</v>
+      </c>
+      <c r="D177" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E177" s="27" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" ht="15.6">
+      <c r="A178" s="43" t="s">
+        <v>919</v>
+      </c>
+      <c r="B178" s="18" t="s">
+        <v>917</v>
+      </c>
+      <c r="C178" s="19">
+        <v>45920</v>
+      </c>
+      <c r="D178" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E178" s="27" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" ht="15.6">
+      <c r="A179" s="43" t="s">
+        <v>916</v>
+      </c>
+      <c r="B179" s="18" t="s">
+        <v>914</v>
+      </c>
+      <c r="C179" s="19">
+        <v>45959</v>
+      </c>
+      <c r="D179" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E179" s="27" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" ht="30">
+      <c r="A180" s="43" t="s">
+        <v>80</v>
+      </c>
+      <c r="B180" s="18" t="s">
+        <v>205</v>
+      </c>
+      <c r="C180" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D180" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E180" s="27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" ht="15.6">
+      <c r="A181" s="43" t="s">
+        <v>81</v>
+      </c>
+      <c r="B181" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="C181" s="19">
+        <v>45700</v>
+      </c>
+      <c r="D181" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E181" s="27" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" ht="15.6">
+      <c r="A182" s="43" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B182" s="18" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C182" s="19">
+        <v>45666</v>
+      </c>
+      <c r="D182" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E182" s="27" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" ht="15.6">
+      <c r="A183" s="43" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B183" s="18" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C183" s="19">
+        <v>46174</v>
+      </c>
+      <c r="D183" s="41" t="s">
+        <v>8</v>
+      </c>
+      <c r="E183" s="27" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" ht="15.6">
+      <c r="A184" s="43" t="s">
+        <v>937</v>
+      </c>
+      <c r="B184" s="18" t="s">
+        <v>936</v>
+      </c>
+      <c r="C184" s="19">
+        <v>45964</v>
+      </c>
+      <c r="D184" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="27" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" ht="15.6">
+      <c r="A185" s="43" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B185" s="18" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C185" s="19">
+        <v>46030</v>
+      </c>
+      <c r="D185" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E185" s="27" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" ht="15.6">
+      <c r="A186" s="43" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B186" s="18" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C186" s="19">
+        <v>46014</v>
+      </c>
+      <c r="D186" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E186" s="27" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" ht="30">
+      <c r="A187" s="43" t="s">
+        <v>514</v>
+      </c>
+      <c r="B187" s="18" t="s">
+        <v>515</v>
+      </c>
+      <c r="C187" s="19">
+        <v>2025</v>
+      </c>
+      <c r="D187" s="41" t="s">
+        <v>479</v>
+      </c>
+      <c r="E187" s="27" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" ht="15.6">
+      <c r="A188" s="43" t="s">
+        <v>640</v>
+      </c>
+      <c r="B188" s="18" t="s">
+        <v>811</v>
+      </c>
+      <c r="C188" s="19" t="s">
+        <v>642</v>
+      </c>
+      <c r="D188" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E188" s="27" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" ht="15.6">
+      <c r="A189" s="43" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B189" s="18" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C189" s="19">
+        <v>46118</v>
+      </c>
+      <c r="D189" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E189" s="27" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" ht="15.6">
+      <c r="A190" s="43" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B190" s="18" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C190" s="81">
+        <v>45974</v>
+      </c>
+      <c r="D190" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E190" s="27" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" ht="15.6">
+      <c r="A191" s="43" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B191" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C191" s="81">
+        <v>46001</v>
+      </c>
+      <c r="D191" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E191" s="27" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" ht="15.6">
+      <c r="A192" s="43" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B192" s="18" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C192" s="81">
+        <v>46097</v>
+      </c>
+      <c r="D192" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E192" s="27" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" ht="15.6">
+      <c r="A193" s="43" t="s">
         <v>542</v>
       </c>
-      <c r="B173" s="18" t="s">
+      <c r="B193" s="18" t="s">
         <v>851</v>
       </c>
-      <c r="C173" s="19">
+      <c r="C193" s="19">
         <v>45921</v>
       </c>
-      <c r="D173" s="19" t="s">
+      <c r="D193" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="E173" s="27" t="s">
+      <c r="E193" s="27" t="s">
         <v>541</v>
-      </c>
-[...338 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="194" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A194" s="43" t="s">
-        <v>358</v>
+        <v>511</v>
       </c>
       <c r="B194" s="18" t="s">
-        <v>861</v>
+        <v>810</v>
       </c>
       <c r="C194" s="19">
-        <v>45826</v>
-[...1 lines deleted...]
-      <c r="D194" s="19" t="s">
+        <v>45910</v>
+      </c>
+      <c r="D194" s="41" t="s">
         <v>49</v>
       </c>
-      <c r="E194" s="47" t="s">
-        <v>356</v>
+      <c r="E194" s="27" t="s">
+        <v>510</v>
       </c>
     </row>
     <row r="195" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A195" s="43" t="s">
-        <v>360</v>
+        <v>1053</v>
       </c>
       <c r="B195" s="18" t="s">
-        <v>862</v>
+        <v>1051</v>
       </c>
       <c r="C195" s="19">
-        <v>45740</v>
+        <v>45945</v>
       </c>
       <c r="D195" s="19" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>383</v>
+      </c>
+      <c r="E195" s="27" t="s">
+        <v>1052</v>
       </c>
     </row>
     <row r="196" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A196" s="43" t="s">
-        <v>1520</v>
+        <v>347</v>
       </c>
       <c r="B196" s="18" t="s">
-        <v>1519</v>
-[...2 lines deleted...]
-        <v>46069</v>
+        <v>852</v>
+      </c>
+      <c r="C196" s="46">
+        <v>2025</v>
       </c>
       <c r="D196" s="19" t="s">
-        <v>484</v>
+        <v>383</v>
       </c>
       <c r="E196" s="47" t="s">
-        <v>1521</v>
+        <v>346</v>
       </c>
     </row>
     <row r="197" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A197" s="43" t="s">
-        <v>1363</v>
+        <v>944</v>
       </c>
       <c r="B197" s="18" t="s">
-        <v>1362</v>
+        <v>942</v>
       </c>
       <c r="C197" s="19">
-        <v>45903</v>
+        <v>46097</v>
       </c>
       <c r="D197" s="19" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E197" s="47" t="s">
-        <v>1364</v>
+        <v>943</v>
       </c>
     </row>
     <row r="198" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A198" s="43" t="s">
-        <v>1062</v>
+        <v>1056</v>
       </c>
       <c r="B198" s="18" t="s">
-        <v>1060</v>
+        <v>1054</v>
       </c>
       <c r="C198" s="19">
-        <v>45983</v>
+        <v>45973</v>
       </c>
       <c r="D198" s="19" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="E198" s="47" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="199" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A199" s="43" t="s">
-        <v>668</v>
+        <v>1006</v>
       </c>
       <c r="B199" s="18" t="s">
-        <v>162</v>
+        <v>1005</v>
       </c>
       <c r="C199" s="19">
-        <v>45910</v>
+        <v>45972</v>
       </c>
       <c r="D199" s="19" t="s">
-        <v>49</v>
+        <v>383</v>
       </c>
       <c r="E199" s="47" t="s">
-        <v>312</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="200" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A200" s="43" t="s">
-        <v>361</v>
+        <v>1434</v>
       </c>
       <c r="B200" s="18" t="s">
-        <v>864</v>
+        <v>1432</v>
       </c>
       <c r="C200" s="19">
-        <v>45784</v>
+        <v>46040</v>
       </c>
       <c r="D200" s="19" t="s">
-        <v>62</v>
+        <v>383</v>
       </c>
       <c r="E200" s="47" t="s">
-        <v>452</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="201" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A201" s="43" t="s">
-        <v>1268</v>
+        <v>639</v>
       </c>
       <c r="B201" s="18" t="s">
-        <v>1267</v>
+        <v>856</v>
       </c>
       <c r="C201" s="19">
-        <v>45978</v>
+        <v>45918</v>
       </c>
       <c r="D201" s="19" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1269</v>
+        <v>383</v>
+      </c>
+      <c r="E201" s="20" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="202" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A202" s="43" t="s">
-        <v>363</v>
+        <v>1566</v>
       </c>
       <c r="B202" s="18" t="s">
-        <v>865</v>
+        <v>1565</v>
       </c>
       <c r="C202" s="19">
-        <v>45705</v>
+        <v>46073</v>
       </c>
       <c r="D202" s="19" t="s">
-        <v>349</v>
+        <v>62</v>
       </c>
       <c r="E202" s="47" t="s">
-        <v>362</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="203" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A203" s="19" t="s">
-        <v>1128</v>
+      <c r="A203" s="43" t="s">
+        <v>1411</v>
       </c>
       <c r="B203" s="18" t="s">
-        <v>1127</v>
+        <v>1412</v>
       </c>
       <c r="C203" s="19">
-        <v>45993</v>
+        <v>46045</v>
       </c>
       <c r="D203" s="19" t="s">
-        <v>49</v>
+        <v>383</v>
       </c>
       <c r="E203" s="47" t="s">
-        <v>1129</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="204" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A204" s="43" t="s">
-        <v>686</v>
+        <v>196</v>
       </c>
       <c r="B204" s="18" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="C204" s="19">
-        <v>45945</v>
+        <v>45838</v>
       </c>
       <c r="D204" s="19" t="s">
-        <v>49</v>
+        <v>349</v>
       </c>
       <c r="E204" s="47" t="s">
-        <v>687</v>
+        <v>348</v>
       </c>
     </row>
     <row r="205" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A205" s="43" t="s">
-        <v>1070</v>
+        <v>352</v>
       </c>
       <c r="B205" s="18" t="s">
-        <v>1069</v>
+        <v>858</v>
       </c>
       <c r="C205" s="19">
-        <v>45615</v>
+        <v>45729</v>
       </c>
       <c r="D205" s="19" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="E205" s="47" t="s">
-        <v>1071</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A206" s="43" t="s">
-        <v>1259</v>
+        <v>676</v>
       </c>
       <c r="B206" s="18" t="s">
-        <v>1258</v>
+        <v>853</v>
       </c>
       <c r="C206" s="19">
-        <v>46009</v>
+        <v>45945</v>
       </c>
       <c r="D206" s="19" t="s">
-        <v>1162</v>
+        <v>349</v>
       </c>
       <c r="E206" s="47" t="s">
-        <v>1260</v>
+        <v>675</v>
       </c>
     </row>
     <row r="207" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A207" s="19" t="s">
-        <v>1067</v>
+      <c r="A207" s="43" t="s">
+        <v>1058</v>
       </c>
       <c r="B207" s="18" t="s">
-        <v>1066</v>
+        <v>1057</v>
       </c>
       <c r="C207" s="19">
-        <v>45923</v>
+        <v>45978</v>
       </c>
       <c r="D207" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E207" s="47" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" ht="15.6">
+      <c r="A208" s="43" t="s">
+        <v>673</v>
+      </c>
+      <c r="B208" s="18" t="s">
+        <v>855</v>
+      </c>
+      <c r="C208" s="19">
+        <v>45948</v>
+      </c>
+      <c r="D208" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E208" s="47" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A209" s="43" t="s">
+        <v>669</v>
+      </c>
+      <c r="B209" s="18" t="s">
+        <v>854</v>
+      </c>
+      <c r="C209" s="19">
+        <v>45936</v>
+      </c>
+      <c r="D209" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E209" s="47" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A210" s="43" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B210" s="18" t="s">
+        <v>826</v>
+      </c>
+      <c r="C210" s="19">
+        <v>45987</v>
+      </c>
+      <c r="D210" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E210" s="47" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A211" s="43" t="s">
+        <v>355</v>
+      </c>
+      <c r="B211" s="18" t="s">
+        <v>850</v>
+      </c>
+      <c r="C211" s="19" t="s">
+        <v>354</v>
+      </c>
+      <c r="D211" s="19" t="s">
+        <v>353</v>
+      </c>
+      <c r="E211" s="47" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A212" s="43" t="s">
+        <v>679</v>
+      </c>
+      <c r="B212" s="18" t="s">
+        <v>859</v>
+      </c>
+      <c r="C212" s="19">
+        <v>45944</v>
+      </c>
+      <c r="D212" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E207" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D208" s="19" t="s">
+      <c r="E212" s="47" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A213" s="43" t="s">
+        <v>698</v>
+      </c>
+      <c r="B213" s="18" t="s">
+        <v>860</v>
+      </c>
+      <c r="C213" s="19">
+        <v>45921</v>
+      </c>
+      <c r="D213" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E213" s="47" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A214" s="43" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B214" s="18" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C214" s="19">
+        <v>46107</v>
+      </c>
+      <c r="D214" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E214" s="47" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A215" s="43" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B215" s="18" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C215" s="19">
+        <v>46056</v>
+      </c>
+      <c r="D215" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="E208" s="47" t="s">
-[...117 lines deleted...]
-      </c>
       <c r="E215" s="47" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A216" s="43" t="s">
-        <v>623</v>
+        <v>934</v>
       </c>
       <c r="B216" s="18" t="s">
-        <v>869</v>
+        <v>933</v>
       </c>
       <c r="C216" s="19">
-        <v>2025</v>
+        <v>43160</v>
       </c>
       <c r="D216" s="19" t="s">
-        <v>49</v>
+        <v>349</v>
       </c>
       <c r="E216" s="47" t="s">
-        <v>622</v>
-[...5 lines deleted...]
-    <row r="217" spans="1:5 16384:16384" s="6" customFormat="1" ht="31.2">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A217" s="43" t="s">
-        <v>1092</v>
+        <v>358</v>
       </c>
       <c r="B217" s="18" t="s">
-        <v>1093</v>
+        <v>861</v>
       </c>
       <c r="C217" s="19">
-        <v>45991</v>
+        <v>45826</v>
       </c>
       <c r="D217" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E217" s="47" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A218" s="43" t="s">
-        <v>1290</v>
+        <v>360</v>
       </c>
       <c r="B218" s="18" t="s">
-        <v>1289</v>
+        <v>862</v>
       </c>
       <c r="C218" s="19">
-        <v>46015</v>
+        <v>45740</v>
       </c>
       <c r="D218" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E218" s="47" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A219" s="43" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B219" s="18" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C219" s="19">
+        <v>46069</v>
+      </c>
+      <c r="D219" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E219" s="47" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A220" s="43" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B220" s="18" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C220" s="19">
+        <v>45903</v>
+      </c>
+      <c r="D220" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E218" s="47" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="E220" s="47" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A221" s="43" t="s">
-        <v>1366</v>
+        <v>1062</v>
       </c>
       <c r="B221" s="18" t="s">
-        <v>1365</v>
+        <v>1060</v>
       </c>
       <c r="C221" s="19">
-        <v>45672</v>
+        <v>45983</v>
       </c>
       <c r="D221" s="19" t="s">
-        <v>484</v>
+        <v>405</v>
       </c>
       <c r="E221" s="47" t="s">
-        <v>1367</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A222" s="43" t="s">
-        <v>370</v>
+        <v>668</v>
       </c>
       <c r="B222" s="18" t="s">
-        <v>871</v>
+        <v>162</v>
       </c>
       <c r="C222" s="19">
-        <v>45850</v>
+        <v>45910</v>
       </c>
       <c r="D222" s="19" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E222" s="47" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:5 16384:16384" s="6" customFormat="1" ht="30">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A223" s="43" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="B223" s="18" t="s">
-        <v>849</v>
+        <v>864</v>
       </c>
       <c r="C223" s="19">
-        <v>45848</v>
+        <v>45784</v>
       </c>
       <c r="D223" s="19" t="s">
-        <v>443</v>
+        <v>62</v>
       </c>
       <c r="E223" s="47" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A224" s="43" t="s">
-        <v>1354</v>
+        <v>1584</v>
       </c>
       <c r="B224" s="18" t="s">
-        <v>1353</v>
+        <v>1582</v>
       </c>
       <c r="C224" s="19">
-        <v>46035</v>
+        <v>46077</v>
       </c>
       <c r="D224" s="19" t="s">
-        <v>49</v>
+        <v>349</v>
       </c>
       <c r="E224" s="47" t="s">
-        <v>1355</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="225" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A225" s="43" t="s">
-        <v>1404</v>
+        <v>1268</v>
       </c>
       <c r="B225" s="18" t="s">
-        <v>1024</v>
+        <v>1267</v>
       </c>
       <c r="C225" s="19">
-        <v>45992</v>
+        <v>45978</v>
       </c>
       <c r="D225" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E225" s="47" t="s">
-        <v>1026</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="226" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A226" s="43" t="s">
-        <v>1339</v>
+        <v>363</v>
       </c>
       <c r="B226" s="18" t="s">
-        <v>1338</v>
+        <v>865</v>
       </c>
       <c r="C226" s="19">
-        <v>46021</v>
+        <v>45705</v>
       </c>
       <c r="D226" s="19" t="s">
-        <v>49</v>
+        <v>349</v>
       </c>
       <c r="E226" s="47" t="s">
-        <v>1340</v>
+        <v>362</v>
       </c>
     </row>
     <row r="227" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A227" s="43" t="s">
-        <v>1025</v>
+      <c r="A227" s="19" t="s">
+        <v>1128</v>
       </c>
       <c r="B227" s="18" t="s">
-        <v>1024</v>
+        <v>1127</v>
       </c>
       <c r="C227" s="19">
-        <v>45974</v>
+        <v>45993</v>
       </c>
       <c r="D227" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E227" s="47" t="s">
-        <v>1026</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="228" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A228" s="43" t="s">
-        <v>483</v>
+        <v>686</v>
       </c>
       <c r="B228" s="18" t="s">
-        <v>873</v>
+        <v>866</v>
       </c>
       <c r="C228" s="19">
-        <v>45884</v>
+        <v>45945</v>
       </c>
       <c r="D228" s="19" t="s">
-        <v>484</v>
+        <v>49</v>
       </c>
       <c r="E228" s="47" t="s">
-        <v>485</v>
+        <v>687</v>
       </c>
     </row>
     <row r="229" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A229" s="43" t="s">
-        <v>444</v>
+        <v>1070</v>
       </c>
       <c r="B229" s="18" t="s">
-        <v>874</v>
+        <v>1069</v>
       </c>
       <c r="C229" s="19">
-        <v>45887</v>
+        <v>45615</v>
       </c>
       <c r="D229" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E229" s="47" t="s">
-        <v>445</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="230" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A230" s="43" t="s">
-        <v>1064</v>
+        <v>1259</v>
       </c>
       <c r="B230" s="18" t="s">
-        <v>1063</v>
+        <v>1258</v>
       </c>
       <c r="C230" s="19">
-        <v>45840</v>
+        <v>46009</v>
       </c>
       <c r="D230" s="19" t="s">
-        <v>27</v>
+        <v>1162</v>
       </c>
       <c r="E230" s="47" t="s">
-        <v>1065</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="231" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A231" s="43" t="s">
-        <v>491</v>
+      <c r="A231" s="19" t="s">
+        <v>1067</v>
       </c>
       <c r="B231" s="18" t="s">
-        <v>875</v>
+        <v>1066</v>
       </c>
       <c r="C231" s="19">
-        <v>45912</v>
+        <v>45923</v>
       </c>
       <c r="D231" s="19" t="s">
-        <v>349</v>
+        <v>49</v>
       </c>
       <c r="E231" s="47" t="s">
-        <v>492</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="232" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A232" s="43" t="s">
-        <v>1099</v>
+        <v>656</v>
       </c>
       <c r="B232" s="18" t="s">
-        <v>1098</v>
+        <v>867</v>
       </c>
       <c r="C232" s="19">
-        <v>45962</v>
+        <v>45945</v>
       </c>
       <c r="D232" s="19" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E232" s="47" t="s">
-        <v>1100</v>
+        <v>247</v>
       </c>
     </row>
     <row r="233" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A233" s="43" t="s">
-        <v>1527</v>
+        <v>1090</v>
       </c>
       <c r="B233" s="18" t="s">
-        <v>1525</v>
+        <v>1089</v>
       </c>
       <c r="C233" s="19">
-        <v>46000</v>
+        <v>45988</v>
       </c>
       <c r="D233" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E233" s="47" t="s">
-        <v>1526</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" s="6" customFormat="1" ht="30">
       <c r="A234" s="43" t="s">
-        <v>649</v>
+        <v>365</v>
       </c>
       <c r="B234" s="18" t="s">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="C234" s="19">
-        <v>45938</v>
+        <v>45701</v>
       </c>
       <c r="D234" s="19" t="s">
-        <v>49</v>
+        <v>353</v>
       </c>
       <c r="E234" s="47" t="s">
-        <v>650</v>
+        <v>364</v>
       </c>
     </row>
     <row r="235" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A235" s="43" t="s">
         <v>14</v>
       </c>
       <c r="B235" s="18" t="s">
-        <v>1449</v>
+        <v>1438</v>
       </c>
       <c r="C235" s="19">
-        <v>46057</v>
+        <v>46058</v>
       </c>
       <c r="D235" s="19" t="s">
         <v>8</v>
       </c>
       <c r="E235" s="47" t="s">
-        <v>1450</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="236" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A236" s="43" t="s">
-        <v>374</v>
+        <v>1022</v>
       </c>
       <c r="B236" s="18" t="s">
-        <v>877</v>
+        <v>1021</v>
       </c>
       <c r="C236" s="19">
-        <v>45755</v>
+        <v>45973</v>
       </c>
       <c r="D236" s="19" t="s">
-        <v>349</v>
+        <v>27</v>
       </c>
       <c r="E236" s="47" t="s">
-        <v>373</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="237" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A237" s="43" t="s">
-        <v>1304</v>
+        <v>1605</v>
       </c>
       <c r="B237" s="18" t="s">
-        <v>1302</v>
+        <v>1604</v>
       </c>
       <c r="C237" s="19">
-        <v>45658</v>
+        <v>46105</v>
       </c>
       <c r="D237" s="19" t="s">
-        <v>1186</v>
+        <v>49</v>
       </c>
       <c r="E237" s="47" t="s">
-        <v>1303</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="238" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A238" s="43" t="s">
-        <v>701</v>
+        <v>453</v>
       </c>
       <c r="B238" s="18" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="C238" s="19" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C238" s="19">
+        <v>46008</v>
+      </c>
+      <c r="D238" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E238" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="D238" s="19" t="s">
-[...6 lines deleted...]
-    <row r="239" spans="1:5" s="6" customFormat="1" ht="15.6">
+    </row>
+    <row r="239" spans="1:5" s="6" customFormat="1" ht="45">
       <c r="A239" s="43" t="s">
-        <v>1265</v>
+        <v>1106</v>
       </c>
       <c r="B239" s="18" t="s">
-        <v>1264</v>
+        <v>1105</v>
       </c>
       <c r="C239" s="19">
-        <v>45999</v>
+        <v>45989</v>
       </c>
       <c r="D239" s="19" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E239" s="47" t="s">
-        <v>1266</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="240" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A240" s="43" t="s">
-        <v>1259</v>
+        <v>1178</v>
       </c>
       <c r="B240" s="18" t="s">
-        <v>1325</v>
+        <v>1177</v>
       </c>
       <c r="C240" s="19">
-        <v>46009</v>
+        <v>46007</v>
       </c>
       <c r="D240" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E240" s="47" t="s">
-        <v>1260</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A241" s="43" t="s">
-        <v>1423</v>
+        <v>623</v>
       </c>
       <c r="B241" s="18" t="s">
-        <v>1422</v>
+        <v>869</v>
       </c>
       <c r="C241" s="19">
-        <v>46037</v>
+        <v>2025</v>
       </c>
       <c r="D241" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E241" s="47" t="s">
-        <v>1421</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>622</v>
+      </c>
+      <c r="XFD241" s="6" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A242" s="43" t="s">
-        <v>498</v>
+        <v>1559</v>
       </c>
       <c r="B242" s="18" t="s">
-        <v>497</v>
+        <v>1557</v>
       </c>
       <c r="C242" s="19">
-        <v>45827</v>
+        <v>46076</v>
       </c>
       <c r="D242" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E242" s="20" t="s">
-[...3 lines deleted...]
-    <row r="243" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="E242" s="47" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5 16384:16384" s="6" customFormat="1" ht="31.2">
       <c r="A243" s="43" t="s">
-        <v>1117</v>
+        <v>1092</v>
       </c>
       <c r="B243" s="18" t="s">
-        <v>1116</v>
+        <v>1093</v>
       </c>
       <c r="C243" s="19">
-        <v>45656</v>
+        <v>45991</v>
       </c>
       <c r="D243" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E243" s="47" t="s">
-        <v>1118</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A244" s="43" t="s">
-        <v>436</v>
+        <v>1290</v>
       </c>
       <c r="B244" s="18" t="s">
-        <v>848</v>
+        <v>1289</v>
       </c>
       <c r="C244" s="19">
-        <v>45896</v>
+        <v>46015</v>
       </c>
       <c r="D244" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E244" s="47" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A245" s="43" t="s">
-        <v>439</v>
+        <v>1150</v>
       </c>
       <c r="B245" s="18" t="s">
-        <v>879</v>
-[...4 lines deleted...]
-      <c r="D245" s="19" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C245" s="19">
+        <v>45999</v>
+      </c>
+      <c r="D245" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="E245" s="47" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A246" s="43" t="s">
+        <v>506</v>
+      </c>
+      <c r="B246" s="18" t="s">
+        <v>870</v>
+      </c>
+      <c r="C246" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D246" s="19" t="s">
+        <v>353</v>
+      </c>
+      <c r="E246" s="47" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A247" s="43" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B247" s="18" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C247" s="19">
+        <v>45672</v>
+      </c>
+      <c r="D247" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="E247" s="47" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A248" s="43" t="s">
+        <v>370</v>
+      </c>
+      <c r="B248" s="18" t="s">
+        <v>871</v>
+      </c>
+      <c r="C248" s="19">
+        <v>45850</v>
+      </c>
+      <c r="D248" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E248" s="47" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
+      <c r="A249" s="43" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B249" s="18" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C249" s="19">
+        <v>46105</v>
+      </c>
+      <c r="D249" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="E245" s="47" t="s">
-[...66 lines deleted...]
-      </c>
       <c r="E249" s="47" t="s">
-        <v>1372</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5 16384:16384" s="6" customFormat="1" ht="30">
       <c r="A250" s="43" t="s">
-        <v>1074</v>
+        <v>372</v>
       </c>
       <c r="B250" s="18" t="s">
-        <v>1072</v>
+        <v>849</v>
       </c>
       <c r="C250" s="19">
-        <v>45980</v>
+        <v>45848</v>
       </c>
       <c r="D250" s="19" t="s">
-        <v>49</v>
+        <v>443</v>
       </c>
       <c r="E250" s="47" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A251" s="43" t="s">
-        <v>1420</v>
+        <v>1353</v>
       </c>
       <c r="B251" s="18" t="s">
-        <v>1419</v>
+        <v>1352</v>
       </c>
       <c r="C251" s="19">
-        <v>46044</v>
+        <v>46035</v>
       </c>
       <c r="D251" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E251" s="47" t="s">
-        <v>1418</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A252" s="43" t="s">
-        <v>544</v>
+        <v>1403</v>
       </c>
       <c r="B252" s="18" t="s">
-        <v>881</v>
+        <v>1024</v>
       </c>
       <c r="C252" s="19">
-        <v>45964</v>
+        <v>45992</v>
       </c>
       <c r="D252" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E252" s="47" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A253" s="43" t="s">
-        <v>1482</v>
+        <v>1338</v>
       </c>
       <c r="B253" s="18" t="s">
-        <v>1481</v>
+        <v>1337</v>
       </c>
       <c r="C253" s="19">
-        <v>46044</v>
+        <v>46021</v>
       </c>
       <c r="D253" s="19" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="E253" s="47" t="s">
-        <v>1480</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:5" s="6" customFormat="1" ht="15.6" customHeight="1">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A254" s="43" t="s">
-        <v>375</v>
+        <v>1025</v>
       </c>
       <c r="B254" s="18" t="s">
-        <v>882</v>
+        <v>1024</v>
       </c>
       <c r="C254" s="19">
-        <v>45770</v>
+        <v>45974</v>
       </c>
       <c r="D254" s="19" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E254" s="47" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A255" s="43" t="s">
-        <v>377</v>
+        <v>483</v>
       </c>
       <c r="B255" s="18" t="s">
-        <v>883</v>
+        <v>873</v>
       </c>
       <c r="C255" s="19">
-        <v>45658</v>
+        <v>45884</v>
       </c>
       <c r="D255" s="19" t="s">
-        <v>351</v>
+        <v>484</v>
       </c>
       <c r="E255" s="47" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5 16384:16384" s="6" customFormat="1" ht="15.6">
       <c r="A256" s="43" t="s">
-        <v>1407</v>
+        <v>444</v>
       </c>
       <c r="B256" s="18" t="s">
-        <v>1406</v>
+        <v>874</v>
       </c>
       <c r="C256" s="19">
-        <v>46045</v>
+        <v>45887</v>
       </c>
       <c r="D256" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E256" s="47" t="s">
-        <v>1408</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:5" s="6" customFormat="1" ht="30">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A257" s="43" t="s">
-        <v>552</v>
+        <v>1064</v>
       </c>
       <c r="B257" s="18" t="s">
-        <v>884</v>
+        <v>1063</v>
       </c>
       <c r="C257" s="19">
-        <v>45821</v>
+        <v>45840</v>
       </c>
       <c r="D257" s="19" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="E257" s="47" t="s">
-        <v>199</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="258" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A258" s="43" t="s">
-        <v>1330</v>
+        <v>1648</v>
       </c>
       <c r="B258" s="18" t="s">
-        <v>1328</v>
+        <v>1647</v>
       </c>
       <c r="C258" s="19">
-        <v>45995</v>
+        <v>46356</v>
       </c>
       <c r="D258" s="19" t="s">
-        <v>985</v>
+        <v>49</v>
       </c>
       <c r="E258" s="47" t="s">
-        <v>1329</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="259" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A259" s="43" t="s">
-        <v>1432</v>
+        <v>491</v>
       </c>
       <c r="B259" s="18" t="s">
-        <v>1430</v>
+        <v>875</v>
       </c>
       <c r="C259" s="19">
-        <v>46048</v>
+        <v>45912</v>
       </c>
       <c r="D259" s="19" t="s">
-        <v>985</v>
+        <v>349</v>
       </c>
       <c r="E259" s="47" t="s">
-        <v>1431</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:5" s="6" customFormat="1" ht="45">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A260" s="43" t="s">
-        <v>380</v>
+        <v>1643</v>
       </c>
       <c r="B260" s="18" t="s">
-        <v>381</v>
+        <v>1642</v>
       </c>
       <c r="C260" s="19">
-        <v>45703</v>
+        <v>46044</v>
       </c>
       <c r="D260" s="19" t="s">
-        <v>379</v>
+        <v>49</v>
       </c>
       <c r="E260" s="47" t="s">
-        <v>378</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="261" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A261" s="43" t="s">
-        <v>499</v>
+        <v>1099</v>
       </c>
       <c r="B261" s="18" t="s">
-        <v>847</v>
+        <v>1098</v>
       </c>
       <c r="C261" s="19">
-        <v>45880</v>
+        <v>45962</v>
       </c>
       <c r="D261" s="19" t="s">
-        <v>500</v>
+        <v>49</v>
       </c>
       <c r="E261" s="47" t="s">
-        <v>501</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="262" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A262" s="43" t="s">
-        <v>1428</v>
+        <v>1526</v>
       </c>
       <c r="B262" s="18" t="s">
-        <v>1427</v>
+        <v>1524</v>
       </c>
       <c r="C262" s="19">
-        <v>46051</v>
+        <v>46000</v>
       </c>
       <c r="D262" s="19" t="s">
-        <v>500</v>
+        <v>49</v>
       </c>
       <c r="E262" s="47" t="s">
-        <v>1429</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:5" s="6" customFormat="1" ht="30">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A263" s="43" t="s">
-        <v>382</v>
+        <v>649</v>
       </c>
       <c r="B263" s="18" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="C263" s="19">
-        <v>45821</v>
+        <v>45938</v>
       </c>
       <c r="D263" s="19" t="s">
-        <v>443</v>
+        <v>49</v>
       </c>
       <c r="E263" s="47" t="s">
-        <v>199</v>
+        <v>650</v>
       </c>
     </row>
     <row r="264" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A264" s="43" t="s">
-        <v>692</v>
+        <v>14</v>
       </c>
       <c r="B264" s="18" t="s">
-        <v>886</v>
+        <v>1448</v>
       </c>
       <c r="C264" s="19">
-        <v>45957</v>
+        <v>46057</v>
       </c>
       <c r="D264" s="19" t="s">
-        <v>383</v>
+        <v>8</v>
       </c>
       <c r="E264" s="47" t="s">
-        <v>693</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="265" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A265" s="43" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="B265" s="18" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="C265" s="19">
-        <v>45839</v>
+        <v>45755</v>
       </c>
       <c r="D265" s="19" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E265" s="47" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" s="6" customFormat="1" ht="30.6">
       <c r="A266" s="43" t="s">
-        <v>431</v>
+        <v>1303</v>
       </c>
       <c r="B266" s="18" t="s">
-        <v>430</v>
+        <v>1633</v>
       </c>
       <c r="C266" s="19">
-        <v>45876</v>
+        <v>45658</v>
       </c>
       <c r="D266" s="19" t="s">
-        <v>349</v>
+        <v>1186</v>
       </c>
       <c r="E266" s="47" t="s">
-        <v>323</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="267" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A267" s="43" t="s">
-        <v>611</v>
+        <v>701</v>
       </c>
       <c r="B267" s="18" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-        <v>45674</v>
+        <v>878</v>
+      </c>
+      <c r="C267" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="D267" s="19" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="E267" s="47" t="s">
-        <v>612</v>
+        <v>700</v>
       </c>
     </row>
     <row r="268" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A268" s="43" t="s">
-        <v>1042</v>
+        <v>1265</v>
       </c>
       <c r="B268" s="18" t="s">
-        <v>1041</v>
+        <v>1264</v>
       </c>
       <c r="C268" s="19">
-        <v>45954</v>
+        <v>45999</v>
       </c>
       <c r="D268" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E268" s="47" t="s">
-        <v>1043</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="269" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A269" s="43" t="s">
-        <v>446</v>
+        <v>1259</v>
       </c>
       <c r="B269" s="18" t="s">
-        <v>889</v>
+        <v>1324</v>
       </c>
       <c r="C269" s="19">
-        <v>45882</v>
+        <v>46009</v>
       </c>
       <c r="D269" s="19" t="s">
-        <v>383</v>
+        <v>49</v>
       </c>
       <c r="E269" s="47" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:5" s="6" customFormat="1" ht="45">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A270" s="43" t="s">
-        <v>386</v>
+        <v>1561</v>
       </c>
       <c r="B270" s="18" t="s">
-        <v>890</v>
+        <v>1324</v>
       </c>
       <c r="C270" s="19">
-        <v>45783</v>
+        <v>46077</v>
       </c>
       <c r="D270" s="19" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="E270" s="47" t="s">
-        <v>385</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="271" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A271" s="43" t="s">
-        <v>461</v>
+        <v>1422</v>
       </c>
       <c r="B271" s="18" t="s">
-        <v>846</v>
-[...2 lines deleted...]
-        <v>462</v>
+        <v>1421</v>
+      </c>
+      <c r="C271" s="19">
+        <v>46037</v>
       </c>
       <c r="D271" s="19" t="s">
-        <v>383</v>
+        <v>49</v>
       </c>
       <c r="E271" s="47" t="s">
-        <v>463</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="272" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A272" s="43" t="s">
-        <v>387</v>
+        <v>498</v>
       </c>
       <c r="B272" s="18" t="s">
-        <v>891</v>
+        <v>497</v>
       </c>
       <c r="C272" s="19">
-        <v>45805</v>
+        <v>45827</v>
       </c>
       <c r="D272" s="19" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>49</v>
+      </c>
+      <c r="E272" s="20" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="273" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A273" s="43" t="s">
-        <v>389</v>
+        <v>1117</v>
       </c>
       <c r="B273" s="18" t="s">
-        <v>891</v>
+        <v>1116</v>
       </c>
       <c r="C273" s="19">
-        <v>45820</v>
+        <v>45656</v>
       </c>
       <c r="D273" s="19" t="s">
-        <v>388</v>
+        <v>49</v>
       </c>
       <c r="E273" s="47" t="s">
-        <v>201</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="274" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A274" s="43" t="s">
-        <v>1345</v>
+        <v>436</v>
       </c>
       <c r="B274" s="18" t="s">
-        <v>1344</v>
+        <v>848</v>
       </c>
       <c r="C274" s="19">
-        <v>46023</v>
+        <v>45896</v>
       </c>
       <c r="D274" s="19" t="s">
-        <v>383</v>
+        <v>49</v>
       </c>
       <c r="E274" s="47" t="s">
-        <v>1346</v>
+        <v>437</v>
       </c>
     </row>
     <row r="275" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A275" s="43" t="s">
-        <v>1224</v>
+        <v>439</v>
       </c>
       <c r="B275" s="18" t="s">
-        <v>1331</v>
-[...2 lines deleted...]
-        <v>45999</v>
+        <v>879</v>
+      </c>
+      <c r="C275" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="D275" s="19" t="s">
-        <v>383</v>
+        <v>49</v>
       </c>
       <c r="E275" s="47" t="s">
-        <v>1223</v>
+        <v>440</v>
       </c>
     </row>
     <row r="276" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A276" s="43" t="s">
-        <v>202</v>
+        <v>980</v>
       </c>
       <c r="B276" s="18" t="s">
-        <v>892</v>
+        <v>979</v>
       </c>
       <c r="C276" s="19">
-        <v>45820</v>
+        <v>45959</v>
       </c>
       <c r="D276" s="19" t="s">
-        <v>383</v>
-[...5 lines deleted...]
-    <row r="277" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>49</v>
+      </c>
+      <c r="E276" s="20" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5" s="6" customFormat="1" ht="15.6" customHeight="1">
       <c r="A277" s="43" t="s">
-        <v>1111</v>
+        <v>683</v>
       </c>
       <c r="B277" s="18" t="s">
-        <v>1110</v>
+        <v>880</v>
       </c>
       <c r="C277" s="19">
-        <v>45968</v>
+        <v>45946</v>
       </c>
       <c r="D277" s="19" t="s">
-        <v>379</v>
+        <v>49</v>
       </c>
       <c r="E277" s="47" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5" s="6" customFormat="1" ht="15.6" customHeight="1">
       <c r="A278" s="43" t="s">
-        <v>392</v>
+        <v>1478</v>
       </c>
       <c r="B278" s="18" t="s">
-        <v>893</v>
+        <v>1476</v>
       </c>
       <c r="C278" s="19">
-        <v>45836</v>
+        <v>45958</v>
       </c>
       <c r="D278" s="19" t="s">
-        <v>379</v>
+        <v>351</v>
       </c>
       <c r="E278" s="47" t="s">
-        <v>391</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="279" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A279" s="43" t="s">
-        <v>1285</v>
+        <v>1372</v>
       </c>
       <c r="B279" s="18" t="s">
-        <v>1283</v>
+        <v>1370</v>
       </c>
       <c r="C279" s="19">
-        <v>45978</v>
+        <v>46038</v>
       </c>
       <c r="D279" s="19" t="s">
-        <v>27</v>
+        <v>484</v>
       </c>
       <c r="E279" s="47" t="s">
-        <v>1284</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="280" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A280" s="43" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="B280" s="18" t="s">
-        <v>1101</v>
+        <v>1072</v>
       </c>
       <c r="C280" s="19">
-        <v>45982</v>
+        <v>45980</v>
       </c>
       <c r="D280" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E280" s="47" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="281" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A281" s="43" t="s">
-        <v>1493</v>
+        <v>1419</v>
       </c>
       <c r="B281" s="18" t="s">
-        <v>1492</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1418</v>
+      </c>
+      <c r="C281" s="19">
+        <v>46044</v>
       </c>
       <c r="D281" s="19" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="E281" s="47" t="s">
-        <v>1494</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="282" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A282" s="43" t="s">
-        <v>637</v>
+        <v>544</v>
       </c>
       <c r="B282" s="18" t="s">
-        <v>894</v>
+        <v>881</v>
       </c>
       <c r="C282" s="19">
-        <v>45937</v>
+        <v>45964</v>
       </c>
       <c r="D282" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E282" s="47" t="s">
-        <v>638</v>
+        <v>543</v>
       </c>
     </row>
     <row r="283" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A283" s="43" t="s">
-        <v>1274</v>
+        <v>1481</v>
       </c>
       <c r="B283" s="18" t="s">
-        <v>1273</v>
+        <v>1480</v>
       </c>
       <c r="C283" s="19">
-        <v>45978</v>
+        <v>46044</v>
       </c>
       <c r="D283" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E283" s="47" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" s="6" customFormat="1" ht="15.6" customHeight="1">
+      <c r="A284" s="43" t="s">
+        <v>375</v>
+      </c>
+      <c r="B284" s="18" t="s">
+        <v>882</v>
+      </c>
+      <c r="C284" s="19">
+        <v>45770</v>
+      </c>
+      <c r="D284" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="E283" s="47" t="s">
-[...17 lines deleted...]
-        <v>1100</v>
+      <c r="E284" s="47" t="s">
+        <v>438</v>
       </c>
     </row>
     <row r="285" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A285" s="43" t="s">
-        <v>502</v>
+        <v>377</v>
       </c>
       <c r="B285" s="18" t="s">
-        <v>895</v>
+        <v>883</v>
       </c>
       <c r="C285" s="19">
-        <v>45880</v>
+        <v>45658</v>
       </c>
       <c r="D285" s="19" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="E285" s="47" t="s">
-        <v>501</v>
+        <v>376</v>
       </c>
     </row>
     <row r="286" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A286" s="43" t="s">
-        <v>1147</v>
+        <v>1406</v>
       </c>
       <c r="B286" s="18" t="s">
-        <v>1146</v>
+        <v>1405</v>
       </c>
       <c r="C286" s="19">
-        <v>45961</v>
+        <v>46045</v>
       </c>
       <c r="D286" s="19" t="s">
         <v>49</v>
       </c>
       <c r="E286" s="47" t="s">
-        <v>1148</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" s="6" customFormat="1" ht="30">
       <c r="A287" s="43" t="s">
-        <v>931</v>
+        <v>552</v>
       </c>
       <c r="B287" s="18" t="s">
-        <v>930</v>
+        <v>884</v>
       </c>
       <c r="C287" s="19">
-        <v>45974</v>
+        <v>45821</v>
       </c>
       <c r="D287" s="19" t="s">
-        <v>484</v>
+        <v>443</v>
       </c>
       <c r="E287" s="47" t="s">
-        <v>932</v>
+        <v>199</v>
       </c>
     </row>
     <row r="288" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A288" s="43" t="s">
-        <v>1500</v>
+        <v>1329</v>
       </c>
       <c r="B288" s="18" t="s">
-        <v>1498</v>
+        <v>1327</v>
       </c>
       <c r="C288" s="19">
-        <v>46033</v>
+        <v>45995</v>
       </c>
       <c r="D288" s="19" t="s">
-        <v>351</v>
+        <v>985</v>
       </c>
       <c r="E288" s="47" t="s">
-        <v>1499</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="289" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A289" s="43" t="s">
-        <v>434</v>
+        <v>1431</v>
       </c>
       <c r="B289" s="18" t="s">
-        <v>845</v>
+        <v>1429</v>
       </c>
       <c r="C289" s="19">
-        <v>45901</v>
+        <v>46048</v>
       </c>
       <c r="D289" s="19" t="s">
-        <v>49</v>
+        <v>985</v>
       </c>
       <c r="E289" s="47" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5" s="6" customFormat="1" ht="45">
       <c r="A290" s="43" t="s">
-        <v>494</v>
+        <v>380</v>
       </c>
       <c r="B290" s="18" t="s">
-        <v>896</v>
+        <v>381</v>
       </c>
       <c r="C290" s="19">
-        <v>45897</v>
+        <v>45703</v>
       </c>
       <c r="D290" s="19" t="s">
-        <v>49</v>
+        <v>379</v>
       </c>
       <c r="E290" s="47" t="s">
-        <v>493</v>
+        <v>378</v>
       </c>
     </row>
     <row r="291" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A291" s="43" t="s">
-        <v>395</v>
+        <v>499</v>
       </c>
       <c r="B291" s="18" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>847</v>
+      </c>
+      <c r="C291" s="19">
+        <v>45880</v>
       </c>
       <c r="D291" s="19" t="s">
-        <v>49</v>
+        <v>500</v>
       </c>
       <c r="E291" s="47" t="s">
-        <v>393</v>
+        <v>501</v>
       </c>
     </row>
     <row r="292" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A292" s="43" t="s">
-        <v>1165</v>
+        <v>1427</v>
       </c>
       <c r="B292" s="18" t="s">
-        <v>1166</v>
+        <v>1426</v>
       </c>
       <c r="C292" s="19">
-        <v>45950</v>
+        <v>46020</v>
       </c>
       <c r="D292" s="19" t="s">
-        <v>49</v>
+        <v>500</v>
       </c>
       <c r="E292" s="47" t="s">
-        <v>1167</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="293" spans="1:5" s="6" customFormat="1" ht="30">
       <c r="A293" s="43" t="s">
-        <v>1306</v>
+        <v>382</v>
       </c>
       <c r="B293" s="18" t="s">
-        <v>1307</v>
+        <v>885</v>
       </c>
       <c r="C293" s="19">
-        <v>45292</v>
+        <v>45821</v>
       </c>
       <c r="D293" s="19" t="s">
-        <v>834</v>
+        <v>443</v>
       </c>
       <c r="E293" s="47" t="s">
-        <v>1305</v>
+        <v>199</v>
       </c>
     </row>
     <row r="294" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A294" s="43" t="s">
-        <v>1517</v>
+        <v>692</v>
       </c>
       <c r="B294" s="18" t="s">
-        <v>1516</v>
+        <v>886</v>
       </c>
       <c r="C294" s="19">
-        <v>46055</v>
+        <v>45957</v>
       </c>
       <c r="D294" s="19" t="s">
-        <v>49</v>
+        <v>383</v>
       </c>
       <c r="E294" s="47" t="s">
-        <v>1518</v>
+        <v>693</v>
       </c>
     </row>
     <row r="295" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A295" s="43" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>897</v>
+        <v>384</v>
+      </c>
+      <c r="B295" s="18" t="s">
+        <v>887</v>
       </c>
       <c r="C295" s="19">
-        <v>45754</v>
+        <v>45839</v>
       </c>
       <c r="D295" s="19" t="s">
-        <v>351</v>
+        <v>383</v>
       </c>
       <c r="E295" s="47" t="s">
-        <v>396</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A296" s="43" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-        <v>1168</v>
+        <v>431</v>
+      </c>
+      <c r="B296" s="18" t="s">
+        <v>430</v>
       </c>
       <c r="C296" s="19">
-        <v>46002</v>
+        <v>45876</v>
       </c>
       <c r="D296" s="19" t="s">
-        <v>484</v>
+        <v>349</v>
       </c>
       <c r="E296" s="47" t="s">
-        <v>1169</v>
+        <v>323</v>
       </c>
     </row>
     <row r="297" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A297" s="43" t="s">
-        <v>1009</v>
-[...2 lines deleted...]
-        <v>1008</v>
+        <v>611</v>
+      </c>
+      <c r="B297" s="18" t="s">
+        <v>888</v>
       </c>
       <c r="C297" s="19">
-        <v>45971</v>
+        <v>45674</v>
       </c>
       <c r="D297" s="19" t="s">
-        <v>455</v>
+        <v>351</v>
       </c>
       <c r="E297" s="47" t="s">
-        <v>1010</v>
+        <v>612</v>
       </c>
     </row>
     <row r="298" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A298" s="43" t="s">
-        <v>398</v>
+        <v>1042</v>
       </c>
       <c r="B298" s="18" t="s">
-        <v>898</v>
+        <v>1041</v>
       </c>
       <c r="C298" s="19">
-        <v>45413</v>
+        <v>45954</v>
       </c>
       <c r="D298" s="19" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="E298" s="47" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:5" s="6" customFormat="1" ht="45">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A299" s="43" t="s">
-        <v>400</v>
+        <v>446</v>
       </c>
       <c r="B299" s="18" t="s">
-        <v>899</v>
+        <v>889</v>
       </c>
       <c r="C299" s="19">
-        <v>45080</v>
+        <v>45882</v>
       </c>
       <c r="D299" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E299" s="47" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" s="6" customFormat="1" ht="45">
+      <c r="A300" s="43" t="s">
+        <v>386</v>
+      </c>
+      <c r="B300" s="18" t="s">
+        <v>890</v>
+      </c>
+      <c r="C300" s="19">
+        <v>45783</v>
+      </c>
+      <c r="D300" s="19" t="s">
         <v>443</v>
       </c>
-      <c r="E299" s="68" t="s">
-[...17 lines deleted...]
-        <v>401</v>
+      <c r="E300" s="47" t="s">
+        <v>385</v>
       </c>
     </row>
     <row r="301" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A301" s="43" t="s">
-        <v>1444</v>
+        <v>461</v>
       </c>
       <c r="B301" s="18" t="s">
-        <v>1443</v>
-[...2 lines deleted...]
-        <v>46056</v>
+        <v>846</v>
+      </c>
+      <c r="C301" s="66" t="s">
+        <v>462</v>
       </c>
       <c r="D301" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="E301" s="68" t="s">
-        <v>1445</v>
+      <c r="E301" s="47" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="302" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A302" s="43" t="s">
-        <v>407</v>
+        <v>387</v>
       </c>
       <c r="B302" s="18" t="s">
-        <v>901</v>
+        <v>891</v>
       </c>
       <c r="C302" s="19">
-        <v>45854</v>
+        <v>45805</v>
       </c>
       <c r="D302" s="19" t="s">
-        <v>351</v>
-[...5 lines deleted...]
-    <row r="303" spans="1:5" s="6" customFormat="1" ht="31.2">
+        <v>349</v>
+      </c>
+      <c r="E302" s="47" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A303" s="43" t="s">
-        <v>406</v>
+        <v>389</v>
       </c>
       <c r="B303" s="18" t="s">
-        <v>843</v>
+        <v>891</v>
       </c>
       <c r="C303" s="19">
-        <v>45768</v>
+        <v>45820</v>
       </c>
       <c r="D303" s="19" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>388</v>
+      </c>
+      <c r="E303" s="47" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="304" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A304" s="43" t="s">
-        <v>467</v>
+        <v>1344</v>
       </c>
       <c r="B304" s="18" t="s">
-        <v>902</v>
+        <v>1343</v>
       </c>
       <c r="C304" s="19">
-        <v>45904</v>
+        <v>46023</v>
       </c>
       <c r="D304" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="E304" s="68" t="s">
-        <v>468</v>
+      <c r="E304" s="47" t="s">
+        <v>1345</v>
       </c>
     </row>
     <row r="305" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A305" s="43" t="s">
-        <v>1088</v>
+        <v>1224</v>
       </c>
       <c r="B305" s="18" t="s">
-        <v>1087</v>
+        <v>1330</v>
       </c>
       <c r="C305" s="19">
-        <v>45985</v>
+        <v>45999</v>
       </c>
       <c r="D305" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="E305" s="68" t="s">
-        <v>1086</v>
+      <c r="E305" s="47" t="s">
+        <v>1223</v>
       </c>
     </row>
     <row r="306" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A306" s="43" t="s">
-        <v>1288</v>
+        <v>202</v>
       </c>
       <c r="B306" s="18" t="s">
-        <v>1286</v>
+        <v>892</v>
       </c>
       <c r="C306" s="19">
-        <v>45978</v>
+        <v>45820</v>
       </c>
       <c r="D306" s="19" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1287</v>
+        <v>383</v>
+      </c>
+      <c r="E306" s="47" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="307" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A307" s="43" t="s">
-        <v>645</v>
+        <v>1111</v>
       </c>
       <c r="B307" s="18" t="s">
-        <v>903</v>
+        <v>1110</v>
       </c>
       <c r="C307" s="19">
-        <v>45868</v>
+        <v>45968</v>
       </c>
       <c r="D307" s="19" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>379</v>
+      </c>
+      <c r="E307" s="47" t="s">
+        <v>1112</v>
       </c>
     </row>
     <row r="308" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A308" s="43" t="s">
-        <v>1012</v>
+        <v>392</v>
       </c>
       <c r="B308" s="18" t="s">
-        <v>1011</v>
+        <v>893</v>
       </c>
       <c r="C308" s="19">
-        <v>45960</v>
+        <v>45836</v>
       </c>
       <c r="D308" s="19" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>379</v>
+      </c>
+      <c r="E308" s="47" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="309" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A309" s="43" t="s">
-        <v>1369</v>
+        <v>1285</v>
       </c>
       <c r="B309" s="18" t="s">
-        <v>1368</v>
+        <v>1283</v>
       </c>
       <c r="C309" s="19">
-        <v>46022</v>
+        <v>45978</v>
       </c>
       <c r="D309" s="19" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>1370</v>
+        <v>27</v>
+      </c>
+      <c r="E309" s="47" t="s">
+        <v>1284</v>
       </c>
     </row>
     <row r="310" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A310" s="43" t="s">
-        <v>613</v>
+        <v>1079</v>
       </c>
       <c r="B310" s="18" t="s">
-        <v>904</v>
+        <v>1101</v>
       </c>
       <c r="C310" s="19">
-        <v>45901</v>
+        <v>45982</v>
       </c>
       <c r="D310" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E310" s="47" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A311" s="43" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B311" s="18" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C311" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D311" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="E310" s="68" t="s">
-[...17 lines deleted...]
-        <v>987</v>
+      <c r="E311" s="47" t="s">
+        <v>1493</v>
       </c>
     </row>
     <row r="312" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A312" s="43" t="s">
-        <v>369</v>
+        <v>637</v>
       </c>
       <c r="B312" s="18" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>894</v>
+      </c>
+      <c r="C312" s="19">
+        <v>45937</v>
       </c>
       <c r="D312" s="19" t="s">
-        <v>367</v>
+        <v>49</v>
       </c>
       <c r="E312" s="47" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:5" s="6" customFormat="1" ht="30">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A313" s="43" t="s">
-        <v>1401</v>
+        <v>1274</v>
       </c>
       <c r="B313" s="18" t="s">
-        <v>1403</v>
+        <v>1273</v>
       </c>
       <c r="C313" s="19">
-        <v>45817</v>
+        <v>45978</v>
       </c>
       <c r="D313" s="19" t="s">
-        <v>479</v>
+        <v>27</v>
       </c>
       <c r="E313" s="47" t="s">
-        <v>1402</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="314" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A314" s="43" t="s">
-        <v>1135</v>
+        <v>1099</v>
       </c>
       <c r="B314" s="18" t="s">
-        <v>1134</v>
+        <v>1098</v>
       </c>
       <c r="C314" s="19">
-        <v>45449</v>
+        <v>45962</v>
       </c>
       <c r="D314" s="19" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-        <v>1136</v>
+        <v>49</v>
+      </c>
+      <c r="E314" s="19" t="s">
+        <v>1100</v>
       </c>
     </row>
     <row r="315" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A315" s="43" t="s">
-        <v>453</v>
+        <v>502</v>
       </c>
       <c r="B315" s="18" t="s">
-        <v>842</v>
+        <v>895</v>
       </c>
       <c r="C315" s="19">
-        <v>45964</v>
+        <v>45880</v>
       </c>
       <c r="D315" s="19" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>49</v>
+      </c>
+      <c r="E315" s="47" t="s">
+        <v>501</v>
       </c>
     </row>
     <row r="316" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A316" s="43" t="s">
-        <v>1293</v>
+        <v>1147</v>
       </c>
       <c r="B316" s="18" t="s">
-        <v>1292</v>
+        <v>1146</v>
       </c>
       <c r="C316" s="19">
-        <v>46015</v>
+        <v>45961</v>
       </c>
       <c r="D316" s="19" t="s">
-        <v>383</v>
-[...5 lines deleted...]
-    <row r="317" spans="1:5" s="6" customFormat="1" ht="30">
+        <v>49</v>
+      </c>
+      <c r="E316" s="47" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A317" s="43" t="s">
-        <v>1401</v>
+        <v>931</v>
       </c>
       <c r="B317" s="18" t="s">
-        <v>1400</v>
+        <v>930</v>
       </c>
       <c r="C317" s="19">
-        <v>45817</v>
+        <v>45974</v>
       </c>
       <c r="D317" s="19" t="s">
-        <v>479</v>
-[...5 lines deleted...]
-    <row r="318" spans="1:5" s="6" customFormat="1" ht="19.2" customHeight="1">
+        <v>484</v>
+      </c>
+      <c r="E317" s="47" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A318" s="43" t="s">
-        <v>521</v>
+        <v>1499</v>
       </c>
       <c r="B318" s="18" t="s">
-        <v>526</v>
+        <v>1497</v>
       </c>
       <c r="C318" s="19">
-        <v>45895</v>
+        <v>46033</v>
       </c>
       <c r="D318" s="19" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>351</v>
+      </c>
+      <c r="E318" s="47" t="s">
+        <v>1498</v>
       </c>
     </row>
     <row r="319" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A319" s="43" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="B319" s="18" t="s">
-        <v>905</v>
+        <v>845</v>
       </c>
       <c r="C319" s="19">
-        <v>45859</v>
+        <v>45901</v>
       </c>
       <c r="D319" s="19" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>49</v>
+      </c>
+      <c r="E319" s="47" t="s">
+        <v>435</v>
       </c>
     </row>
     <row r="320" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A320" s="43" t="s">
-        <v>409</v>
+        <v>494</v>
       </c>
       <c r="B320" s="18" t="s">
-        <v>906</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>896</v>
+      </c>
+      <c r="C320" s="19">
+        <v>45897</v>
       </c>
       <c r="D320" s="19" t="s">
-        <v>351</v>
-[...5 lines deleted...]
-    <row r="321" spans="1:5" s="6" customFormat="1" ht="31.2">
+        <v>49</v>
+      </c>
+      <c r="E320" s="47" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A321" s="43" t="s">
-        <v>473</v>
+        <v>395</v>
       </c>
       <c r="B321" s="18" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>844</v>
+      </c>
+      <c r="C321" s="19" t="s">
+        <v>394</v>
       </c>
       <c r="D321" s="19" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>49</v>
+      </c>
+      <c r="E321" s="47" t="s">
+        <v>393</v>
       </c>
     </row>
     <row r="322" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A322" s="43" t="s">
-        <v>410</v>
+        <v>1165</v>
       </c>
       <c r="B322" s="18" t="s">
-        <v>411</v>
+        <v>1166</v>
       </c>
       <c r="C322" s="19">
-        <v>45847</v>
+        <v>45950</v>
       </c>
       <c r="D322" s="19" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>49</v>
+      </c>
+      <c r="E322" s="47" t="s">
+        <v>1167</v>
       </c>
     </row>
     <row r="323" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A323" s="43" t="s">
-        <v>1173</v>
+        <v>1615</v>
       </c>
       <c r="B323" s="18" t="s">
-        <v>907</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1616</v>
+      </c>
+      <c r="C323" s="19">
+        <v>46113</v>
       </c>
       <c r="D323" s="19" t="s">
-        <v>383</v>
-[...5 lines deleted...]
-    <row r="324" spans="1:5" s="6" customFormat="1" ht="15.6">
+        <v>484</v>
+      </c>
+      <c r="E323" s="47" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5" s="6" customFormat="1" ht="30">
       <c r="A324" s="43" t="s">
-        <v>532</v>
+        <v>1305</v>
       </c>
       <c r="B324" s="18" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>1306</v>
+      </c>
+      <c r="C324" s="19">
+        <v>45292</v>
       </c>
       <c r="D324" s="19" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>834</v>
+      </c>
+      <c r="E324" s="47" t="s">
+        <v>1304</v>
       </c>
     </row>
     <row r="325" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A325" s="43" t="s">
-        <v>413</v>
+        <v>1516</v>
       </c>
       <c r="B325" s="18" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>1515</v>
+      </c>
+      <c r="C325" s="19">
+        <v>46055</v>
       </c>
       <c r="D325" s="19" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>49</v>
+      </c>
+      <c r="E325" s="47" t="s">
+        <v>1517</v>
       </c>
     </row>
     <row r="326" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A326" s="43" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-        <v>909</v>
+        <v>397</v>
+      </c>
+      <c r="B326" s="67" t="s">
+        <v>897</v>
       </c>
       <c r="C326" s="19">
-        <v>45863</v>
-[...5 lines deleted...]
-        <v>704</v>
+        <v>45754</v>
+      </c>
+      <c r="D326" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E326" s="47" t="s">
+        <v>396</v>
       </c>
     </row>
     <row r="327" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A327" s="43" t="s">
-        <v>417</v>
-[...5 lines deleted...]
-        <v>416</v>
+        <v>1170</v>
+      </c>
+      <c r="B327" s="67" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C327" s="19">
+        <v>46002</v>
       </c>
       <c r="D327" s="19" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>484</v>
+      </c>
+      <c r="E327" s="47" t="s">
+        <v>1169</v>
       </c>
     </row>
     <row r="328" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A328" s="43" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-        <v>841</v>
+        <v>1659</v>
+      </c>
+      <c r="B328" s="67" t="s">
+        <v>1657</v>
       </c>
       <c r="C328" s="19">
-        <v>45667</v>
+        <v>46113</v>
       </c>
       <c r="D328" s="19" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>1658</v>
+      </c>
+      <c r="E328" s="47" t="s">
+        <v>1309</v>
       </c>
     </row>
     <row r="329" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A329" s="43" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>1276</v>
+        <v>1009</v>
+      </c>
+      <c r="B329" s="67" t="s">
+        <v>1008</v>
       </c>
       <c r="C329" s="19">
-        <v>45973</v>
+        <v>45971</v>
       </c>
       <c r="D329" s="19" t="s">
-        <v>1278</v>
-[...2 lines deleted...]
-        <v>1277</v>
+        <v>455</v>
+      </c>
+      <c r="E329" s="47" t="s">
+        <v>1010</v>
       </c>
     </row>
     <row r="330" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A330" s="43" t="s">
-        <v>1119</v>
+        <v>398</v>
       </c>
       <c r="B330" s="18" t="s">
-        <v>831</v>
+        <v>898</v>
       </c>
       <c r="C330" s="19">
-        <v>45989</v>
+        <v>45413</v>
       </c>
       <c r="D330" s="19" t="s">
-        <v>985</v>
-[...5 lines deleted...]
-    <row r="331" spans="1:5" s="6" customFormat="1" ht="30">
+        <v>351</v>
+      </c>
+      <c r="E330" s="47" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" s="6" customFormat="1" ht="45">
       <c r="A331" s="43" t="s">
-        <v>1514</v>
+        <v>400</v>
       </c>
       <c r="B331" s="18" t="s">
-        <v>1513</v>
+        <v>899</v>
       </c>
       <c r="C331" s="19">
-        <v>46070</v>
+        <v>45080</v>
       </c>
       <c r="D331" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E331" s="68" t="s">
-        <v>1515</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:5" s="6" customFormat="1" ht="30">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A332" s="43" t="s">
-        <v>441</v>
+        <v>403</v>
       </c>
       <c r="B332" s="18" t="s">
-        <v>1130</v>
+        <v>900</v>
       </c>
       <c r="C332" s="19">
-        <v>45908</v>
+        <v>45882</v>
       </c>
       <c r="D332" s="19" t="s">
-        <v>443</v>
+        <v>402</v>
       </c>
       <c r="E332" s="68" t="s">
-        <v>442</v>
+        <v>401</v>
       </c>
     </row>
     <row r="333" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A333" s="43" t="s">
-        <v>419</v>
+        <v>1443</v>
       </c>
       <c r="B333" s="18" t="s">
-        <v>912</v>
+        <v>1442</v>
       </c>
       <c r="C333" s="19">
-        <v>45838</v>
+        <v>46056</v>
       </c>
       <c r="D333" s="19" t="s">
-        <v>351</v>
+        <v>383</v>
       </c>
       <c r="E333" s="68" t="s">
-        <v>418</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="334" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A334" s="43" t="s">
-        <v>421</v>
+        <v>407</v>
       </c>
       <c r="B334" s="18" t="s">
-        <v>913</v>
+        <v>901</v>
       </c>
       <c r="C334" s="19">
-        <v>45629</v>
+        <v>45854</v>
       </c>
       <c r="D334" s="19" t="s">
-        <v>383</v>
+        <v>351</v>
       </c>
       <c r="E334" s="68" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:5" s="6" customFormat="1" ht="30">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" s="6" customFormat="1" ht="31.2">
       <c r="A335" s="43" t="s">
-        <v>665</v>
+        <v>406</v>
       </c>
       <c r="B335" s="18" t="s">
-        <v>911</v>
+        <v>843</v>
       </c>
       <c r="C335" s="19">
-        <v>45890</v>
+        <v>45768</v>
       </c>
       <c r="D335" s="19" t="s">
-        <v>666</v>
+        <v>405</v>
       </c>
       <c r="E335" s="68" t="s">
-        <v>667</v>
+        <v>404</v>
       </c>
     </row>
     <row r="336" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A336" s="43" t="s">
-        <v>1139</v>
+        <v>467</v>
       </c>
       <c r="B336" s="18" t="s">
-        <v>1138</v>
+        <v>902</v>
       </c>
       <c r="C336" s="19">
-        <v>45996</v>
+        <v>45904</v>
       </c>
       <c r="D336" s="19" t="s">
         <v>383</v>
       </c>
       <c r="E336" s="68" t="s">
-        <v>1140</v>
+        <v>468</v>
       </c>
     </row>
     <row r="337" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A337" s="43" t="s">
-        <v>1215</v>
+        <v>1088</v>
       </c>
       <c r="B337" s="18" t="s">
-        <v>1216</v>
+        <v>1087</v>
       </c>
       <c r="C337" s="19">
-        <v>46006</v>
+        <v>45985</v>
       </c>
       <c r="D337" s="19" t="s">
         <v>383</v>
       </c>
       <c r="E337" s="68" t="s">
-        <v>1217</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="338" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A338" s="71" t="s">
-        <v>525</v>
+      <c r="A338" s="43" t="s">
+        <v>1288</v>
       </c>
       <c r="B338" s="18" t="s">
-        <v>523</v>
+        <v>1286</v>
       </c>
       <c r="C338" s="19">
-        <v>45909</v>
+        <v>45978</v>
       </c>
       <c r="D338" s="19" t="s">
-        <v>383</v>
+        <v>27</v>
       </c>
       <c r="E338" s="68" t="s">
-        <v>524</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="339" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A339" s="71" t="s">
-        <v>1175</v>
+      <c r="A339" s="43" t="s">
+        <v>645</v>
       </c>
       <c r="B339" s="18" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>903</v>
+      </c>
+      <c r="C339" s="19">
+        <v>45868</v>
       </c>
       <c r="D339" s="19" t="s">
         <v>383</v>
       </c>
       <c r="E339" s="68" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A340" s="43" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B340" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C340" s="19">
+        <v>45960</v>
+      </c>
+      <c r="D340" s="19" t="s">
+        <v>985</v>
+      </c>
+      <c r="E340" s="68" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A341" s="43" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B341" s="18" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C341" s="19">
+        <v>46022</v>
+      </c>
+      <c r="D341" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E341" s="68" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A342" s="43" t="s">
+        <v>613</v>
+      </c>
+      <c r="B342" s="18" t="s">
+        <v>904</v>
+      </c>
+      <c r="C342" s="19">
+        <v>45901</v>
+      </c>
+      <c r="D342" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E342" s="68" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A343" s="6" t="s">
+        <v>986</v>
+      </c>
+      <c r="B343" s="18" t="s">
+        <v>984</v>
+      </c>
+      <c r="C343" s="88">
+        <v>45960</v>
+      </c>
+      <c r="D343" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E343" s="68" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A344" s="43" t="s">
+        <v>369</v>
+      </c>
+      <c r="B344" s="18" t="s">
+        <v>872</v>
+      </c>
+      <c r="C344" s="19" t="s">
+        <v>368</v>
+      </c>
+      <c r="D344" s="19" t="s">
+        <v>367</v>
+      </c>
+      <c r="E344" s="47" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A345" s="43" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B345" s="18" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C345" s="19">
+        <v>45817</v>
+      </c>
+      <c r="D345" s="19" t="s">
+        <v>479</v>
+      </c>
+      <c r="E345" s="47" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A346" s="43" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B346" s="18" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C346" s="19">
+        <v>45449</v>
+      </c>
+      <c r="D346" s="19" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E346" s="68" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A347" s="43" t="s">
+        <v>453</v>
+      </c>
+      <c r="B347" s="18" t="s">
+        <v>842</v>
+      </c>
+      <c r="C347" s="19">
+        <v>45964</v>
+      </c>
+      <c r="D347" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E347" s="69" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A348" s="43" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B348" s="18" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C348" s="19">
+        <v>46015</v>
+      </c>
+      <c r="D348" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E348" s="68" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A349" s="43" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B349" s="18" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C349" s="19">
+        <v>45817</v>
+      </c>
+      <c r="D349" s="19" t="s">
+        <v>479</v>
+      </c>
+      <c r="E349" s="68" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" s="6" customFormat="1" ht="19.2" customHeight="1">
+      <c r="A350" s="43" t="s">
+        <v>521</v>
+      </c>
+      <c r="B350" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="C350" s="19">
+        <v>45895</v>
+      </c>
+      <c r="D350" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E350" s="68" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" s="6" customFormat="1" ht="19.2" customHeight="1">
+      <c r="A351" s="43" t="s">
+        <v>473</v>
+      </c>
+      <c r="B351" s="18" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C351" s="19">
+        <v>45861</v>
+      </c>
+      <c r="D351" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E351" s="68" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A352" s="43" t="s">
+        <v>422</v>
+      </c>
+      <c r="B352" s="18" t="s">
+        <v>905</v>
+      </c>
+      <c r="C352" s="19">
+        <v>45859</v>
+      </c>
+      <c r="D352" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E352" s="68" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A353" s="43" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B353" s="18" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C353" s="19">
+        <v>46085</v>
+      </c>
+      <c r="D353" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E353" s="68" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A354" s="43" t="s">
+        <v>409</v>
+      </c>
+      <c r="B354" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="C354" s="70">
+        <v>2025</v>
+      </c>
+      <c r="D354" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E354" s="68" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A355" s="43" t="s">
+        <v>473</v>
+      </c>
+      <c r="B355" s="18" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C355" s="70" t="s">
+        <v>48</v>
+      </c>
+      <c r="D355" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E355" s="68" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A356" s="43" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B356" s="18" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C356" s="70">
+        <v>46114</v>
+      </c>
+      <c r="D356" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E356" s="68" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A357" s="43" t="s">
+        <v>410</v>
+      </c>
+      <c r="B357" s="18" t="s">
+        <v>411</v>
+      </c>
+      <c r="C357" s="19">
+        <v>45847</v>
+      </c>
+      <c r="D357" s="19" t="s">
+        <v>379</v>
+      </c>
+      <c r="E357" s="68" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A358" s="43" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B358" s="18" t="s">
+        <v>907</v>
+      </c>
+      <c r="C358" s="70" t="s">
+        <v>48</v>
+      </c>
+      <c r="D358" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E358" s="68" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A359" s="43" t="s">
+        <v>532</v>
+      </c>
+      <c r="B359" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="C359" s="70" t="s">
+        <v>533</v>
+      </c>
+      <c r="D359" s="19" t="s">
+        <v>532</v>
+      </c>
+      <c r="E359" s="69" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A360" s="43" t="s">
+        <v>413</v>
+      </c>
+      <c r="B360" s="18" t="s">
+        <v>414</v>
+      </c>
+      <c r="C360" s="70" t="s">
+        <v>31</v>
+      </c>
+      <c r="D360" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E360" s="68" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A361" s="43" t="s">
+        <v>705</v>
+      </c>
+      <c r="B361" s="18" t="s">
+        <v>909</v>
+      </c>
+      <c r="C361" s="19">
+        <v>45863</v>
+      </c>
+      <c r="D361" s="41" t="s">
+        <v>484</v>
+      </c>
+      <c r="E361" s="68" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A362" s="43" t="s">
+        <v>417</v>
+      </c>
+      <c r="B362" s="18" t="s">
+        <v>910</v>
+      </c>
+      <c r="C362" s="70" t="s">
+        <v>416</v>
+      </c>
+      <c r="D362" s="19" t="s">
+        <v>367</v>
+      </c>
+      <c r="E362" s="68" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A363" s="43" t="s">
+        <v>481</v>
+      </c>
+      <c r="B363" s="18" t="s">
+        <v>841</v>
+      </c>
+      <c r="C363" s="19">
+        <v>45667</v>
+      </c>
+      <c r="D363" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E363" s="68" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A364" s="43" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B364" s="18" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C364" s="19">
+        <v>45973</v>
+      </c>
+      <c r="D364" s="19" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E364" s="68" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A365" s="43" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B365" s="18" t="s">
+        <v>831</v>
+      </c>
+      <c r="C365" s="19">
+        <v>45989</v>
+      </c>
+      <c r="D365" s="19" t="s">
+        <v>985</v>
+      </c>
+      <c r="E365" s="68" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A366" s="43" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B366" s="18" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C366" s="19">
+        <v>46093</v>
+      </c>
+      <c r="D366" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="E366" s="68" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A367" s="43" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B367" s="18" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C367" s="19">
+        <v>46070</v>
+      </c>
+      <c r="D367" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E367" s="68" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A368" s="43" t="s">
+        <v>441</v>
+      </c>
+      <c r="B368" s="18" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C368" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D368" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="E368" s="68" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A369" s="43" t="s">
+        <v>419</v>
+      </c>
+      <c r="B369" s="18" t="s">
+        <v>912</v>
+      </c>
+      <c r="C369" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D369" s="19" t="s">
+        <v>351</v>
+      </c>
+      <c r="E369" s="68" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A370" s="43" t="s">
+        <v>421</v>
+      </c>
+      <c r="B370" s="18" t="s">
+        <v>913</v>
+      </c>
+      <c r="C370" s="19">
+        <v>45629</v>
+      </c>
+      <c r="D370" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E370" s="68" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A371" s="43" t="s">
+        <v>665</v>
+      </c>
+      <c r="B371" s="18" t="s">
+        <v>911</v>
+      </c>
+      <c r="C371" s="19">
+        <v>45890</v>
+      </c>
+      <c r="D371" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E371" s="68" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A372" s="43" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B372" s="18" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C372" s="19">
+        <v>45996</v>
+      </c>
+      <c r="D372" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E372" s="68" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A373" s="43" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B373" s="18" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C373" s="19">
+        <v>46006</v>
+      </c>
+      <c r="D373" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E373" s="68" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A374" s="71" t="s">
+        <v>525</v>
+      </c>
+      <c r="B374" s="18" t="s">
+        <v>523</v>
+      </c>
+      <c r="C374" s="19">
+        <v>45909</v>
+      </c>
+      <c r="D374" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E374" s="68" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A375" s="71" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B375" s="18" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C375" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D375" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E375" s="68" t="s">
         <v>1176</v>
       </c>
     </row>
-    <row r="340" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A340" s="71" t="s">
+    <row r="376" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A376" s="71" t="s">
         <v>619</v>
       </c>
-      <c r="B340" s="18" t="s">
+      <c r="B376" s="18" t="s">
         <v>618</v>
       </c>
-      <c r="C340" s="19">
+      <c r="C376" s="19">
         <v>45747</v>
       </c>
-      <c r="D340" s="19" t="s">
+      <c r="D376" s="19" t="s">
         <v>351</v>
       </c>
-      <c r="E340" s="68" t="s">
+      <c r="E376" s="68" t="s">
         <v>620</v>
       </c>
     </row>
-    <row r="341" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A341" s="71" t="s">
+    <row r="377" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A377" s="71" t="s">
         <v>460</v>
       </c>
-      <c r="B341" s="18" t="s">
+      <c r="B377" s="18" t="s">
         <v>788</v>
       </c>
-      <c r="C341" s="72" t="s">
+      <c r="C377" s="72" t="s">
         <v>459</v>
       </c>
-      <c r="D341" s="19" t="s">
+      <c r="D377" s="19" t="s">
         <v>367</v>
       </c>
-      <c r="E341" s="68" t="s">
+      <c r="E377" s="68" t="s">
         <v>458</v>
       </c>
     </row>
-    <row r="342" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A342" s="71" t="s">
+    <row r="378" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A378" s="71" t="s">
         <v>702</v>
       </c>
-      <c r="B342" s="18" t="s">
+      <c r="B378" s="18" t="s">
         <v>787</v>
       </c>
-      <c r="C342" s="72">
+      <c r="C378" s="72">
         <v>45688</v>
       </c>
-      <c r="D342" s="19" t="s">
+      <c r="D378" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="E342" s="68" t="s">
+      <c r="E378" s="68" t="s">
         <v>703</v>
       </c>
     </row>
-    <row r="343" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A343" s="71" t="s">
+    <row r="379" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A379" s="71" t="s">
         <v>488</v>
       </c>
-      <c r="B343" s="18" t="s">
+      <c r="B379" s="18" t="s">
         <v>786</v>
       </c>
-      <c r="C343" s="72">
+      <c r="C379" s="72">
         <v>45911</v>
       </c>
-      <c r="D343" s="19" t="s">
+      <c r="D379" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="E343" s="68" t="s">
+      <c r="E379" s="68" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="344" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A344" s="71" t="s">
+    <row r="380" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A380" s="71" t="s">
         <v>658</v>
       </c>
-      <c r="B344" s="18" t="s">
+      <c r="B380" s="18" t="s">
         <v>657</v>
       </c>
-      <c r="C344" s="72">
+      <c r="C380" s="72">
         <v>45656</v>
       </c>
-      <c r="D344" s="19" t="s">
+      <c r="D380" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="E344" s="68" t="s">
+      <c r="E380" s="68" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="345" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...3 lines deleted...]
-      <c r="B345" s="18" t="s">
+    <row r="381" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A381" s="71" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B381" s="18" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C381" s="72">
+        <v>45960</v>
+      </c>
+      <c r="D381" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E381" s="68" t="s">
         <v>1436</v>
       </c>
-      <c r="C345" s="72">
-[...2 lines deleted...]
-      <c r="D345" s="19" t="s">
+    </row>
+    <row r="382" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A382" s="71" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B382" s="18" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C382" s="72">
+        <v>46014</v>
+      </c>
+      <c r="D382" s="19" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E382" s="68" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A383" s="71" t="s">
+        <v>527</v>
+      </c>
+      <c r="B383" s="18" t="s">
+        <v>744</v>
+      </c>
+      <c r="C383" s="72">
+        <v>45926</v>
+      </c>
+      <c r="D383" s="19" t="s">
         <v>383</v>
       </c>
-      <c r="E345" s="68" t="s">
-[...33 lines deleted...]
-      <c r="E347" s="68" t="s">
+      <c r="E383" s="68" t="s">
         <v>528</v>
       </c>
     </row>
-    <row r="348" spans="1:5" s="6" customFormat="1">
-[...7 lines deleted...]
-      <c r="A349" s="96" t="s">
+    <row r="384" spans="1:5" s="6" customFormat="1">
+      <c r="A384" s="2"/>
+      <c r="B384" s="3"/>
+      <c r="C384" s="2"/>
+      <c r="D384" s="2"/>
+      <c r="E384" s="2"/>
+    </row>
+    <row r="385" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A385" s="96" t="s">
         <v>14</v>
       </c>
-      <c r="B349" s="97" t="s">
+      <c r="B385" s="97" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C385" s="98">
+        <v>46070</v>
+      </c>
+      <c r="D385" s="99" t="s">
+        <v>8</v>
+      </c>
+      <c r="E385" s="100" t="s">
         <v>1502</v>
       </c>
-      <c r="C349" s="98">
-[...464 lines deleted...]
-      <c r="E385" s="32"/>
     </row>
     <row r="386" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A386" s="31"/>
       <c r="B386" s="25" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>45888</v>
+        <v>1587</v>
+      </c>
+      <c r="C386" s="88">
+        <v>46101</v>
       </c>
       <c r="D386" s="26"/>
       <c r="E386" s="32" t="s">
-        <v>571</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="387" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A387" s="31"/>
       <c r="B387" s="25" t="s">
-        <v>727</v>
+        <v>15</v>
       </c>
       <c r="C387" s="19">
-        <v>45922</v>
-[...1 lines deleted...]
-      <c r="D387" s="26"/>
+        <v>45760</v>
+      </c>
       <c r="E387" s="32" t="s">
-        <v>590</v>
+        <v>16</v>
       </c>
     </row>
     <row r="388" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A388" s="31"/>
       <c r="B388" s="25" t="s">
-        <v>728</v>
+        <v>237</v>
       </c>
       <c r="C388" s="19">
-        <v>45919</v>
+        <v>45818</v>
       </c>
       <c r="D388" s="26"/>
       <c r="E388" s="32" t="s">
-        <v>587</v>
+        <v>556</v>
       </c>
     </row>
     <row r="389" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A389" s="31"/>
       <c r="B389" s="25" t="s">
-        <v>21</v>
+        <v>1546</v>
       </c>
       <c r="C389" s="19">
-        <v>45761</v>
+        <v>46080</v>
       </c>
       <c r="D389" s="26"/>
       <c r="E389" s="32" t="s">
-        <v>554</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="390" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A390" s="31"/>
       <c r="B390" s="25" t="s">
-        <v>729</v>
+        <v>1465</v>
       </c>
       <c r="C390" s="19">
-        <v>45925</v>
+        <v>46062</v>
       </c>
       <c r="D390" s="26"/>
       <c r="E390" s="32" t="s">
-        <v>592</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="391" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A391" s="31"/>
       <c r="B391" s="25" t="s">
-        <v>730</v>
+        <v>579</v>
       </c>
       <c r="C391" s="19">
-        <v>45873</v>
+        <v>45909</v>
       </c>
       <c r="D391" s="26"/>
       <c r="E391" s="32" t="s">
-        <v>567</v>
+        <v>580</v>
       </c>
     </row>
     <row r="392" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A392" s="31"/>
       <c r="B392" s="25" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
       <c r="C392" s="19">
-        <v>45818</v>
+        <v>45919</v>
       </c>
       <c r="D392" s="26"/>
       <c r="E392" s="32" t="s">
-        <v>560</v>
+        <v>585</v>
       </c>
     </row>
     <row r="393" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A393" s="31"/>
       <c r="B393" s="25" t="s">
-        <v>1533</v>
+        <v>1467</v>
       </c>
       <c r="C393" s="19">
-        <v>46072</v>
+        <v>46062</v>
       </c>
       <c r="D393" s="26"/>
       <c r="E393" s="32" t="s">
-        <v>1534</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="394" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A394" s="31"/>
       <c r="B394" s="25" t="s">
-        <v>22</v>
+        <v>1551</v>
       </c>
       <c r="C394" s="19">
-        <v>45747</v>
+        <v>46084</v>
       </c>
       <c r="D394" s="26"/>
       <c r="E394" s="32" t="s">
-        <v>558</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="395" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A395" s="31"/>
       <c r="B395" s="25" t="s">
-        <v>1506</v>
+        <v>119</v>
       </c>
       <c r="C395" s="19">
-        <v>46070</v>
+        <v>45863</v>
       </c>
       <c r="D395" s="26"/>
       <c r="E395" s="32" t="s">
-        <v>1507</v>
+        <v>564</v>
       </c>
     </row>
     <row r="396" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A396" s="31"/>
       <c r="B396" s="25" t="s">
-        <v>732</v>
+        <v>722</v>
       </c>
       <c r="C396" s="19">
-        <v>45838</v>
+        <v>45818</v>
       </c>
       <c r="D396" s="26"/>
       <c r="E396" s="32" t="s">
-        <v>562</v>
+        <v>254</v>
       </c>
     </row>
     <row r="397" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A397" s="31"/>
       <c r="B397" s="25" t="s">
-        <v>23</v>
+        <v>723</v>
       </c>
       <c r="C397" s="19">
-        <v>45747</v>
+        <v>45873</v>
       </c>
       <c r="D397" s="26"/>
       <c r="E397" s="32" t="s">
-        <v>553</v>
+        <v>566</v>
       </c>
     </row>
     <row r="398" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A398" s="31"/>
       <c r="B398" s="25" t="s">
-        <v>169</v>
+        <v>17</v>
       </c>
       <c r="C398" s="19">
-        <v>45838</v>
+        <v>45747</v>
       </c>
       <c r="D398" s="26"/>
-      <c r="E398" s="32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E398" s="32"/>
     </row>
     <row r="399" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A399" s="31"/>
       <c r="B399" s="25" t="s">
-        <v>733</v>
+        <v>1473</v>
       </c>
       <c r="C399" s="19">
-        <v>45888</v>
+        <v>46059</v>
       </c>
       <c r="D399" s="26"/>
       <c r="E399" s="32" t="s">
-        <v>572</v>
+        <v>48</v>
       </c>
     </row>
     <row r="400" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A400" s="31"/>
       <c r="B400" s="25" t="s">
-        <v>734</v>
+        <v>18</v>
       </c>
       <c r="C400" s="19">
-        <v>45925</v>
+        <v>45747</v>
       </c>
       <c r="D400" s="26"/>
-      <c r="E400" s="32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E400" s="32"/>
     </row>
     <row r="401" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A401" s="31"/>
       <c r="B401" s="25" t="s">
-        <v>1203</v>
+        <v>1568</v>
       </c>
       <c r="C401" s="19">
-        <v>46073</v>
+        <v>46092</v>
       </c>
       <c r="D401" s="26"/>
       <c r="E401" s="32" t="s">
-        <v>1536</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="402" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A402" s="31"/>
       <c r="B402" s="25" t="s">
-        <v>1504</v>
+        <v>1553</v>
       </c>
       <c r="C402" s="19">
-        <v>46070</v>
+        <v>46084</v>
       </c>
       <c r="D402" s="26"/>
       <c r="E402" s="32" t="s">
-        <v>1505</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="403" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A403" s="31"/>
       <c r="B403" s="25" t="s">
-        <v>735</v>
+        <v>124</v>
       </c>
       <c r="C403" s="19">
-        <v>45911</v>
+        <v>45909</v>
       </c>
       <c r="D403" s="26"/>
       <c r="E403" s="32" t="s">
-        <v>328</v>
+        <v>581</v>
       </c>
     </row>
     <row r="404" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A404" s="31"/>
       <c r="B404" s="25" t="s">
-        <v>175</v>
+        <v>1463</v>
       </c>
       <c r="C404" s="19">
-        <v>45911</v>
+        <v>46059</v>
       </c>
       <c r="D404" s="26"/>
       <c r="E404" s="32" t="s">
-        <v>325</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="405" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A405" s="31"/>
       <c r="B405" s="25" t="s">
-        <v>736</v>
+        <v>1507</v>
       </c>
       <c r="C405" s="19">
-        <v>45911</v>
+        <v>46071</v>
       </c>
       <c r="D405" s="26"/>
       <c r="E405" s="32" t="s">
-        <v>201</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="406" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A406" s="31"/>
       <c r="B406" s="25" t="s">
-        <v>1475</v>
+        <v>1596</v>
       </c>
       <c r="C406" s="19">
-        <v>46066</v>
+        <v>46111</v>
       </c>
       <c r="D406" s="26"/>
       <c r="E406" s="32" t="s">
-        <v>1476</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="407" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A407" s="31"/>
       <c r="B407" s="25" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="C407" s="19">
-        <v>45925</v>
+        <v>45908</v>
       </c>
       <c r="D407" s="26"/>
       <c r="E407" s="32" t="s">
-        <v>594</v>
+        <v>574</v>
       </c>
     </row>
     <row r="408" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A408" s="31"/>
       <c r="B408" s="25" t="s">
-        <v>180</v>
+        <v>725</v>
       </c>
       <c r="C408" s="19">
-        <v>45852</v>
+        <v>45847</v>
       </c>
       <c r="D408" s="26"/>
       <c r="E408" s="32" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
     </row>
     <row r="409" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A409" s="31"/>
       <c r="B409" s="25" t="s">
-        <v>738</v>
+        <v>1634</v>
       </c>
       <c r="C409" s="19">
-        <v>45873</v>
+        <v>46097</v>
       </c>
       <c r="D409" s="26"/>
       <c r="E409" s="32" t="s">
-        <v>568</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="410" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A410" s="31"/>
       <c r="B410" s="25" t="s">
-        <v>1470</v>
+        <v>595</v>
       </c>
       <c r="C410" s="19">
-        <v>46062</v>
+        <v>45930</v>
       </c>
       <c r="D410" s="26"/>
       <c r="E410" s="32" t="s">
-        <v>1471</v>
+        <v>596</v>
       </c>
     </row>
     <row r="411" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A411" s="31"/>
       <c r="B411" s="25" t="s">
-        <v>739</v>
+        <v>721</v>
       </c>
       <c r="C411" s="19">
-        <v>45908</v>
+        <v>45863</v>
       </c>
       <c r="D411" s="26"/>
       <c r="E411" s="32" t="s">
-        <v>333</v>
+        <v>565</v>
       </c>
     </row>
     <row r="412" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A412" s="31"/>
       <c r="B412" s="25" t="s">
-        <v>99</v>
+        <v>720</v>
       </c>
       <c r="C412" s="19">
-        <v>46064</v>
+        <v>45908</v>
       </c>
       <c r="D412" s="26"/>
       <c r="E412" s="32" t="s">
-        <v>48</v>
+        <v>264</v>
       </c>
     </row>
     <row r="413" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A413" s="31"/>
       <c r="B413" s="25" t="s">
-        <v>185</v>
+        <v>19</v>
       </c>
       <c r="C413" s="19">
-        <v>45863</v>
+        <v>45782</v>
       </c>
       <c r="D413" s="26"/>
-      <c r="E413" s="32" t="s">
-[...3 lines deleted...]
-    <row r="414" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="E413" s="32"/>
+    </row>
+    <row r="414" spans="1:5" s="6" customFormat="1" ht="31.2">
       <c r="A414" s="31"/>
       <c r="B414" s="25" t="s">
-        <v>740</v>
+        <v>719</v>
       </c>
       <c r="C414" s="19">
-        <v>45919</v>
+        <v>45852</v>
       </c>
       <c r="D414" s="26"/>
       <c r="E414" s="32" t="s">
-        <v>350</v>
+        <v>559</v>
       </c>
     </row>
     <row r="415" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A415" s="31"/>
       <c r="B415" s="25" t="s">
-        <v>741</v>
+        <v>1570</v>
       </c>
       <c r="C415" s="19">
-        <v>45908</v>
+        <v>46094</v>
       </c>
       <c r="D415" s="26"/>
       <c r="E415" s="32" t="s">
-        <v>577</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="416" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A416" s="31"/>
       <c r="B416" s="25" t="s">
-        <v>742</v>
+        <v>718</v>
       </c>
       <c r="C416" s="19">
-        <v>45852</v>
+        <v>45919</v>
       </c>
       <c r="D416" s="26"/>
       <c r="E416" s="32" t="s">
-        <v>340</v>
+        <v>586</v>
       </c>
     </row>
     <row r="417" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A417" s="31"/>
       <c r="B417" s="25" t="s">
-        <v>192</v>
+        <v>575</v>
       </c>
       <c r="C417" s="19">
-        <v>45888</v>
+        <v>45908</v>
       </c>
       <c r="D417" s="26"/>
       <c r="E417" s="32" t="s">
-        <v>573</v>
+        <v>278</v>
       </c>
     </row>
     <row r="418" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A418" s="31"/>
       <c r="B418" s="25" t="s">
-        <v>743</v>
+        <v>717</v>
       </c>
       <c r="C418" s="19">
-        <v>45910</v>
+        <v>45769</v>
       </c>
       <c r="D418" s="26"/>
-      <c r="E418" s="32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E418" s="32"/>
     </row>
     <row r="419" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A419" s="31"/>
       <c r="B419" s="25" t="s">
-        <v>745</v>
+        <v>716</v>
       </c>
       <c r="C419" s="19">
-        <v>45873</v>
+        <v>45782</v>
       </c>
       <c r="D419" s="26"/>
       <c r="E419" s="32" t="s">
-        <v>569</v>
+        <v>555</v>
       </c>
     </row>
     <row r="420" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A420" s="31"/>
       <c r="B420" s="25" t="s">
-        <v>1537</v>
+        <v>715</v>
       </c>
       <c r="C420" s="19">
-        <v>46037</v>
+        <v>45863</v>
       </c>
       <c r="D420" s="26"/>
       <c r="E420" s="32" t="s">
-        <v>1538</v>
-[...4 lines deleted...]
-      <c r="B421" s="34" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A421" s="31"/>
+      <c r="B421" s="25" t="s">
+        <v>714</v>
+      </c>
+      <c r="C421" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D421" s="26"/>
+      <c r="E421" s="32" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A422" s="31"/>
+      <c r="B422" s="25" t="s">
+        <v>713</v>
+      </c>
+      <c r="C422" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D422" s="26"/>
+      <c r="E422" s="32" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A423" s="31"/>
+      <c r="B423" s="25" t="s">
+        <v>712</v>
+      </c>
+      <c r="C423" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D423" s="26"/>
+      <c r="E423" s="32" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A424" s="31"/>
+      <c r="B424" s="25" t="s">
+        <v>293</v>
+      </c>
+      <c r="C424" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D424" s="26"/>
+      <c r="E424" s="32" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A425" s="31"/>
+      <c r="B425" s="25" t="s">
+        <v>818</v>
+      </c>
+      <c r="C425" s="19">
+        <v>46193</v>
+      </c>
+      <c r="D425" s="26"/>
+      <c r="E425" s="32" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A426" s="31"/>
+      <c r="B426" s="25" t="s">
+        <v>726</v>
+      </c>
+      <c r="C426" s="19">
+        <v>45888</v>
+      </c>
+      <c r="D426" s="26"/>
+      <c r="E426" s="32" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A427" s="31"/>
+      <c r="B427" s="25" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C427" s="19">
+        <v>46111</v>
+      </c>
+      <c r="D427" s="26"/>
+      <c r="E427" s="32" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A428" s="31"/>
+      <c r="B428" s="25" t="s">
+        <v>205</v>
+      </c>
+      <c r="C428" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D428" s="26"/>
+      <c r="E428" s="32" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A429" s="31"/>
+      <c r="B429" s="25" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C429" s="19">
+        <v>46063</v>
+      </c>
+      <c r="D429" s="26"/>
+      <c r="E429" s="32" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A430" s="31"/>
+      <c r="B430" s="25" t="s">
+        <v>20</v>
+      </c>
+      <c r="C430" s="19">
+        <v>45769</v>
+      </c>
+      <c r="D430" s="26"/>
+      <c r="E430" s="32"/>
+    </row>
+    <row r="431" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A431" s="31"/>
+      <c r="B431" s="25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C431" s="19">
+        <v>45888</v>
+      </c>
+      <c r="D431" s="26"/>
+      <c r="E431" s="32" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A432" s="31"/>
+      <c r="B432" s="25" t="s">
+        <v>727</v>
+      </c>
+      <c r="C432" s="19">
+        <v>45922</v>
+      </c>
+      <c r="D432" s="26"/>
+      <c r="E432" s="32" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A433" s="31"/>
+      <c r="B433" s="25" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C433" s="19">
+        <v>46108</v>
+      </c>
+      <c r="D433" s="26"/>
+      <c r="E433" s="32" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A434" s="31"/>
+      <c r="B434" s="25" t="s">
+        <v>728</v>
+      </c>
+      <c r="C434" s="19">
+        <v>45919</v>
+      </c>
+      <c r="D434" s="26"/>
+      <c r="E434" s="32" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A435" s="31"/>
+      <c r="B435" s="25" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C435" s="19">
+        <v>46065</v>
+      </c>
+      <c r="D435" s="26"/>
+      <c r="E435" s="32" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A436" s="31"/>
+      <c r="B436" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C436" s="19">
+        <v>45761</v>
+      </c>
+      <c r="D436" s="26"/>
+      <c r="E436" s="32" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A437" s="31"/>
+      <c r="B437" s="25" t="s">
+        <v>729</v>
+      </c>
+      <c r="C437" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D437" s="26"/>
+      <c r="E437" s="32" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A438" s="31"/>
+      <c r="B438" s="25" t="s">
+        <v>730</v>
+      </c>
+      <c r="C438" s="19">
+        <v>45873</v>
+      </c>
+      <c r="D438" s="26"/>
+      <c r="E438" s="32" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A439" s="31"/>
+      <c r="B439" s="25" t="s">
+        <v>731</v>
+      </c>
+      <c r="C439" s="19">
+        <v>45818</v>
+      </c>
+      <c r="D439" s="26"/>
+      <c r="E439" s="32" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A440" s="31"/>
+      <c r="B440" s="25" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C440" s="19">
+        <v>46072</v>
+      </c>
+      <c r="D440" s="26"/>
+      <c r="E440" s="32" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A441" s="31"/>
+      <c r="B441" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="C441" s="19">
+        <v>45747</v>
+      </c>
+      <c r="D441" s="26"/>
+      <c r="E441" s="32" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A442" s="31"/>
+      <c r="B442" s="25" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C442" s="19">
+        <v>46070</v>
+      </c>
+      <c r="D442" s="26"/>
+      <c r="E442" s="32" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A443" s="31"/>
+      <c r="B443" s="25" t="s">
+        <v>732</v>
+      </c>
+      <c r="C443" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D443" s="26"/>
+      <c r="E443" s="32" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A444" s="31"/>
+      <c r="B444" s="25" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C444" s="19">
+        <v>46113</v>
+      </c>
+      <c r="D444" s="26"/>
+      <c r="E444" s="32" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A445" s="31"/>
+      <c r="B445" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="C445" s="19">
+        <v>45747</v>
+      </c>
+      <c r="D445" s="26"/>
+      <c r="E445" s="32" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A446" s="31"/>
+      <c r="B446" s="25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C446" s="19">
+        <v>45838</v>
+      </c>
+      <c r="D446" s="26"/>
+      <c r="E446" s="32" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A447" s="31"/>
+      <c r="B447" s="25" t="s">
+        <v>733</v>
+      </c>
+      <c r="C447" s="19">
+        <v>45888</v>
+      </c>
+      <c r="D447" s="26"/>
+      <c r="E447" s="32" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A448" s="31"/>
+      <c r="B448" s="25" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C448" s="19">
+        <v>46111</v>
+      </c>
+      <c r="D448" s="26"/>
+      <c r="E448" s="32" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A449" s="31"/>
+      <c r="B449" s="25" t="s">
+        <v>734</v>
+      </c>
+      <c r="C449" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D449" s="26"/>
+      <c r="E449" s="32" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A450" s="31"/>
+      <c r="B450" s="25" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C450" s="19">
+        <v>46073</v>
+      </c>
+      <c r="D450" s="26"/>
+      <c r="E450" s="32" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A451" s="31"/>
+      <c r="B451" s="25" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C451" s="19">
+        <v>46070</v>
+      </c>
+      <c r="D451" s="26"/>
+      <c r="E451" s="32" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A452" s="31"/>
+      <c r="B452" s="25" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C452" s="19">
+        <v>46113</v>
+      </c>
+      <c r="D452" s="26"/>
+      <c r="E452" s="32" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A453" s="31"/>
+      <c r="B453" s="25" t="s">
+        <v>735</v>
+      </c>
+      <c r="C453" s="19">
+        <v>45911</v>
+      </c>
+      <c r="D453" s="26"/>
+      <c r="E453" s="32" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A454" s="31"/>
+      <c r="B454" s="25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C454" s="19">
+        <v>45911</v>
+      </c>
+      <c r="D454" s="26"/>
+      <c r="E454" s="32" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A455" s="31"/>
+      <c r="B455" s="25" t="s">
+        <v>736</v>
+      </c>
+      <c r="C455" s="19">
+        <v>45911</v>
+      </c>
+      <c r="D455" s="26"/>
+      <c r="E455" s="32" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A456" s="31"/>
+      <c r="B456" s="25" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C456" s="19">
+        <v>46066</v>
+      </c>
+      <c r="D456" s="26"/>
+      <c r="E456" s="32" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A457" s="31"/>
+      <c r="B457" s="25" t="s">
+        <v>737</v>
+      </c>
+      <c r="C457" s="19">
+        <v>45925</v>
+      </c>
+      <c r="D457" s="26"/>
+      <c r="E457" s="32" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A458" s="31"/>
+      <c r="B458" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C458" s="19">
+        <v>45852</v>
+      </c>
+      <c r="D458" s="26"/>
+      <c r="E458" s="32" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A459" s="31"/>
+      <c r="B459" s="25" t="s">
+        <v>738</v>
+      </c>
+      <c r="C459" s="19">
+        <v>45873</v>
+      </c>
+      <c r="D459" s="26"/>
+      <c r="E459" s="32" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A460" s="31"/>
+      <c r="B460" s="25" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C460" s="19">
+        <v>46062</v>
+      </c>
+      <c r="D460" s="26"/>
+      <c r="E460" s="32" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A461" s="31"/>
+      <c r="B461" s="25" t="s">
+        <v>739</v>
+      </c>
+      <c r="C461" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D461" s="26"/>
+      <c r="E461" s="32" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A462" s="31"/>
+      <c r="B462" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="C462" s="19">
+        <v>46064</v>
+      </c>
+      <c r="D462" s="26"/>
+      <c r="E462" s="32" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A463" s="31"/>
+      <c r="B463" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C463" s="19">
+        <v>45863</v>
+      </c>
+      <c r="D463" s="26"/>
+      <c r="E463" s="32" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A464" s="31"/>
+      <c r="B464" s="25" t="s">
+        <v>740</v>
+      </c>
+      <c r="C464" s="19">
+        <v>45919</v>
+      </c>
+      <c r="D464" s="26"/>
+      <c r="E464" s="32" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A465" s="31"/>
+      <c r="B465" s="25" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C465" s="19">
+        <v>46108</v>
+      </c>
+      <c r="D465" s="26"/>
+      <c r="E465" s="32" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A466" s="31"/>
+      <c r="B466" s="25" t="s">
+        <v>741</v>
+      </c>
+      <c r="C466" s="19">
+        <v>45908</v>
+      </c>
+      <c r="D466" s="26"/>
+      <c r="E466" s="32" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A467" s="31"/>
+      <c r="B467" s="25" t="s">
+        <v>742</v>
+      </c>
+      <c r="C467" s="19">
+        <v>45852</v>
+      </c>
+      <c r="D467" s="26"/>
+      <c r="E467" s="32" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A468" s="31"/>
+      <c r="B468" s="25" t="s">
+        <v>192</v>
+      </c>
+      <c r="C468" s="19">
+        <v>45888</v>
+      </c>
+      <c r="D468" s="26"/>
+      <c r="E468" s="32" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A469" s="31"/>
+      <c r="B469" s="25" t="s">
+        <v>743</v>
+      </c>
+      <c r="C469" s="19">
+        <v>45910</v>
+      </c>
+      <c r="D469" s="26"/>
+      <c r="E469" s="32" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A470" s="31"/>
+      <c r="B470" s="25" t="s">
+        <v>745</v>
+      </c>
+      <c r="C470" s="19">
+        <v>45873</v>
+      </c>
+      <c r="D470" s="26"/>
+      <c r="E470" s="32" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A471" s="31"/>
+      <c r="B471" s="25" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C471" s="19">
+        <v>46037</v>
+      </c>
+      <c r="D471" s="26"/>
+      <c r="E471" s="32" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A472" s="33"/>
+      <c r="B472" s="34" t="s">
         <v>744</v>
       </c>
-      <c r="C421" s="35">
+      <c r="C472" s="35">
         <v>45908</v>
       </c>
-      <c r="D421" s="36"/>
-      <c r="E421" s="37" t="s">
+      <c r="D472" s="36"/>
+      <c r="E472" s="37" t="s">
         <v>578</v>
       </c>
     </row>
-    <row r="422" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A422" s="28" t="s">
+    <row r="473" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A473" s="28" t="s">
         <v>453</v>
       </c>
-      <c r="B422" s="82" t="s">
+      <c r="B473" s="82" t="s">
         <v>945</v>
       </c>
-      <c r="C422" s="83">
+      <c r="C473" s="83">
         <v>43066</v>
       </c>
-      <c r="D422" s="74" t="s">
+      <c r="D473" s="74" t="s">
         <v>27</v>
       </c>
-      <c r="E422" s="75" t="s">
+      <c r="E473" s="75" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="423" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B423" s="86" t="s">
+    <row r="474" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A474" s="76"/>
+      <c r="B474" s="86" t="s">
         <v>957</v>
       </c>
-      <c r="C423" s="87">
+      <c r="C474" s="87">
         <v>44420</v>
       </c>
-      <c r="D423" s="1"/>
-      <c r="E423" s="77" t="s">
+      <c r="D474" s="1"/>
+      <c r="E474" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="424" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B424" s="86" t="s">
+    <row r="475" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A475" s="76"/>
+      <c r="B475" s="86" t="s">
         <v>1032</v>
       </c>
-      <c r="C424" s="87">
+      <c r="C475" s="87">
         <v>44473</v>
       </c>
-      <c r="D424" s="1"/>
-      <c r="E424" s="77" t="s">
+      <c r="D475" s="1"/>
+      <c r="E475" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="425" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B425" s="86" t="s">
+    <row r="476" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A476" s="76"/>
+      <c r="B476" s="86" t="s">
         <v>1027</v>
       </c>
-      <c r="C425" s="87">
+      <c r="C476" s="87">
         <v>44147</v>
       </c>
-      <c r="D425" s="1"/>
-      <c r="E425" s="77" t="s">
+      <c r="D476" s="1"/>
+      <c r="E476" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="426" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B426" s="86" t="s">
+    <row r="477" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A477" s="76"/>
+      <c r="B477" s="86" t="s">
         <v>954</v>
       </c>
-      <c r="C426" s="87">
+      <c r="C477" s="87">
         <v>44358</v>
       </c>
-      <c r="D426" s="1"/>
-      <c r="E426" s="77" t="s">
+      <c r="D477" s="1"/>
+      <c r="E477" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="427" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B427" s="86" t="s">
+    <row r="478" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A478" s="76"/>
+      <c r="B478" s="86" t="s">
         <v>965</v>
       </c>
-      <c r="C427" s="87">
+      <c r="C478" s="87">
         <v>44579</v>
       </c>
-      <c r="D427" s="1"/>
-      <c r="E427" s="77" t="s">
+      <c r="D478" s="1"/>
+      <c r="E478" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="428" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B428" s="86" t="s">
+    <row r="479" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A479" s="76"/>
+      <c r="B479" s="86" t="s">
         <v>949</v>
       </c>
-      <c r="C428" s="87">
+      <c r="C479" s="87">
         <v>43872</v>
       </c>
-      <c r="D428" s="1"/>
-      <c r="E428" s="77" t="s">
+      <c r="D479" s="1"/>
+      <c r="E479" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="429" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B429" s="86" t="s">
+    <row r="480" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A480" s="76"/>
+      <c r="B480" s="86" t="s">
         <v>947</v>
       </c>
-      <c r="C429" s="87">
+      <c r="C480" s="87">
         <v>43860</v>
       </c>
-      <c r="D429" s="1"/>
-      <c r="E429" s="77" t="s">
+      <c r="D480" s="1"/>
+      <c r="E480" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="430" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B430" s="86" t="s">
+    <row r="481" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A481" s="76"/>
+      <c r="B481" s="86" t="s">
         <v>961</v>
       </c>
-      <c r="C430" s="87">
+      <c r="C481" s="87">
         <v>44455</v>
       </c>
-      <c r="D430" s="1"/>
-      <c r="E430" s="77" t="s">
+      <c r="D481" s="1"/>
+      <c r="E481" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="431" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B431" s="86" t="s">
+    <row r="482" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A482" s="76"/>
+      <c r="B482" s="86" t="s">
         <v>974</v>
       </c>
-      <c r="C431" s="87">
+      <c r="C482" s="87">
         <v>45131</v>
       </c>
-      <c r="D431" s="1"/>
-      <c r="E431" s="77" t="s">
+      <c r="D482" s="1"/>
+      <c r="E482" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="432" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B432" s="86" t="s">
+    <row r="483" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A483" s="76"/>
+      <c r="B483" s="86" t="s">
         <v>1033</v>
       </c>
-      <c r="C432" s="87">
+      <c r="C483" s="87">
         <v>44068</v>
       </c>
-      <c r="D432" s="1"/>
-      <c r="E432" s="77" t="s">
+      <c r="D483" s="1"/>
+      <c r="E483" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="433" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B433" s="86" t="s">
+    <row r="484" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A484" s="76"/>
+      <c r="B484" s="86" t="s">
         <v>966</v>
       </c>
-      <c r="C433" s="87">
+      <c r="C484" s="87">
         <v>44600</v>
       </c>
-      <c r="D433" s="1"/>
-      <c r="E433" s="77" t="s">
+      <c r="D484" s="1"/>
+      <c r="E484" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="434" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B434" s="86" t="s">
+    <row r="485" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A485" s="76"/>
+      <c r="B485" s="86" t="s">
         <v>960</v>
       </c>
-      <c r="C434" s="87">
+      <c r="C485" s="87">
         <v>44454</v>
       </c>
-      <c r="D434" s="1"/>
-      <c r="E434" s="77" t="s">
+      <c r="D485" s="1"/>
+      <c r="E485" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="435" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B435" s="86" t="s">
+    <row r="486" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A486" s="76"/>
+      <c r="B486" s="86" t="s">
         <v>970</v>
       </c>
-      <c r="C435" s="87">
+      <c r="C486" s="87">
         <v>44830</v>
       </c>
-      <c r="D435" s="1"/>
-      <c r="E435" s="77" t="s">
+      <c r="D486" s="1"/>
+      <c r="E486" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="436" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B436" s="86" t="s">
+    <row r="487" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A487" s="76"/>
+      <c r="B487" s="86" t="s">
         <v>1034</v>
       </c>
-      <c r="C436" s="87">
+      <c r="C487" s="87">
         <v>44321</v>
       </c>
-      <c r="D436" s="1"/>
-      <c r="E436" s="77" t="s">
+      <c r="D487" s="1"/>
+      <c r="E487" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="437" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B437" s="86" t="s">
+    <row r="488" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A488" s="76"/>
+      <c r="B488" s="86" t="s">
         <v>948</v>
       </c>
-      <c r="C437" s="87">
+      <c r="C488" s="87">
         <v>43865</v>
       </c>
-      <c r="D437" s="1"/>
-      <c r="E437" s="77" t="s">
+      <c r="D488" s="1"/>
+      <c r="E488" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="438" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B438" s="86" t="s">
+    <row r="489" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A489" s="76"/>
+      <c r="B489" s="86" t="s">
         <v>1035</v>
       </c>
-      <c r="C438" s="87">
+      <c r="C489" s="87">
         <v>44421</v>
       </c>
-      <c r="D438" s="1"/>
-      <c r="E438" s="77" t="s">
+      <c r="D489" s="1"/>
+      <c r="E489" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="439" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B439" s="86" t="s">
+    <row r="490" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A490" s="76"/>
+      <c r="B490" s="86" t="s">
         <v>967</v>
       </c>
-      <c r="C439" s="87">
+      <c r="C490" s="87">
         <v>44620</v>
       </c>
-      <c r="D439" s="1"/>
-      <c r="E439" s="77" t="s">
+      <c r="D490" s="1"/>
+      <c r="E490" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="440" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B440" s="86" t="s">
+    <row r="491" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A491" s="76"/>
+      <c r="B491" s="86" t="s">
         <v>953</v>
       </c>
-      <c r="C440" s="87">
+      <c r="C491" s="87">
         <v>44313</v>
       </c>
-      <c r="D440" s="1"/>
-      <c r="E440" s="77" t="s">
+      <c r="D491" s="1"/>
+      <c r="E491" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="441" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B441" s="86" t="s">
+    <row r="492" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A492" s="76"/>
+      <c r="B492" s="86" t="s">
         <v>975</v>
       </c>
-      <c r="C441" s="87">
+      <c r="C492" s="87">
         <v>45160</v>
       </c>
-      <c r="D441" s="1"/>
-      <c r="E441" s="77" t="s">
+      <c r="D492" s="1"/>
+      <c r="E492" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="442" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B442" s="86" t="s">
+    <row r="493" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A493" s="76"/>
+      <c r="B493" s="86" t="s">
         <v>952</v>
       </c>
-      <c r="C442" s="87">
+      <c r="C493" s="87">
         <v>44175</v>
       </c>
-      <c r="D442" s="1"/>
-      <c r="E442" s="77" t="s">
+      <c r="D493" s="1"/>
+      <c r="E493" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="443" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B443" s="86" t="s">
+    <row r="494" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A494" s="76"/>
+      <c r="B494" s="86" t="s">
         <v>959</v>
       </c>
-      <c r="C443" s="87">
+      <c r="C494" s="87">
         <v>44449</v>
       </c>
-      <c r="D443" s="1"/>
-      <c r="E443" s="77" t="s">
+      <c r="D494" s="1"/>
+      <c r="E494" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="444" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B444" s="86" t="s">
+    <row r="495" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A495" s="76"/>
+      <c r="B495" s="86" t="s">
         <v>968</v>
       </c>
-      <c r="C444" s="87">
+      <c r="C495" s="87">
         <v>44627</v>
       </c>
-      <c r="D444" s="1"/>
-      <c r="E444" s="77" t="s">
+      <c r="D495" s="1"/>
+      <c r="E495" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="445" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B445" s="86" t="s">
+    <row r="496" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A496" s="76"/>
+      <c r="B496" s="86" t="s">
         <v>978</v>
       </c>
-      <c r="C445" s="87">
+      <c r="C496" s="87">
         <v>45964</v>
       </c>
-      <c r="D445" s="1"/>
-      <c r="E445" s="77" t="s">
+      <c r="D496" s="1"/>
+      <c r="E496" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="446" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B446" s="86" t="s">
+    <row r="497" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A497" s="76"/>
+      <c r="B497" s="86" t="s">
         <v>1036</v>
       </c>
-      <c r="C446" s="87">
+      <c r="C497" s="87">
         <v>44320</v>
       </c>
-      <c r="D446" s="1"/>
-      <c r="E446" s="77" t="s">
+      <c r="D497" s="1"/>
+      <c r="E497" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="447" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B447" s="86" t="s">
+    <row r="498" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A498" s="76"/>
+      <c r="B498" s="86" t="s">
         <v>1028</v>
       </c>
-      <c r="C447" s="87">
+      <c r="C498" s="87">
         <v>44440</v>
       </c>
-      <c r="D447" s="1"/>
-      <c r="E447" s="77" t="s">
+      <c r="D498" s="1"/>
+      <c r="E498" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="448" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B448" s="86" t="s">
+    <row r="499" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A499" s="76"/>
+      <c r="B499" s="86" t="s">
         <v>977</v>
       </c>
-      <c r="C448" s="87">
+      <c r="C499" s="87">
         <v>45949</v>
       </c>
-      <c r="D448" s="1"/>
-      <c r="E448" s="77" t="s">
+      <c r="D499" s="1"/>
+      <c r="E499" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="449" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B449" s="86" t="s">
+    <row r="500" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A500" s="76"/>
+      <c r="B500" s="86" t="s">
         <v>964</v>
       </c>
-      <c r="C449" s="87">
+      <c r="C500" s="87">
         <v>44531</v>
       </c>
-      <c r="D449" s="1"/>
-      <c r="E449" s="77" t="s">
+      <c r="D500" s="1"/>
+      <c r="E500" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="450" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B450" s="86" t="s">
+    <row r="501" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A501" s="76"/>
+      <c r="B501" s="86" t="s">
         <v>950</v>
       </c>
-      <c r="C450" s="87">
+      <c r="C501" s="87">
         <v>43893</v>
       </c>
-      <c r="D450" s="1"/>
-      <c r="E450" s="77" t="s">
+      <c r="D501" s="1"/>
+      <c r="E501" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="451" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B451" s="86" t="s">
+    <row r="502" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A502" s="76"/>
+      <c r="B502" s="86" t="s">
         <v>1029</v>
       </c>
-      <c r="C451" s="87">
+      <c r="C502" s="87">
         <v>44286</v>
       </c>
-      <c r="D451" s="1"/>
-      <c r="E451" s="77" t="s">
+      <c r="D502" s="1"/>
+      <c r="E502" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="452" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B452" s="86" t="s">
+    <row r="503" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A503" s="76"/>
+      <c r="B503" s="86" t="s">
         <v>955</v>
       </c>
-      <c r="C452" s="87">
+      <c r="C503" s="87">
         <v>44391</v>
       </c>
-      <c r="D452" s="1"/>
-      <c r="E452" s="77" t="s">
+      <c r="D503" s="1"/>
+      <c r="E503" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="453" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B453" s="86" t="s">
+    <row r="504" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A504" s="76"/>
+      <c r="B504" s="86" t="s">
         <v>946</v>
       </c>
-      <c r="C453" s="87">
+      <c r="C504" s="87">
         <v>43858</v>
       </c>
-      <c r="D453" s="1"/>
-      <c r="E453" s="77" t="s">
+      <c r="D504" s="1"/>
+      <c r="E504" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="454" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B454" s="86" t="s">
+    <row r="505" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A505" s="76"/>
+      <c r="B505" s="86" t="s">
         <v>971</v>
       </c>
-      <c r="C454" s="87">
+      <c r="C505" s="87">
         <v>44851</v>
       </c>
-      <c r="D454" s="1"/>
-      <c r="E454" s="77" t="s">
+      <c r="D505" s="1"/>
+      <c r="E505" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="455" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B455" s="86" t="s">
+    <row r="506" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A506" s="76"/>
+      <c r="B506" s="86" t="s">
         <v>1037</v>
       </c>
-      <c r="C455" s="87" t="s">
+      <c r="C506" s="87" t="s">
         <v>1038</v>
       </c>
-      <c r="D455" s="1"/>
-      <c r="E455" s="77" t="s">
+      <c r="D506" s="1"/>
+      <c r="E506" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="456" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B456" s="86" t="s">
+    <row r="507" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A507" s="76"/>
+      <c r="B507" s="86" t="s">
         <v>962</v>
       </c>
-      <c r="C456" s="87">
+      <c r="C507" s="87">
         <v>44498</v>
       </c>
-      <c r="D456" s="1"/>
-      <c r="E456" s="77" t="s">
+      <c r="D507" s="1"/>
+      <c r="E507" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="457" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B457" s="86" t="s">
+    <row r="508" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A508" s="76"/>
+      <c r="B508" s="86" t="s">
         <v>958</v>
       </c>
-      <c r="C457" s="87">
+      <c r="C508" s="87">
         <v>44441</v>
       </c>
-      <c r="D457" s="1"/>
-      <c r="E457" s="77" t="s">
+      <c r="D508" s="1"/>
+      <c r="E508" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="458" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B458" s="86" t="s">
+    <row r="509" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A509" s="76"/>
+      <c r="B509" s="86" t="s">
         <v>1030</v>
       </c>
-      <c r="C458" s="87">
+      <c r="C509" s="87">
         <v>44854</v>
       </c>
-      <c r="D458" s="1"/>
-      <c r="E458" s="77" t="s">
+      <c r="D509" s="1"/>
+      <c r="E509" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="459" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B459" s="86" t="s">
+    <row r="510" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A510" s="76"/>
+      <c r="B510" s="86" t="s">
         <v>963</v>
       </c>
-      <c r="C459" s="87">
+      <c r="C510" s="87">
         <v>44509</v>
       </c>
-      <c r="D459" s="1"/>
-      <c r="E459" s="77" t="s">
+      <c r="D510" s="1"/>
+      <c r="E510" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="460" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B460" s="86" t="s">
+    <row r="511" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A511" s="76"/>
+      <c r="B511" s="86" t="s">
         <v>976</v>
       </c>
-      <c r="C460" s="87">
+      <c r="C511" s="87">
         <v>45203</v>
       </c>
-      <c r="D460" s="1"/>
-      <c r="E460" s="77" t="s">
+      <c r="D511" s="1"/>
+      <c r="E511" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="461" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B461" s="86" t="s">
+    <row r="512" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A512" s="76"/>
+      <c r="B512" s="86" t="s">
         <v>1039</v>
       </c>
-      <c r="C461" s="87">
+      <c r="C512" s="87">
         <v>44174</v>
       </c>
-      <c r="D461" s="1"/>
-      <c r="E461" s="77" t="s">
+      <c r="D512" s="1"/>
+      <c r="E512" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="462" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B462" s="86" t="s">
+    <row r="513" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A513" s="76"/>
+      <c r="B513" s="86" t="s">
         <v>1031</v>
       </c>
-      <c r="C462" s="87">
+      <c r="C513" s="87">
         <v>44068</v>
       </c>
-      <c r="D462" s="1"/>
-      <c r="E462" s="77" t="s">
+      <c r="D513" s="1"/>
+      <c r="E513" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="463" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B463" s="86" t="s">
+    <row r="514" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A514" s="76"/>
+      <c r="B514" s="86" t="s">
         <v>972</v>
       </c>
-      <c r="C463" s="87">
+      <c r="C514" s="87">
         <v>44874</v>
       </c>
-      <c r="D463" s="1"/>
-      <c r="E463" s="77" t="s">
+      <c r="D514" s="1"/>
+      <c r="E514" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="464" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B464" s="86" t="s">
+    <row r="515" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A515" s="76"/>
+      <c r="B515" s="86" t="s">
         <v>951</v>
       </c>
-      <c r="C464" s="87">
+      <c r="C515" s="87">
         <v>44096</v>
       </c>
-      <c r="D464" s="1"/>
-      <c r="E464" s="77" t="s">
+      <c r="D515" s="1"/>
+      <c r="E515" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="465" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B465" s="86" t="s">
+    <row r="516" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A516" s="76"/>
+      <c r="B516" s="86" t="s">
         <v>969</v>
       </c>
-      <c r="C465" s="87">
+      <c r="C516" s="87">
         <v>44811</v>
       </c>
-      <c r="D465" s="1"/>
-      <c r="E465" s="77" t="s">
+      <c r="D516" s="1"/>
+      <c r="E516" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="466" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B466" s="86" t="s">
+    <row r="517" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A517" s="76"/>
+      <c r="B517" s="86" t="s">
         <v>956</v>
       </c>
-      <c r="C466" s="87">
+      <c r="C517" s="87">
         <v>44404</v>
       </c>
-      <c r="D466" s="1"/>
-      <c r="E466" s="77" t="s">
+      <c r="D517" s="1"/>
+      <c r="E517" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="467" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B467" s="86" t="s">
+    <row r="518" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A518" s="76"/>
+      <c r="B518" s="86" t="s">
         <v>973</v>
       </c>
-      <c r="C467" s="87">
+      <c r="C518" s="87">
         <v>45042</v>
       </c>
-      <c r="D467" s="1"/>
-      <c r="E467" s="77" t="s">
+      <c r="D518" s="1"/>
+      <c r="E518" s="77" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="468" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
-[...1 lines deleted...]
-      <c r="B468" s="84" t="s">
+    <row r="519" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A519" s="78"/>
+      <c r="B519" s="84" t="s">
         <v>1040</v>
       </c>
-      <c r="C468" s="85">
+      <c r="C519" s="85">
         <v>44180</v>
       </c>
-      <c r="D468" s="79"/>
-      <c r="E468" s="80" t="s">
+      <c r="D519" s="79"/>
+      <c r="E519" s="80" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="469" spans="1:5" s="6" customFormat="1" ht="30">
-      <c r="A469" s="48" t="s">
+    <row r="520" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A520" s="48" t="s">
         <v>84</v>
       </c>
-      <c r="B469" s="49" t="s">
+      <c r="B520" s="49" t="s">
         <v>812</v>
       </c>
-      <c r="C469" s="29">
+      <c r="C520" s="29">
         <v>38626</v>
       </c>
-      <c r="D469" s="29" t="s">
+      <c r="D520" s="29" t="s">
         <v>443</v>
       </c>
-      <c r="E469" s="30" t="s">
+      <c r="E520" s="30" t="s">
         <v>624</v>
       </c>
     </row>
-    <row r="470" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B470" s="18" t="s">
+    <row r="521" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A521" s="50"/>
+      <c r="B521" s="18" t="s">
         <v>813</v>
-      </c>
-[...661 lines deleted...]
-        <v>830</v>
       </c>
       <c r="C521" s="19">
         <v>45931</v>
       </c>
-      <c r="D521" s="20"/>
-[...1 lines deleted...]
-        <v>635</v>
+      <c r="D521" s="19"/>
+      <c r="E521" s="32" t="s">
+        <v>625</v>
       </c>
     </row>
     <row r="522" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A522" s="17"/>
+      <c r="A522" s="50"/>
       <c r="B522" s="18" t="s">
-        <v>1207</v>
+        <v>837</v>
       </c>
       <c r="C522" s="19">
         <v>46008</v>
       </c>
-      <c r="D522" s="20"/>
-[...1 lines deleted...]
-        <v>1208</v>
+      <c r="D522" s="19"/>
+      <c r="E522" s="32" t="s">
+        <v>1191</v>
       </c>
     </row>
     <row r="523" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A523" s="17"/>
+      <c r="A523" s="50"/>
       <c r="B523" s="18" t="s">
-        <v>100</v>
+        <v>838</v>
       </c>
       <c r="C523" s="19">
-        <v>45782</v>
-[...3 lines deleted...]
-        <v>234</v>
+        <v>46008</v>
+      </c>
+      <c r="D523" s="19"/>
+      <c r="E523" s="32" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="524" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A524" s="17"/>
+      <c r="A524" s="50"/>
       <c r="B524" s="18" t="s">
-        <v>101</v>
+        <v>814</v>
       </c>
       <c r="C524" s="19">
-        <v>45853</v>
-[...3 lines deleted...]
-        <v>104</v>
+        <v>45846</v>
+      </c>
+      <c r="D524" s="7"/>
+      <c r="E524" s="32" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="525" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A525" s="17"/>
       <c r="B525" s="18" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="C525" s="19">
-        <v>45796</v>
-[...3 lines deleted...]
-        <v>105</v>
+        <v>45658</v>
+      </c>
+      <c r="D525" s="51"/>
+      <c r="E525" s="32" t="s">
+        <v>215</v>
       </c>
     </row>
     <row r="526" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A526" s="17"/>
       <c r="B526" s="18" t="s">
-        <v>1209</v>
+        <v>86</v>
       </c>
       <c r="C526" s="19">
-        <v>46008</v>
+        <v>45658</v>
       </c>
       <c r="D526" s="20"/>
-      <c r="E526" s="21" t="s">
-        <v>1210</v>
+      <c r="E526" s="32" t="s">
+        <v>214</v>
       </c>
     </row>
     <row r="527" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A527" s="17"/>
       <c r="B527" s="18" t="s">
-        <v>831</v>
+        <v>579</v>
       </c>
       <c r="C527" s="19">
+        <v>46008</v>
+      </c>
+      <c r="D527" s="20"/>
+      <c r="E527" s="32" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="528" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A528" s="17"/>
+      <c r="B528" s="18" t="s">
+        <v>815</v>
+      </c>
+      <c r="C528" s="19">
         <v>45931</v>
       </c>
-      <c r="D527" s="20"/>
-[...9 lines deleted...]
-      <c r="C528" s="19">
+      <c r="D528" s="20"/>
+      <c r="E528" s="32" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A529" s="17"/>
+      <c r="B529" s="18" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C529" s="19">
+        <v>46008</v>
+      </c>
+      <c r="D529" s="20"/>
+      <c r="E529" s="32" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A530" s="17"/>
+      <c r="B530" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C530" s="19">
         <v>45846</v>
       </c>
-      <c r="D528" s="20"/>
-[...9 lines deleted...]
-      <c r="C529" s="35">
+      <c r="D530" s="20"/>
+      <c r="E530" s="32" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="531" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A531" s="17"/>
+      <c r="B531" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C531" s="19">
+        <v>45846</v>
+      </c>
+      <c r="D531" s="20"/>
+      <c r="E531" s="32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="532" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A532" s="17"/>
+      <c r="B532" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="C532" s="19">
+        <v>45658</v>
+      </c>
+      <c r="D532" s="20"/>
+      <c r="E532" s="52" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="533" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A533" s="17"/>
+      <c r="B533" s="18" t="s">
+        <v>816</v>
+      </c>
+      <c r="C533" s="19">
+        <v>45931</v>
+      </c>
+      <c r="D533" s="20"/>
+      <c r="E533" s="52" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="534" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A534" s="17"/>
+      <c r="B534" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C534" s="19">
+        <v>45846</v>
+      </c>
+      <c r="D534" s="20"/>
+      <c r="E534" s="21" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="535" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A535" s="17"/>
+      <c r="B535" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="C535" s="46">
+        <v>2023</v>
+      </c>
+      <c r="D535" s="20"/>
+      <c r="E535" s="21" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="536" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A536" s="17"/>
+      <c r="B536" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C536" s="19">
         <v>46008</v>
       </c>
-      <c r="D529" s="56"/>
-[...93 lines deleted...]
-      </c>
       <c r="D536" s="20"/>
-      <c r="E536" s="60" t="s">
-        <v>115</v>
+      <c r="E536" s="21" t="s">
+        <v>1193</v>
       </c>
     </row>
     <row r="537" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A537" s="50"/>
+      <c r="A537" s="17"/>
       <c r="B537" s="18" t="s">
-        <v>838</v>
+        <v>1196</v>
       </c>
       <c r="C537" s="19">
-        <v>45624</v>
+        <v>46008</v>
       </c>
       <c r="D537" s="20"/>
       <c r="E537" s="21" t="s">
-        <v>241</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="538" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A538" s="50"/>
+      <c r="A538" s="17"/>
       <c r="B538" s="18" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="C538" s="19">
-        <v>45702</v>
+        <v>45658</v>
       </c>
       <c r="D538" s="20"/>
       <c r="E538" s="21" t="s">
-        <v>242</v>
+        <v>217</v>
       </c>
     </row>
     <row r="539" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A539" s="17"/>
       <c r="B539" s="18" t="s">
-        <v>111</v>
+        <v>817</v>
       </c>
       <c r="C539" s="19">
-        <v>44336</v>
+        <v>45846</v>
       </c>
       <c r="D539" s="20"/>
       <c r="E539" s="21" t="s">
-        <v>116</v>
+        <v>218</v>
       </c>
     </row>
     <row r="540" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A540" s="17"/>
       <c r="B540" s="18" t="s">
-        <v>112</v>
+        <v>818</v>
       </c>
       <c r="C540" s="19">
-        <v>43259</v>
+        <v>45931</v>
       </c>
       <c r="D540" s="20"/>
       <c r="E540" s="21" t="s">
-        <v>243</v>
+        <v>628</v>
       </c>
     </row>
     <row r="541" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A541" s="17"/>
       <c r="B541" s="18" t="s">
-        <v>244</v>
+        <v>819</v>
       </c>
       <c r="C541" s="19">
-        <v>45443</v>
+        <v>45931</v>
       </c>
       <c r="D541" s="20"/>
       <c r="E541" s="21" t="s">
-        <v>245</v>
+        <v>629</v>
       </c>
     </row>
     <row r="542" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A542" s="17"/>
       <c r="B542" s="18" t="s">
-        <v>246</v>
+        <v>820</v>
       </c>
       <c r="C542" s="19">
-        <v>45610</v>
+        <v>45931</v>
       </c>
       <c r="D542" s="20"/>
       <c r="E542" s="21" t="s">
-        <v>247</v>
+        <v>630</v>
       </c>
     </row>
     <row r="543" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A543" s="17"/>
       <c r="B543" s="18" t="s">
-        <v>248</v>
+        <v>821</v>
       </c>
       <c r="C543" s="19">
-        <v>45698</v>
+        <v>45846</v>
       </c>
       <c r="D543" s="20"/>
       <c r="E543" s="21" t="s">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="544" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A544" s="17"/>
       <c r="B544" s="18" t="s">
-        <v>250</v>
+        <v>822</v>
       </c>
       <c r="C544" s="19">
-        <v>44427</v>
+        <v>45658</v>
       </c>
       <c r="D544" s="20"/>
       <c r="E544" s="21" t="s">
-        <v>117</v>
+        <v>220</v>
       </c>
     </row>
     <row r="545" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A545" s="17"/>
       <c r="B545" s="18" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="C545" s="19">
-        <v>45768</v>
+        <v>45658</v>
       </c>
       <c r="D545" s="20"/>
       <c r="E545" s="21" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:5" s="6" customFormat="1" ht="31.2">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="546" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A546" s="17"/>
       <c r="B546" s="18" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="C546" s="19">
-        <v>45611</v>
+        <v>45793</v>
       </c>
       <c r="D546" s="20"/>
       <c r="E546" s="21" t="s">
-        <v>252</v>
+        <v>222</v>
       </c>
     </row>
     <row r="547" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A547" s="17"/>
       <c r="B547" s="18" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="C547" s="19">
-        <v>45694</v>
+        <v>45793</v>
       </c>
       <c r="D547" s="20"/>
       <c r="E547" s="21" t="s">
-        <v>253</v>
+        <v>223</v>
       </c>
     </row>
     <row r="548" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A548" s="17"/>
       <c r="B548" s="18" t="s">
-        <v>120</v>
+        <v>823</v>
       </c>
       <c r="C548" s="19">
-        <v>45660</v>
+        <v>45931</v>
       </c>
       <c r="D548" s="20"/>
-      <c r="E548" s="21" t="s">
-[...3 lines deleted...]
-    <row r="549" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="E548" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="549" spans="1:5" s="6" customFormat="1" ht="30.6">
       <c r="A549" s="17"/>
       <c r="B549" s="18" t="s">
-        <v>121</v>
+        <v>1404</v>
       </c>
       <c r="C549" s="19">
-        <v>45848</v>
+        <v>45664</v>
       </c>
       <c r="D549" s="20"/>
       <c r="E549" s="21" t="s">
-        <v>255</v>
+        <v>224</v>
       </c>
     </row>
     <row r="550" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A550" s="17"/>
       <c r="B550" s="18" t="s">
-        <v>122</v>
+        <v>1197</v>
       </c>
       <c r="C550" s="19">
-        <v>43973</v>
+        <v>46008</v>
       </c>
       <c r="D550" s="20"/>
       <c r="E550" s="21" t="s">
-        <v>130</v>
+        <v>298</v>
       </c>
     </row>
     <row r="551" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A551" s="17"/>
       <c r="B551" s="18" t="s">
-        <v>123</v>
+        <v>824</v>
       </c>
       <c r="C551" s="19">
-        <v>44307</v>
+        <v>45931</v>
       </c>
       <c r="D551" s="20"/>
       <c r="E551" s="21" t="s">
-        <v>131</v>
+        <v>631</v>
       </c>
     </row>
     <row r="552" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A552" s="17"/>
       <c r="B552" s="18" t="s">
-        <v>124</v>
+        <v>729</v>
       </c>
       <c r="C552" s="19">
-        <v>45454</v>
+        <v>46008</v>
       </c>
       <c r="D552" s="20"/>
-      <c r="E552" s="61" t="s">
-        <v>256</v>
+      <c r="E552" s="21" t="s">
+        <v>1198</v>
       </c>
     </row>
     <row r="553" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A553" s="17"/>
       <c r="B553" s="18" t="s">
-        <v>257</v>
+        <v>825</v>
       </c>
       <c r="C553" s="19">
-        <v>45267</v>
+        <v>45931</v>
       </c>
       <c r="D553" s="20"/>
       <c r="E553" s="21" t="s">
-        <v>258</v>
+        <v>567</v>
       </c>
     </row>
     <row r="554" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A554" s="17"/>
       <c r="B554" s="18" t="s">
-        <v>259</v>
+        <v>826</v>
       </c>
       <c r="C554" s="19">
-        <v>45744</v>
+        <v>45931</v>
       </c>
       <c r="D554" s="20"/>
       <c r="E554" s="21" t="s">
-        <v>260</v>
+        <v>632</v>
       </c>
     </row>
     <row r="555" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A555" s="17"/>
       <c r="B555" s="18" t="s">
-        <v>125</v>
+        <v>225</v>
       </c>
       <c r="C555" s="19">
-        <v>44603</v>
+        <v>45658</v>
       </c>
       <c r="D555" s="20"/>
       <c r="E555" s="21" t="s">
-        <v>261</v>
+        <v>226</v>
       </c>
     </row>
     <row r="556" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A556" s="17"/>
       <c r="B556" s="18" t="s">
-        <v>126</v>
+        <v>1199</v>
       </c>
       <c r="C556" s="19">
-        <v>45153</v>
+        <v>46008</v>
       </c>
       <c r="D556" s="20"/>
       <c r="E556" s="21" t="s">
-        <v>262</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="557" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A557" s="17"/>
       <c r="B557" s="18" t="s">
-        <v>127</v>
+        <v>162</v>
       </c>
       <c r="C557" s="19">
-        <v>45579</v>
+        <v>46008</v>
       </c>
       <c r="D557" s="20"/>
       <c r="E557" s="21" t="s">
-        <v>263</v>
+        <v>312</v>
       </c>
     </row>
     <row r="558" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A558" s="17"/>
       <c r="B558" s="18" t="s">
-        <v>128</v>
+        <v>1205</v>
       </c>
       <c r="C558" s="19">
-        <v>45749</v>
+        <v>46008</v>
       </c>
       <c r="D558" s="20"/>
       <c r="E558" s="21" t="s">
-        <v>264</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="559" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A559" s="17"/>
       <c r="B559" s="18" t="s">
-        <v>129</v>
+        <v>227</v>
       </c>
       <c r="C559" s="19">
-        <v>45298</v>
+        <v>45658</v>
       </c>
       <c r="D559" s="20"/>
       <c r="E559" s="21" t="s">
-        <v>265</v>
+        <v>228</v>
       </c>
     </row>
     <row r="560" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A560" s="17"/>
       <c r="B560" s="18" t="s">
-        <v>266</v>
+        <v>95</v>
       </c>
       <c r="C560" s="19">
-        <v>45672</v>
+        <v>45846</v>
       </c>
       <c r="D560" s="20"/>
       <c r="E560" s="21" t="s">
-        <v>267</v>
+        <v>229</v>
       </c>
     </row>
     <row r="561" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A561" s="17"/>
       <c r="B561" s="18" t="s">
-        <v>268</v>
+        <v>827</v>
       </c>
       <c r="C561" s="19">
-        <v>45437</v>
+        <v>45931</v>
       </c>
       <c r="D561" s="20"/>
-      <c r="E561" s="21" t="s">
-        <v>269</v>
+      <c r="E561" s="53" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="562" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A562" s="17"/>
       <c r="B562" s="18" t="s">
-        <v>270</v>
+        <v>168</v>
       </c>
       <c r="C562" s="19">
-        <v>45530</v>
+        <v>46008</v>
       </c>
       <c r="D562" s="20"/>
-      <c r="E562" s="53" t="s">
-        <v>48</v>
+      <c r="E562" s="21" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="563" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A563" s="17"/>
       <c r="B563" s="18" t="s">
-        <v>271</v>
+        <v>96</v>
       </c>
       <c r="C563" s="19">
-        <v>45771</v>
+        <v>45846</v>
       </c>
       <c r="D563" s="20"/>
-      <c r="E563" s="60" t="s">
-        <v>273</v>
+      <c r="E563" s="21" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="564" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A564" s="17"/>
       <c r="B564" s="18" t="s">
-        <v>272</v>
+        <v>97</v>
       </c>
       <c r="C564" s="19">
-        <v>45667</v>
+        <v>45658</v>
       </c>
       <c r="D564" s="20"/>
-      <c r="E564" s="60" t="s">
-[...3 lines deleted...]
-    <row r="565" spans="1:5" s="6" customFormat="1" ht="30.6">
+      <c r="E564" s="21" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="565" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A565" s="17"/>
       <c r="B565" s="18" t="s">
-        <v>132</v>
+        <v>169</v>
       </c>
       <c r="C565" s="19">
-        <v>45583</v>
+        <v>45931</v>
       </c>
       <c r="D565" s="20"/>
-      <c r="E565" s="62" t="s">
-        <v>275</v>
+      <c r="E565" s="21" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="566" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A566" s="17"/>
       <c r="B566" s="18" t="s">
-        <v>276</v>
+        <v>1201</v>
       </c>
       <c r="C566" s="19">
-        <v>43312</v>
+        <v>46008</v>
       </c>
       <c r="D566" s="20"/>
-      <c r="E566" s="60" t="s">
-        <v>280</v>
+      <c r="E566" s="21" t="s">
+        <v>1202</v>
       </c>
     </row>
     <row r="567" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A567" s="17"/>
       <c r="B567" s="18" t="s">
-        <v>277</v>
+        <v>1203</v>
       </c>
       <c r="C567" s="19">
-        <v>45815</v>
+        <v>46008</v>
       </c>
       <c r="D567" s="20"/>
-      <c r="E567" s="60" t="s">
-        <v>279</v>
+      <c r="E567" s="21" t="s">
+        <v>1204</v>
       </c>
     </row>
     <row r="568" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A568" s="17"/>
       <c r="B568" s="18" t="s">
-        <v>133</v>
+        <v>828</v>
       </c>
       <c r="C568" s="19">
-        <v>45619</v>
+        <v>45931</v>
       </c>
       <c r="D568" s="20"/>
-      <c r="E568" s="60" t="s">
-        <v>278</v>
+      <c r="E568" s="21" t="s">
+        <v>633</v>
       </c>
     </row>
     <row r="569" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A569" s="17"/>
       <c r="B569" s="18" t="s">
-        <v>281</v>
+        <v>829</v>
       </c>
       <c r="C569" s="19">
-        <v>45742</v>
+        <v>45931</v>
       </c>
       <c r="D569" s="20"/>
-      <c r="E569" s="53" t="s">
-        <v>48</v>
+      <c r="E569" s="21" t="s">
+        <v>634</v>
       </c>
     </row>
     <row r="570" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A570" s="17"/>
       <c r="B570" s="18" t="s">
-        <v>282</v>
+        <v>98</v>
       </c>
       <c r="C570" s="19">
-        <v>45593</v>
+        <v>45846</v>
       </c>
       <c r="D570" s="20"/>
-      <c r="E570" s="60" t="s">
-        <v>285</v>
+      <c r="E570" s="21" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="571" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A571" s="17"/>
       <c r="B571" s="18" t="s">
-        <v>134</v>
+        <v>99</v>
       </c>
       <c r="C571" s="19">
-        <v>45491</v>
+        <v>45846</v>
       </c>
       <c r="D571" s="20"/>
-      <c r="E571" s="60" t="s">
-        <v>139</v>
+      <c r="E571" s="21" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="572" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A572" s="17"/>
       <c r="B572" s="18" t="s">
-        <v>135</v>
+        <v>830</v>
       </c>
       <c r="C572" s="19">
-        <v>45598</v>
+        <v>45931</v>
       </c>
       <c r="D572" s="20"/>
-      <c r="E572" s="60" t="s">
-        <v>286</v>
+      <c r="E572" s="21" t="s">
+        <v>635</v>
       </c>
     </row>
     <row r="573" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A573" s="17"/>
       <c r="B573" s="18" t="s">
-        <v>136</v>
+        <v>1207</v>
       </c>
       <c r="C573" s="19">
-        <v>45747</v>
+        <v>46008</v>
       </c>
       <c r="D573" s="20"/>
-      <c r="E573" s="60" t="s">
-        <v>287</v>
+      <c r="E573" s="21" t="s">
+        <v>1208</v>
       </c>
     </row>
     <row r="574" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A574" s="17"/>
       <c r="B574" s="18" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="C574" s="19">
-        <v>45561</v>
+        <v>45782</v>
       </c>
       <c r="D574" s="20"/>
-      <c r="E574" s="60" t="s">
-[...3 lines deleted...]
-    <row r="575" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="E574" s="21" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="575" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A575" s="17"/>
       <c r="B575" s="18" t="s">
-        <v>839</v>
+        <v>101</v>
       </c>
       <c r="C575" s="19">
-        <v>45057</v>
+        <v>45853</v>
       </c>
       <c r="D575" s="20"/>
-      <c r="E575" s="60" t="s">
-        <v>289</v>
+      <c r="E575" s="21" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="576" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A576" s="17"/>
       <c r="B576" s="18" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="C576" s="19">
-        <v>43724</v>
+        <v>45796</v>
       </c>
       <c r="D576" s="20"/>
-      <c r="E576" s="32" t="s">
-        <v>283</v>
+      <c r="E576" s="21" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="577" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A577" s="17"/>
       <c r="B577" s="18" t="s">
-        <v>140</v>
+        <v>1209</v>
       </c>
       <c r="C577" s="19">
-        <v>45654</v>
+        <v>46008</v>
       </c>
       <c r="D577" s="20"/>
-      <c r="E577" s="32" t="s">
-        <v>284</v>
+      <c r="E577" s="21" t="s">
+        <v>1210</v>
       </c>
     </row>
     <row r="578" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A578" s="63"/>
+      <c r="A578" s="17"/>
       <c r="B578" s="18" t="s">
-        <v>141</v>
+        <v>831</v>
       </c>
       <c r="C578" s="19">
-        <v>45740</v>
-[...3 lines deleted...]
-        <v>290</v>
+        <v>45931</v>
+      </c>
+      <c r="D578" s="20"/>
+      <c r="E578" s="21" t="s">
+        <v>636</v>
       </c>
     </row>
     <row r="579" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A579" s="17"/>
+      <c r="A579" s="50"/>
       <c r="B579" s="18" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="C579" s="19">
-        <v>45848</v>
+        <v>45846</v>
       </c>
       <c r="D579" s="20"/>
-      <c r="E579" s="32" t="s">
-[...12 lines deleted...]
-      <c r="E580" s="53" t="s">
+      <c r="E579" s="21" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="580" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A580" s="54"/>
+      <c r="B580" s="55" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C580" s="35">
+        <v>46008</v>
+      </c>
+      <c r="D580" s="56"/>
+      <c r="E580" s="57" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="581" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A581" s="48" t="s">
+        <v>106</v>
+      </c>
+      <c r="B581" s="49" t="s">
+        <v>835</v>
+      </c>
+      <c r="C581" s="29">
+        <v>44893</v>
+      </c>
+      <c r="D581" s="58" t="s">
+        <v>49</v>
+      </c>
+      <c r="E581" s="59" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="582" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A582" s="50"/>
+      <c r="B582" s="18" t="s">
+        <v>836</v>
+      </c>
+      <c r="C582" s="19">
+        <v>45584</v>
+      </c>
+      <c r="D582" s="20"/>
+      <c r="E582" s="53" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="581" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...24 lines deleted...]
-    </row>
     <row r="583" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A583" s="17"/>
+      <c r="A583" s="50"/>
       <c r="B583" s="18" t="s">
-        <v>295</v>
+        <v>107</v>
       </c>
       <c r="C583" s="19">
-        <v>44417</v>
+        <v>45855</v>
       </c>
       <c r="D583" s="20"/>
-      <c r="E583" s="32" t="s">
-        <v>156</v>
+      <c r="E583" s="60" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="584" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A584" s="17"/>
+      <c r="A584" s="50"/>
       <c r="B584" s="18" t="s">
-        <v>144</v>
+        <v>237</v>
       </c>
       <c r="C584" s="19">
-        <v>43956</v>
+        <v>45589</v>
       </c>
       <c r="D584" s="20"/>
-      <c r="E584" s="32" t="s">
-        <v>296</v>
+      <c r="E584" s="60" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="585" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A585" s="17"/>
+      <c r="A585" s="50"/>
       <c r="B585" s="18" t="s">
-        <v>145</v>
+        <v>837</v>
       </c>
       <c r="C585" s="19">
-        <v>45761</v>
+        <v>44288</v>
       </c>
       <c r="D585" s="20"/>
-      <c r="E585" s="32" t="s">
-        <v>297</v>
+      <c r="E585" s="60" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="586" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A586" s="17"/>
+      <c r="A586" s="50"/>
       <c r="B586" s="18" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="C586" s="19">
-        <v>44291</v>
+        <v>45644</v>
       </c>
       <c r="D586" s="20"/>
-      <c r="E586" s="32" t="s">
-        <v>298</v>
+      <c r="E586" s="60" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="587" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A587" s="17"/>
+      <c r="A587" s="50"/>
       <c r="B587" s="18" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="C587" s="19">
-        <v>44992</v>
+        <v>45598</v>
       </c>
       <c r="D587" s="20"/>
-      <c r="E587" s="32" t="s">
-[...4 lines deleted...]
-      <c r="A588" s="17"/>
+      <c r="E587" s="60" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="588" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A588" s="50"/>
       <c r="B588" s="18" t="s">
-        <v>148</v>
+        <v>838</v>
       </c>
       <c r="C588" s="19">
-        <v>45839</v>
+        <v>45624</v>
       </c>
       <c r="D588" s="20"/>
-      <c r="E588" s="32" t="s">
-        <v>299</v>
+      <c r="E588" s="21" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="589" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A589" s="17"/>
+      <c r="A589" s="50"/>
       <c r="B589" s="18" t="s">
-        <v>149</v>
+        <v>110</v>
       </c>
       <c r="C589" s="19">
-        <v>45366</v>
+        <v>45702</v>
       </c>
       <c r="D589" s="20"/>
-      <c r="E589" s="32" t="s">
-        <v>300</v>
+      <c r="E589" s="21" t="s">
+        <v>242</v>
       </c>
     </row>
     <row r="590" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A590" s="17"/>
       <c r="B590" s="18" t="s">
-        <v>150</v>
+        <v>111</v>
       </c>
       <c r="C590" s="19">
-        <v>45855</v>
+        <v>44336</v>
       </c>
       <c r="D590" s="20"/>
-      <c r="E590" s="32" t="s">
-        <v>301</v>
+      <c r="E590" s="21" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="591" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A591" s="17"/>
       <c r="B591" s="18" t="s">
-        <v>151</v>
+        <v>112</v>
       </c>
       <c r="C591" s="19">
-        <v>45761</v>
+        <v>43259</v>
       </c>
       <c r="D591" s="20"/>
-      <c r="E591" s="32" t="s">
-        <v>302</v>
+      <c r="E591" s="21" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="592" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A592" s="17"/>
       <c r="B592" s="18" t="s">
-        <v>152</v>
+        <v>244</v>
       </c>
       <c r="C592" s="19">
-        <v>45636</v>
+        <v>45443</v>
       </c>
       <c r="D592" s="20"/>
-      <c r="E592" s="32" t="s">
-        <v>303</v>
+      <c r="E592" s="21" t="s">
+        <v>245</v>
       </c>
     </row>
     <row r="593" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A593" s="17"/>
       <c r="B593" s="18" t="s">
-        <v>153</v>
+        <v>246</v>
       </c>
       <c r="C593" s="19">
-        <v>44062</v>
+        <v>45610</v>
       </c>
       <c r="D593" s="20"/>
-      <c r="E593" s="32" t="s">
-        <v>304</v>
+      <c r="E593" s="21" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="594" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A594" s="17"/>
       <c r="B594" s="18" t="s">
-        <v>21</v>
+        <v>248</v>
       </c>
       <c r="C594" s="19">
-        <v>45676</v>
+        <v>45698</v>
       </c>
       <c r="D594" s="20"/>
-      <c r="E594" s="32" t="s">
-        <v>305</v>
+      <c r="E594" s="21" t="s">
+        <v>249</v>
       </c>
     </row>
     <row r="595" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A595" s="17"/>
       <c r="B595" s="18" t="s">
-        <v>154</v>
+        <v>250</v>
       </c>
       <c r="C595" s="19">
-        <v>45841</v>
+        <v>44427</v>
       </c>
       <c r="D595" s="20"/>
-      <c r="E595" s="32" t="s">
-        <v>306</v>
+      <c r="E595" s="21" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="596" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A596" s="17"/>
       <c r="B596" s="18" t="s">
-        <v>157</v>
+        <v>113</v>
       </c>
       <c r="C596" s="19">
-        <v>45400</v>
+        <v>45768</v>
       </c>
       <c r="D596" s="20"/>
-      <c r="E596" s="32" t="s">
-[...3 lines deleted...]
-    <row r="597" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="E596" s="21" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="597" spans="1:5" s="6" customFormat="1" ht="31.2">
       <c r="A597" s="17"/>
       <c r="B597" s="18" t="s">
-        <v>158</v>
+        <v>118</v>
       </c>
       <c r="C597" s="19">
-        <v>45755</v>
+        <v>45611</v>
       </c>
       <c r="D597" s="20"/>
-      <c r="E597" s="32" t="s">
-        <v>308</v>
+      <c r="E597" s="21" t="s">
+        <v>252</v>
       </c>
     </row>
     <row r="598" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A598" s="17"/>
       <c r="B598" s="18" t="s">
-        <v>159</v>
+        <v>119</v>
       </c>
       <c r="C598" s="19">
-        <v>45757</v>
+        <v>45694</v>
       </c>
       <c r="D598" s="20"/>
-      <c r="E598" s="32" t="s">
-        <v>309</v>
+      <c r="E598" s="21" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="599" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A599" s="17"/>
       <c r="B599" s="18" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="C599" s="19">
-        <v>44735</v>
+        <v>45660</v>
       </c>
       <c r="D599" s="20"/>
-      <c r="E599" s="32" t="s">
-        <v>310</v>
+      <c r="E599" s="21" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="600" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A600" s="17"/>
       <c r="B600" s="18" t="s">
-        <v>161</v>
+        <v>121</v>
       </c>
       <c r="C600" s="19">
-        <v>45729</v>
+        <v>45848</v>
       </c>
       <c r="D600" s="20"/>
-      <c r="E600" s="32" t="s">
-        <v>311</v>
+      <c r="E600" s="21" t="s">
+        <v>255</v>
       </c>
     </row>
     <row r="601" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A601" s="17"/>
       <c r="B601" s="18" t="s">
-        <v>840</v>
+        <v>122</v>
       </c>
       <c r="C601" s="19">
-        <v>45136</v>
+        <v>43973</v>
       </c>
       <c r="D601" s="20"/>
-      <c r="E601" s="32" t="s">
-        <v>171</v>
+      <c r="E601" s="21" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="602" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A602" s="17"/>
       <c r="B602" s="18" t="s">
-        <v>162</v>
+        <v>123</v>
       </c>
       <c r="C602" s="19">
-        <v>45428</v>
+        <v>44307</v>
       </c>
       <c r="D602" s="20"/>
-      <c r="E602" s="32" t="s">
-        <v>312</v>
+      <c r="E602" s="21" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="603" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A603" s="17"/>
       <c r="B603" s="18" t="s">
-        <v>163</v>
+        <v>124</v>
       </c>
       <c r="C603" s="19">
-        <v>45646</v>
+        <v>45454</v>
       </c>
       <c r="D603" s="20"/>
-      <c r="E603" s="32" t="s">
-        <v>313</v>
+      <c r="E603" s="61" t="s">
+        <v>256</v>
       </c>
     </row>
     <row r="604" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A604" s="17"/>
       <c r="B604" s="18" t="s">
-        <v>164</v>
+        <v>257</v>
       </c>
       <c r="C604" s="19">
-        <v>45674</v>
+        <v>45267</v>
       </c>
       <c r="D604" s="20"/>
-      <c r="E604" s="32" t="s">
-        <v>314</v>
+      <c r="E604" s="21" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="605" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A605" s="17"/>
       <c r="B605" s="18" t="s">
-        <v>165</v>
+        <v>259</v>
       </c>
       <c r="C605" s="19">
-        <v>45530</v>
+        <v>45744</v>
       </c>
       <c r="D605" s="20"/>
-      <c r="E605" s="32" t="s">
-        <v>315</v>
+      <c r="E605" s="21" t="s">
+        <v>260</v>
       </c>
     </row>
     <row r="606" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A606" s="17"/>
       <c r="B606" s="18" t="s">
-        <v>166</v>
+        <v>125</v>
       </c>
       <c r="C606" s="19">
-        <v>44103</v>
+        <v>44603</v>
       </c>
       <c r="D606" s="20"/>
-      <c r="E606" s="32" t="s">
-        <v>316</v>
+      <c r="E606" s="21" t="s">
+        <v>261</v>
       </c>
     </row>
     <row r="607" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A607" s="17"/>
       <c r="B607" s="18" t="s">
-        <v>167</v>
+        <v>126</v>
       </c>
       <c r="C607" s="19">
-        <v>45741</v>
+        <v>45153</v>
       </c>
       <c r="D607" s="20"/>
-      <c r="E607" s="32" t="s">
-        <v>317</v>
+      <c r="E607" s="21" t="s">
+        <v>262</v>
       </c>
     </row>
     <row r="608" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A608" s="17"/>
       <c r="B608" s="18" t="s">
-        <v>168</v>
+        <v>127</v>
       </c>
       <c r="C608" s="19">
-        <v>45678</v>
+        <v>45579</v>
       </c>
       <c r="D608" s="20"/>
-      <c r="E608" s="32" t="s">
-        <v>172</v>
+      <c r="E608" s="21" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="609" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A609" s="17"/>
       <c r="B609" s="18" t="s">
-        <v>169</v>
+        <v>128</v>
       </c>
       <c r="C609" s="19">
-        <v>45643</v>
+        <v>45749</v>
       </c>
       <c r="D609" s="20"/>
-      <c r="E609" s="32" t="s">
-        <v>320</v>
+      <c r="E609" s="21" t="s">
+        <v>264</v>
       </c>
     </row>
     <row r="610" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A610" s="17"/>
       <c r="B610" s="18" t="s">
-        <v>318</v>
+        <v>129</v>
       </c>
       <c r="C610" s="19">
-        <v>45510</v>
+        <v>45298</v>
       </c>
       <c r="D610" s="20"/>
-      <c r="E610" s="32" t="s">
-        <v>321</v>
+      <c r="E610" s="21" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="611" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A611" s="17"/>
       <c r="B611" s="18" t="s">
-        <v>319</v>
+        <v>266</v>
       </c>
       <c r="C611" s="19">
-        <v>45042</v>
+        <v>45672</v>
       </c>
       <c r="D611" s="20"/>
-      <c r="E611" s="32" t="s">
-        <v>322</v>
+      <c r="E611" s="21" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="612" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A612" s="17"/>
       <c r="B612" s="18" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="C612" s="19">
-        <v>45699</v>
+        <v>45437</v>
       </c>
       <c r="D612" s="20"/>
-      <c r="E612" s="32" t="s">
-        <v>323</v>
+      <c r="E612" s="21" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="613" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A613" s="17"/>
       <c r="B613" s="18" t="s">
-        <v>173</v>
+        <v>270</v>
       </c>
       <c r="C613" s="19">
-        <v>45298</v>
+        <v>45530</v>
       </c>
       <c r="D613" s="20"/>
-      <c r="E613" s="32" t="s">
-        <v>327</v>
+      <c r="E613" s="53" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="614" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A614" s="17"/>
       <c r="B614" s="18" t="s">
-        <v>174</v>
+        <v>271</v>
       </c>
       <c r="C614" s="19">
-        <v>45644</v>
+        <v>45771</v>
       </c>
       <c r="D614" s="20"/>
-      <c r="E614" s="22" t="s">
-        <v>328</v>
+      <c r="E614" s="60" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="615" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A615" s="17"/>
       <c r="B615" s="18" t="s">
-        <v>175</v>
+        <v>272</v>
       </c>
       <c r="C615" s="19">
-        <v>45783</v>
+        <v>45667</v>
       </c>
       <c r="D615" s="20"/>
-      <c r="E615" s="32" t="s">
-[...3 lines deleted...]
-    <row r="616" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="E615" s="60" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="616" spans="1:5" s="6" customFormat="1" ht="30.6">
       <c r="A616" s="17"/>
       <c r="B616" s="18" t="s">
-        <v>176</v>
+        <v>132</v>
       </c>
       <c r="C616" s="19">
-        <v>45736</v>
+        <v>45583</v>
       </c>
       <c r="D616" s="20"/>
-      <c r="E616" s="32" t="s">
-        <v>326</v>
+      <c r="E616" s="62" t="s">
+        <v>275</v>
       </c>
     </row>
     <row r="617" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A617" s="17"/>
       <c r="B617" s="18" t="s">
-        <v>177</v>
+        <v>276</v>
       </c>
       <c r="C617" s="19">
-        <v>43757</v>
+        <v>43312</v>
       </c>
       <c r="D617" s="20"/>
-      <c r="E617" s="32" t="s">
-[...3 lines deleted...]
-    <row r="618" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="E617" s="60" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="618" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A618" s="17"/>
       <c r="B618" s="18" t="s">
-        <v>324</v>
+        <v>277</v>
       </c>
       <c r="C618" s="19">
-        <v>45697</v>
+        <v>45815</v>
       </c>
       <c r="D618" s="20"/>
-      <c r="E618" s="53" t="s">
-        <v>48</v>
+      <c r="E618" s="60" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="619" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A619" s="17"/>
       <c r="B619" s="18" t="s">
-        <v>178</v>
+        <v>133</v>
       </c>
       <c r="C619" s="19">
-        <v>45916</v>
+        <v>45619</v>
       </c>
       <c r="D619" s="20"/>
-      <c r="E619" s="32" t="s">
-        <v>187</v>
+      <c r="E619" s="60" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="620" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A620" s="17"/>
       <c r="B620" s="18" t="s">
-        <v>179</v>
+        <v>281</v>
       </c>
       <c r="C620" s="19">
-        <v>45519</v>
+        <v>45742</v>
       </c>
       <c r="D620" s="20"/>
       <c r="E620" s="53" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="621" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A621" s="17"/>
       <c r="B621" s="18" t="s">
-        <v>180</v>
+        <v>282</v>
       </c>
       <c r="C621" s="19">
-        <v>46016</v>
+        <v>45593</v>
       </c>
       <c r="D621" s="20"/>
-      <c r="E621" s="32" t="s">
-        <v>330</v>
+      <c r="E621" s="60" t="s">
+        <v>285</v>
       </c>
     </row>
     <row r="622" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A622" s="17"/>
       <c r="B622" s="18" t="s">
-        <v>181</v>
+        <v>134</v>
       </c>
       <c r="C622" s="19">
-        <v>45742</v>
+        <v>45491</v>
       </c>
       <c r="D622" s="20"/>
-      <c r="E622" s="32" t="s">
-        <v>188</v>
+      <c r="E622" s="60" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="623" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A623" s="17"/>
       <c r="B623" s="18" t="s">
-        <v>182</v>
+        <v>135</v>
       </c>
       <c r="C623" s="19">
-        <v>45852</v>
+        <v>45598</v>
       </c>
       <c r="D623" s="20"/>
-      <c r="E623" s="32" t="s">
-        <v>331</v>
+      <c r="E623" s="60" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="624" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A624" s="17"/>
       <c r="B624" s="18" t="s">
-        <v>183</v>
+        <v>136</v>
       </c>
       <c r="C624" s="19">
-        <v>45722</v>
+        <v>45747</v>
       </c>
       <c r="D624" s="20"/>
-      <c r="E624" s="32" t="s">
-        <v>332</v>
+      <c r="E624" s="60" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="625" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A625" s="17"/>
       <c r="B625" s="18" t="s">
-        <v>184</v>
+        <v>137</v>
       </c>
       <c r="C625" s="19">
-        <v>45673</v>
+        <v>45561</v>
       </c>
       <c r="D625" s="20"/>
-      <c r="E625" s="32" t="s">
-[...3 lines deleted...]
-    <row r="626" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="E625" s="60" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="626" spans="1:5" s="6" customFormat="1" ht="31.2">
       <c r="A626" s="17"/>
       <c r="B626" s="18" t="s">
-        <v>98</v>
+        <v>839</v>
       </c>
       <c r="C626" s="19">
-        <v>45226</v>
+        <v>45057</v>
       </c>
       <c r="D626" s="20"/>
-      <c r="E626" s="32" t="s">
-        <v>334</v>
+      <c r="E626" s="60" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="627" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A627" s="17"/>
       <c r="B627" s="18" t="s">
-        <v>185</v>
+        <v>138</v>
       </c>
       <c r="C627" s="19">
-        <v>45143</v>
+        <v>43724</v>
       </c>
       <c r="D627" s="20"/>
       <c r="E627" s="32" t="s">
-        <v>335</v>
+        <v>283</v>
       </c>
     </row>
     <row r="628" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A628" s="17"/>
       <c r="B628" s="18" t="s">
-        <v>186</v>
+        <v>140</v>
       </c>
       <c r="C628" s="19">
-        <v>45643</v>
+        <v>45654</v>
       </c>
       <c r="D628" s="20"/>
       <c r="E628" s="32" t="s">
-        <v>336</v>
+        <v>284</v>
       </c>
     </row>
     <row r="629" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A629" s="17"/>
+      <c r="A629" s="63"/>
       <c r="B629" s="18" t="s">
-        <v>189</v>
+        <v>141</v>
       </c>
       <c r="C629" s="19">
-        <v>45616</v>
-[...6 lines deleted...]
-    <row r="630" spans="1:5" s="6" customFormat="1" ht="31.2">
+        <v>45740</v>
+      </c>
+      <c r="D629" s="64"/>
+      <c r="E629" s="22" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="630" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A630" s="17"/>
       <c r="B630" s="18" t="s">
-        <v>338</v>
+        <v>142</v>
       </c>
       <c r="C630" s="19">
-        <v>44714</v>
+        <v>45848</v>
       </c>
       <c r="D630" s="20"/>
       <c r="E630" s="32" t="s">
-        <v>339</v>
+        <v>291</v>
       </c>
     </row>
     <row r="631" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A631" s="17"/>
       <c r="B631" s="18" t="s">
-        <v>190</v>
+        <v>143</v>
       </c>
       <c r="C631" s="19">
-        <v>45684</v>
+        <v>45772</v>
       </c>
       <c r="D631" s="20"/>
-      <c r="E631" s="32" t="s">
-        <v>195</v>
+      <c r="E631" s="53" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="632" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A632" s="17"/>
       <c r="B632" s="18" t="s">
-        <v>191</v>
+        <v>292</v>
       </c>
       <c r="C632" s="19">
-        <v>45680</v>
+        <v>45771</v>
       </c>
       <c r="D632" s="20"/>
       <c r="E632" s="32" t="s">
-        <v>340</v>
+        <v>155</v>
       </c>
     </row>
     <row r="633" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A633" s="17"/>
       <c r="B633" s="18" t="s">
-        <v>192</v>
+        <v>293</v>
       </c>
       <c r="C633" s="19">
-        <v>45282</v>
+        <v>45209</v>
       </c>
       <c r="D633" s="20"/>
-      <c r="E633" s="32" t="s">
-        <v>341</v>
+      <c r="E633" s="52" t="s">
+        <v>294</v>
       </c>
     </row>
     <row r="634" spans="1:5" s="6" customFormat="1" ht="15.6">
       <c r="A634" s="17"/>
       <c r="B634" s="18" t="s">
-        <v>193</v>
+        <v>295</v>
       </c>
       <c r="C634" s="19">
-        <v>45743</v>
+        <v>44417</v>
       </c>
       <c r="D634" s="20"/>
       <c r="E634" s="32" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="635" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A635" s="17"/>
+      <c r="B635" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C635" s="19">
+        <v>43956</v>
+      </c>
+      <c r="D635" s="20"/>
+      <c r="E635" s="32" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="636" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A636" s="17"/>
+      <c r="B636" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C636" s="19">
+        <v>45761</v>
+      </c>
+      <c r="D636" s="20"/>
+      <c r="E636" s="32" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="637" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A637" s="17"/>
+      <c r="B637" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C637" s="19">
+        <v>44291</v>
+      </c>
+      <c r="D637" s="20"/>
+      <c r="E637" s="32" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="638" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A638" s="17"/>
+      <c r="B638" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C638" s="19">
+        <v>44992</v>
+      </c>
+      <c r="D638" s="20"/>
+      <c r="E638" s="32" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="639" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A639" s="17"/>
+      <c r="B639" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C639" s="19">
+        <v>45839</v>
+      </c>
+      <c r="D639" s="20"/>
+      <c r="E639" s="32" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="640" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A640" s="17"/>
+      <c r="B640" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C640" s="19">
+        <v>45366</v>
+      </c>
+      <c r="D640" s="20"/>
+      <c r="E640" s="32" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="641" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A641" s="17"/>
+      <c r="B641" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C641" s="19">
+        <v>45855</v>
+      </c>
+      <c r="D641" s="20"/>
+      <c r="E641" s="32" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="642" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A642" s="17"/>
+      <c r="B642" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C642" s="19">
+        <v>45761</v>
+      </c>
+      <c r="D642" s="20"/>
+      <c r="E642" s="32" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="643" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A643" s="17"/>
+      <c r="B643" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C643" s="19">
+        <v>45636</v>
+      </c>
+      <c r="D643" s="20"/>
+      <c r="E643" s="32" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="644" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A644" s="17"/>
+      <c r="B644" s="18" t="s">
+        <v>153</v>
+      </c>
+      <c r="C644" s="19">
+        <v>44062</v>
+      </c>
+      <c r="D644" s="20"/>
+      <c r="E644" s="32" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="645" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A645" s="17"/>
+      <c r="B645" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C645" s="19">
+        <v>45676</v>
+      </c>
+      <c r="D645" s="20"/>
+      <c r="E645" s="32" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="646" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A646" s="17"/>
+      <c r="B646" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="C646" s="19">
+        <v>45841</v>
+      </c>
+      <c r="D646" s="20"/>
+      <c r="E646" s="32" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="647" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A647" s="17"/>
+      <c r="B647" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="C647" s="19">
+        <v>45400</v>
+      </c>
+      <c r="D647" s="20"/>
+      <c r="E647" s="32" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="648" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A648" s="17"/>
+      <c r="B648" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="C648" s="19">
+        <v>45755</v>
+      </c>
+      <c r="D648" s="20"/>
+      <c r="E648" s="32" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="649" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A649" s="17"/>
+      <c r="B649" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="C649" s="19">
+        <v>45757</v>
+      </c>
+      <c r="D649" s="20"/>
+      <c r="E649" s="32" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="650" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A650" s="17"/>
+      <c r="B650" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="C650" s="19">
+        <v>44735</v>
+      </c>
+      <c r="D650" s="20"/>
+      <c r="E650" s="32" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="651" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A651" s="17"/>
+      <c r="B651" s="18" t="s">
+        <v>161</v>
+      </c>
+      <c r="C651" s="19">
+        <v>45729</v>
+      </c>
+      <c r="D651" s="20"/>
+      <c r="E651" s="32" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="652" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A652" s="17"/>
+      <c r="B652" s="18" t="s">
+        <v>840</v>
+      </c>
+      <c r="C652" s="19">
+        <v>45136</v>
+      </c>
+      <c r="D652" s="20"/>
+      <c r="E652" s="32" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="653" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A653" s="17"/>
+      <c r="B653" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="C653" s="19">
+        <v>45428</v>
+      </c>
+      <c r="D653" s="20"/>
+      <c r="E653" s="32" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="654" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A654" s="17"/>
+      <c r="B654" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="C654" s="19">
+        <v>45646</v>
+      </c>
+      <c r="D654" s="20"/>
+      <c r="E654" s="32" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="655" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A655" s="17"/>
+      <c r="B655" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="C655" s="19">
+        <v>45674</v>
+      </c>
+      <c r="D655" s="20"/>
+      <c r="E655" s="32" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="656" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A656" s="17"/>
+      <c r="B656" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="C656" s="19">
+        <v>45530</v>
+      </c>
+      <c r="D656" s="20"/>
+      <c r="E656" s="32" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="657" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A657" s="17"/>
+      <c r="B657" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="C657" s="19">
+        <v>44103</v>
+      </c>
+      <c r="D657" s="20"/>
+      <c r="E657" s="32" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="658" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A658" s="17"/>
+      <c r="B658" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="C658" s="19">
+        <v>45741</v>
+      </c>
+      <c r="D658" s="20"/>
+      <c r="E658" s="32" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="659" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A659" s="17"/>
+      <c r="B659" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="C659" s="19">
+        <v>45678</v>
+      </c>
+      <c r="D659" s="20"/>
+      <c r="E659" s="32" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="660" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A660" s="17"/>
+      <c r="B660" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="C660" s="19">
+        <v>45643</v>
+      </c>
+      <c r="D660" s="20"/>
+      <c r="E660" s="32" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="661" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A661" s="17"/>
+      <c r="B661" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="C661" s="19">
+        <v>45510</v>
+      </c>
+      <c r="D661" s="20"/>
+      <c r="E661" s="32" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="662" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A662" s="17"/>
+      <c r="B662" s="18" t="s">
+        <v>319</v>
+      </c>
+      <c r="C662" s="19">
+        <v>45042</v>
+      </c>
+      <c r="D662" s="20"/>
+      <c r="E662" s="32" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="663" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A663" s="17"/>
+      <c r="B663" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="C663" s="19">
+        <v>45699</v>
+      </c>
+      <c r="D663" s="20"/>
+      <c r="E663" s="32" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="664" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A664" s="17"/>
+      <c r="B664" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="C664" s="19">
+        <v>45298</v>
+      </c>
+      <c r="D664" s="20"/>
+      <c r="E664" s="32" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="665" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A665" s="17"/>
+      <c r="B665" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="C665" s="19">
+        <v>45644</v>
+      </c>
+      <c r="D665" s="20"/>
+      <c r="E665" s="22" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="666" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A666" s="17"/>
+      <c r="B666" s="18" t="s">
+        <v>175</v>
+      </c>
+      <c r="C666" s="19">
+        <v>45783</v>
+      </c>
+      <c r="D666" s="20"/>
+      <c r="E666" s="32" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="667" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A667" s="17"/>
+      <c r="B667" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="C667" s="19">
+        <v>45736</v>
+      </c>
+      <c r="D667" s="20"/>
+      <c r="E667" s="32" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="668" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A668" s="17"/>
+      <c r="B668" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="C668" s="19">
+        <v>43757</v>
+      </c>
+      <c r="D668" s="20"/>
+      <c r="E668" s="32" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="669" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A669" s="17"/>
+      <c r="B669" s="18" t="s">
+        <v>324</v>
+      </c>
+      <c r="C669" s="19">
+        <v>45697</v>
+      </c>
+      <c r="D669" s="20"/>
+      <c r="E669" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="670" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A670" s="17"/>
+      <c r="B670" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="C670" s="19">
+        <v>45916</v>
+      </c>
+      <c r="D670" s="20"/>
+      <c r="E670" s="32" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="671" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A671" s="17"/>
+      <c r="B671" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="C671" s="19">
+        <v>45519</v>
+      </c>
+      <c r="D671" s="20"/>
+      <c r="E671" s="53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="672" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A672" s="17"/>
+      <c r="B672" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="C672" s="19">
+        <v>46016</v>
+      </c>
+      <c r="D672" s="20"/>
+      <c r="E672" s="32" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="673" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A673" s="17"/>
+      <c r="B673" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="C673" s="19">
+        <v>45742</v>
+      </c>
+      <c r="D673" s="20"/>
+      <c r="E673" s="32" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="674" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A674" s="17"/>
+      <c r="B674" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="C674" s="19">
+        <v>45852</v>
+      </c>
+      <c r="D674" s="20"/>
+      <c r="E674" s="32" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="675" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A675" s="17"/>
+      <c r="B675" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="C675" s="19">
+        <v>45722</v>
+      </c>
+      <c r="D675" s="20"/>
+      <c r="E675" s="32" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="676" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A676" s="17"/>
+      <c r="B676" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="C676" s="19">
+        <v>45673</v>
+      </c>
+      <c r="D676" s="20"/>
+      <c r="E676" s="32" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="677" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A677" s="17"/>
+      <c r="B677" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C677" s="19">
+        <v>45226</v>
+      </c>
+      <c r="D677" s="20"/>
+      <c r="E677" s="32" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="678" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A678" s="17"/>
+      <c r="B678" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="C678" s="19">
+        <v>45143</v>
+      </c>
+      <c r="D678" s="20"/>
+      <c r="E678" s="32" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="679" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A679" s="17"/>
+      <c r="B679" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="C679" s="19">
+        <v>45643</v>
+      </c>
+      <c r="D679" s="20"/>
+      <c r="E679" s="32" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="680" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A680" s="17"/>
+      <c r="B680" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="C680" s="19">
+        <v>45616</v>
+      </c>
+      <c r="D680" s="20"/>
+      <c r="E680" s="32" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="681" spans="1:5" s="6" customFormat="1" ht="31.2">
+      <c r="A681" s="17"/>
+      <c r="B681" s="18" t="s">
+        <v>338</v>
+      </c>
+      <c r="C681" s="19">
+        <v>44714</v>
+      </c>
+      <c r="D681" s="20"/>
+      <c r="E681" s="32" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="682" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A682" s="17"/>
+      <c r="B682" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="C682" s="19">
+        <v>45684</v>
+      </c>
+      <c r="D682" s="20"/>
+      <c r="E682" s="32" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="683" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A683" s="17"/>
+      <c r="B683" s="18" t="s">
+        <v>191</v>
+      </c>
+      <c r="C683" s="19">
+        <v>45680</v>
+      </c>
+      <c r="D683" s="20"/>
+      <c r="E683" s="32" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="684" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A684" s="17"/>
+      <c r="B684" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="C684" s="19">
+        <v>45282</v>
+      </c>
+      <c r="D684" s="20"/>
+      <c r="E684" s="32" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="685" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A685" s="17"/>
+      <c r="B685" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="C685" s="19">
+        <v>45743</v>
+      </c>
+      <c r="D685" s="20"/>
+      <c r="E685" s="32" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="635" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B635" s="18" t="s">
+    <row r="686" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A686" s="50"/>
+      <c r="B686" s="18" t="s">
         <v>194</v>
       </c>
-      <c r="C635" s="19">
+      <c r="C686" s="19">
         <v>43670</v>
       </c>
-      <c r="D635" s="41"/>
-      <c r="E635" s="32" t="s">
+      <c r="D686" s="41"/>
+      <c r="E686" s="32" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="636" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
-[...1 lines deleted...]
-      <c r="B636" s="55" t="s">
+    <row r="687" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A687" s="54"/>
+      <c r="B687" s="55" t="s">
         <v>342</v>
       </c>
-      <c r="C636" s="35">
+      <c r="C687" s="35">
         <v>45590</v>
       </c>
-      <c r="D636" s="65"/>
-      <c r="E636" s="37" t="s">
+      <c r="D687" s="65"/>
+      <c r="E687" s="37" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="637" spans="1:5" s="6" customFormat="1" ht="15.6">
-      <c r="A637" s="89" t="s">
+    <row r="688" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A688" s="89" t="s">
         <v>1159</v>
       </c>
-      <c r="B637" s="49" t="s">
+      <c r="B688" s="49" t="s">
         <v>1225</v>
       </c>
-      <c r="C637" s="29">
+      <c r="C688" s="29">
         <v>45699</v>
       </c>
-      <c r="D637" s="90"/>
-      <c r="E637" s="30" t="s">
+      <c r="D688" s="90"/>
+      <c r="E688" s="30" t="s">
         <v>1242</v>
       </c>
     </row>
-    <row r="638" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B638" s="18" t="s">
+    <row r="689" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A689" s="91"/>
+      <c r="B689" s="18" t="s">
         <v>1295</v>
       </c>
-      <c r="C638" s="19">
+      <c r="C689" s="19">
         <v>45972</v>
       </c>
-      <c r="D638" s="2"/>
-      <c r="E638" s="32" t="s">
+      <c r="D689" s="2"/>
+      <c r="E689" s="32" t="s">
         <v>1296</v>
       </c>
     </row>
-    <row r="639" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B639" s="18" t="s">
+    <row r="690" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A690" s="91"/>
+      <c r="B690" s="18" t="s">
         <v>1297</v>
       </c>
-      <c r="C639" s="19">
+      <c r="C690" s="19">
         <v>45721</v>
       </c>
-      <c r="D639" s="2"/>
-      <c r="E639" s="32" t="s">
+      <c r="D690" s="2"/>
+      <c r="E690" s="32" t="s">
         <v>1298</v>
       </c>
     </row>
-    <row r="640" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B640" s="18" t="s">
+    <row r="691" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A691" s="91"/>
+      <c r="B691" s="18" t="s">
         <v>1226</v>
       </c>
-      <c r="C640" s="19">
+      <c r="C691" s="19">
         <v>45699</v>
       </c>
-      <c r="D640" s="2"/>
-      <c r="E640" s="32" t="s">
+      <c r="D691" s="2"/>
+      <c r="E691" s="32" t="s">
         <v>626</v>
       </c>
     </row>
-    <row r="641" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B641" s="18" t="s">
+    <row r="692" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A692" s="91"/>
+      <c r="B692" s="18" t="s">
         <v>1227</v>
       </c>
-      <c r="C641" s="19">
+      <c r="C692" s="19">
         <v>45699</v>
       </c>
-      <c r="D641" s="2"/>
-      <c r="E641" s="32" t="s">
+      <c r="D692" s="2"/>
+      <c r="E692" s="32" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="642" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B642" s="18" t="s">
+    <row r="693" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A693" s="92"/>
+      <c r="B693" s="18" t="s">
         <v>1192</v>
       </c>
-      <c r="C642" s="19">
+      <c r="C693" s="19">
         <v>45708</v>
       </c>
-      <c r="D642" s="2"/>
-      <c r="E642" s="32" t="s">
+      <c r="D693" s="2"/>
+      <c r="E693" s="32" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="643" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B643" s="18" t="s">
+    <row r="694" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A694" s="92"/>
+      <c r="B694" s="18" t="s">
         <v>1228</v>
       </c>
-      <c r="C643" s="19">
+      <c r="C694" s="19">
         <v>45708</v>
       </c>
-      <c r="D643" s="2"/>
-      <c r="E643" s="32" t="s">
+      <c r="D694" s="2"/>
+      <c r="E694" s="32" t="s">
         <v>1243</v>
       </c>
     </row>
-    <row r="644" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B644" s="18" t="s">
+    <row r="695" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A695" s="92"/>
+      <c r="B695" s="18" t="s">
         <v>1229</v>
       </c>
-      <c r="C644" s="19">
+      <c r="C695" s="19">
         <v>45947</v>
       </c>
-      <c r="D644" s="2"/>
-      <c r="E644" s="32" t="s">
+      <c r="D695" s="2"/>
+      <c r="E695" s="32" t="s">
         <v>1244</v>
       </c>
     </row>
-    <row r="645" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B645" s="18" t="s">
+    <row r="696" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A696" s="91"/>
+      <c r="B696" s="18" t="s">
         <v>1230</v>
       </c>
-      <c r="C645" s="19">
+      <c r="C696" s="19">
         <v>45708</v>
       </c>
-      <c r="D645" s="2"/>
-      <c r="E645" s="32" t="s">
+      <c r="D696" s="2"/>
+      <c r="E696" s="32" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="646" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B646" s="18" t="s">
+    <row r="697" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A697" s="91"/>
+      <c r="B697" s="18" t="s">
         <v>1194</v>
       </c>
-      <c r="C646" s="19">
+      <c r="C697" s="19">
         <v>45721</v>
       </c>
-      <c r="D646" s="2"/>
-      <c r="E646" s="32" t="s">
+      <c r="D697" s="2"/>
+      <c r="E697" s="32" t="s">
         <v>1246</v>
       </c>
     </row>
-    <row r="647" spans="1:5" s="6" customFormat="1" ht="30">
-[...1 lines deleted...]
-      <c r="B647" s="18" t="s">
+    <row r="698" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A698" s="91"/>
+      <c r="B698" s="18" t="s">
         <v>713</v>
       </c>
-      <c r="C647" s="19" t="s">
-[...3 lines deleted...]
-      <c r="E647" s="32" t="s">
+      <c r="C698" s="19" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D698" s="2"/>
+      <c r="E698" s="32" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="648" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B648" s="18" t="s">
+    <row r="699" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A699" s="91"/>
+      <c r="B699" s="18" t="s">
         <v>1231</v>
       </c>
-      <c r="C648" s="19">
+      <c r="C699" s="19">
         <v>45966</v>
       </c>
-      <c r="D648" s="2"/>
-      <c r="E648" s="32" t="s">
+      <c r="D699" s="2"/>
+      <c r="E699" s="32" t="s">
         <v>1247</v>
       </c>
     </row>
-    <row r="649" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B649" s="18" t="s">
+    <row r="700" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A700" s="91"/>
+      <c r="B700" s="18" t="s">
         <v>1232</v>
       </c>
-      <c r="C649" s="19">
+      <c r="C700" s="19">
         <v>45708</v>
       </c>
-      <c r="D649" s="2"/>
-      <c r="E649" s="32" t="s">
+      <c r="D700" s="2"/>
+      <c r="E700" s="32" t="s">
         <v>1248</v>
       </c>
     </row>
-    <row r="650" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B650" s="18" t="s">
+    <row r="701" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A701" s="91"/>
+      <c r="B701" s="18" t="s">
         <v>1233</v>
       </c>
-      <c r="C650" s="19">
+      <c r="C701" s="19">
         <v>45699</v>
       </c>
-      <c r="D650" s="2"/>
-      <c r="E650" s="32" t="s">
+      <c r="D701" s="2"/>
+      <c r="E701" s="32" t="s">
         <v>1249</v>
       </c>
     </row>
-    <row r="651" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B651" s="18" t="s">
+    <row r="702" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A702" s="91"/>
+      <c r="B702" s="18" t="s">
         <v>1234</v>
       </c>
-      <c r="C651" s="19">
+      <c r="C702" s="19">
         <v>45708</v>
       </c>
-      <c r="D651" s="2"/>
-      <c r="E651" s="32" t="s">
+      <c r="D702" s="2"/>
+      <c r="E702" s="32" t="s">
         <v>1250</v>
       </c>
     </row>
-    <row r="652" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B652" s="18" t="s">
+    <row r="703" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A703" s="91"/>
+      <c r="B703" s="18" t="s">
         <v>1235</v>
       </c>
-      <c r="C652" s="19">
+      <c r="C703" s="19">
         <v>45699</v>
       </c>
-      <c r="D652" s="2"/>
-      <c r="E652" s="32" t="s">
+      <c r="D703" s="2"/>
+      <c r="E703" s="32" t="s">
         <v>1251</v>
       </c>
     </row>
-    <row r="653" spans="1:5" s="6" customFormat="1" ht="30">
-[...1 lines deleted...]
-      <c r="B653" s="18" t="s">
+    <row r="704" spans="1:5" s="6" customFormat="1" ht="30">
+      <c r="A704" s="91"/>
+      <c r="B704" s="18" t="s">
         <v>1236</v>
       </c>
-      <c r="C653" s="19">
+      <c r="C704" s="19">
         <v>45708</v>
       </c>
-      <c r="D653" s="2"/>
-      <c r="E653" s="32" t="s">
+      <c r="D704" s="2"/>
+      <c r="E704" s="32" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="654" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B654" s="18" t="s">
+    <row r="705" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A705" s="91"/>
+      <c r="B705" s="18" t="s">
         <v>1237</v>
       </c>
-      <c r="C654" s="19">
+      <c r="C705" s="19">
         <v>45708</v>
       </c>
-      <c r="D654" s="2"/>
-      <c r="E654" s="32" t="s">
+      <c r="D705" s="2"/>
+      <c r="E705" s="32" t="s">
         <v>1253</v>
       </c>
     </row>
-    <row r="655" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B655" s="18" t="s">
+    <row r="706" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A706" s="91"/>
+      <c r="B706" s="18" t="s">
         <v>1238</v>
       </c>
-      <c r="C655" s="19">
+      <c r="C706" s="19">
         <v>45818</v>
       </c>
-      <c r="D655" s="2"/>
-      <c r="E655" s="32" t="s">
+      <c r="D706" s="2"/>
+      <c r="E706" s="32" t="s">
         <v>1254</v>
       </c>
     </row>
-    <row r="656" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B656" s="18" t="s">
+    <row r="707" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A707" s="91"/>
+      <c r="B707" s="18" t="s">
         <v>1239</v>
       </c>
-      <c r="C656" s="19">
+      <c r="C707" s="19">
         <v>45699</v>
       </c>
-      <c r="D656" s="2"/>
-      <c r="E656" s="32" t="s">
+      <c r="D707" s="2"/>
+      <c r="E707" s="32" t="s">
         <v>1255</v>
       </c>
     </row>
-    <row r="657" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B657" s="18" t="s">
+    <row r="708" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A708" s="91"/>
+      <c r="B708" s="18" t="s">
         <v>1299</v>
       </c>
-      <c r="C657" s="19">
+      <c r="C708" s="19">
         <v>45975</v>
       </c>
-      <c r="D657" s="2"/>
-      <c r="E657" s="32" t="s">
+      <c r="D708" s="2"/>
+      <c r="E708" s="32" t="s">
         <v>1300</v>
       </c>
     </row>
-    <row r="658" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B658" s="18" t="s">
+    <row r="709" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A709" s="93"/>
+      <c r="B709" s="18" t="s">
         <v>1207</v>
       </c>
-      <c r="C658" s="19">
+      <c r="C709" s="19">
         <v>45699</v>
       </c>
-      <c r="D658" s="2"/>
-      <c r="E658" s="32" t="s">
+      <c r="D709" s="2"/>
+      <c r="E709" s="32" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="659" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B659" s="18" t="s">
+    <row r="710" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A710" s="93"/>
+      <c r="B710" s="18" t="s">
         <v>1240</v>
       </c>
-      <c r="C659" s="19">
+      <c r="C710" s="19">
         <v>45958</v>
       </c>
-      <c r="D659" s="2"/>
-      <c r="E659" s="32" t="s">
+      <c r="D710" s="2"/>
+      <c r="E710" s="32" t="s">
         <v>1256</v>
       </c>
     </row>
-    <row r="660" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B660" s="18" t="s">
+    <row r="711" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A711" s="93"/>
+      <c r="B711" s="18" t="s">
         <v>743</v>
       </c>
-      <c r="C660" s="19">
+      <c r="C711" s="19">
         <v>45903</v>
       </c>
-      <c r="D660" s="2"/>
-      <c r="E660" s="32" t="s">
+      <c r="D711" s="2"/>
+      <c r="E711" s="32" t="s">
         <v>584</v>
       </c>
     </row>
-    <row r="661" spans="1:5" s="6" customFormat="1" ht="15.6">
-[...1 lines deleted...]
-      <c r="B661" s="18" t="s">
+    <row r="712" spans="1:5" s="6" customFormat="1" ht="15.6">
+      <c r="A712" s="93"/>
+      <c r="B712" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="C661" s="19">
+      <c r="C712" s="19">
         <v>45783</v>
       </c>
-      <c r="D661" s="2"/>
-      <c r="E661" s="32" t="s">
+      <c r="D712" s="2"/>
+      <c r="E712" s="32" t="s">
         <v>1301</v>
       </c>
     </row>
-    <row r="662" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
-[...1 lines deleted...]
-      <c r="B662" s="55" t="s">
+    <row r="713" spans="1:5" s="6" customFormat="1" ht="16.2" thickBot="1">
+      <c r="A713" s="94"/>
+      <c r="B713" s="55" t="s">
         <v>1241</v>
       </c>
-      <c r="C662" s="35">
+      <c r="C713" s="35">
         <v>45904</v>
       </c>
-      <c r="D662" s="95"/>
-      <c r="E662" s="37" t="s">
+      <c r="D713" s="95"/>
+      <c r="E713" s="37" t="s">
         <v>1257</v>
       </c>
     </row>
-    <row r="663" spans="1:5" s="6" customFormat="1">
-[...240 lines deleted...]
-    <row r="752" s="1" customFormat="1"/>
+    <row r="714" spans="1:5" s="6" customFormat="1">
+      <c r="A714" s="10"/>
+      <c r="B714" s="3"/>
+      <c r="C714" s="2"/>
+      <c r="D714" s="2"/>
+      <c r="E714" s="11"/>
+    </row>
+    <row r="715" spans="1:5" s="6" customFormat="1">
+      <c r="A715" s="10"/>
+      <c r="B715" s="3"/>
+      <c r="C715" s="2"/>
+      <c r="D715" s="2"/>
+      <c r="E715" s="11"/>
+    </row>
+    <row r="716" spans="1:5" s="6" customFormat="1">
+      <c r="A716" s="2"/>
+      <c r="B716" s="3"/>
+      <c r="C716" s="8"/>
+      <c r="D716" s="2"/>
+      <c r="E716" s="13"/>
+    </row>
+    <row r="717" spans="1:5" s="6" customFormat="1">
+      <c r="A717" s="2"/>
+      <c r="B717" s="3"/>
+      <c r="C717" s="8"/>
+      <c r="D717" s="2"/>
+      <c r="E717" s="13"/>
+    </row>
+    <row r="718" spans="1:5" s="6" customFormat="1">
+      <c r="A718" s="2"/>
+      <c r="B718" s="3"/>
+      <c r="C718" s="12"/>
+      <c r="D718" s="2"/>
+      <c r="E718" s="4"/>
+    </row>
+    <row r="719" spans="1:5" s="6" customFormat="1">
+      <c r="A719" s="2"/>
+      <c r="B719" s="3"/>
+      <c r="C719" s="8"/>
+      <c r="D719" s="2"/>
+      <c r="E719" s="11"/>
+    </row>
+    <row r="720" spans="1:5" s="6" customFormat="1">
+      <c r="A720" s="2"/>
+      <c r="B720" s="3"/>
+      <c r="C720" s="8"/>
+      <c r="D720" s="2"/>
+      <c r="E720" s="4"/>
+    </row>
+    <row r="721" spans="1:5" s="6" customFormat="1">
+      <c r="A721" s="2"/>
+      <c r="B721" s="3"/>
+      <c r="C721" s="8"/>
+      <c r="D721" s="5"/>
+      <c r="E721" s="11"/>
+    </row>
+    <row r="722" spans="1:5" s="6" customFormat="1">
+      <c r="A722" s="14"/>
+    </row>
+    <row r="723" spans="1:5" s="6" customFormat="1">
+      <c r="A723" s="2"/>
+      <c r="B723" s="3"/>
+      <c r="C723" s="8"/>
+      <c r="D723" s="2"/>
+      <c r="E723" s="9"/>
+    </row>
+    <row r="724" spans="1:5" s="6" customFormat="1">
+      <c r="A724" s="2"/>
+      <c r="B724" s="3"/>
+      <c r="C724" s="8"/>
+      <c r="D724" s="2"/>
+      <c r="E724" s="9"/>
+    </row>
+    <row r="725" spans="1:5" s="6" customFormat="1">
+      <c r="A725" s="2"/>
+      <c r="B725" s="3"/>
+      <c r="C725" s="8"/>
+      <c r="D725" s="2"/>
+      <c r="E725" s="11"/>
+    </row>
+    <row r="726" spans="1:5" s="6" customFormat="1">
+      <c r="A726" s="2"/>
+      <c r="B726" s="3"/>
+      <c r="C726" s="8"/>
+      <c r="D726" s="2"/>
+      <c r="E726" s="11"/>
+    </row>
+    <row r="727" spans="1:5" s="6" customFormat="1">
+      <c r="A727" s="2"/>
+      <c r="B727" s="3"/>
+      <c r="C727" s="8"/>
+      <c r="D727" s="2"/>
+      <c r="E727" s="4"/>
+    </row>
+    <row r="728" spans="1:5" s="6" customFormat="1">
+      <c r="A728" s="2"/>
+      <c r="B728" s="3"/>
+      <c r="C728" s="8"/>
+      <c r="D728" s="2"/>
+      <c r="E728" s="4"/>
+    </row>
+    <row r="729" spans="1:5" s="6" customFormat="1">
+      <c r="A729" s="2"/>
+      <c r="B729" s="3"/>
+      <c r="C729" s="2"/>
+      <c r="D729" s="2"/>
+      <c r="E729" s="4"/>
+    </row>
+    <row r="730" spans="1:5" s="6" customFormat="1">
+      <c r="A730" s="2"/>
+      <c r="B730" s="3"/>
+      <c r="C730" s="2"/>
+      <c r="D730" s="2"/>
+      <c r="E730" s="4"/>
+    </row>
+    <row r="731" spans="1:5" s="6" customFormat="1" ht="15">
+      <c r="A731" s="15"/>
+      <c r="B731" s="3"/>
+      <c r="C731" s="8"/>
+      <c r="D731" s="2"/>
+      <c r="E731" s="4"/>
+    </row>
+    <row r="732" spans="1:5" s="6" customFormat="1" ht="15">
+      <c r="A732" s="15"/>
+      <c r="B732" s="3"/>
+      <c r="C732" s="8"/>
+      <c r="D732" s="2"/>
+      <c r="E732" s="4"/>
+    </row>
+    <row r="733" spans="1:5" s="6" customFormat="1">
+      <c r="A733" s="2"/>
+      <c r="B733" s="3"/>
+      <c r="C733" s="2"/>
+      <c r="D733" s="2"/>
+      <c r="E733" s="13"/>
+    </row>
+    <row r="734" spans="1:5" s="6" customFormat="1">
+      <c r="A734" s="2"/>
+      <c r="B734" s="3"/>
+      <c r="C734" s="2"/>
+      <c r="D734" s="2"/>
+      <c r="E734" s="13"/>
+    </row>
+    <row r="735" spans="1:5" s="6" customFormat="1">
+      <c r="A735" s="2"/>
+      <c r="B735" s="3"/>
+      <c r="C735" s="2"/>
+      <c r="D735" s="2"/>
+      <c r="E735" s="11"/>
+    </row>
+    <row r="736" spans="1:5" s="6" customFormat="1">
+      <c r="A736" s="2"/>
+      <c r="B736" s="3"/>
+      <c r="C736" s="2"/>
+      <c r="D736" s="2"/>
+      <c r="E736" s="13"/>
+    </row>
+    <row r="737" spans="1:5" s="6" customFormat="1">
+      <c r="A737" s="2"/>
+      <c r="B737" s="3"/>
+      <c r="C737" s="2"/>
+      <c r="D737" s="2"/>
+      <c r="E737" s="13"/>
+    </row>
+    <row r="738" spans="1:5" s="6" customFormat="1">
+      <c r="A738" s="2"/>
+      <c r="B738" s="3"/>
+      <c r="C738" s="8"/>
+      <c r="D738" s="2"/>
+      <c r="E738" s="4"/>
+    </row>
+    <row r="739" spans="1:5" s="6" customFormat="1">
+      <c r="A739" s="2"/>
+      <c r="B739" s="3"/>
+      <c r="C739" s="8"/>
+      <c r="D739" s="2"/>
+      <c r="E739" s="4"/>
+    </row>
+    <row r="740" spans="1:5" s="6" customFormat="1">
+      <c r="A740" s="2"/>
+      <c r="B740" s="3"/>
+      <c r="C740" s="8"/>
+      <c r="D740" s="2"/>
+      <c r="E740" s="13"/>
+    </row>
+    <row r="741" spans="1:5" s="6" customFormat="1">
+      <c r="A741" s="2"/>
+      <c r="B741" s="3"/>
+      <c r="C741" s="8"/>
+      <c r="D741" s="2"/>
+      <c r="E741" s="13"/>
+    </row>
+    <row r="742" spans="1:5" s="6" customFormat="1"/>
+    <row r="743" spans="1:5" s="6" customFormat="1"/>
+    <row r="744" spans="1:5" s="1" customFormat="1"/>
+    <row r="745" spans="1:5" s="1" customFormat="1"/>
+    <row r="746" spans="1:5" s="1" customFormat="1"/>
+    <row r="747" spans="1:5" s="1" customFormat="1"/>
+    <row r="748" spans="1:5" s="1" customFormat="1"/>
+    <row r="749" spans="1:5" s="1" customFormat="1"/>
+    <row r="750" spans="1:5" s="1" customFormat="1"/>
+    <row r="751" spans="1:5" s="1" customFormat="1"/>
+    <row r="752" spans="1:5" s="1" customFormat="1"/>
     <row r="753" s="1" customFormat="1"/>
     <row r="754" s="1" customFormat="1"/>
     <row r="755" s="1" customFormat="1"/>
     <row r="756" s="1" customFormat="1"/>
     <row r="757" s="1" customFormat="1"/>
     <row r="758" s="1" customFormat="1"/>
     <row r="759" s="1" customFormat="1"/>
     <row r="760" s="1" customFormat="1"/>
     <row r="761" s="1" customFormat="1"/>
     <row r="762" s="1" customFormat="1"/>
     <row r="763" s="1" customFormat="1"/>
     <row r="764" s="1" customFormat="1"/>
     <row r="765" s="1" customFormat="1"/>
     <row r="766" s="1" customFormat="1"/>
     <row r="767" s="1" customFormat="1"/>
     <row r="768" s="1" customFormat="1"/>
     <row r="769" s="1" customFormat="1"/>
     <row r="770" s="1" customFormat="1"/>
     <row r="771" s="1" customFormat="1"/>
     <row r="772" s="1" customFormat="1"/>
     <row r="773" s="1" customFormat="1"/>
     <row r="774" s="1" customFormat="1"/>
     <row r="775" s="1" customFormat="1"/>
     <row r="776" s="1" customFormat="1"/>
     <row r="777" s="1" customFormat="1"/>
@@ -16415,164 +17556,219 @@
     <row r="940" s="1" customFormat="1"/>
     <row r="941" s="1" customFormat="1"/>
     <row r="942" s="1" customFormat="1"/>
     <row r="943" s="1" customFormat="1"/>
     <row r="944" s="1" customFormat="1"/>
     <row r="945" s="1" customFormat="1"/>
     <row r="946" s="1" customFormat="1"/>
     <row r="947" s="1" customFormat="1"/>
     <row r="948" s="1" customFormat="1"/>
     <row r="949" s="1" customFormat="1"/>
     <row r="950" s="1" customFormat="1"/>
     <row r="951" s="1" customFormat="1"/>
     <row r="952" s="1" customFormat="1"/>
     <row r="953" s="1" customFormat="1"/>
     <row r="954" s="1" customFormat="1"/>
     <row r="955" s="1" customFormat="1"/>
     <row r="956" s="1" customFormat="1"/>
     <row r="957" s="1" customFormat="1"/>
     <row r="958" s="1" customFormat="1"/>
     <row r="959" s="1" customFormat="1"/>
     <row r="960" s="1" customFormat="1"/>
     <row r="961" s="1" customFormat="1"/>
     <row r="962" s="1" customFormat="1"/>
     <row r="963" s="1" customFormat="1"/>
     <row r="964" s="1" customFormat="1"/>
+    <row r="965" s="1" customFormat="1"/>
+    <row r="966" s="1" customFormat="1"/>
+    <row r="967" s="1" customFormat="1"/>
+    <row r="968" s="1" customFormat="1"/>
+    <row r="969" s="1" customFormat="1"/>
+    <row r="970" s="1" customFormat="1"/>
+    <row r="971" s="1" customFormat="1"/>
+    <row r="972" s="1" customFormat="1"/>
+    <row r="973" s="1" customFormat="1"/>
+    <row r="974" s="1" customFormat="1"/>
+    <row r="975" s="1" customFormat="1"/>
+    <row r="976" s="1" customFormat="1"/>
+    <row r="977" s="1" customFormat="1"/>
+    <row r="978" s="1" customFormat="1"/>
+    <row r="979" s="1" customFormat="1"/>
+    <row r="980" s="1" customFormat="1"/>
+    <row r="981" s="1" customFormat="1"/>
+    <row r="982" s="1" customFormat="1"/>
+    <row r="983" s="1" customFormat="1"/>
+    <row r="984" s="1" customFormat="1"/>
+    <row r="985" s="1" customFormat="1"/>
+    <row r="986" s="1" customFormat="1"/>
+    <row r="987" s="1" customFormat="1"/>
+    <row r="988" s="1" customFormat="1"/>
+    <row r="989" s="1" customFormat="1"/>
+    <row r="990" s="1" customFormat="1"/>
+    <row r="991" s="1" customFormat="1"/>
+    <row r="992" s="1" customFormat="1"/>
+    <row r="993" s="1" customFormat="1"/>
+    <row r="994" s="1" customFormat="1"/>
+    <row r="995" s="1" customFormat="1"/>
+    <row r="996" s="1" customFormat="1"/>
+    <row r="997" s="1" customFormat="1"/>
+    <row r="998" s="1" customFormat="1"/>
+    <row r="999" s="1" customFormat="1"/>
+    <row r="1000" s="1" customFormat="1"/>
+    <row r="1001" s="1" customFormat="1"/>
+    <row r="1002" s="1" customFormat="1"/>
+    <row r="1003" s="1" customFormat="1"/>
+    <row r="1004" s="1" customFormat="1"/>
+    <row r="1005" s="1" customFormat="1"/>
+    <row r="1006" s="1" customFormat="1"/>
+    <row r="1007" s="1" customFormat="1"/>
+    <row r="1008" s="1" customFormat="1"/>
+    <row r="1009" s="1" customFormat="1"/>
+    <row r="1010" s="1" customFormat="1"/>
+    <row r="1011" s="1" customFormat="1"/>
+    <row r="1012" s="1" customFormat="1"/>
+    <row r="1013" s="1" customFormat="1"/>
+    <row r="1014" s="1" customFormat="1"/>
+    <row r="1015" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId1" xr:uid="{C527588B-643C-44F3-808D-D48BEC202362}"/>
-    <hyperlink ref="E350" r:id="rId2" xr:uid="{C6AD07BE-0C6A-41BB-BBC7-C75F8FE5B245}"/>
+    <hyperlink ref="E387" r:id="rId2" xr:uid="{C6AD07BE-0C6A-41BB-BBC7-C75F8FE5B245}"/>
     <hyperlink ref="E6" r:id="rId3" xr:uid="{F058F052-9492-4310-ACFB-FE494031227F}"/>
-    <hyperlink ref="E34" r:id="rId4" xr:uid="{9272089A-01CF-4CE0-BBED-30737AC5EBDB}"/>
-[...3 lines deleted...]
-    <hyperlink ref="E74" r:id="rId8" xr:uid="{0A930586-B63D-4164-86B2-470529C6DA31}"/>
+    <hyperlink ref="E39" r:id="rId4" xr:uid="{9272089A-01CF-4CE0-BBED-30737AC5EBDB}"/>
+    <hyperlink ref="E40" r:id="rId5" xr:uid="{D4D215D4-3D8A-45BA-ABCF-8F81145E082C}"/>
+    <hyperlink ref="E32" r:id="rId6" xr:uid="{BAD18E7C-631B-43AE-A225-28FDA72376D5}"/>
+    <hyperlink ref="E57" r:id="rId7" xr:uid="{E74ECEF2-BB10-4B1B-9786-9F60A70EBD6A}"/>
+    <hyperlink ref="E84" r:id="rId8" xr:uid="{0A930586-B63D-4164-86B2-470529C6DA31}"/>
     <hyperlink ref="E11" r:id="rId9" xr:uid="{1DB5D548-B061-41F1-B18A-4E14C2A07A86}"/>
-    <hyperlink ref="E88" r:id="rId10" display="https://dimo.org/" xr:uid="{92C6A15B-D2F7-459A-9B8D-CB8AE4F950E5}"/>
-[...52 lines deleted...]
-    <hyperlink ref="E334" r:id="rId63" xr:uid="{79A31161-DBCB-41C5-AF4E-0E00C0B8C23D}"/>
+    <hyperlink ref="E98" r:id="rId10" display="https://dimo.org/" xr:uid="{92C6A15B-D2F7-459A-9B8D-CB8AE4F950E5}"/>
+    <hyperlink ref="E99" r:id="rId11" xr:uid="{2BFAB6F5-9748-438C-B166-8432E8C00B4D}"/>
+    <hyperlink ref="E162" r:id="rId12" display="https://infinit.tech/" xr:uid="{B217AAAD-5459-4A88-A392-15BDC887E19E}"/>
+    <hyperlink ref="E171" r:id="rId13" xr:uid="{E2C8146A-3C46-4B8A-889D-21E00D4167BD}"/>
+    <hyperlink ref="E96" r:id="rId14" xr:uid="{4310D6F2-B81F-4F46-BE37-B50F86F22DA4}"/>
+    <hyperlink ref="E530" r:id="rId15" xr:uid="{828C5D1C-B8EA-4238-BB6C-84B1AD0F9414}"/>
+    <hyperlink ref="E532" r:id="rId16" xr:uid="{FD771F29-A630-40D0-9893-6717AEBD4FD5}"/>
+    <hyperlink ref="E526" r:id="rId17" xr:uid="{C706AB04-87AC-4758-8EF2-210304C119B2}"/>
+    <hyperlink ref="E525" r:id="rId18" xr:uid="{7D45561C-E9CA-4902-8394-D17399D35BDB}"/>
+    <hyperlink ref="E535" r:id="rId19" xr:uid="{373B9CA5-A1F8-4BC3-B2AD-678DB4F41B48}"/>
+    <hyperlink ref="E538" r:id="rId20" xr:uid="{76D4D1AA-50DF-4CB5-9E85-60496D449DBD}"/>
+    <hyperlink ref="E539" r:id="rId21" xr:uid="{FFDB6937-52E9-450E-894F-C0B7B8C9FB0D}"/>
+    <hyperlink ref="E545" r:id="rId22" xr:uid="{3C0382A9-387B-4DF0-8C7D-23F63F77B8E3}"/>
+    <hyperlink ref="E546" r:id="rId23" xr:uid="{99C52B23-9272-4754-B52D-22AFFBAD50B4}"/>
+    <hyperlink ref="E583" r:id="rId24" xr:uid="{6C00F60F-392D-4C92-BE9D-A19F5CD39C0A}"/>
+    <hyperlink ref="E584" r:id="rId25" xr:uid="{2F9DFC5C-3759-46A4-B2F1-34E05034622E}"/>
+    <hyperlink ref="E585" r:id="rId26" xr:uid="{2A80B0B7-73AF-4A42-8E40-174F030B25AD}"/>
+    <hyperlink ref="E586" r:id="rId27" xr:uid="{4C72B785-3908-4A52-B58D-BA253BDF6013}"/>
+    <hyperlink ref="E587" r:id="rId28" xr:uid="{2FA0C74E-0E60-481B-B718-1EDB6614E5CF}"/>
+    <hyperlink ref="E593" r:id="rId29" xr:uid="{3D1F7F3E-D30C-495E-BC95-699F6B37C3C6}"/>
+    <hyperlink ref="E614" r:id="rId30" xr:uid="{9359B35C-5AB6-4EA0-A378-5D6485EA9AFA}"/>
+    <hyperlink ref="E615" r:id="rId31" xr:uid="{83ACBF33-08DE-45D7-8C0F-D845D5C2C2B1}"/>
+    <hyperlink ref="E617" r:id="rId32" xr:uid="{E5EC5FDA-B600-49D5-91E4-C1CD789290E6}"/>
+    <hyperlink ref="E618" r:id="rId33" xr:uid="{B9F014DF-75FD-4144-BD05-4095A911E023}"/>
+    <hyperlink ref="E619" r:id="rId34" xr:uid="{444A126E-69AB-4EAD-A4B3-1EBF6C0D4025}"/>
+    <hyperlink ref="E616" r:id="rId35" xr:uid="{276F0BF2-18F6-45F8-A464-37D980BCB942}"/>
+    <hyperlink ref="E626" r:id="rId36" xr:uid="{91119DB4-CB40-41E6-95C5-0321213CA380}"/>
+    <hyperlink ref="E629" r:id="rId37" xr:uid="{4D6D1945-792A-4218-BE99-D0B189264AAA}"/>
+    <hyperlink ref="E633" r:id="rId38" xr:uid="{8FFAB14A-DB3E-4D00-8EB4-C438028B6955}"/>
+    <hyperlink ref="E665" r:id="rId39" xr:uid="{39A57CC1-81E5-4C1A-A7AC-25711D3203E3}"/>
+    <hyperlink ref="E685" r:id="rId40" xr:uid="{A08AB307-F587-4346-91DE-52D695654DC3}"/>
+    <hyperlink ref="E196" r:id="rId41" xr:uid="{B5511A5F-5B11-44E5-8921-E14902670097}"/>
+    <hyperlink ref="E217" r:id="rId42" xr:uid="{2EF5BBB6-69AD-464B-908C-658D7C4062FD}"/>
+    <hyperlink ref="E205" r:id="rId43" xr:uid="{3B9F0615-8528-49AC-A3A1-41D1CD497CB9}"/>
+    <hyperlink ref="E204" r:id="rId44" xr:uid="{3191BE60-FF81-4E2A-A348-BEBF1DEBABC2}"/>
+    <hyperlink ref="E211" r:id="rId45" xr:uid="{2131E8BF-7C7E-4666-9623-547AA1BB2198}"/>
+    <hyperlink ref="E218" r:id="rId46" xr:uid="{04C16A5A-62F2-44AD-82B2-33B59F6AE770}"/>
+    <hyperlink ref="E248" r:id="rId47" xr:uid="{590C4B42-FFB6-42EB-9955-9714AEAEA54C}"/>
+    <hyperlink ref="E302" r:id="rId48" xr:uid="{6136DDFF-F4F2-4421-AC5B-8654C8D27604}"/>
+    <hyperlink ref="E306" r:id="rId49" xr:uid="{B65FF4EC-F765-4A6B-BAFD-B669F97BB94D}"/>
+    <hyperlink ref="E308" r:id="rId50" xr:uid="{B9A41CDE-E852-425E-B786-B75AE4FF3303}"/>
+    <hyperlink ref="E326" r:id="rId51" xr:uid="{6C22630A-F6C0-4128-92AA-1006201D0166}"/>
+    <hyperlink ref="E331" r:id="rId52" xr:uid="{9E52254B-55B8-46F9-B4C4-43E468216C99}"/>
+    <hyperlink ref="E332" r:id="rId53" xr:uid="{5D468A6D-7B01-4673-9EC2-CAB83BB191CD}"/>
+    <hyperlink ref="E335" r:id="rId54" xr:uid="{22748B28-3F15-47BD-84C2-0CC4C2D194BE}"/>
+    <hyperlink ref="E334" r:id="rId55" xr:uid="{1FE067D7-14E4-4B5A-9D5A-2FFDA5D3CF1F}"/>
+    <hyperlink ref="E354" r:id="rId56" xr:uid="{ADDF976E-B4BD-478F-8CBB-E538554042D0}"/>
+    <hyperlink ref="E357" r:id="rId57" xr:uid="{8349AB86-1A85-427D-AFCC-30B88D489B29}"/>
+    <hyperlink ref="E330" r:id="rId58" xr:uid="{03AA93A0-9319-4774-BFC5-0F22D123D731}"/>
+    <hyperlink ref="E321" r:id="rId59" xr:uid="{0CDC4AD4-04EF-49A1-8A6D-FCD701E63E2F}"/>
+    <hyperlink ref="E360" r:id="rId60" xr:uid="{AF1E9F65-861C-4CDF-93B8-20EE86C2728D}"/>
+    <hyperlink ref="E362" r:id="rId61" xr:uid="{CF623914-23B7-43A0-ABC0-AB17867A9840}"/>
+    <hyperlink ref="E369" r:id="rId62" xr:uid="{B04D899B-45BF-4CAB-A754-A35BB632D4F0}"/>
+    <hyperlink ref="E370" r:id="rId63" xr:uid="{79A31161-DBCB-41C5-AF4E-0E00C0B8C23D}"/>
     <hyperlink ref="E13" r:id="rId64" xr:uid="{E768905F-465C-4945-8A99-40FE7083E08C}"/>
-    <hyperlink ref="E254" r:id="rId65" xr:uid="{43EA43F2-18DE-4E0D-A5B0-313BFF2817C5}"/>
-[...2 lines deleted...]
-    <hyperlink ref="E62" r:id="rId68" xr:uid="{2A29D7B5-44B2-41EB-B47D-FF7C50E773DE}"/>
+    <hyperlink ref="E284" r:id="rId65" xr:uid="{43EA43F2-18DE-4E0D-A5B0-313BFF2817C5}"/>
+    <hyperlink ref="E223" r:id="rId66" xr:uid="{EDFA5F5B-E638-4A27-A560-1AA0E89BC1C7}"/>
+    <hyperlink ref="E379" r:id="rId67" xr:uid="{B22D96A1-CC8B-4F4B-BE96-3C5FA43A83CF}"/>
+    <hyperlink ref="E70" r:id="rId68" xr:uid="{2A29D7B5-44B2-41EB-B47D-FF7C50E773DE}"/>
     <hyperlink ref="E17" r:id="rId69" xr:uid="{4F903332-9ABA-4850-ADBF-14D29A0762C1}"/>
-    <hyperlink ref="E338" r:id="rId70" xr:uid="{F4F43D29-769D-43E1-ACDC-1B02214D6537}"/>
-[...21 lines deleted...]
-    <hyperlink ref="E130" r:id="rId92" xr:uid="{6F5D937F-553F-4293-952B-593012372F2A}"/>
+    <hyperlink ref="E374" r:id="rId70" xr:uid="{F4F43D29-769D-43E1-ACDC-1B02214D6537}"/>
+    <hyperlink ref="E383" r:id="rId71" xr:uid="{85997E35-09D7-4106-B057-477F4B3A8296}"/>
+    <hyperlink ref="E108" r:id="rId72" xr:uid="{EB869DFC-0EB6-4A55-A119-B244837DDC6D}"/>
+    <hyperlink ref="E74" r:id="rId73" xr:uid="{29D5CEFC-4D77-45EE-A7EA-32DCF76A5FD2}"/>
+    <hyperlink ref="E81" r:id="rId74" xr:uid="{79AD7E14-399A-4D1E-BA35-49F9988E0D57}"/>
+    <hyperlink ref="E277" r:id="rId75" xr:uid="{17389E5A-738F-44C8-94C0-EE77F4B1B6FD}"/>
+    <hyperlink ref="E73" r:id="rId76" xr:uid="{2A742C57-ECD1-4F08-8409-E6E2747836E0}"/>
+    <hyperlink ref="E361" r:id="rId77" xr:uid="{ACC9C1CB-9692-4871-A6CC-C2ED573A8550}"/>
+    <hyperlink ref="E391" r:id="rId78" xr:uid="{86566332-D173-4304-AA4C-07CDFFBCFD5B}"/>
+    <hyperlink ref="E392" r:id="rId79" xr:uid="{181ED3D2-AF84-4DBC-893D-1D413F2E8033}"/>
+    <hyperlink ref="E155" r:id="rId80" xr:uid="{6343E4CA-98B9-412A-883D-A4EDE2A202D3}"/>
+    <hyperlink ref="E344" r:id="rId81" xr:uid="{EDEA380C-F3F2-4329-B6AA-772BE78A3700}"/>
+    <hyperlink ref="E297" r:id="rId82" xr:uid="{F488BBB9-84E9-4804-B103-4E2363AAFFD0}"/>
+    <hyperlink ref="E343" r:id="rId83" xr:uid="{EDBCB115-C4FE-4379-BD6A-7F193036424E}"/>
+    <hyperlink ref="E164" r:id="rId84" xr:uid="{108C3A9A-7A0D-4737-8A49-BCF1E75DE915}"/>
+    <hyperlink ref="E190" r:id="rId85" xr:uid="{ADF82441-1A13-4A8F-A013-918F0CC6DFA2}"/>
+    <hyperlink ref="E273" r:id="rId86" xr:uid="{4C128BAE-A3CD-4254-AEFD-ECE8D250704A}"/>
+    <hyperlink ref="E191" r:id="rId87" xr:uid="{49347AC7-C6EC-4F59-B671-D0067FCB1E8E}"/>
+    <hyperlink ref="E170" r:id="rId88" xr:uid="{EC8D359D-F806-4B00-B330-4F7BA0990630}"/>
+    <hyperlink ref="E27" r:id="rId89" xr:uid="{799DD88E-350A-436E-9D48-EE6D812A9781}"/>
+    <hyperlink ref="E35" r:id="rId90" xr:uid="{8035E2B4-460E-4137-8755-8482B781F767}"/>
+    <hyperlink ref="E358" r:id="rId91" xr:uid="{03934D48-A22B-481B-ABA4-FC82CDECE5E9}"/>
+    <hyperlink ref="E147" r:id="rId92" xr:uid="{6F5D937F-553F-4293-952B-593012372F2A}"/>
     <hyperlink ref="E12" r:id="rId93" xr:uid="{E9D6E5B0-18CC-4576-AB4C-DAA26CCD54FF}"/>
-    <hyperlink ref="E511" r:id="rId94" xr:uid="{97CC14C8-AA52-4047-9E0D-509B4FFADE88}"/>
-[...10 lines deleted...]
-    <hyperlink ref="E331" r:id="rId105" xr:uid="{16F92313-36E8-4D85-A5AF-FA92A6245AE5}"/>
+    <hyperlink ref="E562" r:id="rId94" xr:uid="{97CC14C8-AA52-4047-9E0D-509B4FFADE88}"/>
+    <hyperlink ref="E169" r:id="rId95" xr:uid="{393C8C82-9DDB-40B1-A4D0-7CD732773B1E}"/>
+    <hyperlink ref="E253" r:id="rId96" xr:uid="{7D55D0D3-4941-4D18-9B40-2CAB48FDAE96}"/>
+    <hyperlink ref="E279" r:id="rId97" xr:uid="{6F91AFBD-7FE2-419B-9BE8-8654D9851151}"/>
+    <hyperlink ref="E29" r:id="rId98" xr:uid="{34D4C929-C816-48E1-84BA-12AE4B75D092}"/>
+    <hyperlink ref="E163" r:id="rId99" xr:uid="{E1B0AA40-757E-4735-8725-7C109F8F515C}"/>
+    <hyperlink ref="E67" r:id="rId100" xr:uid="{23A25DDB-7DB3-4085-9E72-57588CDE5EA6}"/>
+    <hyperlink ref="E203" r:id="rId101" xr:uid="{060A4D6A-71B9-4713-86CC-9F935A0F805F}"/>
+    <hyperlink ref="E289" r:id="rId102" xr:uid="{1C79EC7E-F554-492E-A8C6-8F4013085EFC}"/>
+    <hyperlink ref="E311" r:id="rId103" xr:uid="{E635C972-A40B-4DCD-955E-7B642CDB7E74}"/>
+    <hyperlink ref="E318" r:id="rId104" xr:uid="{4BCC9376-02C4-4B8E-9223-443B71DB32F4}"/>
+    <hyperlink ref="E367" r:id="rId105" xr:uid="{16F92313-36E8-4D85-A5AF-FA92A6245AE5}"/>
+    <hyperlink ref="E202" r:id="rId106" xr:uid="{BB920E25-A2CE-4C59-82BD-604817AA1D73}"/>
+    <hyperlink ref="E133" r:id="rId107" xr:uid="{9B6C835B-F790-4941-A253-7E48F0229F50}"/>
+    <hyperlink ref="E260" r:id="rId108" xr:uid="{FC2775BB-EAC5-4B5E-8639-77677F6165E4}"/>
+    <hyperlink ref="E183" r:id="rId109" xr:uid="{4B3AE33C-81EF-4D38-99D8-EFAA0E1C3947}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId106"/>
-  <drawing r:id="rId107"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId110"/>
+  <drawing r:id="rId111"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>