--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67F3D285-FEFB-42B7-B5D7-8AC9E3D74F92}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A57C39FD-4E57-4C9D-9BEE-65F828264032}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="balance" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">balance!$A$1:$H$241</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="201">
   <si>
     <t>Euro</t>
   </si>
   <si>
     <t>Total credit institutions</t>
   </si>
   <si>
     <t>(in EUR thousands)</t>
   </si>
   <si>
     <t>Page: 1/4</t>
   </si>
@@ -2004,120 +2004,120 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:H242"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" topLeftCell="A159" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="K178" sqref="K178"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="79.140625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="13.5703125" customWidth="1"/>
+    <col min="1" max="1" width="79.109375" customWidth="1"/>
+    <col min="2" max="2" width="5.6640625" customWidth="1"/>
+    <col min="3" max="3" width="11.88671875" customWidth="1"/>
+    <col min="4" max="4" width="12.44140625" customWidth="1"/>
+    <col min="5" max="5" width="13.5546875" customWidth="1"/>
+    <col min="6" max="6" width="12.6640625" customWidth="1"/>
+    <col min="7" max="7" width="13.5546875" customWidth="1"/>
     <col min="8" max="8" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A2" s="148" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="148"/>
       <c r="C2" s="149"/>
       <c r="D2" s="149"/>
       <c r="E2" s="149"/>
       <c r="F2" s="149"/>
       <c r="G2" s="149"/>
       <c r="H2" s="149"/>
     </row>
     <row r="3" spans="1:8" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
       <c r="B3" s="8"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="H3" s="10"/>
     </row>
     <row r="4" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="H4" s="7"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
         <v>200</v>
       </c>
       <c r="B5" s="9"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
-    <row r="6" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="150" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="14"/>
       <c r="C7" s="155" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="161" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="162"/>
       <c r="F7" s="161" t="s">
         <v>11</v>
@@ -2289,51 +2289,51 @@
       <c r="A15" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B15" s="20">
         <v>6</v>
       </c>
       <c r="C15" s="29">
         <v>398</v>
       </c>
       <c r="D15" s="29">
         <v>9128853</v>
       </c>
       <c r="E15" s="21">
         <v>0</v>
       </c>
       <c r="F15" s="21">
         <v>0</v>
       </c>
       <c r="G15" s="29">
         <v>0</v>
       </c>
       <c r="H15" s="22">
         <v>9128455</v>
       </c>
     </row>
-    <row r="16" spans="1:8" s="11" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:8" s="11" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="23" t="s">
         <v>121</v>
       </c>
       <c r="B16" s="24">
         <v>7</v>
       </c>
       <c r="C16" s="30">
         <v>398</v>
       </c>
       <c r="D16" s="30">
         <v>9128853</v>
       </c>
       <c r="E16" s="31">
         <v>0</v>
       </c>
       <c r="F16" s="31">
         <v>0</v>
       </c>
       <c r="G16" s="30">
         <v>0</v>
       </c>
       <c r="H16" s="32">
         <v>9128455</v>
       </c>
     </row>
@@ -3667,77 +3667,77 @@
       <c r="A68" s="28" t="s">
         <v>60</v>
       </c>
       <c r="B68" s="20">
         <v>59</v>
       </c>
       <c r="C68" s="29">
         <v>0</v>
       </c>
       <c r="D68" s="29">
         <v>0</v>
       </c>
       <c r="E68" s="29">
         <v>296542</v>
       </c>
       <c r="F68" s="29">
         <v>0</v>
       </c>
       <c r="G68" s="29">
         <v>13989</v>
       </c>
       <c r="H68" s="22">
         <v>310531</v>
       </c>
     </row>
-    <row r="69" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="34" t="s">
         <v>190</v>
       </c>
       <c r="B69" s="35">
         <v>60</v>
       </c>
       <c r="C69" s="36">
         <v>0</v>
       </c>
       <c r="D69" s="36">
         <v>0</v>
       </c>
       <c r="E69" s="36">
         <v>0</v>
       </c>
       <c r="F69" s="36">
         <v>0</v>
       </c>
       <c r="G69" s="36">
         <v>0</v>
       </c>
       <c r="H69" s="37">
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="38"/>
       <c r="B70" s="39"/>
       <c r="C70" s="40"/>
       <c r="D70" s="40"/>
       <c r="E70" s="40"/>
       <c r="F70" s="40"/>
       <c r="G70" s="40"/>
       <c r="H70" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="42" t="s">
         <v>77</v>
       </c>
       <c r="B71" s="43">
         <v>61</v>
       </c>
       <c r="C71" s="44">
         <v>499</v>
       </c>
       <c r="D71" s="44">
         <v>1779636</v>
       </c>
       <c r="E71" s="44">
@@ -4340,89 +4340,89 @@
       </c>
       <c r="E94" s="58">
         <v>0</v>
       </c>
       <c r="F94" s="58">
         <v>0</v>
       </c>
       <c r="G94" s="58">
         <v>0</v>
       </c>
       <c r="H94" s="51">
         <v>404610</v>
       </c>
     </row>
     <row r="95" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="28" t="s">
         <v>57</v>
       </c>
       <c r="B95" s="20">
         <v>85</v>
       </c>
       <c r="C95" s="57">
         <v>6005</v>
       </c>
       <c r="D95" s="57">
-        <v>236484</v>
+        <v>236475</v>
       </c>
       <c r="E95" s="57">
         <v>9155</v>
       </c>
       <c r="F95" s="57">
-        <v>2232</v>
+        <v>1967</v>
       </c>
       <c r="G95" s="57">
         <v>3128</v>
       </c>
       <c r="H95" s="47">
-        <v>244994</v>
+        <v>244720</v>
       </c>
     </row>
     <row r="96" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="23" t="s">
         <v>125</v>
       </c>
       <c r="B96" s="24">
         <v>86</v>
       </c>
       <c r="C96" s="58">
         <v>5961</v>
       </c>
       <c r="D96" s="58">
-        <v>77564</v>
+        <v>77555</v>
       </c>
       <c r="E96" s="58">
         <v>-2651</v>
       </c>
       <c r="F96" s="58">
-        <v>956</v>
+        <v>691</v>
       </c>
       <c r="G96" s="58">
         <v>982</v>
       </c>
       <c r="H96" s="51">
-        <v>70890</v>
+        <v>70616</v>
       </c>
     </row>
     <row r="97" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="48" t="s">
         <v>162</v>
       </c>
       <c r="B97" s="49">
         <v>87</v>
       </c>
       <c r="C97" s="50">
         <v>0</v>
       </c>
       <c r="D97" s="50">
         <v>0</v>
       </c>
       <c r="E97" s="50">
         <v>0</v>
       </c>
       <c r="F97" s="50">
         <v>0</v>
       </c>
       <c r="G97" s="50">
         <v>0</v>
       </c>
       <c r="H97" s="51">
@@ -4485,276 +4485,276 @@
       <c r="A100" s="48" t="s">
         <v>128</v>
       </c>
       <c r="B100" s="24">
         <v>90</v>
       </c>
       <c r="C100" s="52">
         <v>0</v>
       </c>
       <c r="D100" s="52">
         <v>338264</v>
       </c>
       <c r="E100" s="52">
         <v>0</v>
       </c>
       <c r="F100" s="52">
         <v>0</v>
       </c>
       <c r="G100" s="52">
         <v>0</v>
       </c>
       <c r="H100" s="53">
         <v>338264</v>
       </c>
     </row>
-    <row r="101" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B101" s="20">
         <v>91</v>
       </c>
       <c r="C101" s="46">
         <v>4727</v>
       </c>
       <c r="D101" s="46">
         <v>6402</v>
       </c>
       <c r="E101" s="46">
         <v>0</v>
       </c>
       <c r="F101" s="46">
         <v>0</v>
       </c>
       <c r="G101" s="46">
         <v>0</v>
       </c>
       <c r="H101" s="47">
         <v>1675</v>
       </c>
     </row>
     <row r="102" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="139" t="s">
         <v>19</v>
       </c>
       <c r="B102" s="140">
         <v>92</v>
       </c>
       <c r="C102" s="141">
         <v>3260494</v>
       </c>
       <c r="D102" s="142">
-        <v>114629301</v>
+        <v>114629292</v>
       </c>
       <c r="E102" s="142">
         <v>12204415</v>
       </c>
       <c r="F102" s="142">
-        <v>99115</v>
+        <v>98850</v>
       </c>
       <c r="G102" s="142">
         <v>4178326</v>
       </c>
       <c r="H102" s="143">
-        <v>127850663</v>
+        <v>127850389</v>
       </c>
     </row>
     <row r="103" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="59" t="s">
         <v>171</v>
       </c>
       <c r="B103" s="24">
         <v>93</v>
       </c>
       <c r="C103" s="60">
         <v>1591040</v>
       </c>
       <c r="D103" s="61"/>
       <c r="E103" s="61"/>
       <c r="F103" s="61"/>
       <c r="G103" s="61"/>
       <c r="H103" s="62"/>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A104" s="63" t="s">
         <v>172</v>
       </c>
       <c r="B104" s="49">
         <v>94</v>
       </c>
       <c r="C104" s="64">
         <v>0</v>
       </c>
       <c r="D104" s="64">
         <v>193436</v>
       </c>
       <c r="E104" s="64">
         <v>11</v>
       </c>
       <c r="F104" s="64">
         <v>263</v>
       </c>
       <c r="G104" s="64">
         <v>27784</v>
       </c>
       <c r="H104" s="65">
         <v>221494</v>
       </c>
     </row>
-    <row r="105" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A105" s="66" t="s">
         <v>179</v>
       </c>
       <c r="B105" s="35">
         <v>95</v>
       </c>
       <c r="C105" s="67">
         <v>0</v>
       </c>
       <c r="D105" s="68">
         <v>19788</v>
       </c>
       <c r="E105" s="68">
         <v>11</v>
       </c>
       <c r="F105" s="68">
         <v>263</v>
       </c>
       <c r="G105" s="68">
         <v>1343</v>
       </c>
       <c r="H105" s="69">
         <v>21405</v>
       </c>
     </row>
-    <row r="106" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A106" s="70"/>
       <c r="B106" s="71"/>
       <c r="C106" s="72"/>
       <c r="D106" s="73"/>
       <c r="E106" s="73"/>
       <c r="F106" s="73"/>
       <c r="G106" s="73"/>
       <c r="H106" s="74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="150" t="s">
         <v>20</v>
       </c>
       <c r="B107" s="14"/>
       <c r="C107" s="155" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="161" t="s">
         <v>0</v>
       </c>
       <c r="E107" s="162"/>
       <c r="F107" s="161" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="162"/>
       <c r="H107" s="158" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:8" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="153"/>
       <c r="B108" s="75"/>
       <c r="C108" s="156"/>
       <c r="D108" s="163"/>
       <c r="E108" s="164"/>
       <c r="F108" s="163"/>
       <c r="G108" s="164"/>
       <c r="H108" s="159"/>
     </row>
-    <row r="109" spans="1:8" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:8" ht="57.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="154"/>
       <c r="B109" s="76"/>
       <c r="C109" s="157"/>
       <c r="D109" s="17" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="17" t="s">
         <v>9</v>
       </c>
       <c r="G109" s="18" t="s">
         <v>10</v>
       </c>
       <c r="H109" s="160"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" s="77" t="s">
         <v>21</v>
       </c>
       <c r="B110" s="78">
         <v>96</v>
       </c>
       <c r="C110" s="79"/>
       <c r="D110" s="79">
-        <v>86475733</v>
+        <v>86475685</v>
       </c>
       <c r="E110" s="79">
-        <v>23258463</v>
+        <v>23211897</v>
       </c>
       <c r="F110" s="79">
         <v>2118688</v>
       </c>
       <c r="G110" s="79">
         <v>2058888</v>
       </c>
       <c r="H110" s="80">
-        <v>113911772</v>
+        <v>113865158</v>
       </c>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A111" s="81" t="s">
         <v>174</v>
       </c>
       <c r="B111" s="82">
         <v>97</v>
       </c>
       <c r="C111" s="79"/>
       <c r="D111" s="79">
         <v>85235183</v>
       </c>
       <c r="E111" s="79">
-        <v>22584001</v>
+        <v>22574001</v>
       </c>
       <c r="F111" s="79">
         <v>2037866</v>
       </c>
       <c r="G111" s="79">
         <v>2052789</v>
       </c>
       <c r="H111" s="80">
-        <v>111909839</v>
+        <v>111899839</v>
       </c>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A112" s="81" t="s">
         <v>180</v>
       </c>
       <c r="B112" s="82">
         <v>98</v>
       </c>
       <c r="C112" s="79"/>
       <c r="D112" s="79">
         <v>53646</v>
       </c>
       <c r="E112" s="79">
         <v>0</v>
       </c>
       <c r="F112" s="79">
         <v>604</v>
       </c>
       <c r="G112" s="79">
         <v>0</v>
       </c>
       <c r="H112" s="80">
         <v>54250</v>
       </c>
@@ -4869,84 +4869,84 @@
       <c r="E117" s="85">
         <v>0</v>
       </c>
       <c r="F117" s="85">
         <v>0</v>
       </c>
       <c r="G117" s="85">
         <v>0</v>
       </c>
       <c r="H117" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A118" s="81" t="s">
         <v>22</v>
       </c>
       <c r="B118" s="82">
         <v>104</v>
       </c>
       <c r="C118" s="79"/>
       <c r="D118" s="79">
         <v>267125</v>
       </c>
       <c r="E118" s="79">
-        <v>10492169</v>
+        <v>10482169</v>
       </c>
       <c r="F118" s="79">
         <v>3899</v>
       </c>
       <c r="G118" s="79">
         <v>1035008</v>
       </c>
       <c r="H118" s="80">
-        <v>11798201</v>
+        <v>11788201</v>
       </c>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A119" s="83" t="s">
         <v>182</v>
       </c>
       <c r="B119" s="84">
         <v>105</v>
       </c>
       <c r="C119" s="85"/>
       <c r="D119" s="85">
         <v>190</v>
       </c>
       <c r="E119" s="85">
-        <v>10155393</v>
+        <v>10145393</v>
       </c>
       <c r="F119" s="85">
         <v>0</v>
       </c>
       <c r="G119" s="85">
         <v>1034911</v>
       </c>
       <c r="H119" s="86">
-        <v>11190494</v>
+        <v>11180494</v>
       </c>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A120" s="83" t="s">
         <v>147</v>
       </c>
       <c r="B120" s="84">
         <v>106</v>
       </c>
       <c r="C120" s="85"/>
       <c r="D120" s="85">
         <v>0</v>
       </c>
       <c r="E120" s="85">
         <v>11696</v>
       </c>
       <c r="F120" s="85">
         <v>0</v>
       </c>
       <c r="G120" s="85">
         <v>769898</v>
       </c>
       <c r="H120" s="86">
         <v>781594</v>
       </c>
@@ -5037,60 +5037,60 @@
       <c r="E124" s="85">
         <v>2913799</v>
       </c>
       <c r="F124" s="85">
         <v>0</v>
       </c>
       <c r="G124" s="85">
         <v>139856</v>
       </c>
       <c r="H124" s="86">
         <v>3053655</v>
       </c>
     </row>
     <row r="125" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A125" s="83" t="s">
         <v>138</v>
       </c>
       <c r="B125" s="84">
         <v>111</v>
       </c>
       <c r="C125" s="85"/>
       <c r="D125" s="85">
         <v>168444</v>
       </c>
       <c r="E125" s="85">
-        <v>1233195</v>
+        <v>1223195</v>
       </c>
       <c r="F125" s="85">
         <v>0</v>
       </c>
       <c r="G125" s="85">
         <v>32</v>
       </c>
       <c r="H125" s="86">
-        <v>1401671</v>
+        <v>1391671</v>
       </c>
     </row>
     <row r="126" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A126" s="81" t="s">
         <v>23</v>
       </c>
       <c r="B126" s="82">
         <v>112</v>
       </c>
       <c r="C126" s="79"/>
       <c r="D126" s="79">
         <v>72933080</v>
       </c>
       <c r="E126" s="79">
         <v>3872186</v>
       </c>
       <c r="F126" s="79">
         <v>1949258</v>
       </c>
       <c r="G126" s="79">
         <v>999865</v>
       </c>
       <c r="H126" s="80">
         <v>79754389</v>
       </c>
@@ -5946,63 +5946,63 @@
       <c r="D162" s="85">
         <v>0</v>
       </c>
       <c r="E162" s="85">
         <v>0</v>
       </c>
       <c r="F162" s="85">
         <v>0</v>
       </c>
       <c r="G162" s="85">
         <v>0</v>
       </c>
       <c r="H162" s="86">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A163" s="81" t="s">
         <v>28</v>
       </c>
       <c r="B163" s="82">
         <v>149</v>
       </c>
       <c r="C163" s="79"/>
       <c r="D163" s="90">
-        <v>706440</v>
+        <v>706392</v>
       </c>
       <c r="E163" s="90">
-        <v>68545</v>
+        <v>31979</v>
       </c>
       <c r="F163" s="90">
         <v>46825</v>
       </c>
       <c r="G163" s="90">
         <v>4659</v>
       </c>
       <c r="H163" s="80">
-        <v>826469</v>
+        <v>789855</v>
       </c>
     </row>
     <row r="164" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A164" s="87" t="s">
         <v>33</v>
       </c>
       <c r="B164" s="84">
         <v>150</v>
       </c>
       <c r="C164" s="85"/>
       <c r="D164" s="89">
         <v>172185</v>
       </c>
       <c r="E164" s="89">
         <v>-7326</v>
       </c>
       <c r="F164" s="89">
         <v>3335</v>
       </c>
       <c r="G164" s="89">
         <v>1571</v>
       </c>
       <c r="H164" s="86">
         <v>169765</v>
       </c>
@@ -6117,60 +6117,60 @@
       <c r="E169" s="90">
         <v>0</v>
       </c>
       <c r="F169" s="90">
         <v>0</v>
       </c>
       <c r="G169" s="90">
         <v>0</v>
       </c>
       <c r="H169" s="80">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A170" s="81" t="s">
         <v>32</v>
       </c>
       <c r="B170" s="82">
         <v>156</v>
       </c>
       <c r="C170" s="79"/>
       <c r="D170" s="79">
         <v>7150383</v>
       </c>
       <c r="E170" s="79">
-        <v>6723258</v>
+        <v>6769862</v>
       </c>
       <c r="F170" s="79">
         <v>-4973</v>
       </c>
       <c r="G170" s="79">
-        <v>70223</v>
+        <v>69959</v>
       </c>
       <c r="H170" s="80">
-        <v>13938891</v>
+        <v>13985231</v>
       </c>
     </row>
     <row r="171" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A171" s="81" t="s">
         <v>89</v>
       </c>
       <c r="B171" s="82">
         <v>157</v>
       </c>
       <c r="C171" s="79"/>
       <c r="D171" s="79">
         <v>206483</v>
       </c>
       <c r="E171" s="79">
         <v>2126962</v>
       </c>
       <c r="F171" s="79">
         <v>0</v>
       </c>
       <c r="G171" s="79">
         <v>0</v>
       </c>
       <c r="H171" s="80">
         <v>2333445</v>
       </c>
@@ -6333,60 +6333,60 @@
       <c r="E178" s="89">
         <v>100000</v>
       </c>
       <c r="F178" s="89">
         <v>0</v>
       </c>
       <c r="G178" s="89">
         <v>0</v>
       </c>
       <c r="H178" s="86">
         <v>580000</v>
       </c>
     </row>
     <row r="179" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A179" s="81" t="s">
         <v>91</v>
       </c>
       <c r="B179" s="82">
         <v>165</v>
       </c>
       <c r="C179" s="79"/>
       <c r="D179" s="90">
         <v>0</v>
       </c>
       <c r="E179" s="90">
-        <v>4020337</v>
+        <v>4066941</v>
       </c>
       <c r="F179" s="90">
         <v>0</v>
       </c>
       <c r="G179" s="90">
-        <v>48342</v>
+        <v>48078</v>
       </c>
       <c r="H179" s="80">
-        <v>4068679</v>
+        <v>4115019</v>
       </c>
     </row>
     <row r="180" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A180" s="81" t="s">
         <v>92</v>
       </c>
       <c r="B180" s="82">
         <v>166</v>
       </c>
       <c r="C180" s="79"/>
       <c r="D180" s="90">
         <v>383015</v>
       </c>
       <c r="E180" s="90">
         <v>485091</v>
       </c>
       <c r="F180" s="90">
         <v>0</v>
       </c>
       <c r="G180" s="90">
         <v>0</v>
       </c>
       <c r="H180" s="80">
         <v>868106</v>
       </c>
@@ -6657,108 +6657,108 @@
     </row>
     <row r="192" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A192" s="81" t="s">
         <v>97</v>
       </c>
       <c r="B192" s="82">
         <v>178</v>
       </c>
       <c r="C192" s="79"/>
       <c r="D192" s="79">
         <v>871391</v>
       </c>
       <c r="E192" s="79">
         <v>0</v>
       </c>
       <c r="F192" s="79">
         <v>0</v>
       </c>
       <c r="G192" s="79">
         <v>0</v>
       </c>
       <c r="H192" s="80">
         <v>871391</v>
       </c>
     </row>
-    <row r="193" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A193" s="92" t="s">
         <v>98</v>
       </c>
       <c r="B193" s="93">
         <v>179</v>
       </c>
       <c r="C193" s="67"/>
       <c r="D193" s="67">
         <v>0</v>
       </c>
       <c r="E193" s="67">
         <v>0</v>
       </c>
       <c r="F193" s="67">
         <v>0</v>
       </c>
       <c r="G193" s="67">
         <v>0</v>
       </c>
       <c r="H193" s="94">
         <v>0</v>
       </c>
     </row>
-    <row r="194" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A194" s="95"/>
       <c r="B194" s="96"/>
       <c r="C194" s="97"/>
       <c r="D194" s="97"/>
       <c r="E194" s="97"/>
       <c r="F194" s="97"/>
       <c r="G194" s="97"/>
       <c r="H194" s="41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="195" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A195" s="144" t="s">
         <v>35</v>
       </c>
       <c r="B195" s="145">
         <v>180</v>
       </c>
       <c r="C195" s="146"/>
       <c r="D195" s="146">
-        <v>93626116</v>
+        <v>93626068</v>
       </c>
       <c r="E195" s="146">
-        <v>29981721</v>
+        <v>29981759</v>
       </c>
       <c r="F195" s="146">
         <v>2113715</v>
       </c>
       <c r="G195" s="146">
-        <v>2129111</v>
+        <v>2128847</v>
       </c>
       <c r="H195" s="147">
-        <v>127850663</v>
+        <v>127850389</v>
       </c>
     </row>
     <row r="196" spans="1:8" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="83" t="s">
         <v>199</v>
       </c>
       <c r="B196" s="84">
         <v>181</v>
       </c>
       <c r="C196" s="91"/>
       <c r="D196" s="64">
         <v>67271451</v>
       </c>
       <c r="E196" s="64">
         <v>2836411</v>
       </c>
       <c r="F196" s="64">
         <v>1424635</v>
       </c>
       <c r="G196" s="64">
         <v>976110</v>
       </c>
       <c r="H196" s="65">
         <v>72508607</v>
       </c>
@@ -6781,95 +6781,95 @@
     </row>
     <row r="198" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A198" s="98" t="s">
         <v>173</v>
       </c>
       <c r="B198" s="99">
         <v>183</v>
       </c>
       <c r="C198" s="91"/>
       <c r="D198" s="64">
         <v>264240</v>
       </c>
       <c r="E198" s="64">
         <v>0</v>
       </c>
       <c r="F198" s="64">
         <v>10189</v>
       </c>
       <c r="G198" s="64">
         <v>575</v>
       </c>
       <c r="H198" s="65">
         <v>275004</v>
       </c>
     </row>
-    <row r="199" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A199" s="100" t="s">
         <v>187</v>
       </c>
       <c r="B199" s="101">
         <v>184</v>
       </c>
       <c r="C199" s="102"/>
       <c r="D199" s="103">
         <v>10381</v>
       </c>
       <c r="E199" s="103">
         <v>0</v>
       </c>
       <c r="F199" s="103">
         <v>171</v>
       </c>
       <c r="G199" s="103">
         <v>0</v>
       </c>
       <c r="H199" s="104">
         <v>10552</v>
       </c>
     </row>
     <row r="200" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A200" s="105"/>
       <c r="B200" s="106"/>
       <c r="C200" s="107"/>
       <c r="D200" s="108"/>
       <c r="E200" s="108"/>
       <c r="F200" s="108"/>
       <c r="G200" s="108"/>
       <c r="H200" s="107"/>
     </row>
-    <row r="201" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="201" spans="1:8" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A201" s="109"/>
       <c r="B201" s="110"/>
       <c r="C201" s="111"/>
       <c r="D201" s="111"/>
       <c r="E201" s="111"/>
       <c r="F201" s="111"/>
       <c r="G201" s="111"/>
       <c r="H201" s="74"/>
     </row>
-    <row r="202" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="202" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A202" s="112" t="s">
         <v>14</v>
       </c>
       <c r="B202" s="113"/>
       <c r="C202" s="114"/>
       <c r="D202" s="114"/>
       <c r="E202" s="114"/>
       <c r="F202" s="114"/>
       <c r="G202" s="114"/>
       <c r="H202" s="114"/>
     </row>
     <row r="203" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A203" s="115" t="s">
         <v>37</v>
       </c>
       <c r="B203" s="116">
         <v>185</v>
       </c>
       <c r="C203" s="117"/>
       <c r="D203" s="29">
         <v>16114307</v>
       </c>
       <c r="E203" s="29">
         <v>982592</v>
       </c>
@@ -7269,95 +7269,95 @@
     </row>
     <row r="220" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A220" s="123" t="s">
         <v>110</v>
       </c>
       <c r="B220" s="119">
         <v>202</v>
       </c>
       <c r="C220" s="122"/>
       <c r="D220" s="26">
         <v>259730</v>
       </c>
       <c r="E220" s="26">
         <v>0</v>
       </c>
       <c r="F220" s="26">
         <v>0</v>
       </c>
       <c r="G220" s="26">
         <v>0</v>
       </c>
       <c r="H220" s="27">
         <v>259730</v>
       </c>
     </row>
-    <row r="221" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A221" s="124" t="s">
         <v>42</v>
       </c>
       <c r="B221" s="125">
         <v>203</v>
       </c>
       <c r="C221" s="126"/>
       <c r="D221" s="127">
         <v>35156316</v>
       </c>
       <c r="E221" s="127">
         <v>30952398</v>
       </c>
       <c r="F221" s="127">
         <v>5097491</v>
       </c>
       <c r="G221" s="127">
         <v>645072</v>
       </c>
       <c r="H221" s="128">
         <v>71851277</v>
       </c>
     </row>
     <row r="222" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A222" s="129"/>
       <c r="B222" s="130"/>
       <c r="C222" s="131"/>
       <c r="D222" s="132"/>
       <c r="E222" s="132"/>
       <c r="F222" s="132"/>
       <c r="G222" s="132"/>
       <c r="H222" s="133"/>
     </row>
-    <row r="223" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A223" s="134"/>
       <c r="B223" s="135"/>
       <c r="C223" s="136"/>
       <c r="D223" s="136"/>
       <c r="E223" s="136"/>
       <c r="F223" s="136"/>
       <c r="G223" s="136"/>
       <c r="H223" s="136"/>
     </row>
-    <row r="224" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="224" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A224" s="112" t="s">
         <v>15</v>
       </c>
       <c r="B224" s="113"/>
       <c r="C224" s="114"/>
       <c r="D224" s="114"/>
       <c r="E224" s="114"/>
       <c r="F224" s="114"/>
       <c r="G224" s="114"/>
       <c r="H224" s="114"/>
     </row>
     <row r="225" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A225" s="115" t="s">
         <v>43</v>
       </c>
       <c r="B225" s="116">
         <v>204</v>
       </c>
       <c r="C225" s="137"/>
       <c r="D225" s="29">
         <v>60000</v>
       </c>
       <c r="E225" s="29">
         <v>313514</v>
       </c>
@@ -7709,51 +7709,51 @@
     </row>
     <row r="240" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A240" s="115" t="s">
         <v>48</v>
       </c>
       <c r="B240" s="121">
         <v>219</v>
       </c>
       <c r="C240" s="137"/>
       <c r="D240" s="29">
         <v>7919</v>
       </c>
       <c r="E240" s="29">
         <v>2049</v>
       </c>
       <c r="F240" s="29">
         <v>13852</v>
       </c>
       <c r="G240" s="29">
         <v>1040</v>
       </c>
       <c r="H240" s="22">
         <v>24860</v>
       </c>
     </row>
-    <row r="241" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A241" s="138" t="s">
         <v>49</v>
       </c>
       <c r="B241" s="125">
         <v>220</v>
       </c>
       <c r="C241" s="126"/>
       <c r="D241" s="127">
         <v>406172</v>
       </c>
       <c r="E241" s="127">
         <v>578</v>
       </c>
       <c r="F241" s="127">
         <v>20139</v>
       </c>
       <c r="G241" s="127">
         <v>39</v>
       </c>
       <c r="H241" s="128">
         <v>426928</v>
       </c>
     </row>
     <row r="242" spans="1:8" ht="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>