--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A57C39FD-4E57-4C9D-9BEE-65F828264032}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F5BE073B-FDEE-4DC9-B309-D8E7D25E02E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="balance" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">balance!$A$1:$H$241</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="201">
   <si>
     <t>Euro</t>
   </si>
   <si>
     <t>Total credit institutions</t>
   </si>
   <si>
     <t>(in EUR thousands)</t>
   </si>
   <si>
     <t>Page: 1/4</t>
   </si>
@@ -2004,120 +2004,120 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:H242"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" topLeftCell="A159" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="K178" sqref="K178"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="79.109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="13.5546875" customWidth="1"/>
+    <col min="1" max="1" width="79.140625" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" customWidth="1"/>
+    <col min="3" max="3" width="11.85546875" customWidth="1"/>
+    <col min="4" max="4" width="12.42578125" customWidth="1"/>
+    <col min="5" max="5" width="13.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.7109375" customWidth="1"/>
+    <col min="7" max="7" width="13.5703125" customWidth="1"/>
     <col min="8" max="8" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="148" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="148"/>
       <c r="C2" s="149"/>
       <c r="D2" s="149"/>
       <c r="E2" s="149"/>
       <c r="F2" s="149"/>
       <c r="G2" s="149"/>
       <c r="H2" s="149"/>
     </row>
     <row r="3" spans="1:8" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
       <c r="B3" s="8"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="H3" s="10"/>
     </row>
     <row r="4" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="H4" s="7"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
         <v>200</v>
       </c>
       <c r="B5" s="9"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
-    <row r="6" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="150" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="14"/>
       <c r="C7" s="155" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="161" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="162"/>
       <c r="F7" s="161" t="s">
         <v>11</v>
@@ -2289,51 +2289,51 @@
       <c r="A15" s="28" t="s">
         <v>177</v>
       </c>
       <c r="B15" s="20">
         <v>6</v>
       </c>
       <c r="C15" s="29">
         <v>398</v>
       </c>
       <c r="D15" s="29">
         <v>9128853</v>
       </c>
       <c r="E15" s="21">
         <v>0</v>
       </c>
       <c r="F15" s="21">
         <v>0</v>
       </c>
       <c r="G15" s="29">
         <v>0</v>
       </c>
       <c r="H15" s="22">
         <v>9128455</v>
       </c>
     </row>
-    <row r="16" spans="1:8" s="11" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" s="11" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="23" t="s">
         <v>121</v>
       </c>
       <c r="B16" s="24">
         <v>7</v>
       </c>
       <c r="C16" s="30">
         <v>398</v>
       </c>
       <c r="D16" s="30">
         <v>9128853</v>
       </c>
       <c r="E16" s="31">
         <v>0</v>
       </c>
       <c r="F16" s="31">
         <v>0</v>
       </c>
       <c r="G16" s="30">
         <v>0</v>
       </c>
       <c r="H16" s="32">
         <v>9128455</v>
       </c>
     </row>
@@ -3667,77 +3667,77 @@
       <c r="A68" s="28" t="s">
         <v>60</v>
       </c>
       <c r="B68" s="20">
         <v>59</v>
       </c>
       <c r="C68" s="29">
         <v>0</v>
       </c>
       <c r="D68" s="29">
         <v>0</v>
       </c>
       <c r="E68" s="29">
         <v>296542</v>
       </c>
       <c r="F68" s="29">
         <v>0</v>
       </c>
       <c r="G68" s="29">
         <v>13989</v>
       </c>
       <c r="H68" s="22">
         <v>310531</v>
       </c>
     </row>
-    <row r="69" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="34" t="s">
         <v>190</v>
       </c>
       <c r="B69" s="35">
         <v>60</v>
       </c>
       <c r="C69" s="36">
         <v>0</v>
       </c>
       <c r="D69" s="36">
         <v>0</v>
       </c>
       <c r="E69" s="36">
         <v>0</v>
       </c>
       <c r="F69" s="36">
         <v>0</v>
       </c>
       <c r="G69" s="36">
         <v>0</v>
       </c>
       <c r="H69" s="37">
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="38"/>
       <c r="B70" s="39"/>
       <c r="C70" s="40"/>
       <c r="D70" s="40"/>
       <c r="E70" s="40"/>
       <c r="F70" s="40"/>
       <c r="G70" s="40"/>
       <c r="H70" s="41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="42" t="s">
         <v>77</v>
       </c>
       <c r="B71" s="43">
         <v>61</v>
       </c>
       <c r="C71" s="44">
         <v>499</v>
       </c>
       <c r="D71" s="44">
         <v>1779636</v>
       </c>
       <c r="E71" s="44">
@@ -4485,51 +4485,51 @@
       <c r="A100" s="48" t="s">
         <v>128</v>
       </c>
       <c r="B100" s="24">
         <v>90</v>
       </c>
       <c r="C100" s="52">
         <v>0</v>
       </c>
       <c r="D100" s="52">
         <v>338264</v>
       </c>
       <c r="E100" s="52">
         <v>0</v>
       </c>
       <c r="F100" s="52">
         <v>0</v>
       </c>
       <c r="G100" s="52">
         <v>0</v>
       </c>
       <c r="H100" s="53">
         <v>338264</v>
       </c>
     </row>
-    <row r="101" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="28" t="s">
         <v>51</v>
       </c>
       <c r="B101" s="20">
         <v>91</v>
       </c>
       <c r="C101" s="46">
         <v>4727</v>
       </c>
       <c r="D101" s="46">
         <v>6402</v>
       </c>
       <c r="E101" s="46">
         <v>0</v>
       </c>
       <c r="F101" s="46">
         <v>0</v>
       </c>
       <c r="G101" s="46">
         <v>0</v>
       </c>
       <c r="H101" s="47">
         <v>1675</v>
       </c>
     </row>
@@ -4579,119 +4579,119 @@
       <c r="A104" s="63" t="s">
         <v>172</v>
       </c>
       <c r="B104" s="49">
         <v>94</v>
       </c>
       <c r="C104" s="64">
         <v>0</v>
       </c>
       <c r="D104" s="64">
         <v>193436</v>
       </c>
       <c r="E104" s="64">
         <v>11</v>
       </c>
       <c r="F104" s="64">
         <v>263</v>
       </c>
       <c r="G104" s="64">
         <v>27784</v>
       </c>
       <c r="H104" s="65">
         <v>221494</v>
       </c>
     </row>
-    <row r="105" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A105" s="66" t="s">
         <v>179</v>
       </c>
       <c r="B105" s="35">
         <v>95</v>
       </c>
       <c r="C105" s="67">
         <v>0</v>
       </c>
       <c r="D105" s="68">
         <v>19788</v>
       </c>
       <c r="E105" s="68">
         <v>11</v>
       </c>
       <c r="F105" s="68">
         <v>263</v>
       </c>
       <c r="G105" s="68">
         <v>1343</v>
       </c>
       <c r="H105" s="69">
         <v>21405</v>
       </c>
     </row>
-    <row r="106" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A106" s="70"/>
       <c r="B106" s="71"/>
       <c r="C106" s="72"/>
       <c r="D106" s="73"/>
       <c r="E106" s="73"/>
       <c r="F106" s="73"/>
       <c r="G106" s="73"/>
       <c r="H106" s="74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="150" t="s">
         <v>20</v>
       </c>
       <c r="B107" s="14"/>
       <c r="C107" s="155" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="161" t="s">
         <v>0</v>
       </c>
       <c r="E107" s="162"/>
       <c r="F107" s="161" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="162"/>
       <c r="H107" s="158" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:8" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="153"/>
       <c r="B108" s="75"/>
       <c r="C108" s="156"/>
       <c r="D108" s="163"/>
       <c r="E108" s="164"/>
       <c r="F108" s="163"/>
       <c r="G108" s="164"/>
       <c r="H108" s="159"/>
     </row>
-    <row r="109" spans="1:8" ht="57.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:8" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="154"/>
       <c r="B109" s="76"/>
       <c r="C109" s="157"/>
       <c r="D109" s="17" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="17" t="s">
         <v>9</v>
       </c>
       <c r="G109" s="18" t="s">
         <v>10</v>
       </c>
       <c r="H109" s="160"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" s="77" t="s">
         <v>21</v>
       </c>
       <c r="B110" s="78">
         <v>96</v>
       </c>
       <c r="C110" s="79"/>
@@ -6657,75 +6657,75 @@
     </row>
     <row r="192" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A192" s="81" t="s">
         <v>97</v>
       </c>
       <c r="B192" s="82">
         <v>178</v>
       </c>
       <c r="C192" s="79"/>
       <c r="D192" s="79">
         <v>871391</v>
       </c>
       <c r="E192" s="79">
         <v>0</v>
       </c>
       <c r="F192" s="79">
         <v>0</v>
       </c>
       <c r="G192" s="79">
         <v>0</v>
       </c>
       <c r="H192" s="80">
         <v>871391</v>
       </c>
     </row>
-    <row r="193" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A193" s="92" t="s">
         <v>98</v>
       </c>
       <c r="B193" s="93">
         <v>179</v>
       </c>
       <c r="C193" s="67"/>
       <c r="D193" s="67">
         <v>0</v>
       </c>
       <c r="E193" s="67">
         <v>0</v>
       </c>
       <c r="F193" s="67">
         <v>0</v>
       </c>
       <c r="G193" s="67">
         <v>0</v>
       </c>
       <c r="H193" s="94">
         <v>0</v>
       </c>
     </row>
-    <row r="194" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A194" s="95"/>
       <c r="B194" s="96"/>
       <c r="C194" s="97"/>
       <c r="D194" s="97"/>
       <c r="E194" s="97"/>
       <c r="F194" s="97"/>
       <c r="G194" s="97"/>
       <c r="H194" s="41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="195" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A195" s="144" t="s">
         <v>35</v>
       </c>
       <c r="B195" s="145">
         <v>180</v>
       </c>
       <c r="C195" s="146"/>
       <c r="D195" s="146">
         <v>93626068</v>
       </c>
       <c r="E195" s="146">
         <v>29981759</v>
       </c>
@@ -6781,95 +6781,95 @@
     </row>
     <row r="198" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A198" s="98" t="s">
         <v>173</v>
       </c>
       <c r="B198" s="99">
         <v>183</v>
       </c>
       <c r="C198" s="91"/>
       <c r="D198" s="64">
         <v>264240</v>
       </c>
       <c r="E198" s="64">
         <v>0</v>
       </c>
       <c r="F198" s="64">
         <v>10189</v>
       </c>
       <c r="G198" s="64">
         <v>575</v>
       </c>
       <c r="H198" s="65">
         <v>275004</v>
       </c>
     </row>
-    <row r="199" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A199" s="100" t="s">
         <v>187</v>
       </c>
       <c r="B199" s="101">
         <v>184</v>
       </c>
       <c r="C199" s="102"/>
       <c r="D199" s="103">
         <v>10381</v>
       </c>
       <c r="E199" s="103">
         <v>0</v>
       </c>
       <c r="F199" s="103">
         <v>171</v>
       </c>
       <c r="G199" s="103">
         <v>0</v>
       </c>
       <c r="H199" s="104">
         <v>10552</v>
       </c>
     </row>
     <row r="200" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A200" s="105"/>
       <c r="B200" s="106"/>
       <c r="C200" s="107"/>
       <c r="D200" s="108"/>
       <c r="E200" s="108"/>
       <c r="F200" s="108"/>
       <c r="G200" s="108"/>
       <c r="H200" s="107"/>
     </row>
-    <row r="201" spans="1:8" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="201" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="109"/>
       <c r="B201" s="110"/>
       <c r="C201" s="111"/>
       <c r="D201" s="111"/>
       <c r="E201" s="111"/>
       <c r="F201" s="111"/>
       <c r="G201" s="111"/>
       <c r="H201" s="74"/>
     </row>
-    <row r="202" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="202" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A202" s="112" t="s">
         <v>14</v>
       </c>
       <c r="B202" s="113"/>
       <c r="C202" s="114"/>
       <c r="D202" s="114"/>
       <c r="E202" s="114"/>
       <c r="F202" s="114"/>
       <c r="G202" s="114"/>
       <c r="H202" s="114"/>
     </row>
     <row r="203" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A203" s="115" t="s">
         <v>37</v>
       </c>
       <c r="B203" s="116">
         <v>185</v>
       </c>
       <c r="C203" s="117"/>
       <c r="D203" s="29">
         <v>16114307</v>
       </c>
       <c r="E203" s="29">
         <v>982592</v>
       </c>
@@ -7269,95 +7269,95 @@
     </row>
     <row r="220" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A220" s="123" t="s">
         <v>110</v>
       </c>
       <c r="B220" s="119">
         <v>202</v>
       </c>
       <c r="C220" s="122"/>
       <c r="D220" s="26">
         <v>259730</v>
       </c>
       <c r="E220" s="26">
         <v>0</v>
       </c>
       <c r="F220" s="26">
         <v>0</v>
       </c>
       <c r="G220" s="26">
         <v>0</v>
       </c>
       <c r="H220" s="27">
         <v>259730</v>
       </c>
     </row>
-    <row r="221" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A221" s="124" t="s">
         <v>42</v>
       </c>
       <c r="B221" s="125">
         <v>203</v>
       </c>
       <c r="C221" s="126"/>
       <c r="D221" s="127">
         <v>35156316</v>
       </c>
       <c r="E221" s="127">
         <v>30952398</v>
       </c>
       <c r="F221" s="127">
         <v>5097491</v>
       </c>
       <c r="G221" s="127">
         <v>645072</v>
       </c>
       <c r="H221" s="128">
         <v>71851277</v>
       </c>
     </row>
     <row r="222" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A222" s="129"/>
       <c r="B222" s="130"/>
       <c r="C222" s="131"/>
       <c r="D222" s="132"/>
       <c r="E222" s="132"/>
       <c r="F222" s="132"/>
       <c r="G222" s="132"/>
       <c r="H222" s="133"/>
     </row>
-    <row r="223" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A223" s="134"/>
       <c r="B223" s="135"/>
       <c r="C223" s="136"/>
       <c r="D223" s="136"/>
       <c r="E223" s="136"/>
       <c r="F223" s="136"/>
       <c r="G223" s="136"/>
       <c r="H223" s="136"/>
     </row>
-    <row r="224" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="224" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A224" s="112" t="s">
         <v>15</v>
       </c>
       <c r="B224" s="113"/>
       <c r="C224" s="114"/>
       <c r="D224" s="114"/>
       <c r="E224" s="114"/>
       <c r="F224" s="114"/>
       <c r="G224" s="114"/>
       <c r="H224" s="114"/>
     </row>
     <row r="225" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A225" s="115" t="s">
         <v>43</v>
       </c>
       <c r="B225" s="116">
         <v>204</v>
       </c>
       <c r="C225" s="137"/>
       <c r="D225" s="29">
         <v>60000</v>
       </c>
       <c r="E225" s="29">
         <v>313514</v>
       </c>
@@ -7709,51 +7709,51 @@
     </row>
     <row r="240" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A240" s="115" t="s">
         <v>48</v>
       </c>
       <c r="B240" s="121">
         <v>219</v>
       </c>
       <c r="C240" s="137"/>
       <c r="D240" s="29">
         <v>7919</v>
       </c>
       <c r="E240" s="29">
         <v>2049</v>
       </c>
       <c r="F240" s="29">
         <v>13852</v>
       </c>
       <c r="G240" s="29">
         <v>1040</v>
       </c>
       <c r="H240" s="22">
         <v>24860</v>
       </c>
     </row>
-    <row r="241" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A241" s="138" t="s">
         <v>49</v>
       </c>
       <c r="B241" s="125">
         <v>220</v>
       </c>
       <c r="C241" s="126"/>
       <c r="D241" s="127">
         <v>406172</v>
       </c>
       <c r="E241" s="127">
         <v>578</v>
       </c>
       <c r="F241" s="127">
         <v>20139</v>
       </c>
       <c r="G241" s="127">
         <v>39</v>
       </c>
       <c r="H241" s="128">
         <v>426928</v>
       </c>
     </row>
     <row r="242" spans="1:8" ht="12.6" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>