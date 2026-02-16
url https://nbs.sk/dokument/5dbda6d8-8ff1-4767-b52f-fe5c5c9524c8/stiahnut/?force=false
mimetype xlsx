--- v0 (2025-12-13)
+++ v1 (2026-02-16)
@@ -17,98 +17,98 @@
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25601"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\klacso\Documents\!Oddelenie výskumu finančnej stability\HFCS\Vlna 4 report\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jurasekova\Documents\work\HFCS\HFCS5\report\web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D1D5857B-76E4-4128-A13F-B58233A1DE67}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{74F003F1-1C9B-4E68-AB70-AB74549C1FFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" tabRatio="859" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="859" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List of tables" sheetId="16" r:id="rId1"/>
     <sheet name="T1 RA participation" sheetId="1" r:id="rId2"/>
     <sheet name="T2 RA median values" sheetId="2" r:id="rId3"/>
     <sheet name="T3 RA components" sheetId="3" r:id="rId4"/>
     <sheet name="T4 FA participation" sheetId="4" r:id="rId5"/>
     <sheet name="T5 FA median values" sheetId="5" r:id="rId6"/>
     <sheet name="T6 FA components" sheetId="6" r:id="rId7"/>
     <sheet name="T7 Debt participation" sheetId="7" r:id="rId8"/>
     <sheet name="T8 Debt median values" sheetId="8" r:id="rId9"/>
     <sheet name="T9 Debt components" sheetId="9" r:id="rId10"/>
     <sheet name="T10 Debt indicators" sheetId="10" r:id="rId11"/>
     <sheet name="T11 Net wealth" sheetId="11" r:id="rId12"/>
     <sheet name="T12 Income" sheetId="12" r:id="rId13"/>
     <sheet name="T13 Food consumption" sheetId="13" r:id="rId14"/>
     <sheet name="T14 Credit constraints" sheetId="14" r:id="rId15"/>
     <sheet name="T15 Savings" sheetId="15" r:id="rId16"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1477" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1486" uniqueCount="132">
   <si>
     <t>T1 RA participation</t>
   </si>
   <si>
     <t>T2 RA median values</t>
   </si>
   <si>
     <t>T3 RA components</t>
   </si>
   <si>
     <t>Shares of main real asset types on total real assets (% of total real assests)</t>
   </si>
   <si>
     <t>T4 FA participation</t>
   </si>
   <si>
     <t>T5 FA median values</t>
   </si>
   <si>
     <t>T6 FA components</t>
   </si>
   <si>
     <t>T7 Debt participation</t>
   </si>
   <si>
@@ -324,74 +324,50 @@
   <si>
     <t>Debt to income ratio</t>
   </si>
   <si>
     <t>Debt service to income ratio</t>
   </si>
   <si>
     <t>Loan to value ratio of HMR</t>
   </si>
   <si>
     <t>Net liquid assets to income ratio</t>
   </si>
   <si>
     <t>Median</t>
   </si>
   <si>
     <t>Mean</t>
   </si>
   <si>
     <t>Share of total net wealth</t>
   </si>
   <si>
     <t>Share of total gross income</t>
   </si>
   <si>
-    <t>DOCREDITAPPL</t>
-[...22 lines deleted...]
-  <si>
     <t>Household size</t>
   </si>
   <si>
     <t>Housing status</t>
   </si>
   <si>
     <t>Renters / other</t>
   </si>
   <si>
     <t>Owners - outright</t>
   </si>
   <si>
     <t>Owners - with mortgage</t>
   </si>
   <si>
     <t>Net wealth quintiles</t>
   </si>
   <si>
     <t>Income quintiles</t>
   </si>
   <si>
     <t>Age of reference person</t>
   </si>
   <si>
     <t>Education of reference person</t>
@@ -429,79 +405,167 @@
   <si>
     <t>Financial burden indicators, median ratios (ratio in %)</t>
   </si>
   <si>
     <t>Net wealth median and mean values (EUR), distribution of net wealth by cathegory (%)</t>
   </si>
   <si>
     <t>Annual gross income per household - median and mean values (EUR), distribution of gross income by cathegory (%)</t>
   </si>
   <si>
     <t>Monthly savings/dissavings - median and mean values (EUR), savings rate (%)</t>
   </si>
   <si>
     <t>Credit constraints (% of households)</t>
   </si>
   <si>
     <t>Overall</t>
   </si>
   <si>
     <t>Employment status of reference person</t>
   </si>
   <si>
     <t>Note: HMR stands for household main residence</t>
   </si>
   <si>
-    <t>Note: HMR stands for household main residence. NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
-[...1 lines deleted...]
-  <si>
     <t>Net wealth median and mean values (EUR), distribution of net wealth by category (%)</t>
   </si>
   <si>
     <t>Annual gross income per household - median and mean values (EUR), distribution of gross income by category (%)</t>
   </si>
   <si>
     <t>Median food expenditure to income ratio (%)</t>
   </si>
   <si>
     <t>Median savings to income ratio (%)</t>
   </si>
   <si>
-    <t>Note:</t>
+    <t>Financial assets - conditional medians (EUR)</t>
   </si>
   <si>
-    <t>Financial assets - conditional medians (EUR)</t>
+    <t>NA - descriptive statistics  could not be computed owing to a lack of observations, fewer than 20 in the sample</t>
+  </si>
+  <si>
+    <t>NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
+  </si>
+  <si>
+    <r>
+      <t>Perceived credit constraint</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Credit refusal</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Credit constrained households</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>4</t>
+    </r>
+  </si>
+  <si>
+    <t>Note:  NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
+  </si>
+  <si>
+    <t>1) Applied for credit within last 3 years</t>
+  </si>
+  <si>
+    <t>2) Not applying for credit due to perceived credit constraint</t>
+  </si>
+  <si>
+    <t>3) Refused or only reduced credit (among those applying in last 3 years)</t>
+  </si>
+  <si>
+    <t>4) The following households are considered as credit constraint households:</t>
+  </si>
+  <si>
+    <t>- applied for credit and were turned down and do not report successful later re-application, or</t>
+  </si>
+  <si>
+    <t>- applied for credit and were not given as much as applied for, or</t>
+  </si>
+  <si>
+    <t>- did not apply for credit due to perceived credit constraint.</t>
+  </si>
+  <si>
+    <r>
+      <t>Applied for credit</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>1</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
@@ -517,50 +581,64 @@
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="4"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -571,152 +649,148 @@
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -778,51 +852,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -920,6354 +994,6424 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0119A9C8-60CB-4FE0-9989-C97F222954CF}">
   <dimension ref="B2:C16"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="101.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B2" s="29" t="s">
+      <c r="B2" s="25" t="s">
         <v>0</v>
       </c>
       <c r="C2" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B3" s="29" t="s">
+      <c r="B3" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="24" t="s">
-        <v>104</v>
+      <c r="C3" s="20" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B4" s="29" t="s">
+      <c r="B4" s="25" t="s">
         <v>2</v>
       </c>
       <c r="C4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B5" s="29" t="s">
+      <c r="B5" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="24" t="s">
-        <v>110</v>
+      <c r="C5" s="20" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="6" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B6" s="29" t="s">
+      <c r="B6" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="24" t="s">
-        <v>109</v>
+      <c r="C6" s="20" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="7" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B7" s="29" t="s">
+      <c r="B7" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="24" t="s">
-        <v>108</v>
+      <c r="C7" s="20" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B8" s="29" t="s">
+      <c r="B8" s="25" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="24" t="s">
-        <v>111</v>
+      <c r="C9" s="20" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="10" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B10" s="29" t="s">
+      <c r="B10" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="24" t="s">
-        <v>112</v>
+      <c r="C10" s="20" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="11" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B11" s="29" t="s">
+      <c r="B11" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="24" t="s">
-        <v>113</v>
+      <c r="C11" s="20" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B12" s="29" t="s">
+      <c r="B12" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="24" t="s">
-        <v>114</v>
+      <c r="C12" s="20" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="13" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B13" s="29" t="s">
+      <c r="B13" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="24" t="s">
-        <v>115</v>
+      <c r="C13" s="20" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B14" s="29" t="s">
+      <c r="B14" s="25" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B15" s="29" t="s">
+      <c r="B15" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="C15" s="24" t="s">
-        <v>117</v>
+      <c r="C15" s="20" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B16" s="29" t="s">
+      <c r="B16" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="C16" s="24" t="s">
-        <v>116</v>
+      <c r="C16" s="20" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B2" location="'T1 RA participation'!A1" display="T1 RA participation" xr:uid="{E5A12FE6-6605-4A3F-9E3F-40EB25B85507}"/>
-[...13 lines deleted...]
-    <hyperlink ref="B16" location="'T15 Savings'!A1" display="T15 Savings" xr:uid="{DA8C0E33-0B63-46F1-AAD4-2E2611F116E3}"/>
+    <hyperlink ref="B2" location="'T1 RA participation'!A1" display="T1 RA participation" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="B3" location="'T2 RA median values'!A1" display="T2 RA median values" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="B4" location="'T3 RA components'!A1" display="T3 RA components" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="B5" location="'T4 FA participation'!A1" display="T4 FA participation" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="B6" location="'T5 FA median values'!A1" display="T5 FA median values" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="B7" location="'T6 FA components'!A1" display="T6 FA components" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="B8" location="'T7 Debt participation'!A1" display="T7 Debt participation" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="B9" location="'T8 Debt median values'!A1" display="T8 Debt median values" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="B10" location="'T9 Debt components'!A1" display="T9 Debt components" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="B11" location="'T10 Debt indicators'!A1" display="T10 Debt indicators" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="B12" location="'T11 Net wealth'!A1" display="T11 Net wealth" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="B13" location="'T12 Income'!A1" display="T12 Income" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="B14" location="'T13 Food consumption'!A1" display="T13 Food consumption" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="B15" location="'T14 Credit constraints'!A1" display="T14 Credit constraints" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="B16" location="'T15 Savings'!A1" display="T15 Savings" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
-  <dimension ref="A1:H62"/>
+  <dimension ref="A1:H63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.5703125" customWidth="1"/>
     <col min="2" max="8" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:8" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="2" spans="1:8" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-    <row r="3" spans="1:8" s="20" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" s="18"/>
+    </row>
+    <row r="3" spans="1:8" s="16" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>69</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>72</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F3" s="24" t="s">
         <v>76</v>
       </c>
-      <c r="G3" s="28" t="s">
+      <c r="G3" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="H3" s="28" t="s">
+      <c r="H3" s="24" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-        <v>118</v>
+      <c r="A4" s="23" t="s">
+        <v>110</v>
       </c>
       <c r="B4" s="9">
         <v>93.034816719169541</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="14">
         <v>87.853197540724565</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="14">
         <v>5.1816191784449819</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="14">
         <v>6.9651832808304652</v>
       </c>
       <c r="F4" s="9">
         <v>0.1090332880092504</v>
       </c>
-      <c r="G4" s="9">
+      <c r="G4" s="14">
         <v>0.13473608868171116</v>
       </c>
       <c r="H4" s="9">
         <v>6.7214139041395047</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="9">
         <v>97.776634202571955</v>
       </c>
-      <c r="C7" s="9">
+      <c r="C7" s="14">
         <v>93.032519300102706</v>
       </c>
-      <c r="D7" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="9">
+      <c r="D7" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" s="14">
         <v>2.2233657974280487</v>
       </c>
-      <c r="F7" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="9">
+      <c r="F7" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" s="14">
         <v>0.2053955500084291</v>
       </c>
       <c r="H7" s="9">
         <v>1.7908510102300053</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="9">
         <v>97.519388784327163</v>
       </c>
-      <c r="C8" s="9">
+      <c r="C8" s="14">
         <v>97.519388784327163</v>
       </c>
-      <c r="D8" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="9">
+      <c r="D8" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" s="14">
         <v>2.4806112156728357</v>
       </c>
-      <c r="F8" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H8" s="17" t="s">
+      <c r="F8" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G8" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="9">
         <v>89.962064902490724</v>
       </c>
-      <c r="C9" s="9">
+      <c r="C9" s="14">
         <v>82.143004382471744</v>
       </c>
-      <c r="D9" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="9">
+      <c r="D9" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" s="14">
         <v>10.037935097509257</v>
       </c>
-      <c r="F9" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="17" t="s">
+      <c r="F9" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" s="14" t="s">
         <v>57</v>
       </c>
       <c r="H9" s="9">
         <v>9.7809836720618222</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="9">
         <v>86.123282312925625</v>
       </c>
-      <c r="C10" s="9">
+      <c r="C10" s="14">
         <v>75.44516933573577</v>
       </c>
-      <c r="D10" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="9">
+      <c r="D10" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" s="14">
         <v>13.876717687074377</v>
       </c>
-      <c r="F10" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="17" t="s">
+      <c r="F10" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G10" s="14" t="s">
         <v>57</v>
       </c>
       <c r="H10" s="9">
         <v>13.708807356135875</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="9">
         <v>96.440488409130239</v>
       </c>
-      <c r="C11" s="9">
+      <c r="C11" s="14">
         <v>94.339598256210877</v>
       </c>
-      <c r="D11" s="17" t="s">
-[...11 lines deleted...]
-      <c r="H11" s="17" t="s">
+      <c r="D11" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G11" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="9">
         <v>88.88067169420583</v>
       </c>
-      <c r="C12" s="9">
+      <c r="C12" s="14">
         <v>83.253750824120559</v>
       </c>
-      <c r="D12" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="9">
+      <c r="D12" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" s="14">
         <v>11.119328305794168</v>
       </c>
-      <c r="F12" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="17" t="s">
+      <c r="F12" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="14" t="s">
         <v>57</v>
       </c>
       <c r="H12" s="9">
         <v>10.692651013778553</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="9">
         <v>90.185733521566334</v>
       </c>
-      <c r="C13" s="9">
+      <c r="C13" s="14">
         <v>84.001073170166464</v>
       </c>
-      <c r="D13" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="9">
+      <c r="D13" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" s="14">
         <v>9.8142664784336766</v>
       </c>
-      <c r="F13" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G13" s="17" t="s">
+      <c r="F13" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="14" t="s">
         <v>57</v>
       </c>
       <c r="H13" s="9">
         <v>9.7947255534457476</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="9">
         <v>89.11178906528275</v>
       </c>
-      <c r="C14" s="9">
+      <c r="C14" s="14">
         <v>82.561084002527039</v>
       </c>
-      <c r="D14" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="9">
+      <c r="D14" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" s="14">
         <v>10.888210934717261</v>
       </c>
-      <c r="F14" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="17" t="s">
+      <c r="F14" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="14" t="s">
         <v>57</v>
       </c>
       <c r="H14" s="9">
         <v>10.817463583899317</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="9"/>
-      <c r="C15" s="9"/>
-[...1 lines deleted...]
-      <c r="E15" s="9"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="14"/>
       <c r="F15" s="9"/>
-      <c r="G15" s="9"/>
+      <c r="G15" s="14"/>
       <c r="H15" s="9"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...7 lines deleted...]
-      <c r="H16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="9"/>
+      <c r="C16" s="14"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="14"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="14"/>
+      <c r="H16" s="9"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="11">
+      <c r="B17" s="9">
         <v>93.527084597564553</v>
       </c>
-      <c r="C17" s="11">
+      <c r="C17" s="14">
         <v>90.176817987661266</v>
       </c>
-      <c r="D17" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="11">
+      <c r="D17" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" s="14">
         <v>6.4729154024354463</v>
       </c>
-      <c r="F17" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H17" s="11">
+      <c r="F17" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H17" s="9">
         <v>6.3370947441371772</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="11">
+      <c r="B18" s="9">
         <v>89.748861853724307</v>
       </c>
-      <c r="C18" s="11">
+      <c r="C18" s="14">
         <v>79.185366000453442</v>
       </c>
-      <c r="D18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="11">
+      <c r="D18" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" s="14">
         <v>10.251138146275697</v>
       </c>
-      <c r="F18" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H18" s="11">
+      <c r="F18" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G18" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H18" s="9">
         <v>9.5897623797427425</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="11">
+      <c r="B19" s="9">
         <v>94.825058733611428</v>
       </c>
-      <c r="C19" s="11">
+      <c r="C19" s="14">
         <v>86.527725706033877</v>
       </c>
-      <c r="D19" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="11">
+      <c r="D19" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" s="14">
         <v>5.174941266388573</v>
       </c>
-      <c r="F19" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H19" s="11">
+      <c r="F19" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H19" s="9">
         <v>4.9841422129548532</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="11">
+      <c r="B20" s="9">
         <v>95.375957098379587</v>
       </c>
-      <c r="C20" s="11">
+      <c r="C20" s="14">
         <v>94.79178170088116</v>
       </c>
-      <c r="D20" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="11">
+      <c r="D20" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" s="14">
         <v>4.6240429016204097</v>
       </c>
-      <c r="F20" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H20" s="11">
+      <c r="F20" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H20" s="9">
         <v>4.5112203476944686</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="11">
+      <c r="B21" s="9">
         <v>87.004396508104037</v>
       </c>
-      <c r="C21" s="11">
+      <c r="C21" s="14">
         <v>84.608627822700328</v>
       </c>
-      <c r="D21" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="11">
+      <c r="D21" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E21" s="14">
         <v>12.99560349189596</v>
       </c>
-      <c r="F21" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H21" s="11">
+      <c r="F21" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H21" s="9">
         <v>12.857664452880844</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B22" s="2"/>
-[...5 lines deleted...]
-      <c r="H22" s="2"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="14"/>
+      <c r="H22" s="9"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...7 lines deleted...]
-      <c r="H23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="9"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="9"/>
+      <c r="G23" s="14"/>
+      <c r="H23" s="9"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...10 lines deleted...]
-      <c r="E24" s="11">
+        <v>89</v>
+      </c>
+      <c r="B24" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C24" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" s="14">
         <v>54.286065690448559</v>
       </c>
-      <c r="F24" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="11">
+      <c r="F24" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" s="14">
         <v>0.48169883392943935</v>
       </c>
-      <c r="H24" s="11">
+      <c r="H24" s="9">
         <v>52.895321565913754</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B25" s="11">
+        <v>90</v>
+      </c>
+      <c r="B25" s="9">
         <v>98.566779604752298</v>
       </c>
-      <c r="C25" s="11">
+      <c r="C25" s="14">
         <v>97.900677741254313</v>
       </c>
-      <c r="D25" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="11">
+      <c r="D25" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" s="14">
         <v>1.4332203952477018</v>
       </c>
-      <c r="F25" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H25" s="11">
+      <c r="F25" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H25" s="9">
         <v>1.3585526128830627</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...10 lines deleted...]
-      <c r="E26" s="11">
+        <v>88</v>
+      </c>
+      <c r="B26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" s="14">
         <v>61.25778853963989</v>
       </c>
-      <c r="F26" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H26" s="11">
+      <c r="F26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H26" s="9">
         <v>57.654865619894771</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B27" s="2"/>
-[...5 lines deleted...]
-      <c r="H27" s="2"/>
+      <c r="B27" s="9"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="9"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="9"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...7 lines deleted...]
-      <c r="H28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="14"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="14"/>
+      <c r="H28" s="9"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="11">
+      <c r="B29" s="9">
         <v>90.370049038042808</v>
       </c>
-      <c r="C29" s="11">
+      <c r="C29" s="14">
         <v>72.541262394426965</v>
       </c>
-      <c r="D29" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="11">
+      <c r="D29" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E29" s="14">
         <v>9.6299509619571886</v>
       </c>
-      <c r="F29" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H29" s="11">
+      <c r="F29" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G29" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H29" s="9">
         <v>9.4528850093781589</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="11">
+      <c r="B30" s="9">
         <v>92.47068344034443</v>
       </c>
-      <c r="C30" s="11">
+      <c r="C30" s="14">
         <v>89.214481832331899</v>
       </c>
-      <c r="D30" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="11">
+      <c r="D30" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E30" s="14">
         <v>7.5293165596555811</v>
       </c>
-      <c r="F30" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H30" s="11">
+      <c r="F30" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G30" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H30" s="9">
         <v>7.3474191043244641</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="11">
+      <c r="B31" s="9">
         <v>90.593140187337269</v>
       </c>
-      <c r="C31" s="11">
+      <c r="C31" s="14">
         <v>87.167248655546103</v>
       </c>
-      <c r="D31" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="11">
+      <c r="D31" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E31" s="14">
         <v>9.4068598126627467</v>
       </c>
-      <c r="F31" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H31" s="11">
+      <c r="F31" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G31" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H31" s="9">
         <v>9.1695445781591829</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="11">
+      <c r="B32" s="9">
         <v>92.158086110722337</v>
       </c>
-      <c r="C32" s="11">
+      <c r="C32" s="14">
         <v>86.331226830244205</v>
       </c>
-      <c r="D32" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="11">
+      <c r="D32" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E32" s="14">
         <v>7.841913889277663</v>
       </c>
-      <c r="F32" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H32" s="11">
+      <c r="F32" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G32" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H32" s="9">
         <v>7.7581345614176653</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="11">
+      <c r="B33" s="9">
         <v>95.592552559162698</v>
       </c>
-      <c r="C33" s="11">
+      <c r="C33" s="14">
         <v>91.118410630304794</v>
       </c>
-      <c r="D33" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="11">
+      <c r="D33" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E33" s="14">
         <v>4.407447440837295</v>
       </c>
-      <c r="F33" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H33" s="11">
+      <c r="F33" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G33" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H33" s="9">
         <v>4.0173721886436518</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B34" s="2"/>
-[...5 lines deleted...]
-      <c r="H34" s="2"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="9"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="9"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...7 lines deleted...]
-      <c r="H35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="9"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="9"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="9"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="11">
+      <c r="B36" s="9">
         <v>87.406975413372535</v>
       </c>
-      <c r="C36" s="11">
+      <c r="C36" s="14">
         <v>83.049946503754725</v>
       </c>
-      <c r="D36" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="11">
+      <c r="D36" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" s="14">
         <v>12.593024586627472</v>
       </c>
-      <c r="F36" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H36" s="11">
+      <c r="F36" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G36" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H36" s="9">
         <v>12.294480772469612</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="11">
+      <c r="B37" s="9">
         <v>95.456169358865012</v>
       </c>
-      <c r="C37" s="11">
+      <c r="C37" s="14">
         <v>94.700187686901032</v>
       </c>
-      <c r="D37" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="11">
+      <c r="D37" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E37" s="14">
         <v>4.543830641135008</v>
       </c>
-      <c r="F37" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H37" s="11">
+      <c r="F37" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G37" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H37" s="9">
         <v>4.4579726193629119</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="11">
+      <c r="B38" s="9">
         <v>91.168621729574951</v>
       </c>
-      <c r="C38" s="11">
+      <c r="C38" s="14">
         <v>90.348546778990681</v>
       </c>
-      <c r="D38" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="11">
+      <c r="D38" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E38" s="14">
         <v>8.831378270425045</v>
       </c>
-      <c r="F38" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H38" s="11">
+      <c r="F38" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G38" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H38" s="9">
         <v>8.5635541379540552</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="11">
+      <c r="B39" s="9">
         <v>94.885003186972213</v>
       </c>
-      <c r="C39" s="11">
+      <c r="C39" s="14">
         <v>89.946145563182426</v>
       </c>
-      <c r="D39" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="11">
+      <c r="D39" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E39" s="14">
         <v>5.1149968130277879</v>
       </c>
-      <c r="F39" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H39" s="11">
+      <c r="F39" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G39" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H39" s="9">
         <v>4.9580874549760896</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="11">
+      <c r="B40" s="9">
         <v>93.158796579608932</v>
       </c>
-      <c r="C40" s="11">
+      <c r="C40" s="14">
         <v>76.186109653157047</v>
       </c>
-      <c r="D40" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="11">
+      <c r="D40" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E40" s="14">
         <v>6.8412034203910785</v>
       </c>
-      <c r="F40" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H40" s="11">
+      <c r="F40" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G40" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H40" s="9">
         <v>6.2959071043105261</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B41" s="2"/>
-[...5 lines deleted...]
-      <c r="H41" s="2"/>
+      <c r="B41" s="9"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="9"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="9"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-      <c r="H42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="9"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="9"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="11">
+      <c r="B43" s="9">
         <v>96.621183825633466</v>
       </c>
-      <c r="C43" s="11">
+      <c r="C43" s="14">
         <v>87.874302680991576</v>
       </c>
-      <c r="D43" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="11">
+      <c r="D43" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E43" s="14">
         <v>3.3788161743665377</v>
       </c>
-      <c r="F43" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H43" s="11">
+      <c r="F43" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G43" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H43" s="9">
         <v>3.3402377112105719</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="11">
+      <c r="B44" s="9">
         <v>94.977429249777785</v>
       </c>
-      <c r="C44" s="11">
+      <c r="C44" s="14">
         <v>90.774862668016269</v>
       </c>
-      <c r="D44" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="11">
+      <c r="D44" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E44" s="14">
         <v>5.0225707502222052</v>
       </c>
-      <c r="F44" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H44" s="11">
+      <c r="F44" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G44" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H44" s="9">
         <v>4.9222321039838386</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="11">
+      <c r="B45" s="9">
         <v>91.078156141807625</v>
       </c>
-      <c r="C45" s="11">
+      <c r="C45" s="14">
         <v>90.030389860577358</v>
       </c>
-      <c r="D45" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="11">
+      <c r="D45" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E45" s="14">
         <v>8.9218438581923909</v>
       </c>
-      <c r="F45" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H45" s="11">
+      <c r="F45" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G45" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H45" s="9">
         <v>8.4744361619613748</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="11">
+      <c r="B46" s="9">
         <v>70.360065920865907</v>
       </c>
-      <c r="C46" s="11">
+      <c r="C46" s="14">
         <v>60.980228823602708</v>
       </c>
-      <c r="D46" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="11">
+      <c r="D46" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E46" s="14">
         <v>29.639934079134111</v>
       </c>
-      <c r="F46" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H46" s="11">
+      <c r="F46" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G46" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H46" s="9">
         <v>28.021383002532069</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="17" t="s">
-[...8 lines deleted...]
-      <c r="E47" s="11">
+      <c r="B47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E47" s="14">
         <v>26.730114888020744</v>
       </c>
-      <c r="F47" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H47" s="11">
+      <c r="F47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H47" s="9">
         <v>26.149843966358372</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="11"/>
-[...5 lines deleted...]
-      <c r="H48" s="11"/>
+      <c r="B48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H48" s="14" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B49" s="2"/>
-[...5 lines deleted...]
-      <c r="H49" s="2"/>
+      <c r="B49" s="9"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="14"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="9"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="9"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...7 lines deleted...]
-      <c r="H50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="9"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="9"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="9"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="11">
+      <c r="B51" s="9">
         <v>94.483487708680329</v>
       </c>
-      <c r="C51" s="11">
+      <c r="C51" s="14">
         <v>90.973091343551772</v>
       </c>
-      <c r="D51" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="11">
+      <c r="D51" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E51" s="14">
         <v>5.51651229131968</v>
       </c>
-      <c r="F51" s="11">
+      <c r="F51" s="9">
         <v>0.10111023060489514</v>
       </c>
-      <c r="G51" s="11">
+      <c r="G51" s="14">
         <v>0.10368416649593057</v>
       </c>
-      <c r="H51" s="11">
+      <c r="H51" s="9">
         <v>5.3117178942188552</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="11">
+      <c r="B52" s="9">
         <v>89.523069217534385</v>
       </c>
-      <c r="C52" s="11">
+      <c r="C52" s="14">
         <v>77.150169567068033</v>
       </c>
-      <c r="D52" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="11">
+      <c r="D52" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E52" s="14">
         <v>10.476930782465633</v>
       </c>
-      <c r="F52" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H52" s="11">
+      <c r="F52" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G52" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H52" s="9">
         <v>10.118449082250663</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="17" t="s">
-[...17 lines deleted...]
-      <c r="H53" s="17" t="s">
+      <c r="B53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H53" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="17" t="s">
-[...8 lines deleted...]
-      <c r="E54" s="11">
+      <c r="B54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E54" s="14">
         <v>23.877443258603648</v>
       </c>
-      <c r="F54" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H54" s="11">
+      <c r="F54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H54" s="9">
         <v>23.338484460819174</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B55" s="2"/>
-[...5 lines deleted...]
-      <c r="H55" s="2"/>
+      <c r="B55" s="9"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="14"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="9"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="9"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="H56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="14"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="9"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="9"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>67</v>
       </c>
-      <c r="B57" s="17" t="s">
-[...8 lines deleted...]
-      <c r="E57" s="11">
+      <c r="B57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E57" s="14">
         <v>31.761677749481155</v>
       </c>
-      <c r="F57" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H57" s="11">
+      <c r="F57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H57" s="9">
         <v>30.974440824354172</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="B58" s="11">
+      <c r="B58" s="9">
         <v>92.193306615385879</v>
       </c>
-      <c r="C58" s="11">
+      <c r="C58" s="14">
         <v>88.301453172966816</v>
       </c>
-      <c r="D58" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="11">
+      <c r="D58" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E58" s="14">
         <v>7.8066933846141326</v>
       </c>
-      <c r="F58" s="11">
+      <c r="F58" s="9">
         <v>5.6881860062443161E-2</v>
       </c>
-      <c r="G58" s="11">
+      <c r="G58" s="14">
         <v>8.0486526136031328E-2</v>
       </c>
-      <c r="H58" s="11">
+      <c r="H58" s="9">
         <v>7.6693249984156582</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="11">
+      <c r="B59" s="9">
         <v>95.069994909099904</v>
       </c>
-      <c r="C59" s="11">
+      <c r="C59" s="14">
         <v>88.064282550180152</v>
       </c>
-      <c r="D59" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="11">
+      <c r="D59" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E59" s="14">
         <v>4.9300050909000994</v>
       </c>
-      <c r="F59" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H59" s="11">
+      <c r="F59" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G59" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H59" s="9">
         <v>4.5741516258314476</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
       <c r="H61" s="4"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A62" s="5" t="s">
-        <v>121</v>
+      <c r="A62" s="29" t="s">
+        <v>112</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
     </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A63" s="29" t="s">
+        <v>119</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="4"/>
+      <c r="F63" s="4"/>
+      <c r="G63" s="4"/>
+      <c r="H63" s="4"/>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-  <dimension ref="A1:G62"/>
+  <dimension ref="A1:G63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.140625" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="13.7109375" customWidth="1"/>
     <col min="6" max="6" width="16.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:6" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="2" spans="1:6" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B2" s="22"/>
+    <row r="2" spans="1:6" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>77</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>78</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>79</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>80</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F3" s="24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-        <v>118</v>
+      <c r="A4" s="23" t="s">
+        <v>110</v>
       </c>
       <c r="B4" s="9">
         <v>20.419999999999998</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="14">
         <v>70.78</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="14">
         <v>9.26</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="14">
         <v>39.020000000000003</v>
       </c>
       <c r="F4" s="9">
         <v>14.843824265206917</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="11">
+      <c r="B7" s="9">
         <v>13.98</v>
       </c>
-      <c r="C7" s="11">
+      <c r="C7" s="14">
         <v>75.819999999999993</v>
       </c>
-      <c r="D7" s="11">
+      <c r="D7" s="14">
         <v>11.300000000000002</v>
       </c>
-      <c r="E7" s="11">
+      <c r="E7" s="14">
         <v>44.84</v>
       </c>
-      <c r="F7" s="11">
+      <c r="F7" s="9">
         <v>17.711420296820403</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="11">
+      <c r="B8" s="9">
         <v>24.92</v>
       </c>
-      <c r="C8" s="11">
+      <c r="C8" s="14">
         <v>136.02000000000001</v>
       </c>
-      <c r="D8" s="11">
+      <c r="D8" s="14">
         <v>10</v>
       </c>
-      <c r="E8" s="11">
+      <c r="E8" s="14">
         <v>41.6</v>
       </c>
-      <c r="F8" s="11">
+      <c r="F8" s="9">
         <v>17.065299643175639</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="11">
+      <c r="B9" s="9">
         <v>20.62</v>
       </c>
-      <c r="C9" s="11">
+      <c r="C9" s="14">
         <v>60.34</v>
       </c>
-      <c r="D9" s="11">
+      <c r="D9" s="14">
         <v>10.220000000000001</v>
       </c>
-      <c r="E9" s="11">
+      <c r="E9" s="14">
         <v>34.880000000000003</v>
       </c>
-      <c r="F9" s="11">
+      <c r="F9" s="9">
         <v>9.6667187417814731</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="11">
+      <c r="B10" s="9">
         <v>17.04</v>
       </c>
-      <c r="C10" s="11">
+      <c r="C10" s="14">
         <v>67.540000000000006</v>
       </c>
-      <c r="D10" s="11">
+      <c r="D10" s="14">
         <v>11.600000000000001</v>
       </c>
-      <c r="E10" s="11">
+      <c r="E10" s="14">
         <v>37.6</v>
       </c>
-      <c r="F10" s="11">
+      <c r="F10" s="9">
         <v>8.6852759210500299</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="11">
+      <c r="B11" s="9">
         <v>25.240000000000002</v>
       </c>
-      <c r="C11" s="11">
+      <c r="C11" s="14">
         <v>148.36000000000001</v>
       </c>
-      <c r="D11" s="11">
+      <c r="D11" s="14">
         <v>11.959999999999999</v>
       </c>
-      <c r="E11" s="11">
+      <c r="E11" s="14">
         <v>30.94</v>
       </c>
-      <c r="F11" s="11">
+      <c r="F11" s="9">
         <v>17.720731886012164</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="11">
+      <c r="B12" s="9">
         <v>17.380000000000003</v>
       </c>
-      <c r="C12" s="11">
+      <c r="C12" s="14">
         <v>34.620000000000005</v>
       </c>
-      <c r="D12" s="11">
+      <c r="D12" s="14">
         <v>7.9600000000000009</v>
       </c>
-      <c r="E12" s="11">
+      <c r="E12" s="14">
         <v>33.78</v>
       </c>
-      <c r="F12" s="11">
+      <c r="F12" s="9">
         <v>13.09086451428383</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="11">
+      <c r="B13" s="9">
         <v>26.120000000000005</v>
       </c>
-      <c r="C13" s="11">
+      <c r="C13" s="14">
         <v>112.4</v>
       </c>
-      <c r="D13" s="11">
+      <c r="D13" s="14">
         <v>10.620000000000001</v>
       </c>
-      <c r="E13" s="11">
+      <c r="E13" s="14">
         <v>41.7</v>
       </c>
-      <c r="F13" s="11">
+      <c r="F13" s="9">
         <v>21.38959427857516</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="11">
+      <c r="B14" s="9">
         <v>18.939999999999998</v>
       </c>
-      <c r="C14" s="11">
+      <c r="C14" s="14">
         <v>65.34</v>
       </c>
-      <c r="D14" s="11">
+      <c r="D14" s="14">
         <v>11.379999999999999</v>
       </c>
-      <c r="E14" s="11">
+      <c r="E14" s="14">
         <v>40</v>
       </c>
-      <c r="F14" s="11">
+      <c r="F14" s="9">
         <v>10.714703555530814</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B15" s="2"/>
-[...3 lines deleted...]
-      <c r="F15" s="2"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="14"/>
+      <c r="F15" s="9"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-      <c r="F16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="9"/>
+      <c r="C16" s="14"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="14"/>
+      <c r="F16" s="9"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="11">
+      <c r="B17" s="9">
         <v>20.300000000000004</v>
       </c>
-      <c r="C17" s="11">
+      <c r="C17" s="14">
         <v>137</v>
       </c>
-      <c r="D17" s="11">
+      <c r="D17" s="14">
         <v>15.700000000000003</v>
       </c>
-      <c r="E17" s="11">
-[...2 lines deleted...]
-      <c r="F17" s="11">
+      <c r="E17" s="14">
         <v>14.580000000000002</v>
+      </c>
+      <c r="F17" s="9">
+        <v>20.93352454872452</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="11">
+      <c r="B18" s="9">
         <v>16.180000000000003</v>
       </c>
-      <c r="C18" s="11">
+      <c r="C18" s="14">
         <v>58.8</v>
       </c>
-      <c r="D18" s="11">
+      <c r="D18" s="14">
         <v>10.74</v>
       </c>
-      <c r="E18" s="11">
-[...2 lines deleted...]
-      <c r="F18" s="11">
+      <c r="E18" s="14">
         <v>9.48</v>
+      </c>
+      <c r="F18" s="9">
+        <v>17.495051128413639</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="11">
+      <c r="B19" s="9">
         <v>25.96</v>
       </c>
-      <c r="C19" s="11">
+      <c r="C19" s="14">
         <v>76.2</v>
       </c>
-      <c r="D19" s="11">
+      <c r="D19" s="14">
         <v>9.9200000000000017</v>
       </c>
-      <c r="E19" s="11">
-[...2 lines deleted...]
-      <c r="F19" s="11">
+      <c r="E19" s="14">
         <v>8.6399999999999988</v>
+      </c>
+      <c r="F19" s="9">
+        <v>15.936793488792716</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="11">
+      <c r="B20" s="9">
         <v>18.72</v>
       </c>
-      <c r="C20" s="11">
+      <c r="C20" s="14">
         <v>70.140000000000015</v>
       </c>
-      <c r="D20" s="11">
+      <c r="D20" s="14">
         <v>10.020000000000001</v>
       </c>
-      <c r="E20" s="11">
-[...2 lines deleted...]
-      <c r="F20" s="11">
+      <c r="E20" s="14">
         <v>9.06</v>
+      </c>
+      <c r="F20" s="9">
+        <v>12.811101686339162</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="11">
+      <c r="B21" s="9">
         <v>20.9</v>
       </c>
-      <c r="C21" s="11">
+      <c r="C21" s="14">
         <v>59.36</v>
       </c>
-      <c r="D21" s="11">
+      <c r="D21" s="14">
         <v>8.240000000000002</v>
       </c>
-      <c r="E21" s="11">
-[...2 lines deleted...]
-      <c r="F21" s="11">
+      <c r="E21" s="14">
         <v>7.2200000000000015</v>
       </c>
+      <c r="F21" s="9">
+        <v>6.0777816022047864</v>
+      </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B22" s="2"/>
-[...3 lines deleted...]
-      <c r="F22" s="2"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="9"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-      <c r="F23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="9"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="9"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B24" s="11">
+        <v>89</v>
+      </c>
+      <c r="B24" s="9">
         <v>4.5199999999999996</v>
       </c>
-      <c r="C24" s="11">
+      <c r="C24" s="14">
         <v>21.18</v>
       </c>
-      <c r="D24" s="11">
+      <c r="D24" s="14">
         <v>7.5200000000000005</v>
       </c>
-      <c r="E24" s="11">
+      <c r="E24" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F24" s="9">
         <v>16.906906535007966</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B25" s="11">
+        <v>90</v>
+      </c>
+      <c r="B25" s="9">
         <v>28.4</v>
       </c>
-      <c r="C25" s="11">
+      <c r="C25" s="14">
         <v>152.70000000000002</v>
       </c>
-      <c r="D25" s="11">
+      <c r="D25" s="14">
         <v>11.14</v>
       </c>
-      <c r="E25" s="11">
+      <c r="E25" s="14">
+        <v>39.020000000000003</v>
+      </c>
+      <c r="F25" s="9">
         <v>13.859120498410531</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B26" s="11">
+        <v>88</v>
+      </c>
+      <c r="B26" s="9">
         <v>29.500000000000004</v>
       </c>
-      <c r="C26" s="11">
+      <c r="C26" s="14">
         <v>7.02</v>
       </c>
-      <c r="D26" s="11">
+      <c r="D26" s="14">
         <v>5</v>
       </c>
-      <c r="E26" s="11">
+      <c r="E26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F26" s="9">
         <v>4.7738020791920865</v>
       </c>
-      <c r="F26" s="21" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B27" s="2"/>
-[...3 lines deleted...]
-      <c r="F27" s="2"/>
+      <c r="B27" s="9"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="9"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-      <c r="F28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="14"/>
+      <c r="F28" s="9"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="11">
+      <c r="B29" s="9">
         <v>22.440000000000005</v>
       </c>
-      <c r="C29" s="11">
+      <c r="C29" s="14">
         <v>135.80000000000004</v>
       </c>
-      <c r="D29" s="11">
+      <c r="D29" s="14">
         <v>37.06</v>
       </c>
-      <c r="E29" s="11">
-[...2 lines deleted...]
-      <c r="F29" s="11">
+      <c r="E29" s="14">
         <v>28.76</v>
+      </c>
+      <c r="F29" s="9">
+        <v>11.339736924385758</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="11">
+      <c r="B30" s="9">
         <v>18.760000000000002</v>
       </c>
-      <c r="C30" s="11">
+      <c r="C30" s="14">
         <v>70.460000000000008</v>
       </c>
-      <c r="D30" s="11">
+      <c r="D30" s="14">
         <v>11.88</v>
       </c>
-      <c r="E30" s="11">
-[...2 lines deleted...]
-      <c r="F30" s="11">
+      <c r="E30" s="14">
         <v>41.94</v>
+      </c>
+      <c r="F30" s="9">
+        <v>18.715798534665225</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="11">
+      <c r="B31" s="9">
         <v>23.84</v>
       </c>
-      <c r="C31" s="11">
+      <c r="C31" s="14">
         <v>74.42</v>
       </c>
-      <c r="D31" s="11">
+      <c r="D31" s="14">
         <v>11.300000000000002</v>
       </c>
-      <c r="E31" s="11">
-[...2 lines deleted...]
-      <c r="F31" s="11">
+      <c r="E31" s="14">
         <v>38.18</v>
+      </c>
+      <c r="F31" s="9">
+        <v>10.555942560669321</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="11">
+      <c r="B32" s="9">
         <v>21.46</v>
       </c>
-      <c r="C32" s="11">
+      <c r="C32" s="14">
         <v>85.139999999999986</v>
       </c>
-      <c r="D32" s="11">
+      <c r="D32" s="14">
         <v>9.5399999999999991</v>
       </c>
-      <c r="E32" s="11">
-[...2 lines deleted...]
-      <c r="F32" s="11">
+      <c r="E32" s="14">
         <v>41.24</v>
+      </c>
+      <c r="F32" s="9">
+        <v>16.143922763657805</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="11">
+      <c r="B33" s="9">
         <v>15.980000000000002</v>
       </c>
-      <c r="C33" s="11">
+      <c r="C33" s="14">
         <v>54.32</v>
       </c>
-      <c r="D33" s="11">
+      <c r="D33" s="14">
         <v>7.5000000000000009</v>
       </c>
-      <c r="E33" s="11">
-[...2 lines deleted...]
-      <c r="F33" s="11">
+      <c r="E33" s="14">
         <v>35.28</v>
       </c>
+      <c r="F33" s="9">
+        <v>15.210567623622017</v>
+      </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B34" s="2"/>
-[...3 lines deleted...]
-      <c r="F34" s="2"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="9"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-      <c r="F35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="9"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="9"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="11">
+      <c r="B36" s="9">
         <v>46.46</v>
       </c>
-      <c r="C36" s="11">
+      <c r="C36" s="14">
         <v>63.960000000000015</v>
       </c>
-      <c r="D36" s="11">
+      <c r="D36" s="14">
         <v>11.76</v>
       </c>
-      <c r="E36" s="11">
-[...2 lines deleted...]
-      <c r="F36" s="11">
+      <c r="E36" s="14">
         <v>64.48</v>
+      </c>
+      <c r="F36" s="9">
+        <v>1.9474107733237478</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="11">
+      <c r="B37" s="9">
         <v>29.74</v>
       </c>
-      <c r="C37" s="11">
+      <c r="C37" s="14">
         <v>141.18</v>
       </c>
-      <c r="D37" s="11">
+      <c r="D37" s="14">
         <v>10.660000000000002</v>
       </c>
-      <c r="E37" s="11">
-[...2 lines deleted...]
-      <c r="F37" s="11">
+      <c r="E37" s="14">
         <v>46.06</v>
+      </c>
+      <c r="F37" s="9">
+        <v>9.4694878399962583</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="11">
+      <c r="B38" s="9">
         <v>17.080000000000002</v>
       </c>
-      <c r="C38" s="11">
+      <c r="C38" s="14">
         <v>62.820000000000007</v>
       </c>
-      <c r="D38" s="11">
+      <c r="D38" s="14">
         <v>10.06</v>
       </c>
-      <c r="E38" s="11">
-[...2 lines deleted...]
-      <c r="F38" s="11">
+      <c r="E38" s="14">
         <v>28.340000000000003</v>
+      </c>
+      <c r="F38" s="9">
+        <v>19.030822931268172</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="11">
+      <c r="B39" s="9">
         <v>10.14</v>
       </c>
-      <c r="C39" s="11">
+      <c r="C39" s="14">
         <v>63.500000000000014</v>
       </c>
-      <c r="D39" s="11">
+      <c r="D39" s="14">
         <v>9.1999999999999993</v>
       </c>
-      <c r="E39" s="11">
-[...2 lines deleted...]
-      <c r="F39" s="11">
+      <c r="E39" s="14">
         <v>33.660000000000004</v>
+      </c>
+      <c r="F39" s="9">
+        <v>19.26130658304886</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="11">
+      <c r="B40" s="9">
         <v>6.34</v>
       </c>
-      <c r="C40" s="11">
+      <c r="C40" s="14">
         <v>65.62</v>
       </c>
-      <c r="D40" s="11">
+      <c r="D40" s="14">
         <v>9.620000000000001</v>
       </c>
-      <c r="E40" s="11">
-[...2 lines deleted...]
-      <c r="F40" s="11">
+      <c r="E40" s="14">
         <v>20.34</v>
       </c>
+      <c r="F40" s="9">
+        <v>35.579333295290652</v>
+      </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B41" s="2"/>
-[...3 lines deleted...]
-      <c r="F41" s="2"/>
+      <c r="B41" s="9"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="9"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-      <c r="F42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="9"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="11">
+      <c r="B43" s="9">
+        <v>33.64</v>
+      </c>
+      <c r="C43" s="14">
+        <v>197.18</v>
+      </c>
+      <c r="D43" s="14">
+        <v>11.440000000000001</v>
+      </c>
+      <c r="E43" s="14">
+        <v>52.6</v>
+      </c>
+      <c r="F43" s="9">
         <v>14.489847091776067</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="11">
+      <c r="B44" s="9">
+        <v>25.64</v>
+      </c>
+      <c r="C44" s="14">
+        <v>126.54</v>
+      </c>
+      <c r="D44" s="14">
+        <v>10.900000000000002</v>
+      </c>
+      <c r="E44" s="14">
+        <v>41.16</v>
+      </c>
+      <c r="F44" s="9">
         <v>10.35520162386322</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="11">
+      <c r="B45" s="9">
+        <v>14.56</v>
+      </c>
+      <c r="C45" s="14">
+        <v>59.58</v>
+      </c>
+      <c r="D45" s="14">
+        <v>10.020000000000001</v>
+      </c>
+      <c r="E45" s="14">
+        <v>27.96</v>
+      </c>
+      <c r="F45" s="9">
         <v>11.897641345501096</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="11">
+      <c r="B46" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="C46" s="14">
+        <v>26.94</v>
+      </c>
+      <c r="D46" s="14">
+        <v>7.22</v>
+      </c>
+      <c r="E46" s="14">
+        <v>10.24</v>
+      </c>
+      <c r="F46" s="9">
         <v>18.79715981190472</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="11">
+      <c r="B47" s="9">
+        <v>2.96</v>
+      </c>
+      <c r="C47" s="14">
+        <v>22.320000000000004</v>
+      </c>
+      <c r="D47" s="14">
+        <v>10</v>
+      </c>
+      <c r="E47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F47" s="9">
         <v>23.775054905037159</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="11">
+      <c r="B48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" s="9">
         <v>24.509803921568626</v>
       </c>
-      <c r="C48" s="21" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B49" s="2"/>
-[...3 lines deleted...]
-      <c r="F49" s="2"/>
+      <c r="B49" s="9"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="14"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="9"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-      <c r="F50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="9"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="9"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="11">
+      <c r="B51" s="9">
         <v>22.7</v>
       </c>
-      <c r="C51" s="11">
+      <c r="C51" s="14">
         <v>74.400000000000006</v>
       </c>
-      <c r="D51" s="11">
+      <c r="D51" s="14">
+        <v>10.520000000000001</v>
+      </c>
+      <c r="E51" s="14">
+        <v>39.820000000000007</v>
+      </c>
+      <c r="F51" s="9">
         <v>14.509321583344189</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="11">
+      <c r="B52" s="9">
         <v>17.66</v>
       </c>
-      <c r="C52" s="11">
+      <c r="C52" s="14">
         <v>79.98</v>
       </c>
-      <c r="D52" s="11">
+      <c r="D52" s="14">
+        <v>10.100000000000001</v>
+      </c>
+      <c r="E52" s="14">
+        <v>41.040000000000006</v>
+      </c>
+      <c r="F52" s="9">
         <v>11.318401330572772</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="11">
+      <c r="B53" s="9">
         <v>17.8</v>
       </c>
-      <c r="C53" s="11">
+      <c r="C53" s="14">
         <v>53.72</v>
       </c>
-      <c r="D53" s="11">
+      <c r="D53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F53" s="9">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="11">
+      <c r="B54" s="9">
         <v>3.2</v>
       </c>
-      <c r="C54" s="11">
+      <c r="C54" s="14">
         <v>30.7</v>
       </c>
-      <c r="D54" s="11">
+      <c r="D54" s="14">
+        <v>8.84</v>
+      </c>
+      <c r="E54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F54" s="9">
         <v>24.372134742819746</v>
       </c>
-      <c r="E54" s="21" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B55" s="2"/>
-[...3 lines deleted...]
-      <c r="F55" s="2"/>
+      <c r="B55" s="9"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="14"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="9"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-      <c r="F56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="14"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="9"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>67</v>
       </c>
-      <c r="B57" s="11">
+      <c r="B57" s="9">
         <v>20.54</v>
       </c>
-      <c r="C57" s="11">
+      <c r="C57" s="14">
         <v>25.379999999999995</v>
       </c>
-      <c r="D57" s="11">
+      <c r="D57" s="14">
         <v>11.500000000000002</v>
       </c>
-      <c r="E57" s="21" t="s">
-[...2 lines deleted...]
-      <c r="F57" s="21" t="s">
+      <c r="E57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F57" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="B58" s="11">
+      <c r="B58" s="9">
         <v>18.12</v>
       </c>
-      <c r="C58" s="11">
+      <c r="C58" s="14">
         <v>63.18</v>
       </c>
-      <c r="D58" s="11">
+      <c r="D58" s="14">
         <v>10.06</v>
       </c>
-      <c r="E58" s="21" t="s">
-[...3 lines deleted...]
-        <v>57</v>
+      <c r="E58" s="14">
+        <v>37.380000000000003</v>
+      </c>
+      <c r="F58" s="9">
+        <v>37.380000000000003</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="11">
+      <c r="B59" s="9">
         <v>21.680000000000003</v>
       </c>
-      <c r="C59" s="11">
+      <c r="C59" s="14">
         <v>116.10000000000001</v>
       </c>
-      <c r="D59" s="11">
+      <c r="D59" s="14">
         <v>10.96</v>
       </c>
-      <c r="E59" s="21" t="s">
-[...3 lines deleted...]
-        <v>57</v>
+      <c r="E59" s="14">
+        <v>41</v>
+      </c>
+      <c r="F59" s="9">
+        <v>41</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A62" s="5" t="s">
-        <v>121</v>
+      <c r="A62" s="29" t="s">
+        <v>112</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="29" t="s">
+        <v>119</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="4"/>
+      <c r="F63" s="4"/>
+      <c r="G63" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33" customWidth="1"/>
     <col min="2" max="3" width="14.7109375" customWidth="1"/>
     <col min="4" max="4" width="13.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:4" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="2" spans="1:4" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B2" s="22"/>
+    <row r="2" spans="1:4" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>82</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>83</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-        <v>118</v>
+      <c r="A4" s="23" t="s">
+        <v>110</v>
       </c>
       <c r="B4" s="12">
         <v>96958.8</v>
       </c>
       <c r="C4" s="12">
         <v>126168.35303761922</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="11">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="2"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="13">
+      <c r="B7" s="12">
         <v>134860</v>
       </c>
-      <c r="C7" s="13">
+      <c r="C7" s="12">
         <v>172268.66577198726</v>
       </c>
       <c r="D7" s="11">
         <v>20.638601585419565</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="13">
+      <c r="B8" s="12">
         <v>101513.40000000001</v>
       </c>
-      <c r="C8" s="13">
+      <c r="C8" s="12">
         <v>138308.07200555952</v>
       </c>
       <c r="D8" s="11">
         <v>12.102516520075648</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="13">
+      <c r="B9" s="12">
         <v>93834.200000000012</v>
       </c>
-      <c r="C9" s="13">
+      <c r="C9" s="12">
         <v>123379.68581284775</v>
       </c>
       <c r="D9" s="11">
         <v>11.127916819550311</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="13">
+      <c r="B10" s="12">
         <v>81624.600000000006</v>
       </c>
-      <c r="C10" s="13">
+      <c r="C10" s="12">
         <v>106676.61573130974</v>
       </c>
       <c r="D10" s="11">
         <v>11.179401705716185</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="13">
+      <c r="B11" s="12">
         <v>118000</v>
       </c>
-      <c r="C11" s="13">
+      <c r="C11" s="12">
         <v>135022.37854340495</v>
       </c>
       <c r="D11" s="11">
         <v>13.134272593065459</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="13">
+      <c r="B12" s="12">
         <v>71883.400000000009</v>
       </c>
-      <c r="C12" s="13">
+      <c r="C12" s="12">
         <v>96662.958910417743</v>
       </c>
       <c r="D12" s="11">
         <v>9.012742638332913</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="13">
+      <c r="B13" s="12">
         <v>88535.6</v>
       </c>
-      <c r="C13" s="13">
+      <c r="C13" s="12">
         <v>111755.48724907318</v>
       </c>
       <c r="D13" s="11">
         <v>10.837569741482717</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="13">
+      <c r="B14" s="12">
         <v>87400</v>
       </c>
-      <c r="C14" s="13">
+      <c r="C14" s="12">
         <v>116406.22039213264</v>
       </c>
       <c r="D14" s="11">
         <v>11.966978396357206</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B15" s="6"/>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="11"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="11"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="13">
+      <c r="B17" s="12">
         <v>69516.2</v>
       </c>
-      <c r="C17" s="13">
+      <c r="C17" s="12">
         <v>84396.57052287698</v>
       </c>
       <c r="D17" s="11">
         <v>10.616601372590601</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="13">
+      <c r="B18" s="12">
         <v>105832.20000000001</v>
       </c>
-      <c r="C18" s="13">
+      <c r="C18" s="12">
         <v>138848.71882230407</v>
       </c>
       <c r="D18" s="11">
         <v>33.148777267010374</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="13">
+      <c r="B19" s="12">
         <v>106929.1</v>
       </c>
-      <c r="C19" s="13">
+      <c r="C19" s="12">
         <v>136151.28249232899</v>
       </c>
       <c r="D19" s="11">
         <v>22.367956660588103</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="13">
+      <c r="B20" s="12">
         <v>109399.8</v>
       </c>
-      <c r="C20" s="13">
+      <c r="C20" s="12">
         <v>146981.75524607988</v>
       </c>
       <c r="D20" s="11">
         <v>23.403651117433284</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="13">
+      <c r="B21" s="12">
         <v>84971.400000000009</v>
       </c>
-      <c r="C21" s="13">
+      <c r="C21" s="12">
         <v>100085.12973987774</v>
       </c>
       <c r="D21" s="11">
         <v>10.463013582377652</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B22" s="6"/>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="11"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="11"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B24" s="13">
+        <v>89</v>
+      </c>
+      <c r="B24" s="12">
         <v>114009.60000000001</v>
       </c>
-      <c r="C24" s="13">
+      <c r="C24" s="12">
         <v>148421.83173662162</v>
       </c>
       <c r="D24" s="11">
         <v>76.854983132194505</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B25" s="13">
+        <v>90</v>
+      </c>
+      <c r="B25" s="12">
         <v>89442</v>
       </c>
-      <c r="C25" s="13">
+      <c r="C25" s="12">
         <v>112758.62257106754</v>
       </c>
       <c r="D25" s="11">
         <v>21.81651120048322</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B26" s="13">
+        <v>88</v>
+      </c>
+      <c r="B26" s="12">
         <v>5500.2000000000007</v>
       </c>
-      <c r="C26" s="13">
+      <c r="C26" s="12">
         <v>16343.881084550801</v>
       </c>
       <c r="D26" s="11">
         <v>1.3285056673222775</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B27" s="6"/>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="11"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="11"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="13">
+      <c r="B29" s="12">
         <v>62374.200000000004</v>
       </c>
-      <c r="C29" s="13">
+      <c r="C29" s="12">
         <v>75251.629582389724</v>
       </c>
       <c r="D29" s="11">
         <v>11.981762418232055</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="13">
+      <c r="B30" s="12">
         <v>86043.200000000012</v>
       </c>
-      <c r="C30" s="13">
+      <c r="C30" s="12">
         <v>100747.79157124666</v>
       </c>
       <c r="D30" s="11">
         <v>15.945360603754384</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="13">
+      <c r="B31" s="12">
         <v>88461.6</v>
       </c>
-      <c r="C31" s="13">
+      <c r="C31" s="12">
         <v>121528.03696698524</v>
       </c>
       <c r="D31" s="11">
         <v>19.249466794304784</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="13">
+      <c r="B32" s="12">
         <v>113215.8</v>
       </c>
-      <c r="C32" s="13">
+      <c r="C32" s="12">
         <v>134133.58908111404</v>
       </c>
       <c r="D32" s="11">
         <v>21.32004581584447</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="13">
+      <c r="B33" s="12">
         <v>147105.60000000001</v>
       </c>
-      <c r="C33" s="13">
+      <c r="C33" s="12">
         <v>199661.75762369868</v>
       </c>
       <c r="D33" s="11">
         <v>31.503364367864311</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B34" s="6"/>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="11"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="11"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="13">
+      <c r="B36" s="12">
         <v>16712</v>
       </c>
-      <c r="C36" s="13">
+      <c r="C36" s="12">
         <v>17481.467684788608</v>
       </c>
       <c r="D36" s="11">
         <v>2.7829114076525898</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="13">
+      <c r="B37" s="12">
         <v>63134.600000000006</v>
       </c>
-      <c r="C37" s="13">
+      <c r="C37" s="12">
         <v>62976.192228710686</v>
       </c>
       <c r="D37" s="11">
         <v>9.9592237667967822</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="13">
+      <c r="B38" s="12">
         <v>97052.400000000009</v>
       </c>
-      <c r="C38" s="13">
+      <c r="C38" s="12">
         <v>98233.19766641449</v>
       </c>
       <c r="D38" s="11">
         <v>15.642938593917846</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="13">
+      <c r="B39" s="12">
         <v>141979.20000000001</v>
       </c>
-      <c r="C39" s="13">
+      <c r="C39" s="12">
         <v>143853.18561131274</v>
       </c>
       <c r="D39" s="11">
         <v>22.727335303873843</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="13">
+      <c r="B40" s="12">
         <v>245321.2</v>
       </c>
-      <c r="C40" s="13">
+      <c r="C40" s="12">
         <v>309381.12025514146</v>
       </c>
       <c r="D40" s="11">
         <v>48.887590927758936</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B41" s="6"/>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="11"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      <c r="D42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="11"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="13">
+      <c r="B43" s="12">
         <v>71468.400000000009</v>
       </c>
-      <c r="C43" s="13">
+      <c r="C43" s="12">
         <v>84258.933439953107</v>
       </c>
       <c r="D43" s="11">
         <v>7.1318206452078048</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="13">
+      <c r="B44" s="12">
         <v>83814.400000000009</v>
       </c>
-      <c r="C44" s="13">
+      <c r="C44" s="12">
         <v>105948.02146614582</v>
       </c>
       <c r="D44" s="11">
         <v>20.40729078824711</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="13">
+      <c r="B45" s="12">
         <v>105885.6</v>
       </c>
-      <c r="C45" s="13">
+      <c r="C45" s="12">
         <v>132815.67072522754</v>
       </c>
       <c r="D45" s="11">
         <v>21.54851079676542</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="13">
+      <c r="B46" s="12">
         <v>128733</v>
       </c>
-      <c r="C46" s="13">
+      <c r="C46" s="12">
         <v>172152.96656724173</v>
       </c>
       <c r="D46" s="11">
         <v>28.066562337664877</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="13">
+      <c r="B47" s="12">
         <v>100765.24</v>
       </c>
-      <c r="C47" s="13">
+      <c r="C47" s="12">
         <v>132428.28402989166</v>
       </c>
       <c r="D47" s="11">
         <v>16.61156862010921</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="13">
+      <c r="B48" s="12">
         <v>82460.200000000012</v>
       </c>
-      <c r="C48" s="13">
+      <c r="C48" s="12">
         <v>96440.249936060049</v>
       </c>
       <c r="D48" s="11">
         <v>6.234246812005579</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B49" s="6"/>
-[...1 lines deleted...]
-      <c r="D49" s="2"/>
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="11"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="11"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="13">
+      <c r="B51" s="12">
         <v>97275.400000000009</v>
       </c>
-      <c r="C51" s="13">
+      <c r="C51" s="12">
         <v>123499.76633137975</v>
       </c>
       <c r="D51" s="11">
         <v>54.50302239689352</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="13">
+      <c r="B52" s="12">
         <v>130178.40000000001</v>
       </c>
-      <c r="C52" s="13">
+      <c r="C52" s="12">
         <v>182055.71011572066</v>
       </c>
       <c r="D52" s="11">
         <v>17.938575149331832</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="13">
+      <c r="B53" s="12">
         <v>39915.600000000006</v>
       </c>
-      <c r="C53" s="13">
+      <c r="C53" s="12">
         <v>56665.830020741341</v>
       </c>
       <c r="D53" s="11">
         <v>1.8332084390701251</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="13">
+      <c r="B54" s="12">
         <v>94570</v>
       </c>
-      <c r="C54" s="13">
+      <c r="C54" s="12">
         <v>116724.37981596711</v>
       </c>
       <c r="D54" s="11">
         <v>25.725194014704527</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B55" s="6"/>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="11"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="11"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="B57" s="13">
+      <c r="B57" s="12">
         <v>42835.200000000004</v>
       </c>
-      <c r="C57" s="13">
+      <c r="C57" s="12">
         <v>49675.565607991914</v>
       </c>
       <c r="D57" s="11">
         <v>3.1580727799673944</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="B58" s="13">
+      <c r="B58" s="12">
         <v>93238.400000000009</v>
       </c>
-      <c r="C58" s="13">
+      <c r="C58" s="12">
         <v>107027.17212567409</v>
       </c>
       <c r="D58" s="11">
         <v>54.703860292918606</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="13">
+      <c r="B59" s="12">
         <v>134489.80000000002</v>
       </c>
-      <c r="C59" s="13">
+      <c r="C59" s="12">
         <v>193376.48240682125</v>
       </c>
       <c r="D59" s="11">
         <v>42.138066927114011</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="4"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.5703125" customWidth="1"/>
     <col min="2" max="4" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:4" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="2" spans="1:4" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B2" s="22"/>
+    <row r="2" spans="1:4" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>82</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>83</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-        <v>118</v>
+      <c r="A4" s="23" t="s">
+        <v>110</v>
       </c>
       <c r="B4" s="12">
         <v>20976.400000000001</v>
       </c>
       <c r="C4" s="12">
         <v>23611.981855037026</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="11">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="2"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="13">
+      <c r="B7" s="12">
         <v>23343.4</v>
       </c>
-      <c r="C7" s="13">
+      <c r="C7" s="12">
         <v>27635.189939856584</v>
       </c>
       <c r="D7" s="11">
         <v>17.691163597206959</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="13">
+      <c r="B8" s="12">
         <v>23076.2</v>
       </c>
-      <c r="C8" s="13">
+      <c r="C8" s="12">
         <v>24269.195020002939</v>
       </c>
       <c r="D8" s="11">
         <v>11.347492886008849</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="13">
+      <c r="B9" s="12">
         <v>19449.2</v>
       </c>
-      <c r="C9" s="13">
+      <c r="C9" s="12">
         <v>22487.099277698013</v>
       </c>
       <c r="D9" s="11">
         <v>10.837192862127164</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="13">
+      <c r="B10" s="12">
         <v>17097.2</v>
       </c>
-      <c r="C10" s="13">
+      <c r="C10" s="12">
         <v>20256.95489139577</v>
       </c>
       <c r="D10" s="11">
         <v>11.343301948226623</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="13">
+      <c r="B11" s="12">
         <v>19781.800000000003</v>
       </c>
-      <c r="C11" s="13">
+      <c r="C11" s="12">
         <v>22162.463686858962</v>
       </c>
       <c r="D11" s="11">
         <v>11.519557503463297</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="13">
+      <c r="B12" s="12">
         <v>21584.400000000001</v>
       </c>
-      <c r="C12" s="13">
+      <c r="C12" s="12">
         <v>23544.890653174454</v>
       </c>
       <c r="D12" s="11">
         <v>11.730575412484878</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="13">
+      <c r="B13" s="12">
         <v>20931.2</v>
       </c>
-      <c r="C13" s="13">
+      <c r="C13" s="12">
         <v>23175.403144071453</v>
       </c>
       <c r="D13" s="11">
         <v>12.00949939845389</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="13">
+      <c r="B14" s="12">
         <v>22061</v>
       </c>
-      <c r="C14" s="13">
+      <c r="C14" s="12">
         <v>24615.331341399578</v>
       </c>
       <c r="D14" s="11">
         <v>13.52121639202835</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B15" s="6"/>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="11"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="11"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="13">
+      <c r="B17" s="12">
         <v>7230.4000000000005</v>
       </c>
-      <c r="C17" s="13">
+      <c r="C17" s="12">
         <v>10116.903658041465</v>
       </c>
       <c r="D17" s="11">
         <v>6.8002341095318402</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="13">
+      <c r="B18" s="12">
         <v>15708</v>
       </c>
-      <c r="C18" s="13">
+      <c r="C18" s="12">
         <v>20811.272821472201</v>
       </c>
       <c r="D18" s="11">
         <v>26.548705216386072</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="13">
+      <c r="B19" s="12">
         <v>25620</v>
       </c>
-      <c r="C19" s="13">
+      <c r="C19" s="12">
         <v>27118.158572152752</v>
       </c>
       <c r="D19" s="11">
         <v>23.80505770181227</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="13">
+      <c r="B20" s="12">
         <v>29969.600000000002</v>
       </c>
-      <c r="C20" s="13">
+      <c r="C20" s="12">
         <v>31702.401709971986</v>
       </c>
       <c r="D20" s="11">
         <v>26.973498218472169</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="13">
+      <c r="B21" s="12">
         <v>26383.4</v>
       </c>
-      <c r="C21" s="13">
+      <c r="C21" s="12">
         <v>28413.282188368474</v>
       </c>
       <c r="D21" s="11">
         <v>15.872504753797664</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B22" s="6"/>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="11"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="11"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B24" s="13">
+        <v>89</v>
+      </c>
+      <c r="B24" s="12">
         <v>18835.2</v>
       </c>
-      <c r="C24" s="13">
+      <c r="C24" s="12">
         <v>22035.3336574762</v>
       </c>
       <c r="D24" s="11">
         <v>60.969437295881463</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B25" s="13">
+        <v>90</v>
+      </c>
+      <c r="B25" s="12">
         <v>26318.800000000003</v>
       </c>
-      <c r="C25" s="13">
+      <c r="C25" s="12">
         <v>29978.501804878062</v>
       </c>
       <c r="D25" s="11">
         <v>30.992595140554826</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B26" s="13">
+        <v>88</v>
+      </c>
+      <c r="B26" s="12">
         <v>14152.2</v>
       </c>
-      <c r="C26" s="13">
+      <c r="C26" s="12">
         <v>18502.859158498344</v>
       </c>
       <c r="D26" s="11">
         <v>8.0379675635637131</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B27" s="6"/>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="11"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="11"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="13">
+      <c r="B29" s="12">
         <v>6780.4000000000005</v>
       </c>
-      <c r="C29" s="13">
+      <c r="C29" s="12">
         <v>6800.2788124005738</v>
       </c>
       <c r="D29" s="11">
         <v>5.7852391759114212</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="13">
+      <c r="B30" s="12">
         <v>13846</v>
       </c>
-      <c r="C30" s="13">
+      <c r="C30" s="12">
         <v>13731.069785875205</v>
       </c>
       <c r="D30" s="11">
         <v>11.611380338342409</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="13">
+      <c r="B31" s="12">
         <v>20992.800000000003</v>
       </c>
-      <c r="C31" s="13">
+      <c r="C31" s="12">
         <v>20978.84670016469</v>
       </c>
       <c r="D31" s="11">
         <v>17.757341631814064</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="13">
+      <c r="B32" s="12">
         <v>29063.800000000003</v>
       </c>
-      <c r="C32" s="13">
+      <c r="C32" s="12">
         <v>29323.005654316734</v>
       </c>
       <c r="D32" s="11">
         <v>24.902520234490147</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="13">
+      <c r="B33" s="12">
         <v>43142.400000000001</v>
       </c>
-      <c r="C33" s="13">
+      <c r="C33" s="12">
         <v>47376.549852405878</v>
       </c>
       <c r="D33" s="11">
         <v>39.94351861944196</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B34" s="6"/>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="11"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="11"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="13">
+      <c r="B36" s="12">
         <v>15099.2</v>
       </c>
-      <c r="C36" s="13">
+      <c r="C36" s="12">
         <v>16812.91504305221</v>
       </c>
       <c r="D36" s="11">
         <v>14.302007773126105</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="13">
+      <c r="B37" s="12">
         <v>16681.400000000001</v>
       </c>
-      <c r="C37" s="13">
+      <c r="C37" s="12">
         <v>19397.961965963881</v>
       </c>
       <c r="D37" s="11">
         <v>16.392550362965366</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="13">
+      <c r="B38" s="12">
         <v>21130</v>
       </c>
-      <c r="C38" s="13">
+      <c r="C38" s="12">
         <v>21998.662174829482</v>
       </c>
       <c r="D38" s="11">
         <v>18.717757596632804</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="13">
+      <c r="B39" s="12">
         <v>25937.4</v>
       </c>
-      <c r="C39" s="13">
+      <c r="C39" s="12">
         <v>26325.537936933852</v>
       </c>
       <c r="D39" s="11">
         <v>22.225184829180179</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="13">
+      <c r="B40" s="12">
         <v>30846.600000000002</v>
       </c>
-      <c r="C40" s="13">
+      <c r="C40" s="12">
         <v>33590.016311170912</v>
       </c>
       <c r="D40" s="11">
         <v>28.362499438095554</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B41" s="6"/>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="11"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      <c r="D42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="11"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="13">
+      <c r="B43" s="12">
         <v>23176.2</v>
       </c>
-      <c r="C43" s="13">
+      <c r="C43" s="12">
         <v>23805.331785697192</v>
       </c>
       <c r="D43" s="11">
         <v>10.765351478485588</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="13">
+      <c r="B44" s="12">
         <v>24649.4</v>
       </c>
-      <c r="C44" s="13">
+      <c r="C44" s="12">
         <v>26110.329376441405</v>
       </c>
       <c r="D44" s="11">
         <v>26.873308968473488</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="13">
+      <c r="B45" s="12">
         <v>27164.800000000003</v>
       </c>
-      <c r="C45" s="13">
+      <c r="C45" s="12">
         <v>29248.618280703347</v>
       </c>
       <c r="D45" s="11">
         <v>25.356946814033691</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="13">
+      <c r="B46" s="12">
         <v>23524.400000000001</v>
       </c>
-      <c r="C46" s="13">
+      <c r="C46" s="12">
         <v>27143.704784532591</v>
       </c>
       <c r="D46" s="11">
         <v>23.645780881806665</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="13">
+      <c r="B47" s="12">
         <v>11453.400000000001</v>
       </c>
-      <c r="C47" s="13">
+      <c r="C47" s="12">
         <v>14220.776040893314</v>
       </c>
       <c r="D47" s="11">
         <v>9.5310241655480787</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="13">
+      <c r="B48" s="12">
         <v>9501.4</v>
       </c>
-      <c r="C48" s="13">
+      <c r="C48" s="12">
         <v>11081.040506485726</v>
       </c>
       <c r="D48" s="11">
         <v>3.8275876916524987</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B49" s="6"/>
-[...1 lines deleted...]
-      <c r="D49" s="2"/>
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="11"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="11"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="13">
+      <c r="B51" s="12">
         <v>25359.600000000002</v>
       </c>
-      <c r="C51" s="13">
+      <c r="C51" s="12">
         <v>27733.769704357892</v>
       </c>
       <c r="D51" s="11">
         <v>65.401576332109741</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="13">
+      <c r="B52" s="12">
         <v>29321.200000000001</v>
       </c>
-      <c r="C52" s="13">
+      <c r="C52" s="12">
         <v>32017.589916263372</v>
       </c>
       <c r="D52" s="11">
         <v>16.856530333028296</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="13">
+      <c r="B53" s="12">
         <v>6587.8</v>
       </c>
-      <c r="C53" s="13">
+      <c r="C53" s="12">
         <v>9520.0939221570425</v>
       </c>
       <c r="D53" s="11">
         <v>1.6458005162199989</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="13">
+      <c r="B54" s="12">
         <v>11059.400000000001</v>
       </c>
-      <c r="C54" s="13">
+      <c r="C54" s="12">
         <v>13668.251545330102</v>
       </c>
       <c r="D54" s="11">
         <v>16.096092818641967</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B55" s="6"/>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="11"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="11"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="B57" s="13">
+      <c r="B57" s="12">
         <v>8466.2000000000007</v>
       </c>
-      <c r="C57" s="13">
+      <c r="C57" s="12">
         <v>12352.960512487793</v>
       </c>
       <c r="D57" s="11">
         <v>4.1960118208343227</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="B58" s="13">
+      <c r="B58" s="12">
         <v>20011</v>
       </c>
-      <c r="C58" s="13">
+      <c r="C58" s="12">
         <v>22156.815395784201</v>
       </c>
       <c r="D58" s="11">
         <v>60.51290870805348</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="13">
+      <c r="B59" s="12">
         <v>27068.800000000003</v>
       </c>
-      <c r="C59" s="13">
+      <c r="C59" s="12">
         <v>30309.539874653507</v>
       </c>
       <c r="D59" s="11">
         <v>35.291079471112205</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="4"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33.140625" customWidth="1"/>
     <col min="2" max="3" width="15.5703125" customWidth="1"/>
     <col min="4" max="4" width="20.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:4" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2" spans="1:4" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
+    <row r="2" spans="1:4" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="B2" s="22"/>
+      <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>82</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>83</v>
       </c>
-      <c r="D3" s="28" t="s">
-        <v>124</v>
+      <c r="D3" s="24" t="s">
+        <v>115</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-        <v>118</v>
+      <c r="A4" s="23" t="s">
+        <v>110</v>
       </c>
       <c r="B4" s="12">
         <v>4800</v>
       </c>
       <c r="C4" s="12">
         <v>5190.5330979563414</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="11">
         <v>23.819999999999997</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="2"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="13">
+      <c r="B7" s="12">
         <v>4800</v>
       </c>
-      <c r="C7" s="13">
+      <c r="C7" s="12">
         <v>5118.6428395038356</v>
       </c>
       <c r="D7" s="11">
         <v>20.74</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="13">
+      <c r="B8" s="12">
         <v>4800</v>
       </c>
-      <c r="C8" s="13">
+      <c r="C8" s="12">
         <v>4914.7931424267617</v>
       </c>
       <c r="D8" s="11">
         <v>21.14</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="13">
+      <c r="B9" s="12">
         <v>5160</v>
       </c>
-      <c r="C9" s="13">
+      <c r="C9" s="12">
         <v>5768.301456062909</v>
       </c>
       <c r="D9" s="11">
         <v>27.540000000000003</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="13">
+      <c r="B10" s="12">
         <v>4200</v>
       </c>
-      <c r="C10" s="13">
+      <c r="C10" s="12">
         <v>4751.5940231009145</v>
       </c>
       <c r="D10" s="11">
         <v>25.56</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="13">
+      <c r="B11" s="12">
         <v>5400</v>
       </c>
-      <c r="C11" s="13">
+      <c r="C11" s="12">
         <v>5813.7273394032718</v>
       </c>
       <c r="D11" s="11">
         <v>27.040000000000003</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="13">
+      <c r="B12" s="12">
         <v>4800</v>
       </c>
-      <c r="C12" s="13">
+      <c r="C12" s="12">
         <v>4922.5840967094136</v>
       </c>
       <c r="D12" s="11">
         <v>22.46</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="13">
+      <c r="B13" s="12">
         <v>4944</v>
       </c>
-      <c r="C13" s="13">
+      <c r="C13" s="12">
         <v>5306.5702828723488</v>
       </c>
       <c r="D13" s="11">
         <v>23.659999999999997</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="13">
+      <c r="B14" s="12">
         <v>4800</v>
       </c>
-      <c r="C14" s="13">
+      <c r="C14" s="12">
         <v>4993.4361350647541</v>
       </c>
       <c r="D14" s="11">
         <v>22.080000000000002</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B15" s="6"/>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="11"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="11"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="13">
+      <c r="B17" s="12">
         <v>2400</v>
       </c>
-      <c r="C17" s="13">
+      <c r="C17" s="12">
         <v>2720.267313327271</v>
       </c>
       <c r="D17" s="11">
         <v>32.220000000000006</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="13">
+      <c r="B18" s="12">
         <v>4471.2</v>
       </c>
-      <c r="C18" s="13">
+      <c r="C18" s="12">
         <v>4581.5592408905395</v>
       </c>
       <c r="D18" s="11">
         <v>25.58</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="13">
+      <c r="B19" s="12">
         <v>5520</v>
       </c>
-      <c r="C19" s="13">
+      <c r="C19" s="12">
         <v>5693.4887666659552</v>
       </c>
       <c r="D19" s="11">
         <v>21.16</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="13">
+      <c r="B20" s="12">
         <v>6000</v>
       </c>
-      <c r="C20" s="13">
+      <c r="C20" s="12">
         <v>6552.9839363375249</v>
       </c>
       <c r="D20" s="11">
         <v>21.02</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="13">
+      <c r="B21" s="12">
         <v>6360</v>
       </c>
-      <c r="C21" s="13">
+      <c r="C21" s="12">
         <v>6687.992024199044</v>
       </c>
       <c r="D21" s="11">
         <v>24.16</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B22" s="6"/>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="11"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="11"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B24" s="13">
+        <v>89</v>
+      </c>
+      <c r="B24" s="12">
         <v>4800</v>
       </c>
-      <c r="C24" s="13">
+      <c r="C24" s="12">
         <v>5140.723357041712</v>
       </c>
       <c r="D24" s="11">
         <v>25.040000000000003</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B25" s="13">
+        <v>90</v>
+      </c>
+      <c r="B25" s="12">
         <v>5400</v>
       </c>
-      <c r="C25" s="13">
+      <c r="C25" s="12">
         <v>5648.5050163612414</v>
       </c>
       <c r="D25" s="11">
         <v>19.560000000000006</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B26" s="13">
+        <v>88</v>
+      </c>
+      <c r="B26" s="12">
         <v>4200</v>
       </c>
-      <c r="C26" s="13">
+      <c r="C26" s="12">
         <v>4417.8941872591649</v>
       </c>
       <c r="D26" s="11">
         <v>27.240000000000002</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B27" s="6"/>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="11"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="11"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="13">
+      <c r="B29" s="12">
         <v>2640</v>
       </c>
-      <c r="C29" s="13">
+      <c r="C29" s="12">
         <v>2945.2266222057374</v>
       </c>
       <c r="D29" s="11">
         <v>40.700000000000003</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="13">
+      <c r="B30" s="12">
         <v>4200</v>
       </c>
-      <c r="C30" s="13">
+      <c r="C30" s="12">
         <v>4358.6903411179146</v>
       </c>
       <c r="D30" s="11">
         <v>30.44</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="13">
+      <c r="B31" s="12">
         <v>4800</v>
       </c>
-      <c r="C31" s="13">
+      <c r="C31" s="12">
         <v>5200.7864894449885</v>
       </c>
       <c r="D31" s="11">
         <v>23.700000000000003</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="13">
+      <c r="B32" s="12">
         <v>6000</v>
       </c>
-      <c r="C32" s="13">
+      <c r="C32" s="12">
         <v>6156.3574106720844</v>
       </c>
       <c r="D32" s="11">
         <v>20.220000000000006</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="13">
+      <c r="B33" s="12">
         <v>6600</v>
       </c>
-      <c r="C33" s="13">
+      <c r="C33" s="12">
         <v>7307.1146475564838</v>
       </c>
       <c r="D33" s="11">
         <v>14.84</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B34" s="6"/>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="11"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="11"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="13">
+      <c r="B36" s="12">
         <v>3864</v>
       </c>
-      <c r="C36" s="13">
+      <c r="C36" s="12">
         <v>4124.0127375533448</v>
       </c>
       <c r="D36" s="11">
         <v>26.36</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="13">
+      <c r="B37" s="12">
         <v>4368</v>
       </c>
-      <c r="C37" s="13">
+      <c r="C37" s="12">
         <v>4599.411674681548</v>
       </c>
       <c r="D37" s="11">
         <v>25.120000000000005</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="13">
+      <c r="B38" s="12">
         <v>4800</v>
       </c>
-      <c r="C38" s="13">
+      <c r="C38" s="12">
         <v>5256.8029083098809</v>
       </c>
       <c r="D38" s="11">
         <v>24.740000000000002</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="13">
+      <c r="B39" s="12">
         <v>5356.8</v>
       </c>
-      <c r="C39" s="13">
+      <c r="C39" s="12">
         <v>5622.2898876829822</v>
       </c>
       <c r="D39" s="11">
         <v>22.360000000000003</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="13">
+      <c r="B40" s="12">
         <v>6000</v>
       </c>
-      <c r="C40" s="13">
+      <c r="C40" s="12">
         <v>6357.9517942881012</v>
       </c>
       <c r="D40" s="11">
         <v>19.900000000000002</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B41" s="6"/>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="11"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      <c r="D42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="11"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="13">
+      <c r="B43" s="12">
         <v>4824</v>
       </c>
-      <c r="C43" s="13">
+      <c r="C43" s="12">
         <v>5269.2696655163236</v>
       </c>
       <c r="D43" s="11">
         <v>22.28</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="13">
+      <c r="B44" s="12">
         <v>5400</v>
       </c>
-      <c r="C44" s="13">
+      <c r="C44" s="12">
         <v>5524.7636573394229</v>
       </c>
       <c r="D44" s="11">
         <v>21.560000000000002</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="13">
+      <c r="B45" s="12">
         <v>5424</v>
       </c>
-      <c r="C45" s="13">
+      <c r="C45" s="12">
         <v>5977.6650353809782</v>
       </c>
       <c r="D45" s="11">
         <v>20.300000000000004</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="13">
+      <c r="B46" s="12">
         <v>5198.4000000000005</v>
       </c>
-      <c r="C46" s="13">
+      <c r="C46" s="12">
         <v>5436.4889613501582</v>
       </c>
       <c r="D46" s="11">
         <v>22.1</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="13">
+      <c r="B47" s="12">
         <v>3600</v>
       </c>
-      <c r="C47" s="13">
+      <c r="C47" s="12">
         <v>4098.8515746059438</v>
       </c>
       <c r="D47" s="11">
         <v>31.1</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="13">
+      <c r="B48" s="12">
         <v>3384</v>
       </c>
-      <c r="C48" s="13">
+      <c r="C48" s="12">
         <v>3612.5587257260991</v>
       </c>
       <c r="D48" s="11">
         <v>34.14</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B49" s="6"/>
-[...1 lines deleted...]
-      <c r="D49" s="2"/>
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="11"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="11"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="13">
+      <c r="B51" s="12">
         <v>5400</v>
       </c>
-      <c r="C51" s="13">
+      <c r="C51" s="12">
         <v>5669.4977952181998</v>
       </c>
       <c r="D51" s="11">
         <v>20.720000000000002</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="13">
+      <c r="B52" s="12">
         <v>6000</v>
       </c>
-      <c r="C52" s="13">
+      <c r="C52" s="12">
         <v>6229.6062339995769</v>
       </c>
       <c r="D52" s="11">
         <v>20.38</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="13">
+      <c r="B53" s="12">
         <v>2400</v>
       </c>
-      <c r="C53" s="13">
+      <c r="C53" s="12">
         <v>3098.9418026294538</v>
       </c>
       <c r="D53" s="11">
         <v>40.400000000000006</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="13">
+      <c r="B54" s="12">
         <v>3600</v>
       </c>
-      <c r="C54" s="13">
+      <c r="C54" s="12">
         <v>4073.9027474200338</v>
       </c>
       <c r="D54" s="11">
         <v>32.46</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B55" s="6"/>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="11"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="11"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="B57" s="13">
+      <c r="B57" s="12">
         <v>3132</v>
       </c>
-      <c r="C57" s="13">
+      <c r="C57" s="12">
         <v>3573.3572800824695</v>
       </c>
       <c r="D57" s="11">
         <v>31.600000000000005</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="B58" s="13">
+      <c r="B58" s="12">
         <v>4800</v>
       </c>
-      <c r="C58" s="13">
+      <c r="C58" s="12">
         <v>5167.3827848316641</v>
       </c>
       <c r="D58" s="11">
         <v>24.7</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="13">
+      <c r="B59" s="12">
         <v>5400</v>
       </c>
-      <c r="C59" s="13">
+      <c r="C59" s="12">
         <v>5716.527275581484</v>
       </c>
       <c r="D59" s="11">
         <v>19.940000000000001</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="4"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
-  <dimension ref="A1:E66"/>
+  <dimension ref="A1:E69"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44.42578125" customWidth="1"/>
     <col min="2" max="2" width="15.28515625" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" customWidth="1"/>
     <col min="5" max="5" width="17.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:5" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="2" spans="1:5" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>109</v>
+      </c>
+      <c r="B2" s="18"/>
+    </row>
+    <row r="3" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
-      <c r="B3" s="28" t="s">
-[...9 lines deleted...]
-        <v>89</v>
+      <c r="B3" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" s="24" t="s">
+        <v>120</v>
+      </c>
+      <c r="D3" s="24" t="s">
+        <v>121</v>
+      </c>
+      <c r="E3" s="24" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="9">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="28">
         <v>15.695212290440022</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="28">
         <v>3.8643630009841972</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="28">
         <v>9.6504685113284676</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="28">
         <v>4.7260851623021214</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B5" s="2"/>
-[...2 lines deleted...]
-      <c r="E5" s="2"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
+      <c r="E5" s="17"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="2"/>
-[...2 lines deleted...]
-      <c r="E6" s="2"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
+      <c r="E6" s="17"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="11">
-[...5 lines deleted...]
-      <c r="D7" s="11">
+      <c r="B7" s="28">
+        <v>12.13675064074514</v>
+      </c>
+      <c r="C7" s="28">
+        <v>7.4374087998642606</v>
+      </c>
+      <c r="D7" s="28">
         <v>11.93029423546195</v>
       </c>
-      <c r="E7" s="11">
-        <v>8.060836406826283</v>
+      <c r="E7" s="28">
+        <v>8.0608364068262794</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="11">
-[...2 lines deleted...]
-      <c r="C8" s="11">
+      <c r="B8" s="28">
+        <v>13.47749792145547</v>
+      </c>
+      <c r="C8" s="28">
         <v>0</v>
       </c>
-      <c r="D8" s="11">
-[...3 lines deleted...]
-        <v>1.9416784858414402</v>
+      <c r="D8" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" s="28">
+        <v>1.941678485841444</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="11">
-[...9 lines deleted...]
-        <v>3.3605284149085359</v>
+      <c r="B9" s="28">
+        <v>9.6013253836003063</v>
+      </c>
+      <c r="C9" s="28">
+        <v>2.9977000992206171</v>
+      </c>
+      <c r="D9" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" s="28">
+        <v>3.3605284149085346</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="11">
-[...5 lines deleted...]
-      <c r="D10" s="11">
+      <c r="B10" s="28">
+        <v>17.979978641739251</v>
+      </c>
+      <c r="C10" s="28">
+        <v>0.57419263654951258</v>
+      </c>
+      <c r="D10" s="28">
         <v>0</v>
       </c>
-      <c r="E10" s="11">
-        <v>0.57419263654951214</v>
+      <c r="E10" s="28">
+        <v>0.57419263654951258</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="11">
-[...9 lines deleted...]
-        <v>0.72230132677143344</v>
+      <c r="B11" s="28">
+        <v>9.0634793697261564</v>
+      </c>
+      <c r="C11" s="28">
+        <v>0.72230132677143433</v>
+      </c>
+      <c r="D11" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="28">
+        <v>0.72230132677143433</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="11">
-[...9 lines deleted...]
-        <v>6.8692625279752155</v>
+      <c r="B12" s="28">
+        <v>24.851287974675845</v>
+      </c>
+      <c r="C12" s="28">
+        <v>4.8572216307282226</v>
+      </c>
+      <c r="D12" s="28">
+        <v>13.699618099124311</v>
+      </c>
+      <c r="E12" s="28">
+        <v>6.8692625279752288</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="11">
-[...5 lines deleted...]
-      <c r="D13" s="11">
+      <c r="B13" s="28">
+        <v>17.297507492939744</v>
+      </c>
+      <c r="C13" s="28">
+        <v>2.0141565691786143</v>
+      </c>
+      <c r="D13" s="28">
         <v>6.2396486748773157</v>
       </c>
-      <c r="E13" s="11">
-        <v>3.0934602662486363</v>
+      <c r="E13" s="28">
+        <v>3.0934602662486328</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="11">
-[...5 lines deleted...]
-      <c r="D14" s="11">
+      <c r="B14" s="28">
+        <v>21.206572524672158</v>
+      </c>
+      <c r="C14" s="28">
+        <v>10.922200369127427</v>
+      </c>
+      <c r="D14" s="28">
         <v>17.509923166618901</v>
       </c>
-      <c r="E14" s="11">
-        <v>12.025357268265545</v>
+      <c r="E14" s="28">
+        <v>12.025357268265553</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B15" s="2"/>
-[...2 lines deleted...]
-      <c r="E15" s="2"/>
+      <c r="B15" s="28"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-      <c r="E16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="11">
-[...5 lines deleted...]
-      <c r="D17" s="11">
+      <c r="B17" s="28">
+        <v>7.4112959441846984</v>
+      </c>
+      <c r="C17" s="28">
+        <v>1.2416135352378657</v>
+      </c>
+      <c r="D17" s="28">
         <v>7.8888382420243817</v>
       </c>
-      <c r="E17" s="11">
-        <v>1.6281129982251463</v>
+      <c r="E17" s="28">
+        <v>1.6281129982251532</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="11">
-[...9 lines deleted...]
-        <v>2.8931298015068609</v>
+      <c r="B18" s="28">
+        <v>11.30893818788328</v>
+      </c>
+      <c r="C18" s="28">
+        <v>2.203727107513906</v>
+      </c>
+      <c r="D18" s="28">
+        <v>12.55488732149237</v>
+      </c>
+      <c r="E18" s="28">
+        <v>2.8931298015068698</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="11">
-[...5 lines deleted...]
-      <c r="D19" s="11">
+      <c r="B19" s="28">
+        <v>20.62858476602409</v>
+      </c>
+      <c r="C19" s="28">
+        <v>5.8985483537363361</v>
+      </c>
+      <c r="D19" s="28">
         <v>7.9066363763791339</v>
       </c>
-      <c r="E19" s="11">
-        <v>6.3652732328265946</v>
+      <c r="E19" s="28">
+        <v>6.3652732328265955</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="11">
-[...5 lines deleted...]
-      <c r="D20" s="11">
+      <c r="B20" s="28">
+        <v>23.58038375533333</v>
+      </c>
+      <c r="C20" s="28">
+        <v>3.6387841338758045</v>
+      </c>
+      <c r="D20" s="28">
         <v>7.7169212280584984</v>
       </c>
-      <c r="E20" s="11">
-        <v>5.4584637735487842</v>
+      <c r="E20" s="28">
+        <v>5.4584637735487807</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="11">
+      <c r="B21" s="28">
         <v>15.916983784617514</v>
       </c>
-      <c r="C21" s="11">
-[...2 lines deleted...]
-      <c r="D21" s="11">
+      <c r="C21" s="28">
+        <v>7.9593781197046392</v>
+      </c>
+      <c r="D21" s="28">
         <v>13.839312235320078</v>
       </c>
-      <c r="E21" s="11">
+      <c r="E21" s="28">
         <v>8.9480517651766753</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B22" s="2"/>
-[...2 lines deleted...]
-      <c r="E22" s="2"/>
+      <c r="B22" s="28"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      <c r="E23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...11 lines deleted...]
-        <v>2.513296592429644</v>
+        <v>89</v>
+      </c>
+      <c r="B24" s="28">
+        <v>7.2631743055815328</v>
+      </c>
+      <c r="C24" s="28">
+        <v>2.0924964446192935</v>
+      </c>
+      <c r="D24" s="28">
+        <v>9.2563456689147667</v>
+      </c>
+      <c r="E24" s="28">
+        <v>2.5132965924296422</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...11 lines deleted...]
-        <v>6.7915712208401908</v>
+        <v>90</v>
+      </c>
+      <c r="B25" s="28">
+        <v>38.930844390627684</v>
+      </c>
+      <c r="C25" s="28">
+        <v>5.4203497126677238</v>
+      </c>
+      <c r="D25" s="28">
+        <v>5.2029880834941178</v>
+      </c>
+      <c r="E25" s="28">
+        <v>6.7915712208401811</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...7 lines deleted...]
-      <c r="D26" s="11">
+        <v>88</v>
+      </c>
+      <c r="B26" s="28">
+        <v>14.104182410072299</v>
+      </c>
+      <c r="C26" s="28">
+        <v>11.446799062522963</v>
+      </c>
+      <c r="D26" s="28">
         <v>40.157959322600682</v>
       </c>
-      <c r="E26" s="11">
-        <v>13.904333715210729</v>
+      <c r="E26" s="28">
+        <v>13.904333715210711</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B27" s="2"/>
-[...2 lines deleted...]
-      <c r="E27" s="2"/>
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...4 lines deleted...]
-      <c r="E28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="11">
-[...5 lines deleted...]
-      <c r="D29" s="11">
+      <c r="B29" s="28">
+        <v>6.4093878652806167</v>
+      </c>
+      <c r="C29" s="28">
+        <v>2.9252352277891047</v>
+      </c>
+      <c r="D29" s="28">
         <v>41.813368215963635</v>
       </c>
-      <c r="E29" s="11">
-        <v>3.8082731314032343</v>
+      <c r="E29" s="28">
+        <v>3.8082731314032379</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="11">
-[...2 lines deleted...]
-      <c r="C30" s="11">
+      <c r="B30" s="28">
+        <v>11.833706066682836</v>
+      </c>
+      <c r="C30" s="28">
         <v>3.7258453998131236</v>
       </c>
-      <c r="D30" s="11">
+      <c r="D30" s="28">
         <v>9.3329337311423117</v>
       </c>
-      <c r="E30" s="11">
+      <c r="E30" s="28">
         <v>3.9889658197794997</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="11">
-[...5 lines deleted...]
-      <c r="D31" s="11">
+      <c r="B31" s="28">
+        <v>24.936492698781656</v>
+      </c>
+      <c r="C31" s="28">
+        <v>4.8635564961871554</v>
+      </c>
+      <c r="D31" s="28">
         <v>5.7159373660858552</v>
       </c>
-      <c r="E31" s="11">
-        <v>5.817526424326263</v>
+      <c r="E31" s="28">
+        <v>5.8175264243262559</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="11">
-[...5 lines deleted...]
-      <c r="D32" s="11">
+      <c r="B32" s="28">
+        <v>16.167251194879036</v>
+      </c>
+      <c r="C32" s="28">
+        <v>1.9696549018043574</v>
+      </c>
+      <c r="D32" s="28">
         <v>7.3115537953875913</v>
       </c>
-      <c r="E32" s="11">
-        <v>3.1504789107274807</v>
+      <c r="E32" s="28">
+        <v>3.1504789107274798</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="11">
-[...5 lines deleted...]
-      <c r="D33" s="11">
+      <c r="B33" s="28">
+        <v>19.182189366055386</v>
+      </c>
+      <c r="C33" s="28">
+        <v>5.8590039220059555</v>
+      </c>
+      <c r="D33" s="28">
         <v>6.1808271857913262</v>
       </c>
-      <c r="E33" s="11">
-        <v>6.8853451203294558</v>
+      <c r="E33" s="28">
+        <v>6.8853451203294505</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B34" s="2"/>
-[...2 lines deleted...]
-      <c r="E34" s="2"/>
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...4 lines deleted...]
-      <c r="E35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="11">
-[...5 lines deleted...]
-      <c r="D36" s="11">
+      <c r="B36" s="28">
+        <v>19.981655635492089</v>
+      </c>
+      <c r="C36" s="28">
+        <v>9.6263237308988838</v>
+      </c>
+      <c r="D36" s="28">
         <v>22.881070544850569</v>
       </c>
-      <c r="E36" s="11">
-        <v>11.186239674293704</v>
+      <c r="E36" s="28">
+        <v>11.186239674293711</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="11">
-[...8 lines deleted...]
-      <c r="E37" s="11">
+      <c r="B37" s="28">
+        <v>21.99758087131703</v>
+      </c>
+      <c r="C37" s="28">
+        <v>2.8860817735051407</v>
+      </c>
+      <c r="D37" s="28">
+        <v>1.888184154016588</v>
+      </c>
+      <c r="E37" s="28">
         <v>3.2067536315961731</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="11">
-[...5 lines deleted...]
-      <c r="D38" s="11">
+      <c r="B38" s="28">
+        <v>12.345262623242412</v>
+      </c>
+      <c r="C38" s="28">
+        <v>1.4106540537724128</v>
+      </c>
+      <c r="D38" s="28">
         <v>10.055002743608616</v>
       </c>
-      <c r="E38" s="11">
+      <c r="E38" s="28">
         <v>2.6399797325758563</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="11">
-[...2 lines deleted...]
-      <c r="C39" s="11">
+      <c r="B39" s="28">
+        <v>14.4365769136875</v>
+      </c>
+      <c r="C39" s="28">
         <v>2.0408478176566556</v>
       </c>
-      <c r="D39" s="11">
+      <c r="D39" s="28">
         <v>5.9939474114468982</v>
       </c>
-      <c r="E39" s="11">
-        <v>2.7515945509876172</v>
+      <c r="E39" s="28">
+        <v>2.7515945509876181</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="11">
-[...5 lines deleted...]
-      <c r="D40" s="11">
+      <c r="B40" s="28">
+        <v>9.6919854489075696</v>
+      </c>
+      <c r="C40" s="28">
+        <v>3.3369050325944642</v>
+      </c>
+      <c r="D40" s="28">
         <v>4.9175869990903927</v>
       </c>
-      <c r="E40" s="11">
-        <v>3.8169540003445905</v>
+      <c r="E40" s="28">
+        <v>3.816954000344587</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B41" s="2"/>
-[...2 lines deleted...]
-      <c r="E41" s="2"/>
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...4 lines deleted...]
-      <c r="E42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="11">
-[...9 lines deleted...]
-        <v>8.1166601163947583</v>
+      <c r="B43" s="28">
+        <v>7.7801633020266934</v>
+      </c>
+      <c r="C43" s="28">
+        <v>8.1166601163947618</v>
+      </c>
+      <c r="D43" s="28">
+        <v>7.7801633020266934</v>
+      </c>
+      <c r="E43" s="28">
+        <v>8.1166601163947618</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="11">
-[...9 lines deleted...]
-        <v>8.9076797599838429</v>
+      <c r="B44" s="28">
+        <v>8.7067747882190147</v>
+      </c>
+      <c r="C44" s="28">
+        <v>6.7987515406124768</v>
+      </c>
+      <c r="D44" s="28">
+        <v>8.7067747882190147</v>
+      </c>
+      <c r="E44" s="28">
+        <v>8.9076797599838322</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="11">
-[...2 lines deleted...]
-      <c r="C45" s="11">
+      <c r="B45" s="28">
+        <v>13.248112616281654</v>
+      </c>
+      <c r="C45" s="28">
         <v>4.490311890181756</v>
       </c>
-      <c r="D45" s="11">
-[...3 lines deleted...]
-        <v>5.5114440054739617</v>
+      <c r="D45" s="28">
+        <v>13.248112616281654</v>
+      </c>
+      <c r="E45" s="28">
+        <v>5.5114440054739626</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="11">
-[...5 lines deleted...]
-      <c r="D46" s="11">
+      <c r="B46" s="28">
         <v>3.6034690688376712</v>
       </c>
-      <c r="E46" s="11">
-        <v>1.611937149607898</v>
+      <c r="C46" s="28">
+        <v>1.4100144951838878</v>
+      </c>
+      <c r="D46" s="28">
+        <v>3.6034690688376712</v>
+      </c>
+      <c r="E46" s="28">
+        <v>1.6119371496078967</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="11">
-[...9 lines deleted...]
-        <v>0.97469576967411864</v>
+      <c r="B47" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="C47" s="28">
+        <v>0.35125296921884941</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E47" s="28">
+        <v>0.97469576967411875</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="11">
-[...9 lines deleted...]
-        <v>0.99192915801188908</v>
+      <c r="B48" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="28">
+        <v>0.99192915801188786</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E48" s="28">
+        <v>0.99192915801188786</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B49" s="2"/>
-[...2 lines deleted...]
-      <c r="E49" s="2"/>
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-      <c r="E50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="11">
-[...5 lines deleted...]
-      <c r="D51" s="11">
+      <c r="B51" s="28">
+        <v>21.480817052606206</v>
+      </c>
+      <c r="C51" s="28">
+        <v>4.8964632079773791</v>
+      </c>
+      <c r="D51" s="28">
         <v>8.7769708171225034</v>
       </c>
-      <c r="E51" s="11">
-        <v>6.1256968014465754</v>
+      <c r="E51" s="28">
+        <v>6.1256968014465816</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="11">
+      <c r="B52" s="28">
         <v>22.271393616244556</v>
       </c>
-      <c r="C52" s="11">
+      <c r="C52" s="28">
         <v>5.9283919859973198</v>
       </c>
-      <c r="D52" s="11">
-[...3 lines deleted...]
-        <v>6.1167020448885827</v>
+      <c r="D52" s="28">
+        <v>4.1156111886311955</v>
+      </c>
+      <c r="E52" s="28">
+        <v>6.1167020448885863</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="11">
+      <c r="B53" s="28">
         <v>8.6423141866946995</v>
       </c>
-      <c r="C53" s="11">
+      <c r="C53" s="28">
         <v>5.9945620527664616</v>
       </c>
-      <c r="D53" s="11">
-[...3 lines deleted...]
-        <v>7.3471444136003594</v>
+      <c r="D53" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E53" s="28">
+        <v>7.3471444136003612</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="11">
-[...9 lines deleted...]
-        <v>0.9181742973712117</v>
+      <c r="B54" s="28">
+        <v>2.2059443364546989</v>
+      </c>
+      <c r="C54" s="28">
+        <v>0.56336185079190138</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E54" s="28">
+        <v>0.91817429737121126</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B55" s="2"/>
-[...2 lines deleted...]
-      <c r="E55" s="2"/>
+      <c r="B55" s="28"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...4 lines deleted...]
-      <c r="E56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="28"/>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>59</v>
       </c>
-      <c r="B57" s="11">
-[...9 lines deleted...]
-        <v>4.751699588656181</v>
+      <c r="B57" s="28">
+        <v>9.0859413211748823</v>
+      </c>
+      <c r="C57" s="28">
+        <v>2.7041140154933574</v>
+      </c>
+      <c r="D57" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E57" s="28">
+        <v>4.7516995886561748</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="B58" s="11">
-[...9 lines deleted...]
-        <v>3.9640907955256481</v>
+      <c r="B58" s="28">
+        <v>16.215235865424805</v>
+      </c>
+      <c r="C58" s="28">
+        <v>3.4290048850717012</v>
+      </c>
+      <c r="D58" s="28">
+        <v>7.549844264564995</v>
+      </c>
+      <c r="E58" s="28">
+        <v>3.9640907955256406</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="11">
-[...9 lines deleted...]
-        <v>6.5063461036345709</v>
+      <c r="B59" s="28">
+        <v>16.402847790863355</v>
+      </c>
+      <c r="C59" s="28">
+        <v>5.2243027992512401</v>
+      </c>
+      <c r="D59" s="28">
+        <v>9.8248877546133517</v>
+      </c>
+      <c r="E59" s="28">
+        <v>6.5063461036345664</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A62" s="5" t="s">
-        <v>126</v>
+      <c r="A62" s="4" t="s">
+        <v>123</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A63" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="5"/>
+      <c r="A63" s="29" t="s">
+        <v>124</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="29"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A64" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E64" s="5"/>
+      <c r="A64" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B64" s="4"/>
+      <c r="C64" s="4"/>
+      <c r="D64" s="4"/>
+      <c r="E64" s="4"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A65" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E65" s="5"/>
+      <c r="A65" s="29" t="s">
+        <v>126</v>
+      </c>
+      <c r="B65" s="4"/>
+      <c r="C65" s="4"/>
+      <c r="D65" s="4"/>
+      <c r="E65" s="29"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A66" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E66" s="5"/>
+      <c r="A66" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B66" s="4"/>
+      <c r="C66" s="4"/>
+      <c r="D66" s="4"/>
+      <c r="E66" s="4"/>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" s="29" t="s">
+        <v>128</v>
+      </c>
+      <c r="B67" s="4"/>
+      <c r="C67" s="4"/>
+      <c r="D67" s="4"/>
+      <c r="E67" s="29"/>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B68" s="4"/>
+      <c r="C68" s="4"/>
+      <c r="D68" s="4"/>
+      <c r="E68" s="4"/>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="29" t="s">
+        <v>130</v>
+      </c>
+      <c r="B69" s="4"/>
+      <c r="C69" s="4"/>
+      <c r="D69" s="4"/>
+      <c r="E69" s="29"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:E62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
     <col min="3" max="3" width="11.140625" customWidth="1"/>
     <col min="4" max="4" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:5" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="2" spans="1:4" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
+    <row r="2" spans="1:5" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" s="18"/>
+    </row>
+    <row r="3" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="24" t="s">
+        <v>82</v>
+      </c>
+      <c r="C3" s="24" t="s">
+        <v>83</v>
+      </c>
+      <c r="D3" s="24" t="s">
         <v>116</v>
       </c>
-      <c r="B2" s="22"/>
-[...17 lines deleted...]
-      <c r="B4" s="18">
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="15">
         <v>100</v>
       </c>
-      <c r="C4" s="18">
+      <c r="C4" s="15">
         <v>152.38571764575906</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="11">
         <v>9.0084511041641235</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="2"/>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="2"/>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="19">
+      <c r="B7" s="15">
         <v>0</v>
       </c>
-      <c r="C7" s="19">
-        <v>156.44163280615115</v>
+      <c r="C7" s="15">
+        <v>156.11668701452953</v>
       </c>
       <c r="D7" s="11">
         <v>5.2221009135246277</v>
       </c>
-    </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E7" s="26"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="19">
+      <c r="B8" s="15">
         <v>150</v>
       </c>
-      <c r="C8" s="19">
-        <v>259.08928918667783</v>
+      <c r="C8" s="15">
+        <v>258.36231467696979</v>
       </c>
       <c r="D8" s="11">
         <v>10.507635623216629</v>
       </c>
-    </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E8" s="26"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="19">
+      <c r="B9" s="15">
         <v>110</v>
       </c>
-      <c r="C9" s="19">
-        <v>234.99056016256409</v>
+      <c r="C9" s="15">
+        <v>236.08264852950549</v>
       </c>
       <c r="D9" s="11">
         <v>12.578617036342621</v>
       </c>
-    </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E9" s="26"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="19">
-[...3 lines deleted...]
-        <v>91.631853120896324</v>
+      <c r="B10" s="15">
+        <v>74</v>
+      </c>
+      <c r="C10" s="15">
+        <v>72.453999581590125</v>
       </c>
       <c r="D10" s="11">
         <v>7.0733711123466492</v>
       </c>
-    </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E10" s="26"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="19">
+      <c r="B11" s="15">
         <v>100</v>
       </c>
-      <c r="C11" s="19">
-        <v>103.70336135725516</v>
+      <c r="C11" s="15">
+        <v>103.88407244297149</v>
       </c>
       <c r="D11" s="11">
         <v>9.3736046552658081</v>
       </c>
-    </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E11" s="26"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="19">
-[...3 lines deleted...]
-        <v>191.25966666603938</v>
+      <c r="B12" s="15">
+        <v>134</v>
+      </c>
+      <c r="C12" s="15">
+        <v>189.91169973497284</v>
       </c>
       <c r="D12" s="11">
         <v>9.9835430085659045</v>
       </c>
-    </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E12" s="26"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="19">
+      <c r="B13" s="15">
         <v>100</v>
       </c>
-      <c r="C13" s="19">
-        <v>119.1139085262746</v>
+      <c r="C13" s="15">
+        <v>120.30307124588815</v>
       </c>
       <c r="D13" s="11">
         <v>7.8740157186985016</v>
       </c>
-    </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E13" s="26"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="19">
-[...3 lines deleted...]
-        <v>106.51247708564593</v>
+      <c r="B14" s="15">
+        <v>62</v>
+      </c>
+      <c r="C14" s="15">
+        <v>108.00821111407836</v>
       </c>
       <c r="D14" s="11">
         <v>6.6666670143604279</v>
       </c>
-    </row>
-[...5 lines deleted...]
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E14" s="26"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B15" s="15"/>
+      <c r="C15" s="15"/>
+      <c r="D15" s="11"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="15"/>
+      <c r="C16" s="15"/>
+      <c r="D16" s="11"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="19">
+      <c r="B17" s="15">
         <v>40</v>
       </c>
-      <c r="C17" s="19">
-        <v>68.506166817887546</v>
+      <c r="C17" s="15">
+        <v>68.250720086929036</v>
       </c>
       <c r="D17" s="11">
         <v>8.2238177955150604</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="19">
+      <c r="B18" s="15">
         <v>100</v>
       </c>
-      <c r="C18" s="19">
-        <v>160.84488702890891</v>
+      <c r="C18" s="15">
+        <v>159.72721639375629</v>
       </c>
       <c r="D18" s="11">
         <v>10.466333627700806</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="19">
+      <c r="B19" s="15">
         <v>100</v>
       </c>
-      <c r="C19" s="19">
-        <v>160.3048755943893</v>
+      <c r="C19" s="15">
+        <v>161.00740554244098</v>
       </c>
       <c r="D19" s="11">
         <v>7.5659210979938507</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="19">
+      <c r="B20" s="15">
         <v>150</v>
       </c>
-      <c r="C20" s="19">
-        <v>244.78670515231977</v>
+      <c r="C20" s="15">
+        <v>234.61814395826616</v>
       </c>
       <c r="D20" s="11">
         <v>9.3022929131984711</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="19">
-[...3 lines deleted...]
-        <v>98.539001864802572</v>
+      <c r="B21" s="15">
+        <v>98</v>
+      </c>
+      <c r="C21" s="15">
+        <v>98.059529609328052</v>
       </c>
       <c r="D21" s="11">
         <v>5.0992895662784576</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B22" s="3"/>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+      <c r="B22" s="15"/>
+      <c r="C22" s="15"/>
+      <c r="D22" s="11"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="15"/>
+      <c r="C23" s="15"/>
+      <c r="D23" s="11"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B24" s="19">
+        <v>89</v>
+      </c>
+      <c r="B24" s="15">
         <v>100</v>
       </c>
-      <c r="C24" s="19">
-        <v>141.31030797012727</v>
+      <c r="C24" s="15">
+        <v>142.21976167697045</v>
       </c>
       <c r="D24" s="11">
         <v>9.3574766814708727</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B25" s="19">
+        <v>90</v>
+      </c>
+      <c r="B25" s="15">
         <v>150</v>
       </c>
-      <c r="C25" s="19">
-        <v>216.78583406430772</v>
+      <c r="C25" s="15">
+        <v>207.07461574435379</v>
       </c>
       <c r="D25" s="11">
         <v>8.7486365437507629</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B26" s="19">
+        <v>88</v>
+      </c>
+      <c r="B26" s="15">
         <v>40</v>
       </c>
-      <c r="C26" s="19">
-        <v>92.45736341847703</v>
+      <c r="C26" s="15">
+        <v>86.985474580378821</v>
       </c>
       <c r="D26" s="11">
         <v>6.0628342628479004</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B27" s="3"/>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+      <c r="B27" s="15"/>
+      <c r="C27" s="15"/>
+      <c r="D27" s="11"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="15"/>
+      <c r="C28" s="15"/>
+      <c r="D28" s="11"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="19">
+      <c r="B29" s="15">
         <v>0</v>
       </c>
-      <c r="C29" s="19">
-        <v>-51.532033469570777</v>
+      <c r="C29" s="15">
+        <v>-53.740932959918226</v>
       </c>
       <c r="D29" s="11">
         <v>2.167569100856781</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="19">
-[...3 lines deleted...]
-        <v>34.400218152694521</v>
+      <c r="B30" s="15">
+        <v>52.6</v>
+      </c>
+      <c r="C30" s="15">
+        <v>29.663379992441527</v>
       </c>
       <c r="D30" s="11">
         <v>8.1514964997768402</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="19">
+      <c r="B31" s="15">
         <v>100</v>
       </c>
-      <c r="C31" s="19">
-        <v>82.995028160001596</v>
+      <c r="C31" s="15">
+        <v>91.849411690686793</v>
       </c>
       <c r="D31" s="11">
         <v>7.7101564407348642</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="19">
-[...3 lines deleted...]
-        <v>231.02791914251117</v>
+      <c r="B32" s="15">
+        <v>195</v>
+      </c>
+      <c r="C32" s="15">
+        <v>208.04023765196817</v>
       </c>
       <c r="D32" s="11">
         <v>10.069305598735809</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="19">
+      <c r="B33" s="15">
         <v>400</v>
       </c>
-      <c r="C33" s="19">
-        <v>480.37270874572323</v>
+      <c r="C33" s="15">
+        <v>488.12171642522253</v>
       </c>
       <c r="D33" s="11">
         <v>15.070180594921112</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B34" s="3"/>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+      <c r="B34" s="15"/>
+      <c r="C34" s="15"/>
+      <c r="D34" s="11"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="15"/>
+      <c r="C35" s="15"/>
+      <c r="D35" s="11"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="19">
-[...3 lines deleted...]
-        <v>13.451078786953255</v>
+      <c r="B36" s="15">
+        <v>10</v>
+      </c>
+      <c r="C36" s="15">
+        <v>13.487540220185776</v>
       </c>
       <c r="D36" s="11">
         <v>2.6578475534915924</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="19">
-[...3 lines deleted...]
-        <v>97.021005554413136</v>
+      <c r="B37" s="15">
+        <v>91</v>
+      </c>
+      <c r="C37" s="15">
+        <v>92.611800552699762</v>
       </c>
       <c r="D37" s="11">
         <v>8.3552619814872742</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="19">
+      <c r="B38" s="15">
         <v>100</v>
       </c>
-      <c r="C38" s="19">
-        <v>106.67975877820992</v>
+      <c r="C38" s="15">
+        <v>113.1488925992831</v>
       </c>
       <c r="D38" s="11">
         <v>9.1930292546749115</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="19">
-[...3 lines deleted...]
-        <v>186.02319202488098</v>
+      <c r="B39" s="15">
+        <v>150.20000000000002</v>
+      </c>
+      <c r="C39" s="15">
+        <v>191.6816448500249</v>
       </c>
       <c r="D39" s="11">
         <v>10.753598809242249</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="19">
-[...3 lines deleted...]
-        <v>372.23329481090241</v>
+      <c r="B40" s="15">
+        <v>184</v>
+      </c>
+      <c r="C40" s="15">
+        <v>352.35994373269523</v>
       </c>
       <c r="D40" s="11">
         <v>12.054039537906647</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B41" s="3"/>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+      <c r="B41" s="15"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="11"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      <c r="D42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="15"/>
+      <c r="C42" s="15"/>
+      <c r="D42" s="11"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="19">
+      <c r="B43" s="15">
         <v>100</v>
       </c>
-      <c r="C43" s="19">
-        <v>151.40749513395818</v>
+      <c r="C43" s="15">
+        <v>148.46648260250362</v>
       </c>
       <c r="D43" s="11">
         <v>9.1559959948062897</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="19">
+      <c r="B44" s="15">
         <v>100</v>
       </c>
-      <c r="C44" s="19">
-        <v>112.74022569168557</v>
+      <c r="C44" s="15">
+        <v>104.62033757392138</v>
       </c>
       <c r="D44" s="11">
         <v>7.1428574621677399</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="19">
+      <c r="B45" s="15">
         <v>150</v>
       </c>
-      <c r="C45" s="19">
-        <v>185.37394595402952</v>
+      <c r="C45" s="15">
+        <v>187.26836200462159</v>
       </c>
       <c r="D45" s="11">
         <v>9.2749239504337311</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="19">
-[...3 lines deleted...]
-        <v>242.87894967537287</v>
+      <c r="B46" s="15">
+        <v>144</v>
+      </c>
+      <c r="C46" s="15">
+        <v>244.11692598911506</v>
       </c>
       <c r="D46" s="11">
         <v>10.785549432039261</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="19">
-[...3 lines deleted...]
-        <v>94.667595186005727</v>
+      <c r="B47" s="15">
+        <v>64</v>
+      </c>
+      <c r="C47" s="15">
+        <v>91.385465184115219</v>
       </c>
       <c r="D47" s="11">
         <v>9.178088307380678</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="19">
+      <c r="B48" s="15">
         <v>60</v>
       </c>
-      <c r="C48" s="19">
-        <v>100.05361818617376</v>
+      <c r="C48" s="15">
+        <v>99.421317534754962</v>
       </c>
       <c r="D48" s="11">
         <v>10.016027987003326</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B49" s="3"/>
-[...1 lines deleted...]
-      <c r="D49" s="2"/>
+      <c r="B49" s="15"/>
+      <c r="C49" s="15"/>
+      <c r="D49" s="11"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="15"/>
+      <c r="C50" s="15"/>
+      <c r="D50" s="11"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="19">
+      <c r="B51" s="15">
         <v>150</v>
       </c>
-      <c r="C51" s="19">
-        <v>212.24895432824812</v>
+      <c r="C51" s="15">
+        <v>208.85773815841978</v>
       </c>
       <c r="D51" s="11">
         <v>9.4040848314762115</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="19">
+      <c r="B52" s="15">
         <v>100</v>
       </c>
-      <c r="C52" s="19">
-        <v>165.30486643226965</v>
+      <c r="C52" s="15">
+        <v>165.78221995342216</v>
       </c>
       <c r="D52" s="11">
         <v>7.6426236331462869</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="19">
+      <c r="B53" s="15">
         <v>-100</v>
       </c>
-      <c r="C53" s="19">
-        <v>-232.77229808250055</v>
+      <c r="C53" s="15">
+        <v>-231.11102552437947</v>
       </c>
       <c r="D53" s="11">
         <v>-20.270270109176636</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="19">
-[...3 lines deleted...]
-        <v>91.272737172555267</v>
+      <c r="B54" s="15">
+        <v>52.2</v>
+      </c>
+      <c r="C54" s="15">
+        <v>89.604091444201941</v>
       </c>
       <c r="D54" s="11">
         <v>9.4062517583370209</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B55" s="3"/>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+      <c r="B55" s="15"/>
+      <c r="C55" s="15"/>
+      <c r="D55" s="11"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="15"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="11"/>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>67</v>
       </c>
-      <c r="B57" s="19">
+      <c r="B57" s="15">
         <v>0</v>
       </c>
-      <c r="C57" s="19">
-        <v>-106.48899066420338</v>
+      <c r="C57" s="15">
+        <v>-103.474358677552</v>
       </c>
       <c r="D57" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="B58" s="19">
+      <c r="B58" s="15">
         <v>100</v>
       </c>
-      <c r="C58" s="19">
-        <v>122.62994767813908</v>
+      <c r="C58" s="15">
+        <v>123.00006325726265</v>
       </c>
       <c r="D58" s="11">
         <v>8.7435618042945862</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="19">
-[...3 lines deleted...]
-        <v>303.32989988253138</v>
+      <c r="B59" s="15">
+        <v>177.4</v>
+      </c>
+      <c r="C59" s="15">
+        <v>295.92725034441042</v>
       </c>
       <c r="D59" s="11">
         <v>10.755369812250137</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="4"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.7109375" customWidth="1"/>
     <col min="2" max="6" width="14.7109375" customWidth="1"/>
     <col min="7" max="7" width="18.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="23"/>
-[...3 lines deleted...]
-      <c r="G1" s="23"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
     </row>
     <row r="2" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
-[...9 lines deleted...]
-    <row r="3" spans="1:7" s="20" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" s="18"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
+    </row>
+    <row r="3" spans="1:7" s="16" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F3" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="G3" s="28" t="s">
+      <c r="G3" s="24" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="9">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="11">
         <v>96.79807659656916</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="11">
         <v>89.742564688838939</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="11">
         <v>28.541048324349248</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="11">
         <v>75.051022546710144</v>
       </c>
-      <c r="F4" s="9">
+      <c r="F4" s="11">
         <v>28.946163460361653</v>
       </c>
-      <c r="G4" s="9">
+      <c r="G4" s="11">
         <v>15.131692345361824</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
@@ -7440,51 +7584,51 @@
         <v>88.171403843596039</v>
       </c>
       <c r="D14" s="11">
         <v>29.615188717281143</v>
       </c>
       <c r="E14" s="11">
         <v>76.395447997347304</v>
       </c>
       <c r="F14" s="11">
         <v>23.955545684774666</v>
       </c>
       <c r="G14" s="11">
         <v>15.04818492921865</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="11">
         <v>89.775764447887383</v>
       </c>
       <c r="C17" s="11">
         <v>81.408796802350466</v>
       </c>
       <c r="D17" s="11">
         <v>18.261715195129291</v>
       </c>
       <c r="E17" s="11">
         <v>35.819543996769234</v>
       </c>
       <c r="F17" s="11">
@@ -7574,139 +7718,139 @@
         <v>90.416869086734692</v>
       </c>
       <c r="D21" s="11">
         <v>27.363971667576227</v>
       </c>
       <c r="E21" s="11">
         <v>85.266107275022307</v>
       </c>
       <c r="F21" s="11">
         <v>28.206649071471102</v>
       </c>
       <c r="G21" s="11">
         <v>15.244003576674595</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B24" s="11">
         <v>100</v>
       </c>
       <c r="C24" s="11">
         <v>100</v>
       </c>
       <c r="D24" s="11">
         <v>30.783258811897028</v>
       </c>
       <c r="E24" s="11">
         <v>73.259223803601841</v>
       </c>
       <c r="F24" s="11">
         <v>29.422933847315271</v>
       </c>
       <c r="G24" s="11">
         <v>15.384741705531834</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B25" s="11">
         <v>100</v>
       </c>
       <c r="C25" s="11">
         <v>100</v>
       </c>
       <c r="D25" s="11">
         <v>27.35365631309628</v>
       </c>
       <c r="E25" s="11">
         <v>86.467133822298237</v>
       </c>
       <c r="F25" s="11">
         <v>28.674822746309005</v>
       </c>
       <c r="G25" s="11">
         <v>16.283758614565794</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B26" s="11">
         <v>68.784366595548093</v>
       </c>
       <c r="C26" s="11">
         <v>0</v>
       </c>
       <c r="D26" s="11">
         <v>17.085705328084345</v>
       </c>
       <c r="E26" s="11">
         <v>59.295154087628589</v>
       </c>
       <c r="F26" s="11">
         <v>26.555251958007712</v>
       </c>
       <c r="G26" s="11">
         <v>10.778264488372402</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B29" s="11">
         <v>89.785027963670899</v>
       </c>
       <c r="C29" s="11">
         <v>82.398136643374883</v>
       </c>
       <c r="D29" s="11">
         <v>16.964321697913615</v>
       </c>
       <c r="E29" s="11">
         <v>34.064390497235216</v>
       </c>
       <c r="F29" s="11">
@@ -7796,51 +7940,51 @@
         <v>94.361819854006384</v>
       </c>
       <c r="D33" s="11">
         <v>43.833389520669911</v>
       </c>
       <c r="E33" s="11">
         <v>94.017586127671564</v>
       </c>
       <c r="F33" s="11">
         <v>41.34339526255139</v>
       </c>
       <c r="G33" s="11">
         <v>29.43354601769763</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="11">
         <v>84.138839129870433</v>
       </c>
       <c r="C36" s="11">
         <v>54.45194301224997</v>
       </c>
       <c r="D36" s="11">
         <v>7.6666371421200363</v>
       </c>
       <c r="E36" s="11">
         <v>55.515816185337421</v>
       </c>
       <c r="F36" s="11">
@@ -7930,51 +8074,51 @@
         <v>99.568982519634574</v>
       </c>
       <c r="D40" s="11">
         <v>55.200463434195832</v>
       </c>
       <c r="E40" s="11">
         <v>89.365791552959053</v>
       </c>
       <c r="F40" s="11">
         <v>47.162094102653043</v>
       </c>
       <c r="G40" s="11">
         <v>34.739473017206514</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="11">
         <v>94.97786565170469</v>
       </c>
       <c r="C43" s="11">
         <v>80.068270290186689</v>
       </c>
       <c r="D43" s="11">
         <v>21.709694754322687</v>
       </c>
       <c r="E43" s="11">
         <v>87.839958888667496</v>
       </c>
       <c r="F43" s="11">
@@ -8087,51 +8231,51 @@
         <v>85.864322667640351</v>
       </c>
       <c r="D48" s="11">
         <v>25.461638598221459</v>
       </c>
       <c r="E48" s="11">
         <v>38.965452939869479</v>
       </c>
       <c r="F48" s="11">
         <v>26.637237697582165</v>
       </c>
       <c r="G48" s="11">
         <v>0.16965876560214557</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="11">
         <v>98.266022954985729</v>
       </c>
       <c r="C51" s="11">
         <v>91.027499254948239</v>
       </c>
       <c r="D51" s="11">
         <v>27.742972726267016</v>
       </c>
       <c r="E51" s="11">
         <v>84.378695451347951</v>
       </c>
       <c r="F51" s="11">
@@ -8198,51 +8342,51 @@
         <v>89.313416802477462</v>
       </c>
       <c r="D54" s="11">
         <v>27.770205166537977</v>
       </c>
       <c r="E54" s="11">
         <v>53.775808928900169</v>
       </c>
       <c r="F54" s="11">
         <v>26.521677901430866</v>
       </c>
       <c r="G54" s="11">
         <v>2.2987285867528295</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="2"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="2"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>53</v>
       </c>
       <c r="B57" s="11">
         <v>88.292215625537111</v>
       </c>
       <c r="C57" s="11">
         <v>78.348525817956371</v>
       </c>
       <c r="D57" s="11">
         <v>10.742758116821104</v>
       </c>
       <c r="E57" s="11">
         <v>33.191986656294176</v>
       </c>
       <c r="F57" s="11">
@@ -8316,173 +8460,173 @@
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.7109375" customWidth="1"/>
     <col min="2" max="6" width="14.7109375" customWidth="1"/>
     <col min="7" max="7" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="23"/>
-[...3 lines deleted...]
-      <c r="G1" s="23"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
     </row>
     <row r="2" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
-[...7 lines deleted...]
-      <c r="G2" s="23"/>
+      <c r="A2" s="22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" s="18"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
     </row>
     <row r="3" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F3" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="G3" s="28" t="s">
+      <c r="G3" s="24" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="12">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="13">
         <v>105795.8</v>
       </c>
-      <c r="C4" s="12">
+      <c r="C4" s="13">
         <v>100000</v>
       </c>
-      <c r="D4" s="12">
+      <c r="D4" s="13">
         <v>28991.600000000002</v>
       </c>
-      <c r="E4" s="12">
+      <c r="E4" s="13">
         <v>6000</v>
       </c>
-      <c r="F4" s="12">
+      <c r="F4" s="13">
         <v>740</v>
       </c>
-      <c r="G4" s="12">
+      <c r="G4" s="13">
         <v>13800</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B5" s="6"/>
-[...4 lines deleted...]
-      <c r="G5" s="6"/>
+      <c r="B5" s="27"/>
+      <c r="C5" s="27"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="6"/>
-[...4 lines deleted...]
-      <c r="G6" s="6"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="27"/>
+      <c r="F6" s="27"/>
+      <c r="G6" s="27"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="13">
         <v>162463.40000000002</v>
       </c>
       <c r="C7" s="13">
         <v>150000</v>
       </c>
       <c r="D7" s="13">
         <v>85000</v>
       </c>
       <c r="E7" s="13">
         <v>8000</v>
       </c>
       <c r="F7" s="13">
         <v>1158.2</v>
       </c>
       <c r="G7" s="13">
         <v>20000</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="13">
         <v>121880</v>
       </c>
       <c r="C8" s="13">
         <v>100000</v>
       </c>
       <c r="D8" s="13">
         <v>50000</v>
       </c>
       <c r="E8" s="13">
         <v>7500</v>
       </c>
-      <c r="F8" s="14" t="s">
+      <c r="F8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G8" s="13">
         <v>15800</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="13">
         <v>101200</v>
       </c>
       <c r="C9" s="13">
         <v>90000</v>
       </c>
       <c r="D9" s="13">
         <v>16649.2</v>
       </c>
       <c r="E9" s="13">
         <v>5000</v>
       </c>
       <c r="F9" s="13">
         <v>440</v>
       </c>
@@ -8584,67 +8728,67 @@
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="13">
         <v>86000</v>
       </c>
       <c r="C14" s="13">
         <v>80000</v>
       </c>
       <c r="D14" s="13">
         <v>37500</v>
       </c>
       <c r="E14" s="13">
         <v>6940</v>
       </c>
       <c r="F14" s="13">
         <v>1183.4000000000001</v>
       </c>
       <c r="G14" s="13">
         <v>17500</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B15" s="6"/>
-[...4 lines deleted...]
-      <c r="G15" s="6"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      <c r="G16" s="6"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="27"/>
+      <c r="C16" s="27"/>
+      <c r="D16" s="27"/>
+      <c r="E16" s="27"/>
+      <c r="F16" s="27"/>
+      <c r="G16" s="27"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="13">
         <v>80000</v>
       </c>
       <c r="C17" s="13">
         <v>80000</v>
       </c>
       <c r="D17" s="13">
         <v>18640.5</v>
       </c>
       <c r="E17" s="13">
         <v>3793.8</v>
       </c>
       <c r="F17" s="13">
         <v>740</v>
       </c>
       <c r="G17" s="13">
         <v>12495</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
@@ -8718,153 +8862,155 @@
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
       <c r="B21" s="13">
         <v>95169</v>
       </c>
       <c r="C21" s="13">
         <v>80000</v>
       </c>
       <c r="D21" s="13">
         <v>23000</v>
       </c>
       <c r="E21" s="13">
         <v>6800</v>
       </c>
       <c r="F21" s="13">
         <v>500</v>
       </c>
       <c r="G21" s="13">
         <v>12000</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B22" s="6"/>
-[...4 lines deleted...]
-      <c r="G22" s="6"/>
+      <c r="B22" s="13"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...6 lines deleted...]
-      <c r="G23" s="6"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="13"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B24" s="13">
         <v>106108.6</v>
       </c>
       <c r="C24" s="13">
         <v>90000</v>
       </c>
       <c r="D24" s="13">
         <v>25193.4</v>
       </c>
       <c r="E24" s="13">
         <v>5800</v>
       </c>
       <c r="F24" s="13">
         <v>774</v>
       </c>
       <c r="G24" s="13">
         <v>15520.6</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B25" s="13">
         <v>132500.80000000002</v>
       </c>
       <c r="C25" s="13">
         <v>110000</v>
       </c>
       <c r="D25" s="13">
         <v>51000</v>
       </c>
       <c r="E25" s="13">
         <v>7253</v>
       </c>
       <c r="F25" s="13">
         <v>657.6</v>
       </c>
       <c r="G25" s="13">
         <v>12600</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B26" s="13">
         <v>7396</v>
       </c>
-      <c r="C26" s="13"/>
+      <c r="C26" s="13" t="s">
+        <v>57</v>
+      </c>
       <c r="D26" s="13">
         <v>22120.415000000001</v>
       </c>
       <c r="E26" s="13">
         <v>4800</v>
       </c>
       <c r="F26" s="13">
         <v>300</v>
       </c>
-      <c r="G26" s="14" t="s">
+      <c r="G26" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B27" s="6"/>
-[...4 lines deleted...]
-      <c r="G27" s="6"/>
+      <c r="B27" s="27"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27"/>
+      <c r="G27" s="27"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...6 lines deleted...]
-      <c r="G28" s="6"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="27"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B29" s="13">
         <v>69554.8</v>
       </c>
       <c r="C29" s="13">
         <v>70000</v>
       </c>
       <c r="D29" s="13">
         <v>11113.2</v>
       </c>
       <c r="E29" s="13">
         <v>2792.4</v>
       </c>
       <c r="F29" s="13">
         <v>460</v>
       </c>
       <c r="G29" s="13">
         <v>18796.2</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
@@ -8938,88 +9084,88 @@
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B33" s="13">
         <v>161180</v>
       </c>
       <c r="C33" s="13">
         <v>127000</v>
       </c>
       <c r="D33" s="13">
         <v>44361.5</v>
       </c>
       <c r="E33" s="13">
         <v>10900</v>
       </c>
       <c r="F33" s="13">
         <v>1014.6</v>
       </c>
       <c r="G33" s="13">
         <v>13788.400000000001</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B34" s="6"/>
-[...4 lines deleted...]
-      <c r="G34" s="6"/>
+      <c r="B34" s="27"/>
+      <c r="C34" s="27"/>
+      <c r="D34" s="27"/>
+      <c r="E34" s="27"/>
+      <c r="F34" s="27"/>
+      <c r="G34" s="27"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...6 lines deleted...]
-      <c r="G35" s="6"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="27"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="27"/>
+      <c r="E35" s="27"/>
+      <c r="F35" s="27"/>
+      <c r="G35" s="27"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="13">
         <v>20930</v>
       </c>
       <c r="C36" s="13">
         <v>29800</v>
       </c>
       <c r="D36" s="13">
         <v>8665</v>
       </c>
       <c r="E36" s="13">
         <v>3140</v>
       </c>
       <c r="F36" s="13">
         <v>300</v>
       </c>
-      <c r="G36" s="14" t="s">
+      <c r="G36" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B37" s="13">
         <v>66284</v>
       </c>
       <c r="C37" s="13">
         <v>60000</v>
       </c>
       <c r="D37" s="13">
         <v>8400</v>
       </c>
       <c r="E37" s="13">
         <v>4160</v>
       </c>
       <c r="F37" s="13">
         <v>500</v>
       </c>
       <c r="G37" s="13">
         <v>7500</v>
       </c>
@@ -9072,88 +9218,90 @@
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B40" s="13">
         <v>237568</v>
       </c>
       <c r="C40" s="13">
         <v>180000</v>
       </c>
       <c r="D40" s="13">
         <v>78400</v>
       </c>
       <c r="E40" s="13">
         <v>10000</v>
       </c>
       <c r="F40" s="13">
         <v>1370.4</v>
       </c>
       <c r="G40" s="13">
         <v>22800</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B41" s="6"/>
-[...4 lines deleted...]
-      <c r="G41" s="6"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="27"/>
+      <c r="D41" s="27"/>
+      <c r="E41" s="27"/>
+      <c r="F41" s="27"/>
+      <c r="G41" s="27"/>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...6 lines deleted...]
-      <c r="G42" s="6"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="27"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="27"/>
+      <c r="E42" s="27"/>
+      <c r="F42" s="27"/>
+      <c r="G42" s="27"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="13">
         <v>102700</v>
       </c>
       <c r="C43" s="13">
         <v>100000</v>
       </c>
       <c r="D43" s="13">
         <v>50000</v>
       </c>
       <c r="E43" s="13">
         <v>5600</v>
       </c>
       <c r="F43" s="13">
         <v>500</v>
       </c>
-      <c r="G43" s="13"/>
+      <c r="G43" s="13" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="13">
         <v>105400</v>
       </c>
       <c r="C44" s="13">
         <v>100000</v>
       </c>
       <c r="D44" s="13">
         <v>26000</v>
       </c>
       <c r="E44" s="13">
         <v>6140</v>
       </c>
       <c r="F44" s="13">
         <v>500</v>
       </c>
       <c r="G44" s="13">
         <v>10600</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
@@ -9199,95 +9347,95 @@
         <v>970</v>
       </c>
       <c r="G46" s="13">
         <v>17313.600000000002</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="13">
         <v>95280</v>
       </c>
       <c r="C47" s="13">
         <v>90000</v>
       </c>
       <c r="D47" s="13">
         <v>15439.400000000001</v>
       </c>
       <c r="E47" s="13">
         <v>5000</v>
       </c>
       <c r="F47" s="13">
         <v>745.80000000000007</v>
       </c>
-      <c r="G47" s="14" t="s">
+      <c r="G47" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
       <c r="B48" s="13">
         <v>82383.400000000009</v>
       </c>
       <c r="C48" s="13">
         <v>83000</v>
       </c>
       <c r="D48" s="13">
         <v>14936.2</v>
       </c>
       <c r="E48" s="13">
         <v>2012.2</v>
       </c>
       <c r="F48" s="13">
         <v>550</v>
       </c>
-      <c r="G48" s="14" t="s">
+      <c r="G48" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B49" s="6"/>
-[...4 lines deleted...]
-      <c r="G49" s="6"/>
+      <c r="B49" s="27"/>
+      <c r="C49" s="27"/>
+      <c r="D49" s="27"/>
+      <c r="E49" s="27"/>
+      <c r="F49" s="27"/>
+      <c r="G49" s="27"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...6 lines deleted...]
-      <c r="G50" s="6"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="27"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="13">
         <v>110800</v>
       </c>
       <c r="C51" s="13">
         <v>100000</v>
       </c>
       <c r="D51" s="13">
         <v>35472.6</v>
       </c>
       <c r="E51" s="13">
         <v>6534</v>
       </c>
       <c r="F51" s="13">
         <v>750</v>
       </c>
       <c r="G51" s="13">
         <v>13600</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
@@ -9301,123 +9449,125 @@
         <v>104000</v>
       </c>
       <c r="D52" s="13">
         <v>35000</v>
       </c>
       <c r="E52" s="13">
         <v>8000</v>
       </c>
       <c r="F52" s="13">
         <v>670</v>
       </c>
       <c r="G52" s="13">
         <v>12734.2</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
       <c r="B53" s="13">
         <v>52500</v>
       </c>
       <c r="C53" s="13">
         <v>52000</v>
       </c>
-      <c r="D53" s="13"/>
+      <c r="D53" s="13" t="s">
+        <v>57</v>
+      </c>
       <c r="E53" s="13">
         <v>2460</v>
       </c>
-      <c r="F53" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G53" s="14" t="s">
+      <c r="F53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G53" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
       <c r="B54" s="13">
         <v>93490</v>
       </c>
       <c r="C54" s="13">
         <v>90000</v>
       </c>
       <c r="D54" s="13">
         <v>15000</v>
       </c>
       <c r="E54" s="13">
         <v>4200</v>
       </c>
       <c r="F54" s="13">
         <v>719.2</v>
       </c>
-      <c r="G54" s="14" t="s">
+      <c r="G54" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B55" s="6"/>
-[...4 lines deleted...]
-      <c r="G55" s="6"/>
+      <c r="B55" s="27"/>
+      <c r="C55" s="27"/>
+      <c r="D55" s="27"/>
+      <c r="E55" s="27"/>
+      <c r="F55" s="27"/>
+      <c r="G55" s="27"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      <c r="G56" s="6"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="27"/>
+      <c r="C56" s="27"/>
+      <c r="D56" s="27"/>
+      <c r="E56" s="27"/>
+      <c r="F56" s="27"/>
+      <c r="G56" s="27"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>53</v>
       </c>
       <c r="B57" s="13">
         <v>50000</v>
       </c>
       <c r="C57" s="13">
         <v>50000</v>
       </c>
       <c r="D57" s="13">
         <v>9159.2040600000018</v>
       </c>
       <c r="E57" s="13">
         <v>2500</v>
       </c>
       <c r="F57" s="13">
         <v>300</v>
       </c>
-      <c r="G57" s="14" t="s">
+      <c r="G57" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>54</v>
       </c>
       <c r="B58" s="13">
         <v>100295.6</v>
       </c>
       <c r="C58" s="13">
         <v>90000</v>
       </c>
       <c r="D58" s="13">
         <v>22444.800000000003</v>
       </c>
       <c r="E58" s="13">
         <v>5732.6</v>
       </c>
       <c r="F58" s="13">
         <v>500</v>
       </c>
       <c r="G58" s="13">
         <v>13441.2</v>
       </c>
@@ -9465,7601 +9615,7649 @@
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.140625" customWidth="1"/>
     <col min="2" max="5" width="14.7109375" customWidth="1"/>
     <col min="6" max="6" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="23"/>
-[...2 lines deleted...]
-      <c r="F1" s="23"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
     </row>
     <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
+      <c r="A2" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="22"/>
-[...5 lines deleted...]
-    <row r="3" spans="1:8" s="20" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="B2" s="18"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+    </row>
+    <row r="3" spans="1:8" s="16" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>19</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F3" s="24" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="9">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="28">
         <v>74.364602552528552</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="28">
         <v>13.400906576255334</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="28">
         <v>5.6542610749776676</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="28">
         <v>0.7297483729837575</v>
       </c>
-      <c r="F4" s="9">
+      <c r="F4" s="28">
         <v>5.8504814232547044</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B5" s="2"/>
-[...3 lines deleted...]
-      <c r="F5" s="2"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="2"/>
-[...3 lines deleted...]
-      <c r="F6" s="2"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="17"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="11">
+      <c r="B7" s="28">
         <v>73.599461432538916</v>
       </c>
-      <c r="C7" s="11">
+      <c r="C7" s="28">
         <v>14.406854019254069</v>
       </c>
-      <c r="D7" s="11">
+      <c r="D7" s="28">
         <v>5.2502174215590705</v>
       </c>
-      <c r="E7" s="11">
+      <c r="E7" s="28">
         <v>2.0074563773073271</v>
       </c>
-      <c r="F7" s="11">
+      <c r="F7" s="28">
         <v>4.7360107493406201</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="11">
+      <c r="B8" s="28">
         <v>66.369532109586842</v>
       </c>
-      <c r="C8" s="11">
+      <c r="C8" s="28">
         <v>21.054639578709399</v>
       </c>
-      <c r="D8" s="11">
+      <c r="D8" s="28">
         <v>4.7794020607448164</v>
       </c>
-      <c r="E8" s="15" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="11">
+      <c r="E8" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" s="28">
         <v>7.6450296059240088</v>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="11">
+      <c r="B9" s="28">
         <v>79.469298501276583</v>
       </c>
-      <c r="C9" s="11">
+      <c r="C9" s="28">
         <v>11.32667796032816</v>
       </c>
-      <c r="D9" s="11">
+      <c r="D9" s="28">
         <v>4.760026609374318</v>
       </c>
-      <c r="E9" s="11">
+      <c r="E9" s="28">
         <v>0.42483883185275084</v>
       </c>
-      <c r="F9" s="11">
+      <c r="F9" s="28">
         <v>4.0191580971681935</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="11">
+      <c r="B10" s="28">
         <v>77.991420582435637</v>
       </c>
-      <c r="C10" s="11">
+      <c r="C10" s="28">
         <v>8.874718837696058</v>
       </c>
-      <c r="D10" s="11">
+      <c r="D10" s="28">
         <v>4.8185984169974354</v>
       </c>
-      <c r="E10" s="11">
+      <c r="E10" s="28">
         <v>0.33293496410007856</v>
       </c>
-      <c r="F10" s="11">
+      <c r="F10" s="28">
         <v>7.9823271987707969</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="11">
+      <c r="B11" s="28">
         <v>81.452436023352874</v>
       </c>
-      <c r="C11" s="11">
+      <c r="C11" s="28">
         <v>9.0589643225975784</v>
       </c>
-      <c r="D11" s="11">
+      <c r="D11" s="28">
         <v>4.668966654341232</v>
       </c>
-      <c r="E11" s="11">
+      <c r="E11" s="28">
         <v>0.47261084041561663</v>
       </c>
-      <c r="F11" s="11">
+      <c r="F11" s="28">
         <v>4.3470221592926732</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="11">
+      <c r="B12" s="28">
         <v>73.92868001934562</v>
       </c>
-      <c r="C12" s="11">
+      <c r="C12" s="28">
         <v>11.381674972202802</v>
       </c>
-      <c r="D12" s="11">
+      <c r="D12" s="28">
         <v>7.6293103564912865</v>
       </c>
-      <c r="E12" s="11">
+      <c r="E12" s="28">
         <v>0.60974545242899725</v>
       </c>
-      <c r="F12" s="11">
+      <c r="F12" s="28">
         <v>6.4505891995313034</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="11">
+      <c r="B13" s="28">
         <v>74.920604834641139</v>
       </c>
-      <c r="C13" s="11">
+      <c r="C13" s="28">
         <v>12.011065837846308</v>
       </c>
-      <c r="D13" s="11">
+      <c r="D13" s="28">
         <v>7.1458277760477387</v>
       </c>
-      <c r="E13" s="11">
+      <c r="E13" s="28">
         <v>0.25988049289361237</v>
       </c>
-      <c r="F13" s="11">
+      <c r="F13" s="28">
         <v>5.6626210585712169</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="11">
+      <c r="B14" s="28">
         <v>68.069901638671951</v>
       </c>
-      <c r="C14" s="11">
+      <c r="C14" s="28">
         <v>17.299200110822738</v>
       </c>
-      <c r="D14" s="11">
+      <c r="D14" s="28">
         <v>7.1331777446603084</v>
       </c>
-      <c r="E14" s="11">
+      <c r="E14" s="28">
         <v>0.47104090490551304</v>
       </c>
-      <c r="F14" s="11">
+      <c r="F14" s="28">
         <v>7.0266796009394987</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B15" s="2"/>
-[...3 lines deleted...]
-      <c r="F15" s="2"/>
+      <c r="B15" s="28"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="28"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-      <c r="F16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="28"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="11">
+      <c r="B17" s="28">
         <v>86.867717233735192</v>
       </c>
-      <c r="C17" s="11">
+      <c r="C17" s="28">
         <v>7.5681893708421235</v>
       </c>
-      <c r="D17" s="11">
+      <c r="D17" s="28">
         <v>2.3837317664165187</v>
       </c>
-      <c r="E17" s="11">
+      <c r="E17" s="28">
         <v>0.45857582457471513</v>
       </c>
-      <c r="F17" s="11">
+      <c r="F17" s="28">
         <v>2.7217858044314642</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="11">
+      <c r="B18" s="28">
         <v>72.831181227844553</v>
       </c>
-      <c r="C18" s="11">
+      <c r="C18" s="28">
         <v>16.868668698966406</v>
       </c>
-      <c r="D18" s="11">
+      <c r="D18" s="28">
         <v>5.0679630666979758</v>
       </c>
-      <c r="E18" s="11">
+      <c r="E18" s="28">
         <v>1.0026840097873619</v>
       </c>
-      <c r="F18" s="11">
+      <c r="F18" s="28">
         <v>4.229502996703717</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="11">
+      <c r="B19" s="28">
         <v>71.55926709984108</v>
       </c>
-      <c r="C19" s="11">
+      <c r="C19" s="28">
         <v>14.061948378721246</v>
       </c>
-      <c r="D19" s="11">
+      <c r="D19" s="28">
         <v>6.3366027277394972</v>
       </c>
-      <c r="E19" s="11">
+      <c r="E19" s="28">
         <v>0.92453405089275487</v>
       </c>
-      <c r="F19" s="11">
+      <c r="F19" s="28">
         <v>7.117647742805425</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="11">
+      <c r="B20" s="28">
         <v>71.108394422704734</v>
       </c>
-      <c r="C20" s="11">
+      <c r="C20" s="28">
         <v>12.789814436716664</v>
       </c>
-      <c r="D20" s="11">
+      <c r="D20" s="28">
         <v>6.4462340192597267</v>
       </c>
-      <c r="E20" s="11">
+      <c r="E20" s="28">
         <v>0.50751253030576926</v>
       </c>
-      <c r="F20" s="11">
+      <c r="F20" s="28">
         <v>9.148044591013111</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="11">
+      <c r="B21" s="28">
         <v>80.32661148479653</v>
       </c>
-      <c r="C21" s="11">
+      <c r="C21" s="28">
         <v>8.667391048230634</v>
       </c>
-      <c r="D21" s="11">
+      <c r="D21" s="28">
         <v>7.2829618098592244</v>
       </c>
-      <c r="E21" s="11">
+      <c r="E21" s="28">
         <v>0.26871094153423059</v>
       </c>
-      <c r="F21" s="11">
+      <c r="F21" s="28">
         <v>3.4543247155793861</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B22" s="2"/>
-[...3 lines deleted...]
-      <c r="F22" s="2"/>
+      <c r="B22" s="28"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="28"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-      <c r="F23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B24" s="11">
+        <v>89</v>
+      </c>
+      <c r="B24" s="28">
         <v>74.317256958613896</v>
       </c>
-      <c r="C24" s="11">
+      <c r="C24" s="28">
         <v>13.731510439502356</v>
       </c>
-      <c r="D24" s="11">
+      <c r="D24" s="28">
         <v>5.019676773303952</v>
       </c>
-      <c r="E24" s="11">
+      <c r="E24" s="28">
         <v>0.81652146695948613</v>
       </c>
-      <c r="F24" s="11">
+      <c r="F24" s="28">
         <v>6.115034361620312</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B25" s="11">
+        <v>90</v>
+      </c>
+      <c r="B25" s="28">
         <v>77.259689481635476</v>
       </c>
-      <c r="C25" s="11">
+      <c r="C25" s="28">
         <v>10.957200465024645</v>
       </c>
-      <c r="D25" s="11">
+      <c r="D25" s="28">
         <v>6.1310050138904089</v>
       </c>
-      <c r="E25" s="11">
+      <c r="E25" s="28">
         <v>0.48567274387404485</v>
       </c>
-      <c r="F25" s="11">
+      <c r="F25" s="28">
         <v>5.1664322955754383</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      <c r="C26" s="11">
+        <v>88</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="28">
         <v>56.542456181047548</v>
       </c>
-      <c r="D26" s="11">
+      <c r="D26" s="28">
         <v>35.169507257514717</v>
       </c>
-      <c r="E26" s="11">
+      <c r="E26" s="28">
         <v>1.5419140197044729</v>
       </c>
-      <c r="F26" s="15" t="s">
+      <c r="F26" s="28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B27" s="2"/>
-[...3 lines deleted...]
-      <c r="F27" s="2"/>
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="28"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-      <c r="F28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="11">
+      <c r="B29" s="28">
         <v>87.748676129522693</v>
       </c>
-      <c r="C29" s="11">
+      <c r="C29" s="28">
         <v>6.3369856823360839</v>
       </c>
-      <c r="D29" s="11">
+      <c r="D29" s="28">
         <v>2.0391852045757197</v>
       </c>
-      <c r="E29" s="11">
+      <c r="E29" s="28">
         <v>0.26897639835008014</v>
       </c>
-      <c r="F29" s="11">
+      <c r="F29" s="28">
         <v>3.6061765852154273</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="11">
+      <c r="B30" s="28">
         <v>82.59923635919283</v>
       </c>
-      <c r="C30" s="11">
+      <c r="C30" s="28">
         <v>10.354417982267863</v>
       </c>
-      <c r="D30" s="11">
+      <c r="D30" s="28">
         <v>4.1949136926014701</v>
       </c>
-      <c r="E30" s="11">
+      <c r="E30" s="28">
         <v>0.52280500183768708</v>
       </c>
-      <c r="F30" s="11">
+      <c r="F30" s="28">
         <v>2.3286269641001609</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="11">
+      <c r="B31" s="28">
         <v>72.852408815817967</v>
       </c>
-      <c r="C31" s="11">
+      <c r="C31" s="28">
         <v>12.862390882650466</v>
       </c>
-      <c r="D31" s="11">
+      <c r="D31" s="28">
         <v>5.6052955286241355</v>
       </c>
-      <c r="E31" s="11">
+      <c r="E31" s="28">
         <v>0.25649252585741028</v>
       </c>
-      <c r="F31" s="11">
+      <c r="F31" s="28">
         <v>8.4234122470500168</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="11">
+      <c r="B32" s="28">
         <v>75.305758457186471</v>
       </c>
-      <c r="C32" s="11">
+      <c r="C32" s="28">
         <v>14.501564927621697</v>
       </c>
-      <c r="D32" s="11">
+      <c r="D32" s="28">
         <v>6.7264945018137636</v>
       </c>
-      <c r="E32" s="11">
+      <c r="E32" s="28">
         <v>0.40829868881296211</v>
       </c>
-      <c r="F32" s="11">
+      <c r="F32" s="28">
         <v>3.0578834245651247</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="11">
+      <c r="B33" s="28">
         <v>65.793512076028122</v>
       </c>
-      <c r="C33" s="11">
+      <c r="C33" s="28">
         <v>17.058660130519179</v>
       </c>
-      <c r="D33" s="11">
+      <c r="D33" s="28">
         <v>7.0031410095739597</v>
       </c>
-      <c r="E33" s="11">
+      <c r="E33" s="28">
         <v>1.5054022171736003</v>
       </c>
-      <c r="F33" s="11">
+      <c r="F33" s="28">
         <v>8.6392845667051414</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B34" s="2"/>
-[...3 lines deleted...]
-      <c r="F34" s="2"/>
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="28"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-      <c r="F35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="28"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="11">
+      <c r="B36" s="28">
         <v>83.317862078304174</v>
       </c>
-      <c r="C36" s="11">
+      <c r="C36" s="28">
         <v>4.5734368846813247</v>
       </c>
-      <c r="D36" s="11">
+      <c r="D36" s="28">
         <v>10.473611505226547</v>
       </c>
-      <c r="E36" s="11">
+      <c r="E36" s="28">
         <v>0.46140898418399051</v>
       </c>
-      <c r="F36" s="15" t="s">
+      <c r="F36" s="28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="11">
+      <c r="B37" s="28">
         <v>87.646652932804287</v>
       </c>
-      <c r="C37" s="11">
+      <c r="C37" s="28">
         <v>3.580843106110728</v>
       </c>
-      <c r="D37" s="11">
+      <c r="D37" s="28">
         <v>7.1554842651716024</v>
       </c>
-      <c r="E37" s="11">
+      <c r="E37" s="28">
         <v>0.18634090673496753</v>
       </c>
-      <c r="F37" s="11">
+      <c r="F37" s="28">
         <v>1.4306787891784161</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="11">
+      <c r="B38" s="28">
         <v>86.392572390797056</v>
       </c>
-      <c r="C38" s="11">
+      <c r="C38" s="28">
         <v>5.972305445603511</v>
       </c>
-      <c r="D38" s="11">
+      <c r="D38" s="28">
         <v>5.7729408640411917</v>
       </c>
-      <c r="E38" s="11">
+      <c r="E38" s="28">
         <v>0.3014290235198302</v>
       </c>
-      <c r="F38" s="11">
+      <c r="F38" s="28">
         <v>1.5607522760384125</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="11">
+      <c r="B39" s="28">
         <v>81.987236368770638</v>
       </c>
-      <c r="C39" s="11">
+      <c r="C39" s="28">
         <v>9.5125796043049551</v>
       </c>
-      <c r="D39" s="11">
+      <c r="D39" s="28">
         <v>5.5405069316727502</v>
       </c>
-      <c r="E39" s="11">
+      <c r="E39" s="28">
         <v>0.350123837431216</v>
       </c>
-      <c r="F39" s="11">
+      <c r="F39" s="28">
         <v>2.6095532578204406</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="11">
+      <c r="B40" s="28">
         <v>62.160350899244854</v>
       </c>
-      <c r="C40" s="11">
+      <c r="C40" s="28">
         <v>21.233307616063623</v>
       </c>
-      <c r="D40" s="11">
+      <c r="D40" s="28">
         <v>4.8628973329205678</v>
       </c>
-      <c r="E40" s="11">
+      <c r="E40" s="28">
         <v>1.2327185230036051</v>
       </c>
-      <c r="F40" s="11">
+      <c r="F40" s="28">
         <v>10.510725628767354</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B41" s="2"/>
-[...3 lines deleted...]
-      <c r="F41" s="2"/>
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-      <c r="F42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="11">
+      <c r="B43" s="28">
         <v>77.30374356413094</v>
       </c>
-      <c r="C43" s="11">
+      <c r="C43" s="28">
         <v>11.38478346184697</v>
       </c>
-      <c r="D43" s="11">
+      <c r="D43" s="28">
         <v>6.476515941960324</v>
       </c>
-      <c r="E43" s="11">
+      <c r="E43" s="28">
         <v>0.5026774045449931</v>
       </c>
-      <c r="F43" s="15" t="s">
+      <c r="F43" s="28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="11">
+      <c r="B44" s="28">
         <v>78.479236326470001</v>
       </c>
-      <c r="C44" s="11">
+      <c r="C44" s="28">
         <v>9.3227358218047787</v>
       </c>
-      <c r="D44" s="11">
+      <c r="D44" s="28">
         <v>6.1882492859581282</v>
       </c>
-      <c r="E44" s="11">
+      <c r="E44" s="28">
         <v>0.23750116436387669</v>
       </c>
-      <c r="F44" s="11">
+      <c r="F44" s="28">
         <v>5.7722774014032252</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="11">
+      <c r="B45" s="28">
         <v>71.171231720262611</v>
       </c>
-      <c r="C45" s="11">
+      <c r="C45" s="28">
         <v>15.234939158243929</v>
       </c>
-      <c r="D45" s="11">
+      <c r="D45" s="28">
         <v>7.4013088894893553</v>
       </c>
-      <c r="E45" s="11">
+      <c r="E45" s="28">
         <v>0.44876187779839605</v>
       </c>
-      <c r="F45" s="11">
+      <c r="F45" s="28">
         <v>5.7437583542057133</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="11">
+      <c r="B46" s="28">
         <v>68.405294865848106</v>
       </c>
-      <c r="C46" s="11">
+      <c r="C46" s="28">
         <v>17.85207821301989</v>
       </c>
-      <c r="D46" s="11">
+      <c r="D46" s="28">
         <v>5.3864179662148608</v>
       </c>
-      <c r="E46" s="11">
+      <c r="E46" s="28">
         <v>1.2107723595359434</v>
       </c>
-      <c r="F46" s="11">
+      <c r="F46" s="28">
         <v>7.1454365953812067</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="11">
+      <c r="B47" s="28">
         <v>77.870104335622827</v>
       </c>
-      <c r="C47" s="11">
+      <c r="C47" s="28">
         <v>10.51108670273039</v>
       </c>
-      <c r="D47" s="11">
+      <c r="D47" s="28">
         <v>3.4600448990347257</v>
       </c>
-      <c r="E47" s="11">
+      <c r="E47" s="28">
         <v>1.2207889477142777</v>
       </c>
-      <c r="F47" s="15" t="s">
+      <c r="F47" s="28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="11">
+      <c r="B48" s="28">
         <v>83.170825959432975</v>
       </c>
-      <c r="C48" s="11">
+      <c r="C48" s="28">
         <v>13.388518912538345</v>
       </c>
-      <c r="D48" s="11">
+      <c r="D48" s="28">
         <v>2.7903090997204161</v>
       </c>
-      <c r="E48" s="11">
+      <c r="E48" s="28">
         <v>0.59742792545067736</v>
       </c>
-      <c r="F48" s="15" t="s">
+      <c r="F48" s="28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B49" s="2"/>
-[...3 lines deleted...]
-      <c r="F49" s="2"/>
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+      <c r="F49" s="28"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-      <c r="F50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="28"/>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="11">
+      <c r="B51" s="28">
         <v>76.338283238064051</v>
       </c>
-      <c r="C51" s="11">
+      <c r="C51" s="28">
         <v>12.996759108674313</v>
       </c>
-      <c r="D51" s="11">
+      <c r="D51" s="28">
         <v>6.1629013280874094</v>
       </c>
-      <c r="E51" s="11">
+      <c r="E51" s="28">
         <v>0.74526271964096691</v>
       </c>
-      <c r="F51" s="11">
+      <c r="F51" s="28">
         <v>3.7567936055332729</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="11">
+      <c r="B52" s="28">
         <v>58.120543991953788</v>
       </c>
-      <c r="C52" s="11">
+      <c r="C52" s="28">
         <v>18.44334289508036</v>
       </c>
-      <c r="D52" s="11">
+      <c r="D52" s="28">
         <v>7.1266199861476132</v>
       </c>
-      <c r="E52" s="11">
+      <c r="E52" s="28">
         <v>0.37232101825861924</v>
       </c>
-      <c r="F52" s="11">
+      <c r="F52" s="28">
         <v>15.937172108559636</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="11">
+      <c r="B53" s="28">
         <v>88.60092249644093</v>
       </c>
-      <c r="C53" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D53" s="11">
+      <c r="C53" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="D53" s="28">
         <v>3.9776218276355801</v>
       </c>
-      <c r="E53" s="15" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="15" t="s">
+      <c r="E53" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="F53" s="28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="11">
+      <c r="B54" s="28">
         <v>81.512720837685421</v>
       </c>
-      <c r="C54" s="11">
+      <c r="C54" s="28">
         <v>10.901543495038908</v>
       </c>
-      <c r="D54" s="11">
+      <c r="D54" s="28">
         <v>3.4102166710624728</v>
       </c>
-      <c r="E54" s="11">
+      <c r="E54" s="28">
         <v>1.0166498602746223</v>
       </c>
-      <c r="F54" s="15" t="s">
+      <c r="F54" s="28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B55" s="2"/>
-[...3 lines deleted...]
-      <c r="F55" s="2"/>
+      <c r="B55" s="28"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="28"/>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-      <c r="F56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="28"/>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="28"/>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>59</v>
       </c>
-      <c r="B57" s="11">
+      <c r="B57" s="28">
         <v>90.576381794582232</v>
       </c>
-      <c r="C57" s="11">
+      <c r="C57" s="28">
         <v>4.7335967119451432</v>
       </c>
-      <c r="D57" s="11">
+      <c r="D57" s="28">
         <v>4.1977392458961562</v>
       </c>
-      <c r="E57" s="11">
+      <c r="E57" s="28">
         <v>0.10482243991202175</v>
       </c>
-      <c r="F57" s="15" t="s">
+      <c r="F57" s="28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="B58" s="11">
+      <c r="B58" s="28">
         <v>80.865800467834887</v>
       </c>
-      <c r="C58" s="11">
+      <c r="C58" s="28">
         <v>9.09639045049747</v>
       </c>
-      <c r="D58" s="11">
+      <c r="D58" s="28">
         <v>6.089897082834864</v>
       </c>
-      <c r="E58" s="11">
+      <c r="E58" s="28">
         <v>0.31615289254001605</v>
       </c>
-      <c r="F58" s="11">
+      <c r="F58" s="28">
         <v>3.6317591062927721</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="11">
+      <c r="B59" s="28">
         <v>64.617675861838492</v>
       </c>
-      <c r="C59" s="11">
+      <c r="C59" s="28">
         <v>19.701119892929913</v>
       </c>
-      <c r="D59" s="11">
+      <c r="D59" s="28">
         <v>5.1923889928322433</v>
       </c>
-      <c r="E59" s="11">
+      <c r="E59" s="28">
         <v>1.3194442814342866</v>
       </c>
-      <c r="F59" s="11">
+      <c r="F59" s="28">
         <v>9.1693709709650815</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:K62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.140625" customWidth="1"/>
     <col min="2" max="8" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:11" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:11" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B2" s="22"/>
+    <row r="2" spans="1:11" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:11" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>63</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>64</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>65</v>
       </c>
-      <c r="F3" s="28" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="28" t="s">
+      <c r="F3" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G3" s="24" t="s">
         <v>66</v>
       </c>
-      <c r="H3" s="28" t="s">
-        <v>105</v>
+      <c r="H3" s="24" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="9">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="11">
         <v>94.325948648268252</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="11">
         <v>93.943263687213545</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="11">
         <v>4.3963871835658423</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="11">
         <v>0.68047142372654967</v>
       </c>
-      <c r="F4" s="9">
+      <c r="F4" s="11">
         <v>1.8380508431733431</v>
       </c>
-      <c r="G4" s="9">
+      <c r="G4" s="11">
         <v>3.3974739039989488</v>
       </c>
-      <c r="H4" s="9">
+      <c r="H4" s="11">
         <v>16.102133524744119</v>
       </c>
       <c r="I4" s="2"/>
       <c r="K4" s="2"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="11">
         <v>98.511253002795172</v>
       </c>
       <c r="C7" s="11">
         <v>97.502988953285893</v>
       </c>
       <c r="D7" s="11">
         <v>4.1268309236553291</v>
       </c>
       <c r="E7" s="11">
-        <v>0.54431634502897874</v>
+        <v>0.54431634502897863</v>
       </c>
       <c r="F7" s="11">
-        <v>1.8207128122237213</v>
+        <v>1.8207128122237206</v>
       </c>
       <c r="G7" s="11">
-        <v>11.551348020611011</v>
+        <v>11.551348020611007</v>
       </c>
       <c r="H7" s="11">
-        <v>2.763193098706008</v>
+        <v>2.7631930987060072</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="11">
-        <v>95.591455959309414</v>
+        <v>95.591455959309428</v>
       </c>
       <c r="C8" s="11">
-        <v>95.591455959309414</v>
+        <v>95.591455959309428</v>
       </c>
       <c r="D8" s="11">
-        <v>2.9883308064752718</v>
+        <v>2.9883308064752772</v>
       </c>
       <c r="E8" s="11">
-        <v>0.12924145351396268</v>
+        <v>0.12924145351396293</v>
       </c>
       <c r="F8" s="11">
-        <v>3.7703672910451349</v>
+        <v>3.7703672910451416</v>
       </c>
       <c r="G8" s="11">
-        <v>3.4636670416197912</v>
+        <v>3.4636670416197974</v>
       </c>
       <c r="H8" s="11">
-        <v>25.936601946495763</v>
+        <v>25.93660194649582</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="11">
-        <v>94.224440537071558</v>
+        <v>94.224440537071501</v>
       </c>
       <c r="C9" s="11">
-        <v>94.224440537071558</v>
+        <v>94.224440537071501</v>
       </c>
       <c r="D9" s="11">
-        <v>5.5562833705895072</v>
+        <v>5.5562833705895018</v>
       </c>
       <c r="E9" s="11">
-        <v>1.6326064256298278</v>
+        <v>1.6326064256298272</v>
       </c>
       <c r="F9" s="11">
-        <v>2.3131390521121538</v>
+        <v>2.3131390521121524</v>
       </c>
       <c r="G9" s="11">
-        <v>1.2803544934232602</v>
+        <v>1.2803544934232594</v>
       </c>
       <c r="H9" s="11">
-        <v>23.588637614241204</v>
+        <v>23.588637614241193</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="11">
-        <v>88.182089075732648</v>
+        <v>88.182089075732733</v>
       </c>
       <c r="C10" s="11">
-        <v>88.182089075732648</v>
+        <v>88.182089075732733</v>
       </c>
       <c r="D10" s="11">
-        <v>1.7375322041057819</v>
+        <v>1.7375322041057826</v>
       </c>
       <c r="E10" s="11">
-        <v>1.2549356420172217</v>
+        <v>1.2549356420172226</v>
       </c>
       <c r="F10" s="11">
-        <v>2.3215255797862029</v>
+        <v>2.3215255797862042</v>
       </c>
       <c r="G10" s="11">
-        <v>1.5076967042033604</v>
+        <v>1.5076967042033615</v>
       </c>
       <c r="H10" s="11">
-        <v>18.318095974472982</v>
+        <v>18.318095974473</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="11">
-        <v>92.618312284230129</v>
+        <v>92.618312284230171</v>
       </c>
       <c r="C11" s="11">
-        <v>91.329154982455933</v>
+        <v>91.329154982455989</v>
       </c>
       <c r="D11" s="11">
-        <v>6.2165030752522794</v>
+        <v>6.2165030752522865</v>
       </c>
       <c r="E11" s="11">
-        <v>0.21305436522345983</v>
+        <v>0.21305436522346013</v>
       </c>
       <c r="F11" s="11">
-        <v>1.3401673446155771</v>
+        <v>1.3401673446155788</v>
       </c>
       <c r="G11" s="11">
-        <v>2.2533240994670733</v>
+        <v>2.253324099467076</v>
       </c>
       <c r="H11" s="11">
-        <v>17.213555623031233</v>
+        <v>17.213555623031251</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="11">
-        <v>96.041841087529718</v>
+        <v>96.041841087529733</v>
       </c>
       <c r="C12" s="11">
         <v>95.778723280819776</v>
       </c>
       <c r="D12" s="11">
-        <v>4.3623203844722642</v>
+        <v>4.3623203844722731</v>
       </c>
       <c r="E12" s="11">
-        <v>0.17711467621069754</v>
+        <v>0.17711467621069785</v>
       </c>
       <c r="F12" s="11">
-        <v>1.424485942196696</v>
+        <v>1.4244859421966987</v>
       </c>
       <c r="G12" s="11">
-        <v>3.2238781555307217</v>
+        <v>3.2238781555307265</v>
       </c>
       <c r="H12" s="11">
-        <v>19.310117016672635</v>
+        <v>19.310117016672667</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="11">
-        <v>91.657411043529052</v>
+        <v>91.657411043529024</v>
       </c>
       <c r="C13" s="11">
         <v>91.369744996679117</v>
       </c>
       <c r="D13" s="11">
-        <v>7.0420196391165355</v>
+        <v>7.0420196391165284</v>
       </c>
       <c r="E13" s="11">
-        <v>1.4647235984609521</v>
+        <v>1.4647235984609506</v>
       </c>
       <c r="F13" s="11">
-        <v>1.3512731720256477</v>
+        <v>1.3512731720256463</v>
       </c>
       <c r="G13" s="11">
-        <v>1.0206699183915071</v>
+        <v>1.0206699183915062</v>
       </c>
       <c r="H13" s="11">
-        <v>16.314289586262301</v>
+        <v>16.314289586262284</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="11">
         <v>97.300365942780886</v>
       </c>
       <c r="C14" s="11">
-        <v>97.254810947602593</v>
+        <v>97.254810947602607</v>
       </c>
       <c r="D14" s="11">
-        <v>3.4146971995729642</v>
+        <v>3.4146971995729665</v>
       </c>
       <c r="E14" s="11">
-        <v>4.639174506687023E-2</v>
+        <v>4.6391745066870257E-2</v>
       </c>
       <c r="F14" s="11">
-        <v>0.60924134052327628</v>
+        <v>0.60924134052327683</v>
       </c>
       <c r="G14" s="11">
-        <v>1.1048179101109974</v>
+        <v>1.1048179101109987</v>
       </c>
       <c r="H14" s="11">
-        <v>10.287560963577853</v>
+        <v>10.28756096357786</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B15" s="2"/>
-[...5 lines deleted...]
-      <c r="H15" s="2"/>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...7 lines deleted...]
-      <c r="H16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="11"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="11">
-        <v>85.980919974049243</v>
+        <v>85.980919974049201</v>
       </c>
       <c r="C17" s="11">
-        <v>85.628488583929652</v>
+        <v>85.628488583929624</v>
       </c>
       <c r="D17" s="11">
-        <v>4.7631615743164497</v>
+        <v>4.7631615743164692</v>
       </c>
       <c r="E17" s="11">
-        <v>0.18025392179176075</v>
+        <v>0.1802539217917615</v>
       </c>
       <c r="F17" s="11">
-        <v>2.76290574057573</v>
+        <v>2.762905740575742</v>
       </c>
       <c r="G17" s="11">
-        <v>4.4922397665653007</v>
+        <v>4.4922397665653202</v>
       </c>
       <c r="H17" s="11">
-        <v>10.116472392919761</v>
+        <v>10.116472392919801</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="11">
-        <v>94.326698312808503</v>
+        <v>94.326698312808674</v>
       </c>
       <c r="C18" s="11">
-        <v>93.667971629502986</v>
+        <v>93.667971629503128</v>
       </c>
       <c r="D18" s="11">
-        <v>2.6720664189318351</v>
+        <v>2.6720664189318435</v>
       </c>
       <c r="E18" s="11">
-        <v>0.53046750953724786</v>
+        <v>0.53046750953724942</v>
       </c>
       <c r="F18" s="11">
-        <v>0.58007649660992533</v>
+        <v>0.58007649660992699</v>
       </c>
       <c r="G18" s="11">
-        <v>3.4554438607941789</v>
+        <v>3.4554438607941891</v>
       </c>
       <c r="H18" s="11">
-        <v>12.246194013748472</v>
+        <v>12.246194013748511</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="11">
         <v>97.793404421261371</v>
       </c>
       <c r="C19" s="11">
-        <v>97.17424965106413</v>
+        <v>97.174249651064102</v>
       </c>
       <c r="D19" s="11">
         <v>5.4405188685880583</v>
       </c>
       <c r="E19" s="11">
-        <v>1.4466056443474464</v>
+        <v>1.4466056443474469</v>
       </c>
       <c r="F19" s="11">
         <v>2.9116154103845613</v>
       </c>
       <c r="G19" s="11">
         <v>4.6394745877242292</v>
       </c>
       <c r="H19" s="11">
         <v>19.853405244432267</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
       <c r="B20" s="11">
-        <v>97.840081500800736</v>
+        <v>97.840081500800707</v>
       </c>
       <c r="C20" s="11">
-        <v>97.840081500800736</v>
+        <v>97.840081500800707</v>
       </c>
       <c r="D20" s="11">
-        <v>5.8393659553335615</v>
+        <v>5.839365955333558</v>
       </c>
       <c r="E20" s="11">
-        <v>0.95688080658400798</v>
+        <v>0.95688080658400709</v>
       </c>
       <c r="F20" s="11">
-        <v>3.0926942603545955</v>
+        <v>3.0926942603545937</v>
       </c>
       <c r="G20" s="11">
-        <v>2.0426506379895208</v>
+        <v>2.0426506379895195</v>
       </c>
       <c r="H20" s="11">
-        <v>23.435473972813053</v>
+        <v>23.435473972813035</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
       <c r="B21" s="11">
-        <v>93.564151156254582</v>
+        <v>93.564151156254553</v>
       </c>
       <c r="C21" s="11">
-        <v>93.564151156254582</v>
+        <v>93.564151156254553</v>
       </c>
       <c r="D21" s="11">
         <v>4.0541690019679573</v>
       </c>
       <c r="E21" s="11">
         <v>0</v>
       </c>
       <c r="F21" s="11">
         <v>0</v>
       </c>
       <c r="G21" s="11">
         <v>2.0596825234647635</v>
       </c>
       <c r="H21" s="11">
         <v>15.045554134862771</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B22" s="2"/>
-[...5 lines deleted...]
-      <c r="H22" s="2"/>
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="11"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...7 lines deleted...]
-      <c r="H23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="11"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B24" s="11">
-        <v>93.018068502685026</v>
+        <v>93.018068502684841</v>
       </c>
       <c r="C24" s="11">
-        <v>92.907771079813912</v>
+        <v>92.907771079813742</v>
       </c>
       <c r="D24" s="11">
-        <v>4.001043188261816</v>
+        <v>4.0010431882618116</v>
       </c>
       <c r="E24" s="11">
-        <v>0.57188988135650964</v>
+        <v>0.57188988135650898</v>
       </c>
       <c r="F24" s="11">
-        <v>2.3240278081937271</v>
+        <v>2.3240278081937253</v>
       </c>
       <c r="G24" s="11">
-        <v>3.0387750756221426</v>
+        <v>3.0387750756221408</v>
       </c>
       <c r="H24" s="11">
-        <v>13.732370474578765</v>
+        <v>13.732370474578758</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B25" s="11">
-        <v>98.630085718928811</v>
+        <v>98.630085718928797</v>
       </c>
       <c r="C25" s="11">
-        <v>98.630085718928811</v>
+        <v>98.630085718928797</v>
       </c>
       <c r="D25" s="11">
-        <v>6.4072132747209061</v>
+        <v>6.4072132747208981</v>
       </c>
       <c r="E25" s="11">
-        <v>1.2323590421551118</v>
+        <v>1.2323590421551103</v>
       </c>
       <c r="F25" s="11">
-        <v>1.2591207015425587</v>
+        <v>1.259120701542557</v>
       </c>
       <c r="G25" s="11">
-        <v>2.5471552316257164</v>
+        <v>2.547155231625712</v>
       </c>
       <c r="H25" s="11">
-        <v>25.035593183936555</v>
+        <v>25.035593183936516</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B26" s="11">
-        <v>92.413071660648683</v>
+        <v>92.413071660648654</v>
       </c>
       <c r="C26" s="11">
-        <v>89.384773851878094</v>
+        <v>89.384773851878023</v>
       </c>
       <c r="D26" s="11">
-        <v>2.1290260568672368</v>
+        <v>2.1290260568672341</v>
       </c>
       <c r="E26" s="11">
-        <v>5.8660745286242807E-2</v>
+        <v>5.8660745286242752E-2</v>
       </c>
       <c r="F26" s="11">
-        <v>0.12050614158632061</v>
+        <v>0.12050614158632046</v>
       </c>
       <c r="G26" s="11">
-        <v>7.7057026624524791</v>
+        <v>7.7057026624524694</v>
       </c>
       <c r="H26" s="11">
-        <v>9.9356900522872458</v>
+        <v>9.9356900522872333</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B27" s="2"/>
-[...5 lines deleted...]
-      <c r="H27" s="2"/>
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+      <c r="H27" s="11"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...7 lines deleted...]
-      <c r="H28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="11"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="11"/>
+      <c r="H28" s="11"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B29" s="11">
-        <v>79.769963099227226</v>
+        <v>79.769963099226985</v>
       </c>
       <c r="C29" s="11">
-        <v>78.124290281817039</v>
+        <v>78.124290281816826</v>
       </c>
       <c r="D29" s="11">
-        <v>1.1621359098421791</v>
+        <v>1.1621359098421795</v>
       </c>
       <c r="E29" s="11">
-        <v>0.14242581517531561</v>
+        <v>0.14242581517531569</v>
       </c>
       <c r="F29" s="11">
-        <v>0.22124602038010582</v>
+        <v>0.22124602038010602</v>
       </c>
       <c r="G29" s="11">
-        <v>5.0692523572037196</v>
+        <v>5.0692523572037231</v>
       </c>
       <c r="H29" s="11">
-        <v>7.0360540088764134</v>
+        <v>7.0360540088764179</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B30" s="11">
-        <v>94.566696599674842</v>
+        <v>94.566696599674856</v>
       </c>
       <c r="C30" s="11">
-        <v>94.301199251267718</v>
+        <v>94.301199251267732</v>
       </c>
       <c r="D30" s="11">
-        <v>3.3790551043369303</v>
+        <v>3.3790551043369312</v>
       </c>
       <c r="E30" s="11">
-        <v>1.0533641303382402</v>
+        <v>1.0533641303382406</v>
       </c>
       <c r="F30" s="11">
-        <v>0.4728162795687641</v>
+        <v>0.47281627956876415</v>
       </c>
       <c r="G30" s="11">
-        <v>1.0252109220306469</v>
+        <v>1.0252109220306471</v>
       </c>
       <c r="H30" s="11">
         <v>10.124724033289565</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B31" s="11">
         <v>97.609694228047104</v>
       </c>
       <c r="C31" s="11">
         <v>97.609694228047104</v>
       </c>
       <c r="D31" s="11">
-        <v>4.6255868759068379</v>
+        <v>4.6255868759068326</v>
       </c>
       <c r="E31" s="11">
-        <v>0.53227448849065095</v>
+        <v>0.5322744884906504</v>
       </c>
       <c r="F31" s="11">
-        <v>2.6313904244623076</v>
+        <v>2.631390424462305</v>
       </c>
       <c r="G31" s="11">
-        <v>2.1086310710278435</v>
+        <v>2.1086310710278413</v>
       </c>
       <c r="H31" s="11">
-        <v>17.181768581984134</v>
+        <v>17.181768581984116</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B32" s="11">
         <v>99.848689101804482</v>
       </c>
       <c r="C32" s="11">
         <v>99.848689101804482</v>
       </c>
       <c r="D32" s="11">
-        <v>7.5580318603464463</v>
+        <v>7.5580318603464427</v>
       </c>
       <c r="E32" s="11">
-        <v>1.2144493850044922</v>
+        <v>1.214449385004492</v>
       </c>
       <c r="F32" s="11">
-        <v>3.4310668405420595</v>
+        <v>3.431066840542059</v>
       </c>
       <c r="G32" s="11">
-        <v>2.3983591971314824</v>
+        <v>2.3983591971314819</v>
       </c>
       <c r="H32" s="11">
         <v>20.942343656640226</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B33" s="11">
-        <v>99.913638218057869</v>
+        <v>99.913638218057841</v>
       </c>
       <c r="C33" s="11">
-        <v>99.913638218057869</v>
+        <v>99.913638218057841</v>
       </c>
       <c r="D33" s="11">
-        <v>5.2649275436706127</v>
+        <v>5.2649275436706091</v>
       </c>
       <c r="E33" s="11">
-        <v>0.46105253404255531</v>
+        <v>0.46105253404255514</v>
       </c>
       <c r="F33" s="11">
-        <v>2.4381804409875878</v>
+        <v>2.438180440987586</v>
       </c>
       <c r="G33" s="11">
-        <v>6.3941952358605709</v>
+        <v>6.3941952358605665</v>
       </c>
       <c r="H33" s="11">
-        <v>25.286593571716615</v>
+        <v>25.286593571716597</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B34" s="2"/>
-[...5 lines deleted...]
-      <c r="H34" s="2"/>
+      <c r="B34" s="11"/>
+      <c r="C34" s="11"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="11"/>
+      <c r="F34" s="11"/>
+      <c r="G34" s="11"/>
+      <c r="H34" s="11"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...7 lines deleted...]
-      <c r="H35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="11"/>
+      <c r="C35" s="11"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="11"/>
+      <c r="F35" s="11"/>
+      <c r="G35" s="11"/>
+      <c r="H35" s="11"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="11">
-        <v>88.498165653488513</v>
+        <v>88.498165653488542</v>
       </c>
       <c r="C36" s="11">
-        <v>86.702533116564439</v>
+        <v>86.702533116564467</v>
       </c>
       <c r="D36" s="11">
-        <v>1.7008068722440934</v>
+        <v>1.7008068722440945</v>
       </c>
       <c r="E36" s="11">
-        <v>2.9958841729096079E-2</v>
+        <v>2.9958841729096096E-2</v>
       </c>
       <c r="F36" s="11">
         <v>0</v>
       </c>
       <c r="G36" s="11">
-        <v>4.6106684400552957</v>
+        <v>4.6106684400552993</v>
       </c>
       <c r="H36" s="11">
-        <v>7.2785370556968294</v>
+        <v>7.2785370556968347</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B37" s="11">
-        <v>90.392782005660706</v>
+        <v>90.392782005660635</v>
       </c>
       <c r="C37" s="11">
-        <v>90.392782005660706</v>
+        <v>90.392782005660635</v>
       </c>
       <c r="D37" s="11">
-        <v>2.0690625047099331</v>
+        <v>2.0690625047099336</v>
       </c>
       <c r="E37" s="11">
         <v>1.2706158674557422</v>
       </c>
       <c r="F37" s="11">
-        <v>0.23965448401045841</v>
+        <v>0.23965448401045844</v>
       </c>
       <c r="G37" s="11">
         <v>3.2173345778720526</v>
       </c>
       <c r="H37" s="11">
         <v>16.048536948628705</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B38" s="11">
         <v>95.8147135265408</v>
       </c>
       <c r="C38" s="11">
         <v>95.8147135265408</v>
       </c>
       <c r="D38" s="11">
-        <v>2.6772199807153449</v>
+        <v>2.6772199807153436</v>
       </c>
       <c r="E38" s="11">
         <v>0.31122639737778468</v>
       </c>
       <c r="F38" s="11">
-        <v>2.1425240931699299</v>
+        <v>2.1425240931699294</v>
       </c>
       <c r="G38" s="11">
         <v>1.3302959501439666</v>
       </c>
       <c r="H38" s="11">
-        <v>13.682499064549733</v>
+        <v>13.682499064549736</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B39" s="11">
         <v>98.168432745474917</v>
       </c>
       <c r="C39" s="11">
         <v>98.168432745474917</v>
       </c>
       <c r="D39" s="11">
         <v>4.0753550906664939</v>
       </c>
       <c r="E39" s="11">
         <v>0.30730398876286535</v>
       </c>
       <c r="F39" s="11">
         <v>1.190065259272314</v>
       </c>
       <c r="G39" s="11">
-        <v>2.8202845336197444</v>
+        <v>2.8202845336197448</v>
       </c>
       <c r="H39" s="11">
-        <v>21.505320818140003</v>
+        <v>21.505320818140007</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B40" s="11">
-        <v>98.790549241635759</v>
+        <v>98.790549241635787</v>
       </c>
       <c r="C40" s="11">
         <v>98.679995924509257</v>
       </c>
       <c r="D40" s="11">
         <v>11.490855232561669</v>
       </c>
       <c r="E40" s="11">
-        <v>1.4907772909307644</v>
+        <v>1.4907772909307635</v>
       </c>
       <c r="F40" s="11">
-        <v>5.6288829515712662</v>
+        <v>5.6288829515712626</v>
       </c>
       <c r="G40" s="11">
-        <v>5.0157902524184719</v>
+        <v>5.0157902524184701</v>
       </c>
       <c r="H40" s="11">
-        <v>22.070833466798963</v>
+        <v>22.070833466798952</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B41" s="2"/>
-[...5 lines deleted...]
-      <c r="H41" s="2"/>
+      <c r="B41" s="11"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="11"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-      <c r="H42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="11">
         <v>98.982254566309663</v>
       </c>
       <c r="C43" s="11">
         <v>98.982254566309663</v>
       </c>
       <c r="D43" s="11">
-        <v>5.4672664891037979</v>
+        <v>5.4672664891037996</v>
       </c>
       <c r="E43" s="11">
         <v>0</v>
       </c>
       <c r="F43" s="11">
-        <v>0.19224327653593937</v>
+        <v>0.19224327653593939</v>
       </c>
       <c r="G43" s="11">
         <v>6.9350444617444422</v>
       </c>
       <c r="H43" s="11">
-        <v>18.219153715445689</v>
+        <v>18.219153715445692</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="11">
-        <v>97.996660831464737</v>
+        <v>97.996660831464723</v>
       </c>
       <c r="C44" s="11">
         <v>97.468577825387342</v>
       </c>
       <c r="D44" s="11">
-        <v>6.139186500652837</v>
+        <v>6.1391865006528299</v>
       </c>
       <c r="E44" s="11">
-        <v>1.1791695689342174</v>
+        <v>1.1791695689342159</v>
       </c>
       <c r="F44" s="11">
-        <v>3.2116432636796941</v>
+        <v>3.2116432636796914</v>
       </c>
       <c r="G44" s="11">
-        <v>3.6860363570086951</v>
+        <v>3.6860363570086907</v>
       </c>
       <c r="H44" s="11">
-        <v>21.078323423446044</v>
+        <v>21.078323423446022</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="11">
-        <v>94.191485426804647</v>
+        <v>94.191485426804675</v>
       </c>
       <c r="C45" s="11">
-        <v>94.127211471877331</v>
+        <v>94.127211471877359</v>
       </c>
       <c r="D45" s="11">
         <v>5.4980648488278101</v>
       </c>
       <c r="E45" s="11">
         <v>0.25627548072691331</v>
       </c>
       <c r="F45" s="11">
         <v>1.8597242994137853</v>
       </c>
       <c r="G45" s="11">
         <v>3.3322723388819315</v>
       </c>
       <c r="H45" s="11">
-        <v>19.711845074306346</v>
+        <v>19.711845074306357</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="11">
         <v>97.243893443266643</v>
       </c>
       <c r="C46" s="11">
-        <v>96.386394834969309</v>
+        <v>96.386394834969337</v>
       </c>
       <c r="D46" s="11">
-        <v>3.8315428098260398</v>
+        <v>3.8315428098260358</v>
       </c>
       <c r="E46" s="11">
-        <v>1.1649620164962013</v>
+        <v>1.1649620164962002</v>
       </c>
       <c r="F46" s="11">
-        <v>2.1718767214012082</v>
+        <v>2.1718767214012056</v>
       </c>
       <c r="G46" s="11">
-        <v>3.8313328045952986</v>
+        <v>3.8313328045952937</v>
       </c>
       <c r="H46" s="11">
-        <v>16.998266121607429</v>
+        <v>16.998266121607415</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="11">
-        <v>90.916136120941061</v>
+        <v>90.916136120940877</v>
       </c>
       <c r="C47" s="11">
-        <v>90.506530925510603</v>
+        <v>90.506530925510418</v>
       </c>
       <c r="D47" s="11">
-        <v>2.1580576975709937</v>
+        <v>2.1580576975709942</v>
       </c>
       <c r="E47" s="11">
-        <v>0.16968958403591233</v>
+        <v>0.16968958403591239</v>
       </c>
       <c r="F47" s="11">
-        <v>0.92556621142239237</v>
+        <v>0.92556621142239248</v>
       </c>
       <c r="G47" s="11">
-        <v>1.5034040618399802</v>
+        <v>1.5034040618399807</v>
       </c>
       <c r="H47" s="11">
-        <v>8.0359851791909307</v>
+        <v>8.0359851791909325</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
       <c r="B48" s="11">
-        <v>76.885252880779191</v>
+        <v>76.885252880779149</v>
       </c>
       <c r="C48" s="11">
-        <v>76.885252880779191</v>
+        <v>76.885252880779149</v>
       </c>
       <c r="D48" s="11">
-        <v>0.80631606023005042</v>
+        <v>0.8063160602300492</v>
       </c>
       <c r="E48" s="11">
-        <v>0.91934687667655557</v>
+        <v>0.91934687667655446</v>
       </c>
       <c r="F48" s="11">
-        <v>0.77442725603520357</v>
+        <v>0.77442725603520246</v>
       </c>
       <c r="G48" s="11">
-        <v>0.65221442351681702</v>
+        <v>0.65221442351681624</v>
       </c>
       <c r="H48" s="11">
-        <v>2.8350517280572052</v>
+        <v>2.8350517280572021</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B49" s="2"/>
-[...5 lines deleted...]
-      <c r="H49" s="2"/>
+      <c r="B49" s="11"/>
+      <c r="C49" s="11"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
+      <c r="H49" s="11"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...7 lines deleted...]
-      <c r="H50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="11"/>
+      <c r="C50" s="11"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="11"/>
+      <c r="G50" s="11"/>
+      <c r="H50" s="11"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="11">
         <v>98.260359114204192</v>
       </c>
       <c r="C51" s="11">
         <v>98.029879027552951</v>
       </c>
       <c r="D51" s="11">
-        <v>5.1280627818910549</v>
+        <v>5.1280627818910602</v>
       </c>
       <c r="E51" s="11">
-        <v>0.63135671703088203</v>
+        <v>0.63135671703088292</v>
       </c>
       <c r="F51" s="11">
-        <v>2.5910667884604077</v>
+        <v>2.5910667884604117</v>
       </c>
       <c r="G51" s="11">
-        <v>3.8299663452913273</v>
+        <v>3.8299663452913331</v>
       </c>
       <c r="H51" s="11">
-        <v>19.306121712397584</v>
+        <v>19.306121712397605</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="11">
         <v>99.902634794463935</v>
       </c>
       <c r="C52" s="11">
         <v>99.902634794463935</v>
       </c>
       <c r="D52" s="11">
-        <v>7.5778270614572669</v>
+        <v>7.5778270614572678</v>
       </c>
       <c r="E52" s="11">
         <v>1.5788679871938822</v>
       </c>
       <c r="F52" s="11">
-        <v>1.5632428134492022</v>
+        <v>1.5632428134492025</v>
       </c>
       <c r="G52" s="11">
         <v>3.2824593518015135</v>
       </c>
       <c r="H52" s="11">
         <v>25.950299576848085</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
       <c r="B53" s="11">
-        <v>70.014086326081213</v>
+        <v>70.014086326081241</v>
       </c>
       <c r="C53" s="11">
-        <v>69.104427528080507</v>
+        <v>69.104427528080521</v>
       </c>
       <c r="D53" s="11">
         <v>0.43631592882437981</v>
       </c>
       <c r="E53" s="11">
         <v>0.17868014345581709</v>
       </c>
       <c r="F53" s="11">
         <v>0.17868014345581709</v>
       </c>
       <c r="G53" s="11">
-        <v>9.9351689360898607</v>
+        <v>9.9351689360898625</v>
       </c>
       <c r="H53" s="11">
-        <v>7.5635263715856134</v>
+        <v>7.5635263715856142</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
       <c r="B54" s="11">
-        <v>87.522827181879208</v>
+        <v>87.522827181879109</v>
       </c>
       <c r="C54" s="11">
-        <v>86.741608702397642</v>
+        <v>86.7416087023975</v>
       </c>
       <c r="D54" s="11">
-        <v>2.0900816183369599</v>
+        <v>2.0900816183369595</v>
       </c>
       <c r="E54" s="11">
-        <v>0.45092754984297084</v>
+        <v>0.45092754984297062</v>
       </c>
       <c r="F54" s="11">
-        <v>0.69667866624670971</v>
+        <v>0.69667866624670927</v>
       </c>
       <c r="G54" s="11">
-        <v>1.6233892788278743</v>
+        <v>1.6233892788278736</v>
       </c>
       <c r="H54" s="11">
-        <v>6.5387219067898616</v>
+        <v>6.5387219067898554</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B55" s="2"/>
-[...5 lines deleted...]
-      <c r="H55" s="2"/>
+      <c r="B55" s="11"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="11"/>
+      <c r="G55" s="11"/>
+      <c r="H55" s="11"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="H56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="11"/>
+      <c r="C56" s="11"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="11"/>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B57" s="11">
         <v>70.147107509716463</v>
       </c>
       <c r="C57" s="11">
-        <v>67.875216524279764</v>
+        <v>67.875216524279722</v>
       </c>
       <c r="D57" s="11">
         <v>0</v>
       </c>
       <c r="E57" s="11">
         <v>0</v>
       </c>
       <c r="F57" s="11">
         <v>0</v>
       </c>
       <c r="G57" s="11">
-        <v>4.0133466325821328</v>
+        <v>4.0133466325821265</v>
       </c>
       <c r="H57" s="11">
-        <v>3.7843349473627108</v>
+        <v>3.784334947362705</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
       <c r="B58" s="11">
-        <v>95.294626978724239</v>
+        <v>95.294626978724011</v>
       </c>
       <c r="C58" s="11">
-        <v>94.983722395109396</v>
+        <v>94.983722395109154</v>
       </c>
       <c r="D58" s="11">
-        <v>3.0548097937467449</v>
+        <v>3.0548097937467396</v>
       </c>
       <c r="E58" s="11">
-        <v>0.59108477251098235</v>
+        <v>0.59108477251098135</v>
       </c>
       <c r="F58" s="11">
-        <v>1.584356435126268</v>
+        <v>1.5843564351262656</v>
       </c>
       <c r="G58" s="11">
-        <v>2.995604826655379</v>
+        <v>2.9956048266553759</v>
       </c>
       <c r="H58" s="11">
-        <v>17.243056995869811</v>
+        <v>17.243056995869786</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
       <c r="B59" s="11">
-        <v>99.106359799847951</v>
+        <v>99.106359799847937</v>
       </c>
       <c r="C59" s="11">
-        <v>99.106359799847951</v>
+        <v>99.106359799847937</v>
       </c>
       <c r="D59" s="11">
-        <v>8.8249302463113839</v>
+        <v>8.824930246311375</v>
       </c>
       <c r="E59" s="11">
-        <v>1.0886882330775782</v>
+        <v>1.0886882330775776</v>
       </c>
       <c r="F59" s="11">
-        <v>2.9694330771437181</v>
+        <v>2.9694330771437154</v>
       </c>
       <c r="G59" s="11">
-        <v>4.1601080626106732</v>
+        <v>4.1601080626106706</v>
       </c>
       <c r="H59" s="11">
-        <v>17.019560967010598</v>
+        <v>17.019560967010587</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
       <c r="H61" s="4"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="4"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.42578125" customWidth="1"/>
     <col min="2" max="8" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:8" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:8" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B2" s="22"/>
+    <row r="2" spans="1:8" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:8" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>63</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>64</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>65</v>
       </c>
-      <c r="F3" s="28" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="28" t="s">
+      <c r="F3" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G3" s="24" t="s">
         <v>66</v>
       </c>
-      <c r="H3" s="28" t="s">
-        <v>105</v>
+      <c r="H3" s="24" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="12">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="13">
         <v>5000</v>
       </c>
-      <c r="C4" s="12">
+      <c r="C4" s="13">
         <v>3750</v>
       </c>
-      <c r="D4" s="12">
+      <c r="D4" s="13">
         <v>6900</v>
       </c>
-      <c r="E4" s="12">
-[...2 lines deleted...]
-      <c r="F4" s="12">
+      <c r="E4" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" s="13">
         <v>6922.8</v>
       </c>
-      <c r="G4" s="12">
+      <c r="G4" s="13">
         <v>1500</v>
       </c>
-      <c r="H4" s="12">
+      <c r="H4" s="13">
         <v>4859.2</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B5" s="6"/>
-[...5 lines deleted...]
-      <c r="H5" s="6"/>
+      <c r="B5" s="27"/>
+      <c r="C5" s="27"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="27"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="6"/>
-[...5 lines deleted...]
-      <c r="H6" s="6"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="27"/>
+      <c r="F6" s="27"/>
+      <c r="G6" s="27"/>
+      <c r="H6" s="27"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="13">
         <v>5000</v>
       </c>
       <c r="C7" s="13">
         <v>3958</v>
       </c>
-      <c r="D7" s="14" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="14" t="s">
+      <c r="D7" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G7" s="13">
         <v>1000</v>
       </c>
-      <c r="H7" s="14" t="s">
+      <c r="H7" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="13">
         <v>6491.2000000000007</v>
       </c>
       <c r="C8" s="13">
         <v>5700</v>
       </c>
-      <c r="D8" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G8" s="14" t="s">
+      <c r="D8" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H8" s="13">
         <v>2681.8</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="13">
         <v>4181.8</v>
       </c>
       <c r="C9" s="13">
         <v>2500</v>
       </c>
-      <c r="D9" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="14" t="s">
+      <c r="D9" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H9" s="13">
         <v>7896.2000000000007</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="13">
         <v>3750</v>
       </c>
       <c r="C10" s="13">
         <v>2500</v>
       </c>
-      <c r="D10" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="14" t="s">
+      <c r="D10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H10" s="13">
         <v>5498.2000000000007</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="13">
         <v>5250</v>
       </c>
       <c r="C11" s="13">
         <v>3750</v>
       </c>
-      <c r="D11" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="14" t="s">
+      <c r="D11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G11" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H11" s="13">
         <v>4561.6000000000004</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="13">
         <v>4240.8</v>
       </c>
       <c r="C12" s="13">
         <v>3720</v>
       </c>
-      <c r="D12" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G12" s="14" t="s">
+      <c r="D12" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H12" s="13">
         <v>3595.8</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="13">
         <v>7342.6</v>
       </c>
       <c r="C13" s="13">
         <v>5000</v>
       </c>
-      <c r="D13" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="14" t="s">
+      <c r="D13" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H13" s="13">
         <v>6136</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="13">
         <v>3790</v>
       </c>
       <c r="C14" s="13">
         <v>3000</v>
       </c>
-      <c r="D14" s="14" t="s">
-[...11 lines deleted...]
-      <c r="H14" s="14" t="s">
+      <c r="D14" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B15" s="6"/>
-[...5 lines deleted...]
-      <c r="H15" s="6"/>
+      <c r="B15" s="13"/>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="13"/>
+      <c r="H15" s="13"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...7 lines deleted...]
-      <c r="H16" s="6"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="13"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="13"/>
+      <c r="H16" s="13"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="13">
         <v>3000</v>
       </c>
       <c r="C17" s="13">
         <v>2680</v>
       </c>
       <c r="D17" s="13">
         <v>5000</v>
       </c>
-      <c r="E17" s="14" t="s">
-[...5 lines deleted...]
-      <c r="G17" s="14" t="s">
+      <c r="E17" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H17" s="13">
         <v>2125.6</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="13">
         <v>5285.8</v>
       </c>
       <c r="C18" s="13">
         <v>4500</v>
       </c>
       <c r="D18" s="13">
         <v>8000</v>
       </c>
-      <c r="E18" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="14" t="s">
+      <c r="E18" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F18" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G18" s="13">
         <v>1000</v>
       </c>
       <c r="H18" s="13">
         <v>4357.6000000000004</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="13">
         <v>6250</v>
       </c>
       <c r="C19" s="13">
         <v>4500</v>
       </c>
-      <c r="D19" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G19" s="14" t="s">
+      <c r="D19" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F19" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H19" s="13">
         <v>6606</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
       <c r="B20" s="13">
         <v>5767</v>
       </c>
       <c r="C20" s="13">
         <v>3800</v>
       </c>
-      <c r="D20" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="14" t="s">
+      <c r="D20" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H20" s="13">
         <v>4591.4000000000005</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
       <c r="B21" s="13">
         <v>3750</v>
       </c>
       <c r="C21" s="13">
         <v>2401.4</v>
       </c>
-      <c r="D21" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G21" s="14" t="s">
+      <c r="D21" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E21" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F21" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H21" s="13">
         <v>6063.8</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B22" s="6"/>
-[...5 lines deleted...]
-      <c r="H22" s="6"/>
+      <c r="B22" s="13"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="H22" s="13"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...7 lines deleted...]
-      <c r="H23" s="6"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="13"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B24" s="13">
         <v>5119.8</v>
       </c>
       <c r="C24" s="13">
         <v>4000</v>
       </c>
       <c r="D24" s="13">
         <v>10000</v>
       </c>
-      <c r="E24" s="14" t="s">
+      <c r="E24" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F24" s="13">
         <v>6400</v>
       </c>
       <c r="G24" s="13">
         <v>774</v>
       </c>
       <c r="H24" s="13">
         <v>4749.4000000000005</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B25" s="13">
         <v>6250</v>
       </c>
       <c r="C25" s="13">
         <v>3750</v>
       </c>
       <c r="D25" s="13">
         <v>4919</v>
       </c>
-      <c r="E25" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="14" t="s">
+      <c r="E25" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F25" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G25" s="13">
         <v>657.6</v>
       </c>
       <c r="H25" s="13">
         <v>5149.2000000000007</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B26" s="13">
         <v>1982.6000000000001</v>
       </c>
       <c r="C26" s="13">
         <v>1750</v>
       </c>
-      <c r="D26" s="14" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="14" t="s">
+      <c r="D26" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F26" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G26" s="13">
         <v>300</v>
       </c>
       <c r="H26" s="13">
         <v>3750</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B27" s="6"/>
-[...5 lines deleted...]
-      <c r="H27" s="6"/>
+      <c r="B27" s="13"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+      <c r="H27" s="13"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...7 lines deleted...]
-      <c r="H28" s="6"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+      <c r="H28" s="13"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B29" s="13">
         <v>1910</v>
       </c>
       <c r="C29" s="13">
         <v>1750</v>
       </c>
-      <c r="D29" s="14" t="s">
-[...5 lines deleted...]
-      <c r="F29" s="14" t="s">
+      <c r="D29" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E29" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F29" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G29" s="13">
         <v>932</v>
       </c>
       <c r="H29" s="13">
         <v>3744.4</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B30" s="13">
         <v>3727.2000000000003</v>
       </c>
       <c r="C30" s="13">
         <v>3170</v>
       </c>
       <c r="D30" s="13">
         <v>5000</v>
       </c>
-      <c r="E30" s="14" t="s">
-[...5 lines deleted...]
-      <c r="G30" s="14" t="s">
+      <c r="E30" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G30" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H30" s="13">
         <v>3720</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B31" s="13">
         <v>3850</v>
       </c>
       <c r="C31" s="13">
         <v>3080</v>
       </c>
-      <c r="D31" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G31" s="14" t="s">
+      <c r="D31" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E31" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F31" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G31" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H31" s="13">
         <v>5690</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B32" s="13">
         <v>6990</v>
       </c>
       <c r="C32" s="13">
         <v>5354.8</v>
       </c>
       <c r="D32" s="13">
         <v>6516.8</v>
       </c>
-      <c r="E32" s="14" t="s">
-[...5 lines deleted...]
-      <c r="G32" s="14" t="s">
+      <c r="E32" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F32" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G32" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H32" s="13">
         <v>4853.4000000000005</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B33" s="13">
         <v>9231.2000000000007</v>
       </c>
       <c r="C33" s="13">
         <v>6500</v>
       </c>
-      <c r="D33" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="14" t="s">
+      <c r="D33" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E33" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F33" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G33" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="13">
         <v>5622.4000000000005</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B34" s="6"/>
-[...5 lines deleted...]
-      <c r="H34" s="6"/>
+      <c r="B34" s="13"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+      <c r="H34" s="13"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...7 lines deleted...]
-      <c r="H35" s="6"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="13"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="13"/>
+      <c r="G35" s="13"/>
+      <c r="H35" s="13"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="13">
         <v>1240</v>
       </c>
       <c r="C36" s="13">
         <v>800</v>
       </c>
-      <c r="D36" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="14" t="s">
+      <c r="D36" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F36" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G36" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H36" s="13">
         <v>3199</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B37" s="13">
         <v>3750</v>
       </c>
       <c r="C37" s="13">
         <v>2691.6000000000004</v>
       </c>
-      <c r="D37" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="14" t="s">
+      <c r="D37" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E37" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F37" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G37" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H37" s="13">
         <v>4121.8</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B38" s="13">
         <v>5000</v>
       </c>
       <c r="C38" s="13">
         <v>4193.6000000000004</v>
       </c>
-      <c r="D38" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="14" t="s">
+      <c r="D38" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E38" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F38" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G38" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H38" s="13">
         <v>4691.6000000000004</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B39" s="13">
         <v>7081.8</v>
       </c>
       <c r="C39" s="13">
         <v>5910</v>
       </c>
-      <c r="D39" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="14" t="s">
+      <c r="D39" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E39" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F39" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G39" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H39" s="13">
         <v>5783.2000000000007</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B40" s="13">
         <v>11688.2</v>
       </c>
       <c r="C40" s="13">
         <v>8800</v>
       </c>
       <c r="D40" s="13">
         <v>9600</v>
       </c>
-      <c r="E40" s="14" t="s">
-[...5 lines deleted...]
-      <c r="G40" s="14" t="s">
+      <c r="E40" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F40" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G40" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H40" s="13">
         <v>6270</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B41" s="6"/>
-[...5 lines deleted...]
-      <c r="H41" s="6"/>
+      <c r="B41" s="13"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-      <c r="H42" s="6"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="13"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+      <c r="H42" s="13"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="13">
         <v>5015.2000000000007</v>
       </c>
       <c r="C43" s="13">
         <v>3750</v>
       </c>
-      <c r="D43" s="14" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="D43" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E43" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F43" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G43" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H43" s="13"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="13">
         <v>3750</v>
       </c>
       <c r="C44" s="13">
         <v>3099.4</v>
       </c>
-      <c r="D44" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="14" t="s">
+      <c r="D44" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E44" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F44" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G44" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H44" s="13">
         <v>10600</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="13">
         <v>5960</v>
       </c>
       <c r="C45" s="13">
         <v>4460</v>
       </c>
-      <c r="D45" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="14" t="s">
+      <c r="D45" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E45" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F45" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G45" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H45" s="13">
         <v>14200</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="13">
         <v>6639.4000000000005</v>
       </c>
       <c r="C46" s="13">
         <v>5900</v>
       </c>
       <c r="D46" s="13">
         <v>10000</v>
       </c>
-      <c r="E46" s="14" t="s">
-[...5 lines deleted...]
-      <c r="G46" s="14" t="s">
+      <c r="E46" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F46" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G46" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H46" s="13">
         <v>18400</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="13">
         <v>3750</v>
       </c>
       <c r="C47" s="13">
         <v>3750</v>
       </c>
-      <c r="D47" s="14" t="s">
-[...11 lines deleted...]
-      <c r="H47" s="14" t="s">
+      <c r="D47" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E47" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F47" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G47" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H47" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
       <c r="B48" s="13">
         <v>3750</v>
       </c>
       <c r="C48" s="13">
         <v>3750</v>
       </c>
-      <c r="D48" s="14" t="s">
-[...11 lines deleted...]
-      <c r="H48" s="14" t="s">
+      <c r="D48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H48" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B49" s="6"/>
-[...5 lines deleted...]
-      <c r="H49" s="6"/>
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...7 lines deleted...]
-      <c r="H50" s="6"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="13"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="13">
         <v>5367.6</v>
       </c>
       <c r="C51" s="13">
         <v>3750</v>
       </c>
       <c r="D51" s="13">
         <v>6324</v>
       </c>
-      <c r="E51" s="14" t="s">
+      <c r="E51" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F51" s="13">
         <v>15000</v>
       </c>
       <c r="G51" s="13">
         <v>2000</v>
       </c>
       <c r="H51" s="13">
         <v>4783.6000000000004</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="13">
         <v>6200</v>
       </c>
       <c r="C52" s="13">
         <v>3800</v>
       </c>
-      <c r="D52" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="14" t="s">
+      <c r="D52" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E52" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F52" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G52" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H52" s="13">
         <v>5973.4000000000005</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
       <c r="B53" s="13">
         <v>750</v>
       </c>
       <c r="C53" s="13">
         <v>300</v>
       </c>
-      <c r="D53" s="14" t="s">
-[...11 lines deleted...]
-      <c r="H53" s="14" t="s">
+      <c r="D53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H53" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
       <c r="B54" s="13">
         <v>3950</v>
       </c>
       <c r="C54" s="13">
         <v>3750</v>
       </c>
       <c r="D54" s="13">
         <v>10000</v>
       </c>
-      <c r="E54" s="14" t="s">
-[...5 lines deleted...]
-      <c r="G54" s="14" t="s">
+      <c r="E54" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F54" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G54" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H54" s="13">
         <v>3235.6000000000004</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B55" s="6"/>
-[...5 lines deleted...]
-      <c r="H55" s="6"/>
+      <c r="B55" s="13"/>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="13"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="H56" s="6"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="13"/>
+      <c r="C56" s="13"/>
+      <c r="D56" s="13"/>
+      <c r="E56" s="13"/>
+      <c r="F56" s="13"/>
+      <c r="G56" s="13"/>
+      <c r="H56" s="13"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B57" s="13">
         <v>1000</v>
       </c>
       <c r="C57" s="13">
         <v>850</v>
       </c>
-      <c r="D57" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="14" t="s">
+      <c r="D57" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E57" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F57" s="13">
         <v>300</v>
       </c>
-      <c r="G57" s="14" t="s">
-[...2 lines deleted...]
-      <c r="H57" s="14" t="s">
+      <c r="G57" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H57" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
       <c r="B58" s="13">
         <v>4106</v>
       </c>
       <c r="C58" s="13">
         <v>3750</v>
       </c>
       <c r="D58" s="13">
         <v>3999.4</v>
       </c>
-      <c r="E58" s="14" t="s">
+      <c r="E58" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F58" s="13">
         <v>500</v>
       </c>
       <c r="G58" s="13">
         <v>1000</v>
       </c>
       <c r="H58" s="13">
         <v>4635.2</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
       <c r="B59" s="13">
         <v>8258.4</v>
       </c>
       <c r="C59" s="13">
         <v>6240</v>
       </c>
       <c r="D59" s="13">
         <v>10320</v>
       </c>
-      <c r="E59" s="14" t="s">
+      <c r="E59" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F59" s="13">
         <v>1234.8000000000002</v>
       </c>
-      <c r="G59" s="14" t="s">
+      <c r="G59" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H59" s="13">
         <v>5777.6</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
       <c r="H61" s="4"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.5703125" customWidth="1"/>
     <col min="2" max="7" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:7" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-    <row r="3" spans="1:7" s="20" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" s="18"/>
+    </row>
+    <row r="3" spans="1:7" s="16" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>63</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>64</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>65</v>
       </c>
-      <c r="E3" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="28" t="s">
+      <c r="E3" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="F3" s="24" t="s">
         <v>66</v>
       </c>
-      <c r="G3" s="28" t="s">
-        <v>105</v>
+      <c r="G3" s="24" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-        <v>118</v>
+      <c r="A4" s="23" t="s">
+        <v>110</v>
       </c>
       <c r="B4" s="9">
         <v>75.956092708630038</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="14">
         <v>7.9552788533359413</v>
       </c>
-      <c r="D4" s="16">
-[...2 lines deleted...]
-      <c r="E4" s="9">
+      <c r="D4" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E4" s="14">
         <v>2.443559379233029</v>
       </c>
       <c r="F4" s="9">
         <v>1.7697799701923951</v>
       </c>
-      <c r="G4" s="9">
+      <c r="G4" s="14">
         <v>11.006528861511878</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="9">
         <v>80.38828862979824</v>
       </c>
-      <c r="C7" s="16" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="16" t="s">
+      <c r="C7" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" s="14" t="s">
         <v>57</v>
       </c>
       <c r="F7" s="9">
         <v>2.6967688393578562</v>
       </c>
-      <c r="G7" s="16" t="s">
+      <c r="G7" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="9">
         <v>86.973256801184235</v>
       </c>
-      <c r="C8" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G8" s="9">
+      <c r="C8" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G8" s="14">
         <v>8.0371848583442738</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="9">
         <v>69.285059426834934</v>
       </c>
-      <c r="C9" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G9" s="9">
+      <c r="C9" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" s="14">
         <v>21.602079985087116</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="9">
         <v>68.124547268423456</v>
       </c>
-      <c r="C10" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G10" s="9">
+      <c r="C10" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G10" s="14">
         <v>19.145886414648359</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="9">
         <v>57.358068928530116</v>
       </c>
-      <c r="C11" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G11" s="9">
+      <c r="C11" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G11" s="14">
         <v>9.5814528454785393</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="9">
         <v>80.539350094808924</v>
       </c>
-      <c r="C12" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G12" s="9">
+      <c r="C12" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="14">
         <v>10.40913382209764</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="9">
         <v>76.255325267501604</v>
       </c>
-      <c r="C13" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G13" s="9">
+      <c r="C13" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="14">
         <v>11.619681301866464</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="9">
         <v>85.541625244684141</v>
       </c>
-      <c r="C14" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G14" s="16" t="s">
+      <c r="C14" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B15" s="2"/>
-[...4 lines deleted...]
-      <c r="G15" s="2"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="14"/>
+      <c r="F15" s="9"/>
+      <c r="G15" s="14"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      <c r="G16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="9"/>
+      <c r="C16" s="14"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="14"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="14"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="11">
+      <c r="B17" s="9">
         <v>83.146214098689214</v>
       </c>
-      <c r="C17" s="11">
+      <c r="C17" s="14">
         <v>5.571480098161218</v>
       </c>
-      <c r="D17" s="16" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="11">
+      <c r="D17" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F17" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" s="14">
         <v>3.9845114678758247</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="B18" s="11">
+      <c r="B18" s="9">
         <v>80.891244460395654</v>
       </c>
-      <c r="C18" s="11">
+      <c r="C18" s="14">
         <v>8.4900269181804813</v>
       </c>
-      <c r="D18" s="16" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="11">
+      <c r="D18" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F18" s="9">
         <v>0.8820163787080022</v>
       </c>
-      <c r="G18" s="11">
+      <c r="G18" s="14">
         <v>8.7926888197855941</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B19" s="11">
+      <c r="B19" s="9">
         <v>69.907734878996948</v>
       </c>
-      <c r="C19" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G19" s="11">
+      <c r="C19" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F19" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" s="14">
         <v>11.970485023480403</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="11">
+      <c r="B20" s="9">
         <v>71.936521145059515</v>
       </c>
-      <c r="C20" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G20" s="11">
+      <c r="C20" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" s="14">
         <v>14.329570070428552</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="11">
+      <c r="B21" s="9">
         <v>78.417547284861882</v>
       </c>
-      <c r="C21" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G21" s="11">
+      <c r="C21" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E21" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F21" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" s="14">
         <v>15.263328983447156</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B22" s="2"/>
-[...4 lines deleted...]
-      <c r="G22" s="2"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="14"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...6 lines deleted...]
-      <c r="G23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="9"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="9"/>
+      <c r="G23" s="14"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B24" s="11">
+        <v>89</v>
+      </c>
+      <c r="B24" s="9">
         <v>76.114110168738591</v>
       </c>
-      <c r="C24" s="11">
+      <c r="C24" s="14">
         <v>9.6211703058418756</v>
       </c>
-      <c r="D24" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="11">
+      <c r="D24" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" s="14">
         <v>2.9817603427591819</v>
       </c>
-      <c r="F24" s="11">
+      <c r="F24" s="9">
         <v>1.9668154469105394</v>
       </c>
-      <c r="G24" s="11">
+      <c r="G24" s="14">
         <v>8.5844543279018097</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B25" s="11">
+        <v>90</v>
+      </c>
+      <c r="B25" s="9">
         <v>74.371649516878108</v>
       </c>
-      <c r="C25" s="11">
+      <c r="C25" s="14">
         <v>4.2184727578410159</v>
       </c>
-      <c r="D25" s="16" t="s">
-[...8 lines deleted...]
-      <c r="G25" s="11">
+      <c r="D25" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F25" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" s="14">
         <v>17.369458488213713</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B26" s="11">
+        <v>88</v>
+      </c>
+      <c r="B26" s="9">
         <v>82.082433775032413</v>
       </c>
-      <c r="C26" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G26" s="11">
+      <c r="C26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F26" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G26" s="14">
         <v>13.209006006005195</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B27" s="2"/>
-[...4 lines deleted...]
-      <c r="G27" s="2"/>
+      <c r="B27" s="9"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="9"/>
+      <c r="G27" s="14"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...6 lines deleted...]
-      <c r="G28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="14"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="14"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="11">
+      <c r="B29" s="9">
         <v>87.306554669031129</v>
       </c>
-      <c r="C29" s="16" t="s">
-[...8 lines deleted...]
-      <c r="F29" s="11">
+      <c r="C29" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E29" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F29" s="9">
         <v>2.0713087404996</v>
       </c>
-      <c r="G29" s="11">
+      <c r="G29" s="14">
         <v>8.3327999399944055</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="11">
+      <c r="B30" s="9">
         <v>86.950176437505249</v>
       </c>
-      <c r="C30" s="11">
+      <c r="C30" s="14">
         <v>3.5385107197635364</v>
       </c>
-      <c r="D30" s="16" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="11">
+      <c r="D30" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E30" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G30" s="14">
         <v>7.1443865835647919</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="11">
+      <c r="B31" s="9">
         <v>75.629109384478383</v>
       </c>
-      <c r="C31" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G31" s="11">
+      <c r="C31" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E31" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F31" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G31" s="14">
         <v>14.01343457258525</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="11">
+      <c r="B32" s="9">
         <v>75.405898469829935</v>
       </c>
-      <c r="C32" s="11">
+      <c r="C32" s="14">
         <v>9.3830859963387141</v>
       </c>
-      <c r="D32" s="11"/>
-[...2 lines deleted...]
-      <c r="G32" s="11">
+      <c r="D32" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E32" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F32" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G32" s="14">
         <v>11.423400582512913</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="11">
+      <c r="B33" s="9">
         <v>69.735794956919108</v>
       </c>
-      <c r="C33" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G33" s="11">
+      <c r="C33" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E33" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F33" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G33" s="14">
         <v>11.174171686169071</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B34" s="2"/>
-[...4 lines deleted...]
-      <c r="G34" s="2"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="9"/>
+      <c r="G34" s="14"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...6 lines deleted...]
-      <c r="G35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="9"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="9"/>
+      <c r="G35" s="14"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="11">
+      <c r="B36" s="9">
         <v>82.125690043542534</v>
       </c>
-      <c r="C36" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G36" s="11">
+      <c r="C36" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F36" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G36" s="14">
         <v>13.613964969632306</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B37" s="11">
+      <c r="B37" s="9">
         <v>82.221917773177552</v>
       </c>
-      <c r="C37" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G37" s="11">
+      <c r="C37" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E37" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F37" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G37" s="14">
         <v>14.211505675722588</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="B38" s="11">
+      <c r="B38" s="9">
         <v>81.999971595482307</v>
       </c>
-      <c r="C38" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G38" s="11">
+      <c r="C38" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D38" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E38" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F38" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G38" s="14">
         <v>13.141869205546438</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="11">
+      <c r="B39" s="9">
         <v>77.790881175235228</v>
       </c>
-      <c r="C39" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G39" s="11">
+      <c r="C39" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E39" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F39" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G39" s="14">
         <v>14.372971819900535</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B40" s="11">
+      <c r="B40" s="9">
         <v>71.684476460219216</v>
       </c>
-      <c r="C40" s="11">
+      <c r="C40" s="14">
         <v>13.077897722764495</v>
       </c>
-      <c r="D40" s="16" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="11">
+      <c r="D40" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E40" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F40" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G40" s="14">
         <v>8.0609128265171908</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B41" s="2"/>
-[...4 lines deleted...]
-      <c r="G41" s="2"/>
+      <c r="B41" s="9"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="9"/>
+      <c r="G41" s="14"/>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...6 lines deleted...]
-      <c r="G42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="9"/>
+      <c r="G42" s="14"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="11">
+      <c r="B43" s="9">
         <v>83.600705984869421</v>
       </c>
-      <c r="C43" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G43" s="16" t="s">
+      <c r="C43" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F43" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G43" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="11">
+      <c r="B44" s="9">
         <v>62.873832324630754</v>
       </c>
-      <c r="C44" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G44" s="11">
+      <c r="C44" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D44" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E44" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F44" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G44" s="14">
         <v>14.384509860843062</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="11">
+      <c r="B45" s="9">
         <v>70.285913820785737</v>
       </c>
-      <c r="C45" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G45" s="11">
+      <c r="C45" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E45" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G45" s="14">
         <v>14.003697991931411</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="11">
+      <c r="B46" s="9">
         <v>80.66452139668236</v>
       </c>
-      <c r="C46" s="11">
+      <c r="C46" s="14">
         <v>4.3525773517834381</v>
       </c>
-      <c r="D46" s="16" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="11">
+      <c r="D46" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E46" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F46" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G46" s="14">
         <v>10.614840523466547</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="11">
+      <c r="B47" s="9">
         <v>87.633685048981647</v>
       </c>
-      <c r="C47" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G47" s="11">
+      <c r="C47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F47" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G47" s="14">
         <v>4.2019563228992043</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="11">
+      <c r="B48" s="9">
         <v>97.80480729979584</v>
       </c>
-      <c r="C48" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G48" s="16" t="s">
+      <c r="C48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B49" s="2"/>
-[...4 lines deleted...]
-      <c r="G49" s="2"/>
+      <c r="B49" s="9"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="14"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="9"/>
+      <c r="G49" s="14"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...6 lines deleted...]
-      <c r="G50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="9"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="9"/>
+      <c r="G50" s="14"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="11">
+      <c r="B51" s="9">
         <v>72.457758481983731</v>
       </c>
-      <c r="C51" s="11">
+      <c r="C51" s="14">
         <v>9.4422585894621669</v>
       </c>
-      <c r="D51" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="11">
+      <c r="D51" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E51" s="14">
         <v>3.5158401971312814</v>
       </c>
-      <c r="F51" s="11">
+      <c r="F51" s="9">
         <v>1.9002960375413449</v>
       </c>
-      <c r="G51" s="11">
+      <c r="G51" s="14">
         <v>11.964300703558704</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="11">
+      <c r="B52" s="9">
         <v>70.36757460802518</v>
       </c>
-      <c r="C52" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G52" s="11">
+      <c r="C52" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D52" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E52" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F52" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G52" s="14">
         <v>17.737159041293513</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="11">
+      <c r="B53" s="9">
         <v>86.297762431061969</v>
       </c>
-      <c r="C53" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G53" s="16" t="s">
+      <c r="C53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F53" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G53" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B54" s="11">
+      <c r="B54" s="9">
         <v>88.861313582757532</v>
       </c>
-      <c r="C54" s="11">
+      <c r="C54" s="14">
         <v>5.002103646623465</v>
       </c>
-      <c r="D54" s="16" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="11">
+      <c r="D54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F54" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G54" s="14">
         <v>4.3156412873557111</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B55" s="2"/>
-[...4 lines deleted...]
-      <c r="G55" s="2"/>
+      <c r="B55" s="9"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="14"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="9"/>
+      <c r="G55" s="14"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      <c r="G56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="14"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="9"/>
+      <c r="G56" s="14"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>67</v>
       </c>
-      <c r="B57" s="11">
+      <c r="B57" s="9">
         <v>91.649059394389212</v>
       </c>
-      <c r="C57" s="16" t="s">
-[...11 lines deleted...]
-      <c r="G57" s="16" t="s">
+      <c r="C57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G57" s="14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="B58" s="11">
+      <c r="B58" s="9">
         <v>72.248920197652382</v>
       </c>
-      <c r="C58" s="11">
+      <c r="C58" s="14">
         <v>7.1500432935208362</v>
       </c>
-      <c r="D58" s="16" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="11">
+      <c r="D58" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E58" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F58" s="9">
         <v>2.3258873173010666</v>
       </c>
-      <c r="G58" s="11">
+      <c r="G58" s="14">
         <v>14.032817792648375</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="11">
+      <c r="B59" s="9">
         <v>79.450122014495562</v>
       </c>
-      <c r="C59" s="11">
+      <c r="C59" s="14">
         <v>9.140619489448893</v>
       </c>
-      <c r="D59" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="11">
+      <c r="D59" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E59" s="14">
         <v>1.4530748431468101</v>
       </c>
-      <c r="F59" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G59" s="11">
+      <c r="F59" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G59" s="14">
         <v>7.8054382913713329</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:K62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.140625" customWidth="1"/>
     <col min="2" max="9" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="22" t="s">
+    <row r="1" spans="1:11" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="18" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:11" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
+    <row r="2" spans="1:11" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="B2" s="22"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:11" s="20" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="18"/>
+    </row>
+    <row r="3" spans="1:11" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>68</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>69</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F3" s="24" t="s">
         <v>72</v>
       </c>
-      <c r="G3" s="28" t="s">
+      <c r="G3" s="24" t="s">
         <v>73</v>
       </c>
-      <c r="H3" s="28" t="s">
+      <c r="H3" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="I3" s="28" t="s">
+      <c r="I3" s="24" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="9">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="11">
         <v>38.850789213929168</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C4" s="11">
         <v>25.388029419176018</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="11">
         <v>24.410782299893345</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="11">
         <v>1.2977477651936373</v>
       </c>
-      <c r="F4" s="9">
+      <c r="F4" s="11">
         <v>17.562768678381016</v>
       </c>
-      <c r="G4" s="9">
+      <c r="G4" s="11">
         <v>2.0334312627364017</v>
       </c>
-      <c r="H4" s="9">
+      <c r="H4" s="11">
         <v>2.9794374710602445</v>
       </c>
-      <c r="I4" s="9">
+      <c r="I4" s="11">
         <v>14.354108447331207</v>
       </c>
       <c r="K4" s="2"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="11">
-        <v>47.879084471195512</v>
+        <v>47.87908447119549</v>
       </c>
       <c r="C7" s="11">
-        <v>28.755938166977746</v>
+        <v>28.755938166977739</v>
       </c>
       <c r="D7" s="11">
-        <v>27.718847283865738</v>
+        <v>27.718847283865728</v>
       </c>
       <c r="E7" s="11">
         <v>1.0370908831120123</v>
       </c>
       <c r="F7" s="11">
         <v>23.339586886827</v>
       </c>
       <c r="G7" s="11">
-        <v>4.5992409291027796</v>
+        <v>4.5992409291027778</v>
       </c>
       <c r="H7" s="11">
-        <v>9.4613275703480166</v>
+        <v>9.4613275703480113</v>
       </c>
       <c r="I7" s="11">
         <v>11.59924271515195</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="11">
-        <v>36.952648310265509</v>
+        <v>36.952648310265566</v>
       </c>
       <c r="C8" s="11">
-        <v>30.662713356482563</v>
+        <v>30.662713356482612</v>
       </c>
       <c r="D8" s="11">
-        <v>30.662713356482563</v>
+        <v>30.662713356482612</v>
       </c>
       <c r="E8" s="11">
         <v>0</v>
       </c>
       <c r="F8" s="11">
-        <v>12.329495769550523</v>
+        <v>12.329495769550546</v>
       </c>
       <c r="G8" s="11">
-        <v>1.3648750427935614</v>
+        <v>1.3648750427935641</v>
       </c>
       <c r="H8" s="11">
-        <v>3.2203306108475509</v>
+        <v>3.2203306108475571</v>
       </c>
       <c r="I8" s="11">
-        <v>11.294321905413977</v>
+        <v>11.294321905413998</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="11">
-        <v>37.029693161037123</v>
+        <v>37.02969316103713</v>
       </c>
       <c r="C9" s="11">
-        <v>24.767047917849833</v>
+        <v>24.767047917849826</v>
       </c>
       <c r="D9" s="11">
-        <v>23.924989384471093</v>
+        <v>23.924989384471086</v>
       </c>
       <c r="E9" s="11">
-        <v>1.4498518333607995</v>
+        <v>1.4498518333607986</v>
       </c>
       <c r="F9" s="11">
-        <v>16.813294376433952</v>
+        <v>16.813294376433941</v>
       </c>
       <c r="G9" s="11">
-        <v>2.8577160411377198</v>
+        <v>2.8577160411377189</v>
       </c>
       <c r="H9" s="11">
-        <v>4.7517427664108709</v>
+        <v>4.7517427664108673</v>
       </c>
       <c r="I9" s="11">
-        <v>12.83714832042144</v>
+        <v>12.837148320421429</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="11">
-        <v>38.082107243852867</v>
+        <v>38.082107243852889</v>
       </c>
       <c r="C10" s="11">
-        <v>21.106496097325241</v>
+        <v>21.106496097325262</v>
       </c>
       <c r="D10" s="11">
-        <v>19.682436450680274</v>
+        <v>19.682436450680296</v>
       </c>
       <c r="E10" s="11">
-        <v>1.4240596466449673</v>
+        <v>1.4240596466449682</v>
       </c>
       <c r="F10" s="11">
-        <v>19.678667249756177</v>
+        <v>19.678667249756199</v>
       </c>
       <c r="G10" s="11">
-        <v>2.5934715888210955</v>
+        <v>2.5934715888210973</v>
       </c>
       <c r="H10" s="11">
-        <v>0.55215322442888093</v>
+        <v>0.55215322442888137</v>
       </c>
       <c r="I10" s="11">
-        <v>18.189787964684168</v>
+        <v>18.189787964684179</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="11">
-        <v>25.026380484855377</v>
+        <v>25.026380484855409</v>
       </c>
       <c r="C11" s="11">
-        <v>19.392597309960404</v>
+        <v>19.392597309960426</v>
       </c>
       <c r="D11" s="11">
-        <v>19.392597309960404</v>
+        <v>19.392597309960426</v>
       </c>
       <c r="E11" s="11">
-        <v>1.1394222592429351</v>
+        <v>1.1394222592429364</v>
       </c>
       <c r="F11" s="11">
-        <v>8.0217966638947971</v>
+        <v>8.0217966638948077</v>
       </c>
       <c r="G11" s="11">
         <v>0</v>
       </c>
       <c r="H11" s="11">
-        <v>1.262884600105459</v>
+        <v>1.2628846001054603</v>
       </c>
       <c r="I11" s="11">
-        <v>6.7589120637893378</v>
+        <v>6.7589120637893449</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="11">
-        <v>47.788347663593015</v>
+        <v>47.788347663593093</v>
       </c>
       <c r="C12" s="11">
-        <v>26.791388800013021</v>
+        <v>26.791388800013078</v>
       </c>
       <c r="D12" s="11">
-        <v>25.576926192671468</v>
+        <v>25.576926192671529</v>
       </c>
       <c r="E12" s="11">
-        <v>1.2144626073415481</v>
+        <v>1.2144626073415501</v>
       </c>
       <c r="F12" s="11">
-        <v>27.413890272067349</v>
+        <v>27.413890272067405</v>
       </c>
       <c r="G12" s="11">
-        <v>3.2166997535614152</v>
+        <v>3.2166997535614215</v>
       </c>
       <c r="H12" s="11">
-        <v>2.0699041412540566</v>
+        <v>2.0699041412540602</v>
       </c>
       <c r="I12" s="11">
-        <v>24.368760751251848</v>
+        <v>24.368760751251891</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="11">
-        <v>31.700372079801102</v>
+        <v>31.700372079801078</v>
       </c>
       <c r="C13" s="11">
-        <v>23.575346347263881</v>
+        <v>23.57534634726386</v>
       </c>
       <c r="D13" s="11">
-        <v>21.467169209971743</v>
+        <v>21.467169209971726</v>
       </c>
       <c r="E13" s="11">
-        <v>2.1081771372921403</v>
+        <v>2.1081771372921385</v>
       </c>
       <c r="F13" s="11">
-        <v>10.691157084469237</v>
+        <v>10.691157084469225</v>
       </c>
       <c r="G13" s="11">
-        <v>0.74050133447338395</v>
+        <v>0.74050133447338307</v>
       </c>
       <c r="H13" s="11">
         <v>0</v>
       </c>
       <c r="I13" s="11">
-        <v>9.9506557499958515</v>
+        <v>9.9506557499958426</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="11">
-        <v>44.046876310673944</v>
+        <v>44.046876310674001</v>
       </c>
       <c r="C14" s="11">
-        <v>27.993217746674159</v>
+        <v>27.993217746674183</v>
       </c>
       <c r="D14" s="11">
-        <v>26.948058854739166</v>
+        <v>26.94805885473918</v>
       </c>
       <c r="E14" s="11">
-        <v>1.9047716182763643</v>
+        <v>1.9047716182763661</v>
       </c>
       <c r="F14" s="11">
-        <v>20.361305271545106</v>
+        <v>20.361305271545113</v>
       </c>
       <c r="G14" s="11">
-        <v>0.38884724797748993</v>
+        <v>0.38884724797749026</v>
       </c>
       <c r="H14" s="11">
-        <v>1.3998201195886262</v>
+        <v>1.3998201195886271</v>
       </c>
       <c r="I14" s="11">
-        <v>19.847694868537637</v>
+        <v>19.847694868537641</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B15" s="2"/>
-[...6 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="11"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...8 lines deleted...]
-      <c r="I16" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="11"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="11">
-        <v>21.078084063837235</v>
+        <v>21.078084063837323</v>
       </c>
       <c r="C17" s="11">
-        <v>13.464502558167247</v>
+        <v>13.464502558167304</v>
       </c>
       <c r="D17" s="11">
-        <v>13.167313565413947</v>
+        <v>13.167313565413998</v>
       </c>
       <c r="E17" s="11">
-        <v>0.2971889927533039</v>
+        <v>0.29718899275330518</v>
       </c>
       <c r="F17" s="11">
-        <v>10.356857449915907</v>
+        <v>10.356857449915951</v>
       </c>
       <c r="G17" s="11">
-        <v>1.0248590788148189</v>
+        <v>1.0248590788148229</v>
       </c>
       <c r="H17" s="11">
-        <v>1.2011530208963723</v>
+        <v>1.2011530208963777</v>
       </c>
       <c r="I17" s="11">
-        <v>8.6106560876692875</v>
+        <v>8.6106560876693248</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="11">
-        <v>26.725722782327193</v>
+        <v>26.725722782327253</v>
       </c>
       <c r="C18" s="11">
-        <v>14.912276880779718</v>
+        <v>14.912276880779773</v>
       </c>
       <c r="D18" s="11">
-        <v>13.688477394515516</v>
+        <v>13.688477394515564</v>
       </c>
       <c r="E18" s="11">
-        <v>1.2237994862642048</v>
+        <v>1.2237994862642083</v>
       </c>
       <c r="F18" s="11">
-        <v>15.919243416609518</v>
+        <v>15.919243416609572</v>
       </c>
       <c r="G18" s="11">
-        <v>3.395251623145997</v>
+        <v>3.3952516231460059</v>
       </c>
       <c r="H18" s="11">
-        <v>2.4362503005444123</v>
+        <v>2.4362503005444194</v>
       </c>
       <c r="I18" s="11">
-        <v>11.869056366080621</v>
+        <v>11.869056366080661</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="11">
-        <v>51.155104154564377</v>
+        <v>51.155104154564398</v>
       </c>
       <c r="C19" s="11">
         <v>36.676210412903565</v>
       </c>
       <c r="D19" s="11">
-        <v>35.107642620871957</v>
+        <v>35.107642620871964</v>
       </c>
       <c r="E19" s="11">
         <v>2.1064735097871377</v>
       </c>
       <c r="F19" s="11">
-        <v>20.22817724432598</v>
+        <v>20.228177244325984</v>
       </c>
       <c r="G19" s="11">
         <v>1.2456269045595851</v>
       </c>
       <c r="H19" s="11">
-        <v>5.3693562647213424</v>
+        <v>5.3693562647213433</v>
       </c>
       <c r="I19" s="11">
-        <v>16.579797822973443</v>
+        <v>16.579797822973454</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
       <c r="B20" s="11">
-        <v>55.672466265164985</v>
+        <v>55.672466265164957</v>
       </c>
       <c r="C20" s="11">
-        <v>38.715151358130804</v>
+        <v>38.715151358130775</v>
       </c>
       <c r="D20" s="11">
-        <v>38.233872853827243</v>
+        <v>38.233872853827215</v>
       </c>
       <c r="E20" s="11">
-        <v>0.82554338212089939</v>
+        <v>0.82554338212089895</v>
       </c>
       <c r="F20" s="11">
-        <v>20.453546279779044</v>
+        <v>20.45354627977903</v>
       </c>
       <c r="G20" s="11">
-        <v>2.1074646948028199</v>
+        <v>2.1074646948028186</v>
       </c>
       <c r="H20" s="11">
-        <v>2.9446399909180787</v>
+        <v>2.9446399909180765</v>
       </c>
       <c r="I20" s="11">
-        <v>16.971870925101072</v>
+        <v>16.971870925101062</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
       <c r="B21" s="11">
         <v>42.968135601878984</v>
       </c>
       <c r="C21" s="11">
         <v>25.620404204835843</v>
       </c>
       <c r="D21" s="11">
-        <v>24.561708361516594</v>
+        <v>24.561708361516597</v>
       </c>
       <c r="E21" s="11">
         <v>2.1188939751109692</v>
       </c>
       <c r="F21" s="11">
         <v>21.394925195858303</v>
       </c>
       <c r="G21" s="11">
         <v>1.2623480334921096</v>
       </c>
       <c r="H21" s="11">
         <v>2.65702434886233</v>
       </c>
       <c r="I21" s="11">
         <v>19.455077808718645</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="11"/>
+      <c r="I22" s="11"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...8 lines deleted...]
-      <c r="I23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="11"/>
+      <c r="I23" s="11"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B24" s="11">
-        <v>17.013674589494645</v>
+        <v>17.013674589494627</v>
       </c>
       <c r="C24" s="11">
-        <v>1.2598508207066137</v>
+        <v>1.2598508207066126</v>
       </c>
       <c r="D24" s="11">
         <v>0</v>
       </c>
       <c r="E24" s="11">
-        <v>1.2598508207066137</v>
+        <v>1.2598508207066126</v>
       </c>
       <c r="F24" s="11">
-        <v>15.847740795419829</v>
+        <v>15.84774079541981</v>
       </c>
       <c r="G24" s="11">
-        <v>1.6079301085021924</v>
+        <v>1.6079301085021911</v>
       </c>
       <c r="H24" s="11">
-        <v>1.3225517047372601</v>
+        <v>1.3225517047372588</v>
       </c>
       <c r="I24" s="11">
-        <v>14.102619496436883</v>
+        <v>14.102619496436871</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B25" s="11">
         <v>100</v>
       </c>
       <c r="C25" s="11">
         <v>100</v>
       </c>
       <c r="D25" s="11">
         <v>100</v>
       </c>
       <c r="E25" s="11">
-        <v>1.31294704927324</v>
+        <v>1.3129470492732382</v>
       </c>
       <c r="F25" s="11">
-        <v>16.04771675312837</v>
+        <v>16.047716753128348</v>
       </c>
       <c r="G25" s="11">
-        <v>1.8635418143794606</v>
+        <v>1.8635418143794584</v>
       </c>
       <c r="H25" s="11">
-        <v>4.8567711521565737</v>
+        <v>4.8567711521565675</v>
       </c>
       <c r="I25" s="11">
-        <v>10.740872397360075</v>
+        <v>10.740872397360056</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B26" s="11">
-        <v>32.412293658301827</v>
+        <v>32.412293658301792</v>
       </c>
       <c r="C26" s="11">
-        <v>1.5029499869771477</v>
+        <v>1.5029499869771463</v>
       </c>
       <c r="D26" s="11">
         <v>0</v>
       </c>
       <c r="E26" s="11">
-        <v>1.5029499869771477</v>
+        <v>1.5029499869771463</v>
       </c>
       <c r="F26" s="11">
-        <v>32.091686155327203</v>
+        <v>32.091686155327167</v>
       </c>
       <c r="G26" s="11">
-        <v>5.1478436069999649</v>
+        <v>5.1478436069999569</v>
       </c>
       <c r="H26" s="11">
-        <v>9.0647906457798584</v>
+        <v>9.0647906457798477</v>
       </c>
       <c r="I26" s="11">
-        <v>24.554722621634212</v>
+        <v>24.554722621634191</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B27" s="2"/>
-[...6 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+      <c r="H27" s="11"/>
+      <c r="I27" s="11"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...8 lines deleted...]
-      <c r="I28" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="11"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="11"/>
+      <c r="H28" s="11"/>
+      <c r="I28" s="11"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B29" s="11">
-        <v>16.786731777388823</v>
+        <v>16.786731777388827</v>
       </c>
       <c r="C29" s="11">
-        <v>7.7433019348203462</v>
+        <v>7.7433019348203516</v>
       </c>
       <c r="D29" s="11">
-        <v>7.1718109983894385</v>
+        <v>7.1718109983894429</v>
       </c>
       <c r="E29" s="11">
-        <v>0.57149093643090787</v>
+        <v>0.57149093643090831</v>
       </c>
       <c r="F29" s="11">
-        <v>9.7977354521063518</v>
+        <v>9.7977354521063535</v>
       </c>
       <c r="G29" s="11">
-        <v>1.4224168681028504</v>
+        <v>1.4224168681028515</v>
       </c>
       <c r="H29" s="11">
-        <v>1.0013479088084822</v>
+        <v>1.0013479088084829</v>
       </c>
       <c r="I29" s="11">
-        <v>8.1806826733278708</v>
+        <v>8.1806826733278797</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B30" s="11">
-        <v>26.7506922431551</v>
+        <v>26.750692243155111</v>
       </c>
       <c r="C30" s="11">
-        <v>14.279691082364232</v>
+        <v>14.279691082364234</v>
       </c>
       <c r="D30" s="11">
-        <v>13.890908935300473</v>
+        <v>13.890908935300478</v>
       </c>
       <c r="E30" s="11">
         <v>0.38878214706375896</v>
       </c>
       <c r="F30" s="11">
-        <v>14.327453633068036</v>
+        <v>14.327453633068041</v>
       </c>
       <c r="G30" s="11">
-        <v>1.0442019590182534</v>
+        <v>1.0442019590182536</v>
       </c>
       <c r="H30" s="11">
         <v>1.9153246464875415</v>
       </c>
       <c r="I30" s="11">
         <v>12.804071858746655</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B31" s="11">
-        <v>49.622318295190148</v>
+        <v>49.622318295190063</v>
       </c>
       <c r="C31" s="11">
-        <v>33.822181322951394</v>
+        <v>33.822181322951351</v>
       </c>
       <c r="D31" s="11">
-        <v>33.448873553833309</v>
+        <v>33.448873553833266</v>
       </c>
       <c r="E31" s="11">
-        <v>0.93116577637119335</v>
+        <v>0.93116577637119258</v>
       </c>
       <c r="F31" s="11">
-        <v>23.434403902704503</v>
+        <v>23.434403902704481</v>
       </c>
       <c r="G31" s="11">
-        <v>3.2189702462228236</v>
+        <v>3.2189702462228196</v>
       </c>
       <c r="H31" s="11">
-        <v>3.2868291464487243</v>
+        <v>3.2868291464487198</v>
       </c>
       <c r="I31" s="11">
-        <v>18.960418469462486</v>
+        <v>18.960418469462471</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B32" s="11">
-        <v>46.796230078352096</v>
+        <v>46.796230078352103</v>
       </c>
       <c r="C32" s="11">
-        <v>31.633398815341462</v>
+        <v>31.633398815341451</v>
       </c>
       <c r="D32" s="11">
-        <v>29.533288596422857</v>
+        <v>29.533288596422853</v>
       </c>
       <c r="E32" s="11">
-        <v>2.4450252005825024</v>
+        <v>2.4450252005825015</v>
       </c>
       <c r="F32" s="11">
-        <v>19.968511029018117</v>
+        <v>19.968511029018106</v>
       </c>
       <c r="G32" s="11">
         <v>1.3528185136792881</v>
       </c>
       <c r="H32" s="11">
-        <v>3.0930518580636002</v>
+        <v>3.0930518580635988</v>
       </c>
       <c r="I32" s="11">
-        <v>16.678646105897997</v>
+        <v>16.678646105897993</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B33" s="11">
-        <v>54.429839635618691</v>
+        <v>54.429839635618634</v>
       </c>
       <c r="C33" s="11">
-        <v>39.575222473163741</v>
+        <v>39.575222473163699</v>
       </c>
       <c r="D33" s="11">
-        <v>38.123141615267983</v>
+        <v>38.12314161526794</v>
       </c>
       <c r="E33" s="11">
-        <v>2.1545619835832786</v>
+        <v>2.1545619835832772</v>
       </c>
       <c r="F33" s="11">
-        <v>20.319821077233865</v>
+        <v>20.319821077233858</v>
       </c>
       <c r="G33" s="11">
-        <v>3.1349381073579354</v>
+        <v>3.1349381073579328</v>
       </c>
       <c r="H33" s="11">
-        <v>5.6201228351538814</v>
+        <v>5.6201228351538779</v>
       </c>
       <c r="I33" s="11">
-        <v>15.169120271283903</v>
+        <v>15.169120271283894</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B34" s="2"/>
-[...6 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="B34" s="11"/>
+      <c r="C34" s="11"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="11"/>
+      <c r="F34" s="11"/>
+      <c r="G34" s="11"/>
+      <c r="H34" s="11"/>
+      <c r="I34" s="11"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...8 lines deleted...]
-      <c r="I35" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="11"/>
+      <c r="C35" s="11"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="11"/>
+      <c r="F35" s="11"/>
+      <c r="G35" s="11"/>
+      <c r="H35" s="11"/>
+      <c r="I35" s="11"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="11">
-        <v>43.154274589869537</v>
+        <v>43.154274589869559</v>
       </c>
       <c r="C36" s="11">
-        <v>20.294220158843874</v>
+        <v>20.294220158843892</v>
       </c>
       <c r="D36" s="11">
-        <v>19.594308150410502</v>
+        <v>19.594308150410519</v>
       </c>
       <c r="E36" s="11">
-        <v>0.83764802305215658</v>
+        <v>0.83764802305215713</v>
       </c>
       <c r="F36" s="11">
-        <v>26.17866958088479</v>
+        <v>26.178669580884804</v>
       </c>
       <c r="G36" s="11">
-        <v>3.5705783108272366</v>
+        <v>3.5705783108272389</v>
       </c>
       <c r="H36" s="11">
-        <v>4.6340528056155588</v>
+        <v>4.6340528056155614</v>
       </c>
       <c r="I36" s="11">
-        <v>22.691099090953927</v>
+        <v>22.691099090953948</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B37" s="11">
-        <v>46.899424851011091</v>
+        <v>46.899424851011119</v>
       </c>
       <c r="C37" s="11">
-        <v>35.678361255672584</v>
+        <v>35.678361255672606</v>
       </c>
       <c r="D37" s="11">
-        <v>35.532521113236328</v>
+        <v>35.532521113236349</v>
       </c>
       <c r="E37" s="11">
-        <v>0.35398816188533266</v>
+        <v>0.35398816188533272</v>
       </c>
       <c r="F37" s="11">
-        <v>18.605297403200534</v>
+        <v>18.605297403200538</v>
       </c>
       <c r="G37" s="11">
-        <v>1.2136955433604513</v>
+        <v>1.2136955433604517</v>
       </c>
       <c r="H37" s="11">
         <v>2.6716750535934048</v>
       </c>
       <c r="I37" s="11">
         <v>15.78689994853211</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B38" s="11">
-        <v>34.47050948082935</v>
+        <v>34.470509480829342</v>
       </c>
       <c r="C38" s="11">
         <v>24.126651032121206</v>
       </c>
       <c r="D38" s="11">
-        <v>23.359399631761463</v>
+        <v>23.359399631761455</v>
       </c>
       <c r="E38" s="11">
-        <v>0.76725140035974293</v>
+        <v>0.7672514003597426</v>
       </c>
       <c r="F38" s="11">
-        <v>12.880978085171609</v>
+        <v>12.880978085171604</v>
       </c>
       <c r="G38" s="11">
-        <v>1.2950252306632277</v>
+        <v>1.2950252306632275</v>
       </c>
       <c r="H38" s="11">
-        <v>1.8429287099565754</v>
+        <v>1.8429287099565748</v>
       </c>
       <c r="I38" s="11">
-        <v>11.413802998051326</v>
+        <v>11.413802998051322</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B39" s="11">
         <v>39.793398716200578</v>
       </c>
       <c r="C39" s="11">
-        <v>26.088412850738578</v>
+        <v>26.088412850738589</v>
       </c>
       <c r="D39" s="11">
-        <v>24.664297152268045</v>
+        <v>24.664297152268048</v>
       </c>
       <c r="E39" s="11">
         <v>2.1257106095242966</v>
       </c>
       <c r="F39" s="11">
-        <v>18.306942268812705</v>
+        <v>18.306942268812708</v>
       </c>
       <c r="G39" s="11">
-        <v>1.5351371194342733</v>
+        <v>1.5351371194342738</v>
       </c>
       <c r="H39" s="11">
-        <v>3.7432784846053559</v>
+        <v>3.7432784846053564</v>
       </c>
       <c r="I39" s="11">
-        <v>13.774492713444822</v>
+        <v>13.774492713444827</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B40" s="11">
-        <v>29.914514973656154</v>
+        <v>29.914514973656122</v>
       </c>
       <c r="C40" s="11">
-        <v>20.770348389037121</v>
+        <v>20.770348389037107</v>
       </c>
       <c r="D40" s="11">
-        <v>18.917489964707862</v>
+        <v>18.917489964707851</v>
       </c>
       <c r="E40" s="11">
-        <v>2.4120895935826456</v>
+        <v>2.4120895935826439</v>
       </c>
       <c r="F40" s="11">
-        <v>11.811144040119551</v>
+        <v>11.811144040119546</v>
       </c>
       <c r="G40" s="11">
-        <v>2.5466057485264306</v>
+        <v>2.5466057485264293</v>
       </c>
       <c r="H40" s="11">
-        <v>1.99965002357123</v>
+        <v>1.9996500235712291</v>
       </c>
       <c r="I40" s="11">
-        <v>8.061876369014783</v>
+        <v>8.0618763690147794</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B41" s="2"/>
-[...6 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="B41" s="11"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="11"/>
+      <c r="I41" s="11"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-      <c r="I42" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="11"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="11">
         <v>62.513486147142046</v>
       </c>
       <c r="C43" s="11">
-        <v>48.461131267859543</v>
+        <v>48.461131267859557</v>
       </c>
       <c r="D43" s="11">
-        <v>44.697665952301548</v>
+        <v>44.69766595230157</v>
       </c>
       <c r="E43" s="11">
-        <v>5.4555237393769485</v>
+        <v>5.4555237393769493</v>
       </c>
       <c r="F43" s="11">
-        <v>25.120201621606501</v>
+        <v>25.120201621606508</v>
       </c>
       <c r="G43" s="11">
-        <v>1.085960572417461</v>
+        <v>1.0859605724174612</v>
       </c>
       <c r="H43" s="11">
-        <v>5.7280141962167841</v>
+        <v>5.728014196216785</v>
       </c>
       <c r="I43" s="11">
         <v>20.905678194637645</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="11">
-        <v>65.266177978672104</v>
+        <v>65.266177978672061</v>
       </c>
       <c r="C44" s="11">
-        <v>47.5859329034542</v>
+        <v>47.58593290345415</v>
       </c>
       <c r="D44" s="11">
-        <v>46.062508013150875</v>
+        <v>46.062508013150833</v>
       </c>
       <c r="E44" s="11">
-        <v>1.5234248903033292</v>
+        <v>1.5234248903033276</v>
       </c>
       <c r="F44" s="11">
-        <v>24.468656336338121</v>
+        <v>24.468656336338089</v>
       </c>
       <c r="G44" s="11">
-        <v>3.3207049954024166</v>
+        <v>3.3207049954024135</v>
       </c>
       <c r="H44" s="11">
-        <v>3.8405273312708794</v>
+        <v>3.8405273312708745</v>
       </c>
       <c r="I44" s="11">
-        <v>19.929771323500102</v>
+        <v>19.929771323500077</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="11">
-        <v>47.823925290157433</v>
+        <v>47.82392529015744</v>
       </c>
       <c r="C45" s="11">
         <v>29.676395645892011</v>
       </c>
       <c r="D45" s="11">
         <v>29.539675999165194</v>
       </c>
       <c r="E45" s="11">
-        <v>0.81989584101308088</v>
+        <v>0.81989584101308099</v>
       </c>
       <c r="F45" s="11">
-        <v>22.684070669509186</v>
+        <v>22.6840706695092</v>
       </c>
       <c r="G45" s="11">
-        <v>1.5538380933504397</v>
+        <v>1.5538380933504392</v>
       </c>
       <c r="H45" s="11">
-        <v>5.0214373491113768</v>
+        <v>5.0214373491113751</v>
       </c>
       <c r="I45" s="11">
-        <v>18.865693409806301</v>
+        <v>18.865693409806315</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="11">
-        <v>21.355067679688595</v>
+        <v>21.35506767968857</v>
       </c>
       <c r="C46" s="11">
-        <v>10.090702009559791</v>
+        <v>10.090702009559777</v>
       </c>
       <c r="D46" s="11">
-        <v>9.5146681618954787</v>
+        <v>9.5146681618954627</v>
       </c>
       <c r="E46" s="11">
-        <v>0.57603384766431531</v>
+        <v>0.57603384766431465</v>
       </c>
       <c r="F46" s="11">
-        <v>12.810221143132456</v>
+        <v>12.810221143132438</v>
       </c>
       <c r="G46" s="11">
-        <v>3.2205579359496221</v>
+        <v>3.2205579359496186</v>
       </c>
       <c r="H46" s="11">
-        <v>1.0605710413596383</v>
+        <v>1.0605710413596374</v>
       </c>
       <c r="I46" s="11">
-        <v>9.593217545713145</v>
+        <v>9.5932175457131308</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="11">
-        <v>9.4930361858685384</v>
+        <v>9.4930361858685455</v>
       </c>
       <c r="C47" s="11">
         <v>1.9915605934792939</v>
       </c>
       <c r="D47" s="11">
         <v>1.6203439430790536</v>
       </c>
       <c r="E47" s="11">
-        <v>0.37121665040024038</v>
+        <v>0.37121665040024054</v>
       </c>
       <c r="F47" s="11">
-        <v>7.6400203324969853</v>
+        <v>7.6400203324969915</v>
       </c>
       <c r="G47" s="11">
-        <v>0.36253649232034657</v>
+        <v>0.36253649232034663</v>
       </c>
       <c r="H47" s="11">
-        <v>0.87240365519486629</v>
+        <v>0.87240365519486651</v>
       </c>
       <c r="I47" s="11">
-        <v>6.4381221074840109</v>
+        <v>6.4381221074840163</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
       <c r="B48" s="11">
-        <v>7.7430610903151553</v>
+        <v>7.7430610903151438</v>
       </c>
       <c r="C48" s="11">
-        <v>2.257511523207167</v>
+        <v>2.2575115232071639</v>
       </c>
       <c r="D48" s="11">
-        <v>2.257511523207167</v>
+        <v>2.2575115232071639</v>
       </c>
       <c r="E48" s="11">
         <v>0</v>
       </c>
       <c r="F48" s="11">
-        <v>5.485549567107987</v>
+        <v>5.485549567107979</v>
       </c>
       <c r="G48" s="11">
-        <v>0.88772287467556255</v>
+        <v>0.88772287467556144</v>
       </c>
       <c r="H48" s="11">
-        <v>0.61891554763969847</v>
+        <v>0.61891554763969769</v>
       </c>
       <c r="I48" s="11">
-        <v>5.2167422400721231</v>
+        <v>5.2167422400721168</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B49" s="2"/>
-[...6 lines deleted...]
-      <c r="I49" s="2"/>
+      <c r="B49" s="11"/>
+      <c r="C49" s="11"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
+      <c r="H49" s="11"/>
+      <c r="I49" s="11"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...8 lines deleted...]
-      <c r="I50" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="11"/>
+      <c r="C50" s="11"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="11"/>
+      <c r="G50" s="11"/>
+      <c r="H50" s="11"/>
+      <c r="I50" s="11"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="11">
-        <v>52.304779117695823</v>
+        <v>52.304779117695944</v>
       </c>
       <c r="C51" s="11">
-        <v>36.282271746812576</v>
+        <v>36.282271746812668</v>
       </c>
       <c r="D51" s="11">
-        <v>35.073852750409905</v>
+        <v>35.073852750409998</v>
       </c>
       <c r="E51" s="11">
-        <v>1.7840189691181962</v>
+        <v>1.7840189691181989</v>
       </c>
       <c r="F51" s="11">
-        <v>22.281612907829498</v>
+        <v>22.281612907829519</v>
       </c>
       <c r="G51" s="11">
-        <v>2.6688527557469994</v>
+        <v>2.6688527557470021</v>
       </c>
       <c r="H51" s="11">
-        <v>3.9521434981412056</v>
+        <v>3.9521434981412105</v>
       </c>
       <c r="I51" s="11">
-        <v>18.021475433863454</v>
+        <v>18.021475433863472</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="11">
         <v>51.880271187940416</v>
       </c>
       <c r="C52" s="11">
-        <v>34.284267224912895</v>
+        <v>34.284267224912909</v>
       </c>
       <c r="D52" s="11">
-        <v>32.007674631972407</v>
+        <v>32.007674631972435</v>
       </c>
       <c r="E52" s="11">
-        <v>2.2765925929404798</v>
+        <v>2.2765925929404802</v>
       </c>
       <c r="F52" s="11">
         <v>21.963776298693805</v>
       </c>
       <c r="G52" s="11">
         <v>2.3186157231957063</v>
       </c>
       <c r="H52" s="11">
-        <v>4.6407415580577132</v>
+        <v>4.6407415580577149</v>
       </c>
       <c r="I52" s="11">
-        <v>17.048354003522562</v>
+        <v>17.048354003522565</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
       <c r="B53" s="11">
-        <v>21.678463982184009</v>
+        <v>21.678463982184017</v>
       </c>
       <c r="C53" s="11">
         <v>4.6796550490482929</v>
       </c>
       <c r="D53" s="11">
         <v>4.6796550490482929</v>
       </c>
       <c r="E53" s="11">
         <v>0</v>
       </c>
       <c r="F53" s="11">
-        <v>16.998808933135724</v>
+        <v>16.998808933135727</v>
       </c>
       <c r="G53" s="11">
         <v>3.1713443511475479</v>
       </c>
       <c r="H53" s="11">
         <v>0.17868014345581709</v>
       </c>
       <c r="I53" s="11">
-        <v>16.820128789679906</v>
+        <v>16.820128789679909</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
       <c r="B54" s="11">
-        <v>8.6048689588782992</v>
+        <v>8.6048689588782921</v>
       </c>
       <c r="C54" s="11">
-        <v>2.6349169028319182</v>
+        <v>2.6349169028319173</v>
       </c>
       <c r="D54" s="11">
-        <v>2.557911416943405</v>
+        <v>2.5579114169434036</v>
       </c>
       <c r="E54" s="11">
-        <v>7.7005485888513123E-2</v>
+        <v>7.7005485888513081E-2</v>
       </c>
       <c r="F54" s="11">
-        <v>6.2288727106106938</v>
+        <v>6.228872710610692</v>
       </c>
       <c r="G54" s="11">
-        <v>0.46671856787921728</v>
+        <v>0.46671856787921717</v>
       </c>
       <c r="H54" s="11">
-        <v>0.70025859585708461</v>
+        <v>0.70025859585708428</v>
       </c>
       <c r="I54" s="11">
-        <v>5.4437888514878239</v>
+        <v>5.443788851487823</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B55" s="2"/>
-[...6 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="B55" s="11"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="11"/>
+      <c r="G55" s="11"/>
+      <c r="H55" s="11"/>
+      <c r="I55" s="11"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-      <c r="I56" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="11"/>
+      <c r="C56" s="11"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="11"/>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
+      <c r="I56" s="11"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B57" s="11">
-        <v>25.2145070270535</v>
+        <v>25.214507027053457</v>
       </c>
       <c r="C57" s="11">
-        <v>6.9583019778803958</v>
+        <v>6.9583019778803861</v>
       </c>
       <c r="D57" s="11">
-        <v>6.9583019778803958</v>
+        <v>6.9583019778803861</v>
       </c>
       <c r="E57" s="11">
         <v>0</v>
       </c>
       <c r="F57" s="11">
-        <v>20.20712014028792</v>
+        <v>20.207120140287891</v>
       </c>
       <c r="G57" s="11">
-        <v>2.7436090041891084</v>
+        <v>2.7436090041891039</v>
       </c>
       <c r="H57" s="11">
-        <v>0.62946232324481022</v>
+        <v>0.62946232324480922</v>
       </c>
       <c r="I57" s="11">
-        <v>18.092973459343618</v>
+        <v>18.092973459343597</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
       <c r="B58" s="11">
-        <v>38.130200518938736</v>
+        <v>38.130200518938693</v>
       </c>
       <c r="C58" s="11">
-        <v>23.855316002657386</v>
+        <v>23.855316002657368</v>
       </c>
       <c r="D58" s="11">
-        <v>22.955470111594366</v>
+        <v>22.955470111594344</v>
       </c>
       <c r="E58" s="11">
-        <v>1.0070978495614729</v>
+        <v>1.0070978495614711</v>
       </c>
       <c r="F58" s="11">
-        <v>17.871262435880741</v>
+        <v>17.871262435880709</v>
       </c>
       <c r="G58" s="11">
-        <v>1.4493960042357534</v>
+        <v>1.4493960042357514</v>
       </c>
       <c r="H58" s="11">
-        <v>2.69085519528406</v>
+        <v>2.6908551952840565</v>
       </c>
       <c r="I58" s="11">
-        <v>15.460227394345536</v>
+        <v>15.460227394345507</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
       <c r="B59" s="11">
-        <v>44.520395098136255</v>
+        <v>44.520395098136213</v>
       </c>
       <c r="C59" s="11">
-        <v>34.359830618097675</v>
+        <v>34.359830618097639</v>
       </c>
       <c r="D59" s="11">
-        <v>32.915887547863484</v>
+        <v>32.915887547863449</v>
       </c>
       <c r="E59" s="11">
-        <v>2.3581659128167791</v>
+        <v>2.3581659128167773</v>
       </c>
       <c r="F59" s="11">
-        <v>16.069235308205243</v>
+        <v>16.069235308205236</v>
       </c>
       <c r="G59" s="11">
-        <v>3.1963684938957404</v>
+        <v>3.1963684938957377</v>
       </c>
       <c r="H59" s="11">
-        <v>4.3421824757669771</v>
+        <v>4.3421824757669727</v>
       </c>
       <c r="I59" s="11">
-        <v>10.669996664149423</v>
+        <v>10.669996664149416</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
       <c r="H61" s="4"/>
       <c r="I61" s="4"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
       <c r="I62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A1:I62"/>
+  <dimension ref="A1:I63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.85546875" customWidth="1"/>
     <col min="2" max="9" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:9" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" spans="1:9" s="23" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B2" s="22"/>
+    <row r="2" spans="1:9" s="19" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="22" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="7"/>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="24" t="s">
         <v>68</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="24" t="s">
         <v>69</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F3" s="24" t="s">
         <v>72</v>
       </c>
-      <c r="G3" s="28" t="s">
+      <c r="G3" s="24" t="s">
         <v>76</v>
       </c>
-      <c r="H3" s="28" t="s">
+      <c r="H3" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="I3" s="28" t="s">
+      <c r="I3" s="24" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="12">
+      <c r="A4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="13">
         <v>18400</v>
       </c>
-      <c r="C4" s="12">
+      <c r="C4" s="13">
         <v>35249.4</v>
       </c>
-      <c r="D4" s="12">
+      <c r="D4" s="13">
         <v>34724.200000000004</v>
       </c>
-      <c r="E4" s="12">
+      <c r="E4" s="13">
         <v>34460</v>
       </c>
-      <c r="F4" s="12">
+      <c r="F4" s="13">
         <v>3000</v>
       </c>
-      <c r="G4" s="12">
+      <c r="G4" s="13">
         <v>500</v>
       </c>
-      <c r="H4" s="12">
+      <c r="H4" s="13">
         <v>300</v>
       </c>
-      <c r="I4" s="12">
+      <c r="I4" s="13">
         <v>3981.2000000000003</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B5" s="6"/>
-[...6 lines deleted...]
-      <c r="I5" s="6"/>
+      <c r="B5" s="27"/>
+      <c r="C5" s="27"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="27"/>
+      <c r="I5" s="27"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="6"/>
-[...6 lines deleted...]
-      <c r="I6" s="6"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="27"/>
+      <c r="F6" s="27"/>
+      <c r="G6" s="27"/>
+      <c r="H6" s="27"/>
+      <c r="I6" s="27"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="13">
         <v>16981.2</v>
       </c>
       <c r="C7" s="13">
         <v>69575</v>
       </c>
       <c r="D7" s="13">
         <v>67096.2</v>
       </c>
-      <c r="E7" s="17" t="s">
+      <c r="E7" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F7" s="13">
         <v>550</v>
       </c>
-      <c r="G7" s="17" t="s">
+      <c r="G7" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H7" s="13">
         <v>200</v>
       </c>
       <c r="I7" s="13">
         <v>1460</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="13">
         <v>37105.200000000004</v>
       </c>
       <c r="C8" s="13">
         <v>51000</v>
       </c>
       <c r="D8" s="13">
         <v>51000</v>
       </c>
-      <c r="E8" s="17" t="s">
+      <c r="E8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F8" s="13">
         <v>2465.6000000000004</v>
       </c>
-      <c r="G8" s="17" t="s">
-[...5 lines deleted...]
-      <c r="I8" s="17" t="s">
+      <c r="G8" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="I8" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="13">
         <v>20500</v>
       </c>
       <c r="C9" s="13">
         <v>30000</v>
       </c>
       <c r="D9" s="13">
         <v>30000</v>
       </c>
-      <c r="E9" s="17" t="s">
+      <c r="E9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F9" s="13">
         <v>3900</v>
       </c>
-      <c r="G9" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="17" t="s">
+      <c r="G9" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I9" s="13">
         <v>6000</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="13">
         <v>13815.800000000001</v>
       </c>
       <c r="C10" s="13">
         <v>30200</v>
       </c>
       <c r="D10" s="13">
         <v>26600</v>
       </c>
-      <c r="E10" s="17" t="s">
+      <c r="E10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F10" s="13">
         <v>3800</v>
       </c>
-      <c r="G10" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="17" t="s">
+      <c r="G10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I10" s="13">
         <v>3920</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="13">
         <v>30000</v>
       </c>
       <c r="C11" s="13">
         <v>42410.200000000004</v>
       </c>
       <c r="D11" s="13">
         <v>42410.200000000004</v>
       </c>
-      <c r="E11" s="17" t="s">
-[...11 lines deleted...]
-      <c r="I11" s="17" t="s">
+      <c r="E11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="I11" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="13">
         <v>10018</v>
       </c>
       <c r="C12" s="13">
         <v>28800</v>
       </c>
       <c r="D12" s="13">
         <v>28400</v>
       </c>
-      <c r="E12" s="17" t="s">
+      <c r="E12" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="13">
         <v>3750</v>
       </c>
-      <c r="G12" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="17" t="s">
+      <c r="G12" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I12" s="13">
         <v>4000</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="13">
         <v>25000</v>
       </c>
       <c r="C13" s="13">
         <v>27200</v>
       </c>
       <c r="D13" s="13">
         <v>28000</v>
       </c>
-      <c r="E13" s="17" t="s">
+      <c r="E13" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="13">
         <v>8000</v>
       </c>
-      <c r="G13" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H13" s="17" t="s">
+      <c r="G13" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I13" s="13">
         <v>8000</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="13">
         <v>15000</v>
       </c>
       <c r="C14" s="13">
         <v>24000</v>
       </c>
       <c r="D14" s="13">
         <v>24000</v>
       </c>
-      <c r="E14" s="17" t="s">
+      <c r="E14" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="13">
         <v>4560</v>
       </c>
-      <c r="G14" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H14" s="17" t="s">
+      <c r="G14" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I14" s="13">
         <v>5500</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B15" s="6"/>
-[...6 lines deleted...]
-      <c r="I15" s="6"/>
+      <c r="B15" s="13"/>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="13"/>
+      <c r="H15" s="13"/>
+      <c r="I15" s="13"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>94</v>
-[...8 lines deleted...]
-      <c r="I16" s="6"/>
+        <v>86</v>
+      </c>
+      <c r="B16" s="13"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="13"/>
+      <c r="H16" s="13"/>
+      <c r="I16" s="13"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="13">
         <v>19120</v>
       </c>
       <c r="C17" s="13">
         <v>31440</v>
       </c>
       <c r="D17" s="13">
         <v>31440</v>
       </c>
-      <c r="E17" s="17" t="s">
+      <c r="E17" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="13">
         <v>1200</v>
       </c>
-      <c r="G17" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H17" s="17" t="s">
+      <c r="G17" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H17" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I17" s="13">
         <v>2000</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="13">
         <v>11980</v>
       </c>
       <c r="C18" s="13">
         <v>41401.200000000004</v>
       </c>
       <c r="D18" s="13">
         <v>40042.200000000004</v>
       </c>
-      <c r="E18" s="17" t="s">
+      <c r="E18" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="13">
         <v>3500</v>
       </c>
-      <c r="G18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H18" s="17" t="s">
+      <c r="G18" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H18" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I18" s="13">
         <v>5000</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="13">
         <v>24615</v>
       </c>
       <c r="C19" s="13">
         <v>39137</v>
       </c>
       <c r="D19" s="13">
         <v>37838.6</v>
       </c>
-      <c r="E19" s="17" t="s">
+      <c r="E19" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="13">
         <v>2000</v>
       </c>
-      <c r="G19" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="17" t="s">
+      <c r="G19" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H19" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I19" s="13">
         <v>2835.8</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>36</v>
       </c>
       <c r="B20" s="13">
         <v>19960.400000000001</v>
       </c>
       <c r="C20" s="13">
         <v>32577.200000000001</v>
       </c>
       <c r="D20" s="13">
         <v>32577.200000000001</v>
       </c>
-      <c r="E20" s="17" t="s">
+      <c r="E20" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="13">
         <v>3000</v>
       </c>
-      <c r="G20" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H20" s="17" t="s">
+      <c r="G20" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H20" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I20" s="13">
         <v>3580</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>37</v>
       </c>
       <c r="B21" s="13">
         <v>14000</v>
       </c>
       <c r="C21" s="13">
         <v>30000</v>
       </c>
       <c r="D21" s="13">
         <v>32250</v>
       </c>
-      <c r="E21" s="17" t="s">
+      <c r="E21" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F21" s="13">
         <v>4280</v>
       </c>
-      <c r="G21" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="17" t="s">
+      <c r="G21" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H21" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I21" s="13">
         <v>4926</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B22" s="6"/>
-[...6 lines deleted...]
-      <c r="I22" s="6"/>
+      <c r="B22" s="13"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="H22" s="13"/>
+      <c r="I22" s="13"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>95</v>
-[...8 lines deleted...]
-      <c r="I23" s="6"/>
+        <v>87</v>
+      </c>
+      <c r="B23" s="13"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
+      <c r="I23" s="13"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B24" s="13">
         <v>4000</v>
       </c>
-      <c r="C24" s="17" t="s">
-[...5 lines deleted...]
-      <c r="E24" s="17" t="s">
+      <c r="C24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F24" s="13">
         <v>3630</v>
       </c>
-      <c r="G24" s="17" t="s">
+      <c r="G24" s="13" t="s">
         <v>57</v>
       </c>
       <c r="H24" s="13">
         <v>300</v>
       </c>
       <c r="I24" s="13">
         <v>4000</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B25" s="13">
         <v>35679.4</v>
       </c>
       <c r="C25" s="13">
         <v>34724.200000000004</v>
       </c>
       <c r="D25" s="13">
         <v>34724.200000000004</v>
       </c>
-      <c r="E25" s="17" t="s">
+      <c r="E25" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F25" s="13">
         <v>1100</v>
       </c>
-      <c r="G25" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="17" t="s">
+      <c r="G25" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H25" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I25" s="13">
         <v>3247</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B26" s="13">
         <v>1200</v>
       </c>
-      <c r="C26" s="17" t="s">
-[...5 lines deleted...]
-      <c r="E26" s="17" t="s">
+      <c r="C26" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D26" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="13">
         <v>1200</v>
       </c>
-      <c r="G26" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="17" t="s">
+      <c r="G26" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H26" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I26" s="13">
         <v>2868.8</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B27" s="6"/>
-[...6 lines deleted...]
-      <c r="I27" s="6"/>
+      <c r="B27" s="13"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="13"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>100</v>
-[...8 lines deleted...]
-      <c r="I28" s="6"/>
+        <v>92</v>
+      </c>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+      <c r="H28" s="13"/>
+      <c r="I28" s="13"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B29" s="13">
         <v>6724.8</v>
       </c>
       <c r="C29" s="13">
         <v>24737.4</v>
       </c>
       <c r="D29" s="13">
         <v>22100</v>
       </c>
-      <c r="E29" s="17" t="s">
+      <c r="E29" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F29" s="13">
         <v>1200</v>
       </c>
-      <c r="G29" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H29" s="17" t="s">
+      <c r="G29" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H29" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I29" s="13">
         <v>2000</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B30" s="13">
         <v>10369.200000000001</v>
       </c>
       <c r="C30" s="13">
         <v>32060</v>
       </c>
       <c r="D30" s="13">
         <v>31750</v>
       </c>
-      <c r="E30" s="17" t="s">
+      <c r="E30" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F30" s="13">
         <v>2286</v>
       </c>
-      <c r="G30" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H30" s="17" t="s">
+      <c r="G30" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H30" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I30" s="13">
         <v>2849.4</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B31" s="13">
         <v>16574.2</v>
       </c>
       <c r="C31" s="13">
         <v>30142.400000000001</v>
       </c>
       <c r="D31" s="13">
         <v>30142.400000000001</v>
       </c>
-      <c r="E31" s="17" t="s">
+      <c r="E31" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F31" s="13">
         <v>4520</v>
       </c>
-      <c r="G31" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H31" s="17" t="s">
+      <c r="G31" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H31" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I31" s="13">
         <v>5420</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B32" s="13">
         <v>25260</v>
       </c>
       <c r="C32" s="13">
         <v>42024.200000000004</v>
       </c>
       <c r="D32" s="13">
         <v>41362.400000000001</v>
       </c>
-      <c r="E32" s="17" t="s">
+      <c r="E32" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F32" s="13">
         <v>4647.4000000000005</v>
       </c>
-      <c r="G32" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H32" s="17" t="s">
+      <c r="G32" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H32" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I32" s="13">
         <v>6700</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B33" s="13">
         <v>22176</v>
       </c>
       <c r="C33" s="13">
         <v>45400</v>
       </c>
       <c r="D33" s="13">
         <v>46200</v>
       </c>
-      <c r="E33" s="17" t="s">
+      <c r="E33" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F33" s="13">
         <v>2920</v>
       </c>
-      <c r="G33" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H33" s="17" t="s">
+      <c r="G33" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H33" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I33" s="13">
         <v>3140</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B34" s="6"/>
-[...6 lines deleted...]
-      <c r="I34" s="6"/>
+      <c r="B34" s="13"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+      <c r="H34" s="13"/>
+      <c r="I34" s="13"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>99</v>
-[...8 lines deleted...]
-      <c r="I35" s="6"/>
+        <v>91</v>
+      </c>
+      <c r="B35" s="13"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="13"/>
+      <c r="G35" s="13"/>
+      <c r="H35" s="13"/>
+      <c r="I35" s="13"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="13">
         <v>10660</v>
       </c>
       <c r="C36" s="13">
         <v>39272</v>
       </c>
       <c r="D36" s="13">
         <v>36821.800000000003</v>
       </c>
-      <c r="E36" s="17" t="s">
+      <c r="E36" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F36" s="13">
         <v>2600</v>
       </c>
-      <c r="G36" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="17" t="s">
+      <c r="G36" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H36" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="13">
         <v>3284.6000000000004</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B37" s="13">
         <v>26071.4</v>
       </c>
       <c r="C37" s="13">
         <v>39214</v>
       </c>
       <c r="D37" s="13">
         <v>39214</v>
       </c>
-      <c r="E37" s="17" t="s">
+      <c r="E37" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F37" s="13">
         <v>3225.2000000000003</v>
       </c>
-      <c r="G37" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="17" t="s">
+      <c r="G37" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H37" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I37" s="13">
         <v>4656.8</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B38" s="13">
         <v>20304</v>
       </c>
       <c r="C38" s="13">
         <v>29200</v>
       </c>
       <c r="D38" s="13">
         <v>29623</v>
       </c>
-      <c r="E38" s="17" t="s">
+      <c r="E38" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F38" s="13">
         <v>4160</v>
       </c>
-      <c r="G38" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H38" s="17" t="s">
+      <c r="G38" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H38" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I38" s="13">
         <v>4585.2</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B39" s="13">
         <v>16638.2</v>
       </c>
       <c r="C39" s="13">
         <v>42800</v>
       </c>
       <c r="D39" s="13">
         <v>45000</v>
       </c>
-      <c r="E39" s="17" t="s">
+      <c r="E39" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F39" s="13">
         <v>2500</v>
       </c>
-      <c r="G39" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H39" s="17" t="s">
+      <c r="G39" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H39" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I39" s="13">
         <v>3600</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B40" s="13">
         <v>20000</v>
       </c>
       <c r="C40" s="13">
         <v>34580</v>
       </c>
       <c r="D40" s="13">
         <v>32360</v>
       </c>
-      <c r="E40" s="17" t="s">
+      <c r="E40" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F40" s="13">
         <v>3350</v>
       </c>
-      <c r="G40" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="17" t="s">
+      <c r="G40" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H40" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I40" s="13">
         <v>5640</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B41" s="6"/>
-[...6 lines deleted...]
-      <c r="I41" s="6"/>
+      <c r="B41" s="13"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
+      <c r="I41" s="13"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-      <c r="I42" s="6"/>
+        <v>93</v>
+      </c>
+      <c r="B42" s="13"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+      <c r="H42" s="13"/>
+      <c r="I42" s="13"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="13">
         <v>38736.6</v>
       </c>
       <c r="C43" s="13">
         <v>53000</v>
       </c>
       <c r="D43" s="13">
         <v>53000</v>
       </c>
-      <c r="E43" s="17" t="s">
+      <c r="E43" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F43" s="13">
         <v>1520</v>
       </c>
-      <c r="G43" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H43" s="17" t="s">
+      <c r="G43" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H43" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I43" s="13">
         <v>3000</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="13">
         <v>26860</v>
       </c>
       <c r="C44" s="13">
         <v>38265</v>
       </c>
       <c r="D44" s="13">
         <v>38650</v>
       </c>
-      <c r="E44" s="17" t="s">
+      <c r="E44" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F44" s="13">
         <v>3544.6000000000004</v>
       </c>
-      <c r="G44" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H44" s="17" t="s">
+      <c r="G44" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H44" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I44" s="13">
         <v>4750.8</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="13">
         <v>13917.6</v>
       </c>
       <c r="C45" s="13">
         <v>24900</v>
       </c>
       <c r="D45" s="13">
         <v>24900</v>
       </c>
-      <c r="E45" s="17" t="s">
+      <c r="E45" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F45" s="13">
         <v>3197</v>
       </c>
-      <c r="G45" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H45" s="17" t="s">
+      <c r="G45" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H45" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I45" s="13">
         <v>3800</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="13">
         <v>7279</v>
       </c>
       <c r="C46" s="13">
         <v>12500</v>
       </c>
       <c r="D46" s="13">
         <v>11134</v>
       </c>
-      <c r="E46" s="17" t="s">
+      <c r="E46" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F46" s="13">
         <v>2885.2000000000003</v>
       </c>
-      <c r="G46" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H46" s="17" t="s">
+      <c r="G46" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H46" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I46" s="13">
         <v>4468</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="13">
         <v>2450</v>
       </c>
-      <c r="C47" s="17" t="s">
-[...5 lines deleted...]
-      <c r="E47" s="17" t="s">
+      <c r="C47" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D47" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E47" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F47" s="13">
         <v>1712</v>
       </c>
-      <c r="G47" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H47" s="17" t="s">
+      <c r="G47" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H47" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I47" s="13">
         <v>2000</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="13"/>
-[...6 lines deleted...]
-      <c r="I48" s="13"/>
+      <c r="B48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H48" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="I48" s="13" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B49" s="6"/>
-[...6 lines deleted...]
-      <c r="I49" s="6"/>
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="13"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>119</v>
-[...8 lines deleted...]
-      <c r="I50" s="6"/>
+        <v>111</v>
+      </c>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="13"/>
+      <c r="I50" s="13"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="13">
         <v>19840.400000000001</v>
       </c>
       <c r="C51" s="13">
         <v>37700</v>
       </c>
       <c r="D51" s="13">
         <v>37748</v>
       </c>
-      <c r="E51" s="17" t="s">
+      <c r="E51" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F51" s="13">
         <v>2731.2000000000003</v>
       </c>
       <c r="G51" s="13">
         <v>300</v>
       </c>
       <c r="H51" s="13">
         <v>200</v>
       </c>
       <c r="I51" s="13">
         <v>3683</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="13">
         <v>25200</v>
       </c>
       <c r="C52" s="13">
         <v>38942.800000000003</v>
       </c>
       <c r="D52" s="13">
         <v>34486.6</v>
       </c>
-      <c r="E52" s="17" t="s">
+      <c r="E52" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F52" s="13">
         <v>5500</v>
       </c>
-      <c r="G52" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H52" s="17" t="s">
+      <c r="G52" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H52" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I52" s="13">
         <v>9100</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
       <c r="B53" s="13">
         <v>3947.6000000000004</v>
       </c>
-      <c r="C53" s="17" t="s">
-[...17 lines deleted...]
-      <c r="I53" s="17" t="s">
+      <c r="C53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H53" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="I53" s="13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
       <c r="B54" s="13">
         <v>4000</v>
       </c>
-      <c r="C54" s="17" t="s">
-[...5 lines deleted...]
-      <c r="E54" s="17" t="s">
+      <c r="C54" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D54" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E54" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F54" s="13">
         <v>2390</v>
       </c>
-      <c r="G54" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H54" s="17" t="s">
+      <c r="G54" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H54" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I54" s="13">
         <v>2500</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B55" s="6"/>
-[...6 lines deleted...]
-      <c r="I55" s="6"/>
+      <c r="B55" s="13"/>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="13"/>
+      <c r="I55" s="13"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-      <c r="I56" s="6"/>
+        <v>94</v>
+      </c>
+      <c r="B56" s="13"/>
+      <c r="C56" s="13"/>
+      <c r="D56" s="13"/>
+      <c r="E56" s="13"/>
+      <c r="F56" s="13"/>
+      <c r="G56" s="13"/>
+      <c r="H56" s="13"/>
+      <c r="I56" s="13"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B57" s="13">
         <v>3395.2000000000003</v>
       </c>
-      <c r="C57" s="17" t="s">
-[...5 lines deleted...]
-      <c r="E57" s="17" t="s">
+      <c r="C57" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D57" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E57" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F57" s="13">
         <v>2709.4</v>
       </c>
-      <c r="G57" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H57" s="17" t="s">
+      <c r="G57" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H57" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I57" s="13">
         <v>2819.4</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
         <v>60</v>
       </c>
       <c r="B58" s="13">
         <v>14202.6</v>
       </c>
       <c r="C58" s="13">
         <v>30000</v>
       </c>
       <c r="D58" s="13">
         <v>30000</v>
       </c>
-      <c r="E58" s="17" t="s">
+      <c r="E58" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F58" s="13">
         <v>3102.6000000000004</v>
       </c>
       <c r="G58" s="13">
         <v>200</v>
       </c>
       <c r="H58" s="13">
         <v>184</v>
       </c>
       <c r="I58" s="13">
         <v>4000</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
       <c r="B59" s="13">
         <v>34000</v>
       </c>
       <c r="C59" s="13">
         <v>50000</v>
       </c>
       <c r="D59" s="13">
         <v>49124.200000000004</v>
       </c>
-      <c r="E59" s="17" t="s">
+      <c r="E59" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F59" s="13">
         <v>2980</v>
       </c>
-      <c r="G59" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H59" s="17" t="s">
+      <c r="G59" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H59" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I59" s="13">
         <v>5000</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
       <c r="H61" s="4"/>
       <c r="I61" s="4"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="5" t="s">
-        <v>121</v>
+      <c r="A62" s="29" t="s">
+        <v>112</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
       <c r="I62" s="4"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="4"/>
+      <c r="F63" s="4"/>
+      <c r="G63" s="4"/>
+      <c r="H63" s="4"/>
+      <c r="I63" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007536A7C94EA1FB498E9681490B5ABB56" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="03e71e560a59ec9fac2dd9f7d7473f97">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ff03dde4259c08ff71d8d05c94e2e99">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -17129,100 +17327,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65A002A6-02CB-4A6A-8628-1217DD3A93F8}">
-[...14 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E36FD6A5-9D8C-4DC0-9F6C-4235D2339966}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86003DAD-CAFE-41F4-A627-4662FB582AFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65A002A6-02CB-4A6A-8628-1217DD3A93F8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>List of tables</vt:lpstr>
       <vt:lpstr>T1 RA participation</vt:lpstr>
       <vt:lpstr>T2 RA median values</vt:lpstr>
       <vt:lpstr>T3 RA components</vt:lpstr>