--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -1,80 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2749BD49-1DAB-45D1-B6E6-7C6D078B425E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1157FCD-E608-4FE9-881D-DC3CF85EC77C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="aktiva_pasiva" sheetId="103" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">aktiva_pasiva!#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">aktiva_pasiva!#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">aktiva_pasiva!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">aktiva_pasiva!$A:$A,aktiva_pasiva!$11:$17</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">aktiva_pasiva!$B$9</definedName>
     <definedName name="REFNAZBAN1" hidden="1">aktiva_pasiva!#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">aktiva_pasiva!$F$9</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="165">
   <si>
     <t>Tuzemsko - PFI (S.121+S.122+S.123)</t>
   </si>
   <si>
     <t>prijímajúce vklady okrem centrálnej banky</t>
   </si>
   <si>
     <t>(S.121,</t>
   </si>
   <si>
     <t>S.122,S.123)</t>
   </si>
   <si>
     <t>4.    Majetkové účasti</t>
   </si>
   <si>
     <t>5. Podielové listy investičných fondov</t>
   </si>
   <si>
     <t xml:space="preserve">                   podiely v podielových fondoch iných ako PFPT</t>
@@ -3683,51 +3670,51 @@
       <c r="W18" s="132"/>
       <c r="X18" s="133"/>
       <c r="Y18" s="134"/>
       <c r="Z18" s="134"/>
       <c r="AA18" s="135"/>
       <c r="AB18" s="133"/>
       <c r="AC18" s="134"/>
       <c r="AD18" s="134"/>
       <c r="AE18" s="134"/>
       <c r="AF18" s="135"/>
       <c r="AG18" s="133"/>
       <c r="AH18" s="134"/>
       <c r="AI18" s="134"/>
       <c r="AJ18" s="134"/>
       <c r="AK18" s="134"/>
       <c r="AL18" s="134"/>
       <c r="AM18" s="134"/>
       <c r="AN18" s="134"/>
       <c r="AO18" s="134"/>
       <c r="AP18" s="135"/>
       <c r="AQ18" s="133"/>
       <c r="AR18" s="134"/>
       <c r="AS18" s="134"/>
       <c r="AT18" s="135"/>
       <c r="AU18" s="189">
-        <v>129520119.26227</v>
+        <v>129519848.26227</v>
       </c>
     </row>
     <row r="19" spans="1:47" s="148" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="59" t="s">
         <v>103</v>
       </c>
       <c r="B19" s="142"/>
       <c r="C19" s="142"/>
       <c r="D19" s="143"/>
       <c r="E19" s="144"/>
       <c r="F19" s="144"/>
       <c r="G19" s="144"/>
       <c r="H19" s="145"/>
       <c r="I19" s="143"/>
       <c r="J19" s="144"/>
       <c r="K19" s="144"/>
       <c r="L19" s="145"/>
       <c r="M19" s="143"/>
       <c r="N19" s="144"/>
       <c r="O19" s="144"/>
       <c r="P19" s="144"/>
       <c r="Q19" s="144"/>
       <c r="R19" s="144"/>
       <c r="S19" s="144"/>
       <c r="T19" s="144"/>
@@ -7681,51 +7668,51 @@
       <c r="W54" s="142"/>
       <c r="X54" s="143"/>
       <c r="Y54" s="144"/>
       <c r="Z54" s="144"/>
       <c r="AA54" s="145"/>
       <c r="AB54" s="143"/>
       <c r="AC54" s="144"/>
       <c r="AD54" s="144"/>
       <c r="AE54" s="144"/>
       <c r="AF54" s="145"/>
       <c r="AG54" s="143"/>
       <c r="AH54" s="144"/>
       <c r="AI54" s="144"/>
       <c r="AJ54" s="144"/>
       <c r="AK54" s="144"/>
       <c r="AL54" s="144"/>
       <c r="AM54" s="144"/>
       <c r="AN54" s="144"/>
       <c r="AO54" s="144"/>
       <c r="AP54" s="145"/>
       <c r="AQ54" s="143"/>
       <c r="AR54" s="144"/>
       <c r="AS54" s="144"/>
       <c r="AT54" s="145"/>
       <c r="AU54" s="147">
-        <v>2350003</v>
+        <v>2349732</v>
       </c>
     </row>
     <row r="55" spans="1:47" s="85" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A55" s="48" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="123"/>
       <c r="C55" s="92"/>
       <c r="D55" s="93"/>
       <c r="E55" s="94"/>
       <c r="F55" s="94"/>
       <c r="G55" s="94"/>
       <c r="H55" s="95"/>
       <c r="I55" s="93"/>
       <c r="J55" s="94"/>
       <c r="K55" s="94"/>
       <c r="L55" s="95"/>
       <c r="M55" s="93"/>
       <c r="N55" s="94"/>
       <c r="O55" s="94"/>
       <c r="P55" s="94"/>
       <c r="Q55" s="94"/>
       <c r="R55" s="94"/>
       <c r="S55" s="94"/>
       <c r="T55" s="94"/>
@@ -8078,51 +8065,51 @@
       <c r="W61" s="137"/>
       <c r="X61" s="138"/>
       <c r="Y61" s="139"/>
       <c r="Z61" s="139"/>
       <c r="AA61" s="140"/>
       <c r="AB61" s="138"/>
       <c r="AC61" s="139"/>
       <c r="AD61" s="139"/>
       <c r="AE61" s="139"/>
       <c r="AF61" s="140"/>
       <c r="AG61" s="138"/>
       <c r="AH61" s="139"/>
       <c r="AI61" s="139"/>
       <c r="AJ61" s="139"/>
       <c r="AK61" s="139"/>
       <c r="AL61" s="139"/>
       <c r="AM61" s="139"/>
       <c r="AN61" s="139"/>
       <c r="AO61" s="139"/>
       <c r="AP61" s="140"/>
       <c r="AQ61" s="138"/>
       <c r="AR61" s="139"/>
       <c r="AS61" s="139"/>
       <c r="AT61" s="140"/>
       <c r="AU61" s="189">
-        <v>129520119</v>
+        <v>129519848</v>
       </c>
     </row>
     <row r="62" spans="1:47" s="148" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="63" t="s">
         <v>91</v>
       </c>
       <c r="B62" s="153">
         <v>88734605</v>
       </c>
       <c r="C62" s="153">
         <v>79233089</v>
       </c>
       <c r="D62" s="154">
         <v>162010</v>
       </c>
       <c r="E62" s="155">
         <v>54223</v>
       </c>
       <c r="F62" s="155">
         <v>107787</v>
       </c>
       <c r="G62" s="155">
         <v>0</v>
       </c>
       <c r="H62" s="156">
@@ -12178,51 +12165,51 @@
       <c r="W101" s="187"/>
       <c r="X101" s="188"/>
       <c r="Y101" s="166"/>
       <c r="Z101" s="166"/>
       <c r="AA101" s="165"/>
       <c r="AB101" s="188"/>
       <c r="AC101" s="166"/>
       <c r="AD101" s="166"/>
       <c r="AE101" s="166"/>
       <c r="AF101" s="165"/>
       <c r="AG101" s="188"/>
       <c r="AH101" s="166"/>
       <c r="AI101" s="166"/>
       <c r="AJ101" s="166"/>
       <c r="AK101" s="166"/>
       <c r="AL101" s="166"/>
       <c r="AM101" s="166"/>
       <c r="AN101" s="166"/>
       <c r="AO101" s="166"/>
       <c r="AP101" s="165"/>
       <c r="AQ101" s="188"/>
       <c r="AR101" s="166"/>
       <c r="AS101" s="166"/>
       <c r="AT101" s="165"/>
       <c r="AU101" s="153">
-        <v>15608345</v>
+        <v>15654683</v>
       </c>
     </row>
     <row r="102" spans="1:47" s="85" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A102" s="49" t="s">
         <v>31</v>
       </c>
       <c r="B102" s="108"/>
       <c r="C102" s="108"/>
       <c r="D102" s="109"/>
       <c r="E102" s="110"/>
       <c r="F102" s="110"/>
       <c r="G102" s="110"/>
       <c r="H102" s="112"/>
       <c r="I102" s="109"/>
       <c r="J102" s="110"/>
       <c r="K102" s="110"/>
       <c r="L102" s="112"/>
       <c r="M102" s="109"/>
       <c r="N102" s="110"/>
       <c r="O102" s="110"/>
       <c r="P102" s="110"/>
       <c r="Q102" s="110"/>
       <c r="R102" s="110"/>
       <c r="S102" s="110"/>
       <c r="T102" s="110"/>
@@ -12284,51 +12271,51 @@
       <c r="W103" s="187"/>
       <c r="X103" s="188"/>
       <c r="Y103" s="166"/>
       <c r="Z103" s="166"/>
       <c r="AA103" s="165"/>
       <c r="AB103" s="188"/>
       <c r="AC103" s="166"/>
       <c r="AD103" s="166"/>
       <c r="AE103" s="166"/>
       <c r="AF103" s="165"/>
       <c r="AG103" s="188"/>
       <c r="AH103" s="166"/>
       <c r="AI103" s="166"/>
       <c r="AJ103" s="166"/>
       <c r="AK103" s="166"/>
       <c r="AL103" s="166"/>
       <c r="AM103" s="166"/>
       <c r="AN103" s="166"/>
       <c r="AO103" s="166"/>
       <c r="AP103" s="165"/>
       <c r="AQ103" s="188"/>
       <c r="AR103" s="166"/>
       <c r="AS103" s="166"/>
       <c r="AT103" s="165"/>
       <c r="AU103" s="153">
-        <v>4462964</v>
+        <v>4416355</v>
       </c>
     </row>
     <row r="104" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A104" s="48" t="s">
         <v>13</v>
       </c>
       <c r="B104" s="92"/>
       <c r="C104" s="92"/>
       <c r="D104" s="93"/>
       <c r="E104" s="94"/>
       <c r="F104" s="94"/>
       <c r="G104" s="94"/>
       <c r="H104" s="95"/>
       <c r="I104" s="93"/>
       <c r="J104" s="94"/>
       <c r="K104" s="94"/>
       <c r="L104" s="95"/>
       <c r="M104" s="93"/>
       <c r="N104" s="94"/>
       <c r="O104" s="94"/>
       <c r="P104" s="94"/>
       <c r="Q104" s="94"/>
       <c r="R104" s="94"/>
       <c r="S104" s="94"/>
       <c r="T104" s="94"/>