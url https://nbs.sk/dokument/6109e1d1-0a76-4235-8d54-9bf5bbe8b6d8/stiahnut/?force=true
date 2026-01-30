--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CBD318FE-5A42-439B-8656-A6FCBBA7B5BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BCE714C-4033-4E58-9831-E0CBADC8B312}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BSI by currency" sheetId="48" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="DatumOdeslani2" hidden="1">#REF!</definedName>
     <definedName name="DatumOdeslani3">#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="DatumVytVystup2" hidden="1">#REF!</definedName>
     <definedName name="DatumVytVystup3">#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="ObdobiKumulativu2" hidden="1">#REF!</definedName>
     <definedName name="ObdobiKumulativu3">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'BSI by currency'!$A$2:$V$70</definedName>
     <definedName name="_xlnm.Print_Area">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="REFBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFBAN3">#REF!</definedName>
     <definedName name="REFNAZBAN1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="REFNAZBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFNAZBAN3">#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">'BSI by currency'!$P$4</definedName>
@@ -2323,84 +2323,84 @@
       </c>
       <c r="R8" s="25" t="s">
         <v>41</v>
       </c>
       <c r="S8" s="25" t="s">
         <v>42</v>
       </c>
       <c r="T8" s="25" t="s">
         <v>43</v>
       </c>
       <c r="U8" s="25" t="s">
         <v>44</v>
       </c>
       <c r="V8" s="25" t="s">
         <v>45</v>
       </c>
       <c r="W8" s="30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="31" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="32">
-        <v>129520119.39674675</v>
+        <v>129519848.39674699</v>
       </c>
       <c r="C9" s="33">
-        <v>125259877.39674675</v>
+        <v>125259870.39674699</v>
       </c>
       <c r="D9" s="34">
-        <v>3087240</v>
+        <v>3087336</v>
       </c>
       <c r="E9" s="35">
         <v>2890</v>
       </c>
       <c r="F9" s="35">
         <v>2697711</v>
       </c>
       <c r="G9" s="35">
         <v>1105</v>
       </c>
       <c r="H9" s="36">
         <v>39135</v>
       </c>
       <c r="I9" s="36">
-        <v>302410</v>
+        <v>302507</v>
       </c>
       <c r="J9" s="36">
-        <v>39204</v>
+        <v>39203</v>
       </c>
       <c r="K9" s="35">
         <v>4785</v>
       </c>
       <c r="L9" s="37">
-        <v>1173003</v>
+        <v>1172643</v>
       </c>
       <c r="M9" s="35">
-        <v>1004332</v>
+        <v>1003972</v>
       </c>
       <c r="N9" s="35">
         <v>2893</v>
       </c>
       <c r="O9" s="35">
         <v>18701</v>
       </c>
       <c r="P9" s="38">
         <v>147077</v>
       </c>
       <c r="Q9" s="39">
         <v>416</v>
       </c>
       <c r="R9" s="40">
         <v>7668</v>
       </c>
       <c r="S9" s="40">
         <v>2250</v>
       </c>
       <c r="T9" s="40">
         <v>3322</v>
       </c>
       <c r="U9" s="40">
         <v>2194</v>
       </c>
@@ -4837,84 +4837,84 @@
       <c r="E44" s="102"/>
       <c r="F44" s="102"/>
       <c r="G44" s="102"/>
       <c r="H44" s="103"/>
       <c r="I44" s="103"/>
       <c r="J44" s="103"/>
       <c r="K44" s="102"/>
       <c r="L44" s="61"/>
       <c r="M44" s="102"/>
       <c r="N44" s="102"/>
       <c r="O44" s="102"/>
       <c r="P44" s="104"/>
       <c r="Q44" s="91"/>
       <c r="R44" s="65"/>
       <c r="S44" s="65"/>
       <c r="T44" s="65"/>
       <c r="U44" s="65"/>
       <c r="V44" s="65"/>
       <c r="W44" s="105"/>
     </row>
     <row r="45" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A45" s="106" t="s">
         <v>33</v>
       </c>
       <c r="B45" s="107">
-        <v>1849192</v>
+        <v>1848921</v>
       </c>
       <c r="C45" s="108">
-        <v>1822478</v>
+        <v>1822471</v>
       </c>
       <c r="D45" s="109">
-        <v>32433</v>
+        <v>32529</v>
       </c>
       <c r="E45" s="110">
         <v>0</v>
       </c>
       <c r="F45" s="110">
         <v>27448</v>
       </c>
       <c r="G45" s="110">
         <v>13</v>
       </c>
       <c r="H45" s="111">
         <v>499</v>
       </c>
       <c r="I45" s="111">
-        <v>4434</v>
+        <v>4531</v>
       </c>
       <c r="J45" s="111">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K45" s="110">
         <v>-20</v>
       </c>
       <c r="L45" s="112">
-        <v>-5719</v>
+        <v>-6079</v>
       </c>
       <c r="M45" s="110">
-        <v>-4522</v>
+        <v>-4882</v>
       </c>
       <c r="N45" s="110">
         <v>2</v>
       </c>
       <c r="O45" s="110">
         <v>-42</v>
       </c>
       <c r="P45" s="113">
         <v>-1157</v>
       </c>
       <c r="Q45" s="112">
         <v>0</v>
       </c>
       <c r="R45" s="110">
         <v>5</v>
       </c>
       <c r="S45" s="110">
         <v>0</v>
       </c>
       <c r="T45" s="111">
         <v>-26</v>
       </c>
       <c r="U45" s="114">
         <v>1</v>
       </c>
@@ -5087,125 +5087,125 @@
       </c>
       <c r="R50" s="138" t="s">
         <v>41</v>
       </c>
       <c r="S50" s="138" t="s">
         <v>42</v>
       </c>
       <c r="T50" s="138" t="s">
         <v>43</v>
       </c>
       <c r="U50" s="138" t="s">
         <v>44</v>
       </c>
       <c r="V50" s="138" t="s">
         <v>45</v>
       </c>
       <c r="W50" s="139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="140" t="s">
         <v>26</v>
       </c>
       <c r="B51" s="141">
-        <v>129520119</v>
+        <v>129519848</v>
       </c>
       <c r="C51" s="142">
-        <v>125269185</v>
+        <v>125269182</v>
       </c>
       <c r="D51" s="143">
-        <v>2556675</v>
+        <v>2556769</v>
       </c>
       <c r="E51" s="144">
         <v>173</v>
       </c>
       <c r="F51" s="144">
         <v>2406230</v>
       </c>
       <c r="G51" s="144">
         <v>1972</v>
       </c>
       <c r="H51" s="145">
         <v>62520</v>
       </c>
       <c r="I51" s="145">
-        <v>72541</v>
+        <v>72638</v>
       </c>
       <c r="J51" s="145">
-        <v>3390</v>
+        <v>3389</v>
       </c>
       <c r="K51" s="144">
-        <v>9848</v>
+        <v>9846</v>
       </c>
       <c r="L51" s="146">
-        <v>1694258</v>
+        <v>1693898</v>
       </c>
       <c r="M51" s="144">
-        <v>1382432</v>
+        <v>1382072</v>
       </c>
       <c r="N51" s="144">
         <v>3026</v>
       </c>
       <c r="O51" s="144">
         <v>49767</v>
       </c>
       <c r="P51" s="147">
         <v>259034</v>
       </c>
       <c r="Q51" s="148">
         <v>10290</v>
       </c>
       <c r="R51" s="149">
         <v>7776</v>
       </c>
       <c r="S51" s="149">
         <v>4172</v>
       </c>
       <c r="T51" s="149">
         <v>12491</v>
       </c>
       <c r="U51" s="149">
         <v>22945</v>
       </c>
       <c r="V51" s="150">
         <v>25283</v>
       </c>
       <c r="W51" s="151">
         <v>175794</v>
       </c>
     </row>
     <row r="52" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="55" t="s">
         <v>34</v>
       </c>
       <c r="B52" s="56">
         <v>94405587</v>
       </c>
       <c r="C52" s="57">
-        <v>90421785</v>
+        <v>90421786</v>
       </c>
       <c r="D52" s="58">
         <v>2506212</v>
       </c>
       <c r="E52" s="59">
         <v>173</v>
       </c>
       <c r="F52" s="59">
         <v>2371208</v>
       </c>
       <c r="G52" s="59">
         <v>1773</v>
       </c>
       <c r="H52" s="60">
         <v>60883</v>
       </c>
       <c r="I52" s="60">
         <v>59405</v>
       </c>
       <c r="J52" s="60">
         <v>3173</v>
       </c>
       <c r="K52" s="59">
         <v>9597</v>
       </c>
@@ -6294,84 +6294,84 @@
       </c>
       <c r="R67" s="165">
         <v>0</v>
       </c>
       <c r="S67" s="165">
         <v>0</v>
       </c>
       <c r="T67" s="165">
         <v>0</v>
       </c>
       <c r="U67" s="165">
         <v>9845</v>
       </c>
       <c r="V67" s="166">
         <v>236</v>
       </c>
       <c r="W67" s="167">
         <v>622</v>
       </c>
     </row>
     <row r="68" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="55" t="s">
         <v>36</v>
       </c>
       <c r="B68" s="56">
-        <v>15608345</v>
+        <v>15654683</v>
       </c>
       <c r="C68" s="101">
-        <v>15532228</v>
+        <v>15578832</v>
       </c>
       <c r="D68" s="58">
-        <v>11863</v>
+        <v>11957</v>
       </c>
       <c r="E68" s="102">
         <v>0</v>
       </c>
       <c r="F68" s="102">
         <v>2348</v>
       </c>
       <c r="G68" s="102">
         <v>0</v>
       </c>
       <c r="H68" s="103">
         <v>114</v>
       </c>
       <c r="I68" s="103">
-        <v>9378</v>
+        <v>9475</v>
       </c>
       <c r="J68" s="103">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="K68" s="102">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="L68" s="61">
-        <v>64254</v>
+        <v>63894</v>
       </c>
       <c r="M68" s="102">
-        <v>64064</v>
+        <v>63704</v>
       </c>
       <c r="N68" s="102">
         <v>37</v>
       </c>
       <c r="O68" s="102">
         <v>1</v>
       </c>
       <c r="P68" s="104">
         <v>152</v>
       </c>
       <c r="Q68" s="164">
         <v>1</v>
       </c>
       <c r="R68" s="165">
         <v>0</v>
       </c>
       <c r="S68" s="165">
         <v>0</v>
       </c>
       <c r="T68" s="165">
         <v>0</v>
       </c>
       <c r="U68" s="165">
         <v>0</v>
       </c>
@@ -6396,54 +6396,54 @@
       <c r="E69" s="172"/>
       <c r="F69" s="172"/>
       <c r="G69" s="172"/>
       <c r="H69" s="173"/>
       <c r="I69" s="173"/>
       <c r="J69" s="173"/>
       <c r="K69" s="172"/>
       <c r="L69" s="174"/>
       <c r="M69" s="172"/>
       <c r="N69" s="172"/>
       <c r="O69" s="172"/>
       <c r="P69" s="175"/>
       <c r="Q69" s="176"/>
       <c r="R69" s="177"/>
       <c r="S69" s="177"/>
       <c r="T69" s="177"/>
       <c r="U69" s="177"/>
       <c r="V69" s="178"/>
       <c r="W69" s="179"/>
     </row>
     <row r="70" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A70" s="180" t="s">
         <v>56</v>
       </c>
       <c r="B70" s="107">
-        <v>3829014</v>
+        <v>3782405</v>
       </c>
       <c r="C70" s="108">
-        <v>3748711</v>
+        <v>3702103</v>
       </c>
       <c r="D70" s="109">
         <v>30098</v>
       </c>
       <c r="E70" s="110">
         <v>0</v>
       </c>
       <c r="F70" s="110">
         <v>26485</v>
       </c>
       <c r="G70" s="110">
         <v>199</v>
       </c>
       <c r="H70" s="111">
         <v>1523</v>
       </c>
       <c r="I70" s="111">
         <v>1445</v>
       </c>
       <c r="J70" s="111">
         <v>194</v>
       </c>
       <c r="K70" s="110">
         <v>251</v>
       </c>