--- v0 (2026-02-10)
+++ v1 (2026-03-31)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E497E94-AC80-4E84-B594-FC493AA6E835}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E9080042-9398-4E05-ACA0-E456148FA967}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="menova strukt. suvah. pol." sheetId="48" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="DatumOdeslani2" hidden="1">#REF!</definedName>
     <definedName name="DatumOdeslani3">#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="DatumVytVystup2" hidden="1">#REF!</definedName>
     <definedName name="DatumVytVystup3">#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="ObdobiKumulativu2" hidden="1">#REF!</definedName>
     <definedName name="ObdobiKumulativu3">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'menova strukt. suvah. pol.'!$A$2:$V$70</definedName>
     <definedName name="_xlnm.Print_Area">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="REFBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFBAN3">#REF!</definedName>
     <definedName name="REFNAZBAN1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="REFNAZBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFNAZBAN3">#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">'menova strukt. suvah. pol.'!$P$4</definedName>
@@ -2308,51 +2308,51 @@
       <c r="D9" s="164">
         <v>3171927</v>
       </c>
       <c r="E9" s="165">
         <v>0</v>
       </c>
       <c r="F9" s="165">
         <v>2743236</v>
       </c>
       <c r="G9" s="165">
         <v>790</v>
       </c>
       <c r="H9" s="166">
         <v>37453</v>
       </c>
       <c r="I9" s="166">
         <v>347467</v>
       </c>
       <c r="J9" s="166">
         <v>41114</v>
       </c>
       <c r="K9" s="165">
         <v>1867</v>
       </c>
       <c r="L9" s="167">
-        <v>930976</v>
+        <v>930975</v>
       </c>
       <c r="M9" s="165">
         <v>865705</v>
       </c>
       <c r="N9" s="165">
         <v>5549</v>
       </c>
       <c r="O9" s="165">
         <v>23514</v>
       </c>
       <c r="P9" s="168">
         <v>36209</v>
       </c>
       <c r="Q9" s="169">
         <v>227</v>
       </c>
       <c r="R9" s="170">
         <v>7835</v>
       </c>
       <c r="S9" s="170">
         <v>2374</v>
       </c>
       <c r="T9" s="170">
         <v>2578</v>
       </c>
@@ -2379,51 +2379,51 @@
       <c r="D10" s="104">
         <v>56235</v>
       </c>
       <c r="E10" s="105">
         <v>0</v>
       </c>
       <c r="F10" s="105">
         <v>43913</v>
       </c>
       <c r="G10" s="105">
         <v>11</v>
       </c>
       <c r="H10" s="106">
         <v>8990</v>
       </c>
       <c r="I10" s="106">
         <v>3321</v>
       </c>
       <c r="J10" s="106">
         <v>0</v>
       </c>
       <c r="K10" s="105">
         <v>0</v>
       </c>
       <c r="L10" s="107">
-        <v>38935</v>
+        <v>38934</v>
       </c>
       <c r="M10" s="105">
         <v>22900</v>
       </c>
       <c r="N10" s="105">
         <v>222</v>
       </c>
       <c r="O10" s="105">
         <v>7587</v>
       </c>
       <c r="P10" s="108">
         <v>8226</v>
       </c>
       <c r="Q10" s="64">
         <v>0</v>
       </c>
       <c r="R10" s="65">
         <v>0</v>
       </c>
       <c r="S10" s="65">
         <v>0</v>
       </c>
       <c r="T10" s="65">
         <v>729</v>
       </c>
@@ -5009,75 +5009,75 @@
       </c>
       <c r="S50" s="57" t="s">
         <v>43</v>
       </c>
       <c r="T50" s="57" t="s">
         <v>44</v>
       </c>
       <c r="U50" s="57" t="s">
         <v>45</v>
       </c>
       <c r="V50" s="57" t="s">
         <v>46</v>
       </c>
       <c r="W50" s="81" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="149" t="s">
         <v>23</v>
       </c>
       <c r="B51" s="150">
         <v>134455753</v>
       </c>
       <c r="C51" s="151">
-        <v>129992935</v>
+        <v>129992936</v>
       </c>
       <c r="D51" s="152">
-        <v>2898969</v>
+        <v>2898968</v>
       </c>
       <c r="E51" s="153">
         <v>0</v>
       </c>
       <c r="F51" s="153">
-        <v>2706658</v>
+        <v>2706659</v>
       </c>
       <c r="G51" s="153">
         <v>941</v>
       </c>
       <c r="H51" s="154">
         <v>53710</v>
       </c>
       <c r="I51" s="154">
         <v>122221</v>
       </c>
       <c r="J51" s="154">
-        <v>3288</v>
+        <v>3289</v>
       </c>
       <c r="K51" s="153">
-        <v>12150</v>
+        <v>12149</v>
       </c>
       <c r="L51" s="155">
         <v>1563849</v>
       </c>
       <c r="M51" s="153">
         <v>1311158</v>
       </c>
       <c r="N51" s="153">
         <v>4917</v>
       </c>
       <c r="O51" s="153">
         <v>50816</v>
       </c>
       <c r="P51" s="156">
         <v>196957</v>
       </c>
       <c r="Q51" s="157">
         <v>8160</v>
       </c>
       <c r="R51" s="158">
         <v>7876</v>
       </c>
       <c r="S51" s="158">
         <v>4375</v>
       </c>
@@ -6213,84 +6213,84 @@
       </c>
       <c r="R67" s="91">
         <v>0</v>
       </c>
       <c r="S67" s="91">
         <v>0</v>
       </c>
       <c r="T67" s="91">
         <v>0</v>
       </c>
       <c r="U67" s="91">
         <v>10752</v>
       </c>
       <c r="V67" s="92">
         <v>233</v>
       </c>
       <c r="W67" s="93">
         <v>596</v>
       </c>
     </row>
     <row r="68" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="83" t="s">
         <v>60</v>
       </c>
       <c r="B68" s="110">
-        <v>15687894</v>
+        <v>15658622</v>
       </c>
       <c r="C68" s="118">
-        <v>15611291</v>
+        <v>15581296</v>
       </c>
       <c r="D68" s="112">
-        <v>11996</v>
+        <v>12555</v>
       </c>
       <c r="E68" s="119">
         <v>0</v>
       </c>
       <c r="F68" s="119">
-        <v>2483</v>
+        <v>2811</v>
       </c>
       <c r="G68" s="119">
         <v>0</v>
       </c>
       <c r="H68" s="120">
         <v>117</v>
       </c>
       <c r="I68" s="120">
-        <v>9381</v>
+        <v>9612</v>
       </c>
       <c r="J68" s="120">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K68" s="119">
         <v>0</v>
       </c>
       <c r="L68" s="115">
-        <v>64607</v>
+        <v>64771</v>
       </c>
       <c r="M68" s="119">
-        <v>64419</v>
+        <v>64583</v>
       </c>
       <c r="N68" s="119">
         <v>35</v>
       </c>
       <c r="O68" s="119">
         <v>1</v>
       </c>
       <c r="P68" s="121">
         <v>152</v>
       </c>
       <c r="Q68" s="90">
         <v>0</v>
       </c>
       <c r="R68" s="91">
         <v>0</v>
       </c>
       <c r="S68" s="91">
         <v>0</v>
       </c>
       <c r="T68" s="91">
         <v>0</v>
       </c>
       <c r="U68" s="91">
         <v>0</v>
       </c>
@@ -6315,84 +6315,84 @@
       <c r="E69" s="136"/>
       <c r="F69" s="136"/>
       <c r="G69" s="136"/>
       <c r="H69" s="137"/>
       <c r="I69" s="137"/>
       <c r="J69" s="137"/>
       <c r="K69" s="136"/>
       <c r="L69" s="138"/>
       <c r="M69" s="136"/>
       <c r="N69" s="136"/>
       <c r="O69" s="136"/>
       <c r="P69" s="139"/>
       <c r="Q69" s="94"/>
       <c r="R69" s="95"/>
       <c r="S69" s="95"/>
       <c r="T69" s="95"/>
       <c r="U69" s="95"/>
       <c r="V69" s="96"/>
       <c r="W69" s="97"/>
     </row>
     <row r="70" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A70" s="140" t="s">
         <v>59</v>
       </c>
       <c r="B70" s="123">
-        <v>6083079</v>
+        <v>6112351</v>
       </c>
       <c r="C70" s="124">
-        <v>5997308</v>
+        <v>6027304</v>
       </c>
       <c r="D70" s="125">
-        <v>55504</v>
+        <v>54944</v>
       </c>
       <c r="E70" s="126">
         <v>0</v>
       </c>
       <c r="F70" s="126">
-        <v>15335</v>
+        <v>15008</v>
       </c>
       <c r="G70" s="126">
         <v>188</v>
       </c>
       <c r="H70" s="127">
         <v>1005</v>
       </c>
       <c r="I70" s="127">
-        <v>38739</v>
+        <v>38508</v>
       </c>
       <c r="J70" s="127">
         <v>97</v>
       </c>
       <c r="K70" s="126">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="L70" s="128">
-        <v>30267</v>
+        <v>30103</v>
       </c>
       <c r="M70" s="126">
-        <v>25049</v>
+        <v>24885</v>
       </c>
       <c r="N70" s="126">
         <v>11</v>
       </c>
       <c r="O70" s="126">
         <v>751</v>
       </c>
       <c r="P70" s="129">
         <v>4455</v>
       </c>
       <c r="Q70" s="98">
         <v>119</v>
       </c>
       <c r="R70" s="99">
         <v>2736</v>
       </c>
       <c r="S70" s="99">
         <v>51</v>
       </c>
       <c r="T70" s="99">
         <v>115</v>
       </c>
       <c r="U70" s="99">
         <v>218</v>
       </c>