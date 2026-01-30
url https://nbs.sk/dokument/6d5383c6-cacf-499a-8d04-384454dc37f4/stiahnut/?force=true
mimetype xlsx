--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{78FA76F1-5E65-42A3-801C-C7D9DF62CFB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E230C411-CFD6-483D-ADE8-F7180CB18726}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25320" yWindow="255" windowWidth="25440" windowHeight="15270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="assets_liabilities" sheetId="103" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">assets_liabilities!$A:$A,assets_liabilities!$11:$17</definedName>
     <definedName name="_xlnm.Print_Titles">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">assets_liabilities!$B$9</definedName>
     <definedName name="REFNAZBAN1" hidden="1">assets_liabilities!#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">assets_liabilities!$F$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -2369,463 +2369,463 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AU3259"/>
   <sheetViews>
     <sheetView tabSelected="1" showOutlineSymbols="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="45.69921875" style="9" customWidth="1"/>
-    <col min="2" max="2" width="9.59765625" style="9" customWidth="1"/>
+    <col min="1" max="1" width="45.75" style="9" customWidth="1"/>
+    <col min="2" max="2" width="9.625" style="9" customWidth="1"/>
     <col min="3" max="3" width="9.5" style="9" customWidth="1"/>
-    <col min="4" max="4" width="9.19921875" style="9" customWidth="1"/>
+    <col min="4" max="4" width="9.25" style="9" customWidth="1"/>
     <col min="5" max="5" width="10" style="9" bestFit="1" customWidth="1"/>
-    <col min="6" max="7" width="8.69921875" style="9" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="22" max="22" width="8.69921875" style="9" customWidth="1"/>
+    <col min="6" max="7" width="8.75" style="9" customWidth="1"/>
+    <col min="8" max="8" width="9.125" style="9" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.625" style="9" customWidth="1"/>
+    <col min="10" max="10" width="8.625" style="9" customWidth="1"/>
+    <col min="11" max="11" width="10.125" style="9" customWidth="1"/>
+    <col min="12" max="12" width="11.125" style="9" customWidth="1"/>
+    <col min="13" max="13" width="9.25" style="9" customWidth="1"/>
+    <col min="14" max="16" width="10.125" style="9" customWidth="1"/>
+    <col min="17" max="17" width="8.875" style="9" customWidth="1"/>
+    <col min="18" max="18" width="9.75" style="9" customWidth="1"/>
+    <col min="19" max="19" width="8.625" style="9" customWidth="1"/>
+    <col min="20" max="20" width="8.75" style="9" customWidth="1"/>
+    <col min="21" max="21" width="10.25" style="9" customWidth="1"/>
+    <col min="22" max="22" width="8.75" style="9" customWidth="1"/>
     <col min="23" max="23" width="9.5" style="9" customWidth="1"/>
     <col min="24" max="24" width="10" style="9" customWidth="1"/>
     <col min="25" max="25" width="9.5" style="9" customWidth="1"/>
-    <col min="26" max="26" width="9.8984375" style="9" customWidth="1"/>
+    <col min="26" max="26" width="9.875" style="9" customWidth="1"/>
     <col min="27" max="27" width="7" style="9" customWidth="1"/>
-    <col min="28" max="28" width="9.19921875" style="9" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="36" max="36" width="8.3984375" style="9" customWidth="1"/>
+    <col min="28" max="28" width="9.25" style="9" customWidth="1"/>
+    <col min="29" max="29" width="8.375" style="9" customWidth="1"/>
+    <col min="30" max="30" width="9.375" style="9" customWidth="1"/>
+    <col min="31" max="31" width="8.375" style="9" customWidth="1"/>
+    <col min="32" max="32" width="9.75" style="9" customWidth="1"/>
+    <col min="33" max="33" width="9.125" style="9" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="9.25" style="9" customWidth="1"/>
+    <col min="35" max="35" width="12.875" style="9" customWidth="1"/>
+    <col min="36" max="36" width="8.375" style="9" customWidth="1"/>
     <col min="37" max="37" width="7" style="9" customWidth="1"/>
-    <col min="38" max="39" width="8.8984375" style="9" customWidth="1"/>
+    <col min="38" max="39" width="8.875" style="9" customWidth="1"/>
     <col min="40" max="40" width="8.5" style="9" customWidth="1"/>
     <col min="41" max="41" width="10" style="9" customWidth="1"/>
-    <col min="42" max="42" width="9.09765625" style="9" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="47" max="47" width="9.19921875" style="9" customWidth="1"/>
+    <col min="42" max="42" width="9.125" style="9" bestFit="1" customWidth="1"/>
+    <col min="43" max="43" width="9.875" style="9" customWidth="1"/>
+    <col min="44" max="44" width="8.875" style="9" customWidth="1"/>
+    <col min="45" max="45" width="8.75" style="9" customWidth="1"/>
+    <col min="46" max="46" width="7.75" style="9" customWidth="1"/>
+    <col min="47" max="47" width="9.25" style="9" customWidth="1"/>
     <col min="48" max="16384" width="9" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:47" s="2" customFormat="1" ht="17.399999999999999" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="C1" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
     </row>
-    <row r="2" spans="1:47" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:47" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="4"/>
       <c r="AD2" s="4"/>
     </row>
-    <row r="3" spans="1:47" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:47" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A3" s="3"/>
       <c r="Z3" s="4"/>
       <c r="AA3" s="4"/>
       <c r="AB3" s="4"/>
       <c r="AC3" s="4"/>
       <c r="AD3" s="5"/>
     </row>
-    <row r="4" spans="1:47" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:47" s="2" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A4" s="4"/>
       <c r="B4" s="3"/>
       <c r="C4" s="6"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="4"/>
       <c r="AA4" s="4"/>
       <c r="AB4" s="4"/>
       <c r="AC4" s="4"/>
     </row>
-    <row r="5" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
       <c r="S5" s="7"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="8"/>
       <c r="W5" s="8"/>
       <c r="X5" s="8"/>
       <c r="Y5" s="8"/>
       <c r="Z5" s="8"/>
       <c r="AA5" s="8"/>
       <c r="AB5" s="8"/>
       <c r="AC5" s="8"/>
       <c r="AD5" s="8"/>
       <c r="AE5" s="8"/>
       <c r="AF5" s="8"/>
       <c r="AG5" s="8"/>
       <c r="AH5" s="8"/>
       <c r="AI5" s="8"/>
       <c r="AJ5" s="8"/>
       <c r="AK5" s="8"/>
       <c r="AL5" s="8"/>
       <c r="AM5" s="8"/>
       <c r="AN5" s="8"/>
       <c r="AO5" s="8"/>
       <c r="AP5" s="8"/>
       <c r="AQ5" s="8"/>
       <c r="AR5" s="8"/>
       <c r="AS5" s="8"/>
       <c r="AT5" s="8"/>
       <c r="AU5" s="8"/>
     </row>
-    <row r="6" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="4" t="s">
         <v>111</v>
       </c>
       <c r="K6" s="7"/>
       <c r="L6" s="7"/>
       <c r="M6" s="7"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="7"/>
       <c r="S6" s="7"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
       <c r="V6" s="8"/>
       <c r="W6" s="8"/>
       <c r="X6" s="8"/>
       <c r="Y6" s="8"/>
       <c r="Z6" s="8"/>
       <c r="AA6" s="8"/>
       <c r="AB6" s="8"/>
       <c r="AC6" s="8"/>
       <c r="AD6" s="8"/>
       <c r="AE6" s="8"/>
       <c r="AF6" s="8"/>
       <c r="AG6" s="8"/>
       <c r="AH6" s="8"/>
       <c r="AI6" s="8"/>
       <c r="AJ6" s="8"/>
       <c r="AK6" s="8"/>
       <c r="AL6" s="8"/>
       <c r="AM6" s="8"/>
       <c r="AN6" s="8"/>
       <c r="AO6" s="8"/>
       <c r="AP6" s="8"/>
       <c r="AQ6" s="8"/>
       <c r="AR6" s="8"/>
       <c r="AS6" s="8"/>
       <c r="AT6" s="8"/>
       <c r="AU6" s="8"/>
     </row>
-    <row r="7" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="7"/>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="Q7" s="7"/>
       <c r="R7" s="7"/>
       <c r="S7" s="7"/>
       <c r="T7" s="7"/>
       <c r="U7" s="7"/>
       <c r="V7" s="8"/>
       <c r="W7" s="8"/>
       <c r="X7" s="8"/>
       <c r="Y7" s="8"/>
       <c r="Z7" s="8"/>
       <c r="AA7" s="8"/>
       <c r="AB7" s="8"/>
       <c r="AC7" s="8"/>
       <c r="AD7" s="8"/>
       <c r="AE7" s="8"/>
       <c r="AF7" s="8"/>
       <c r="AG7" s="8"/>
       <c r="AH7" s="8"/>
       <c r="AI7" s="8"/>
       <c r="AJ7" s="8"/>
       <c r="AK7" s="8"/>
       <c r="AL7" s="8"/>
       <c r="AM7" s="8"/>
       <c r="AN7" s="8"/>
       <c r="AO7" s="8"/>
       <c r="AP7" s="8"/>
       <c r="AQ7" s="8"/>
       <c r="AR7" s="8"/>
       <c r="AS7" s="8"/>
       <c r="AT7" s="8"/>
       <c r="AU7" s="8"/>
     </row>
-    <row r="8" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A8" s="8"/>
       <c r="B8" s="10"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="12"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="8"/>
       <c r="U8" s="8"/>
       <c r="V8" s="12"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
       <c r="Y8" s="8"/>
       <c r="Z8" s="8"/>
       <c r="AA8" s="8"/>
       <c r="AB8" s="8"/>
       <c r="AC8" s="8"/>
       <c r="AD8" s="8"/>
       <c r="AE8" s="8"/>
       <c r="AF8" s="8"/>
       <c r="AG8" s="8"/>
       <c r="AH8" s="8"/>
       <c r="AI8" s="8"/>
       <c r="AJ8" s="8"/>
       <c r="AK8" s="8"/>
       <c r="AL8" s="8"/>
       <c r="AM8" s="8"/>
       <c r="AN8" s="8"/>
       <c r="AO8" s="8"/>
       <c r="AP8" s="8"/>
       <c r="AQ8" s="8"/>
       <c r="AR8" s="8"/>
       <c r="AS8" s="8"/>
       <c r="AT8" s="8"/>
       <c r="AU8" s="8"/>
     </row>
-    <row r="9" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A9" s="13" t="s">
         <v>112</v>
       </c>
       <c r="B9" s="8"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="14"/>
       <c r="F9" s="10"/>
       <c r="G9" s="10"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="4"/>
       <c r="L9" s="10"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8"/>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="14"/>
       <c r="U9" s="8"/>
       <c r="V9" s="8"/>
       <c r="W9" s="8"/>
       <c r="X9" s="8"/>
       <c r="Y9" s="8"/>
       <c r="Z9" s="8"/>
       <c r="AA9" s="8"/>
       <c r="AB9" s="8"/>
       <c r="AC9" s="8"/>
       <c r="AD9" s="8"/>
       <c r="AE9" s="8"/>
       <c r="AF9" s="8"/>
       <c r="AG9" s="8"/>
       <c r="AH9" s="8"/>
       <c r="AI9" s="8"/>
       <c r="AJ9" s="8"/>
       <c r="AK9" s="8"/>
       <c r="AL9" s="8"/>
       <c r="AM9" s="8"/>
       <c r="AN9" s="8"/>
       <c r="AO9" s="8"/>
       <c r="AP9" s="14"/>
       <c r="AQ9" s="14"/>
       <c r="AR9" s="14"/>
       <c r="AS9" s="14"/>
       <c r="AT9" s="15"/>
       <c r="AU9" s="8"/>
     </row>
-    <row r="10" spans="1:47" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:47" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8"/>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8"/>
       <c r="P10" s="8"/>
       <c r="Q10" s="8"/>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="8"/>
       <c r="U10" s="8"/>
       <c r="V10" s="8"/>
       <c r="W10" s="8"/>
       <c r="X10" s="8"/>
       <c r="Y10" s="8"/>
       <c r="Z10" s="8"/>
       <c r="AA10" s="8"/>
       <c r="AB10" s="8"/>
       <c r="AC10" s="8"/>
       <c r="AD10" s="8"/>
       <c r="AE10" s="8"/>
       <c r="AF10" s="8"/>
       <c r="AG10" s="8"/>
       <c r="AH10" s="8"/>
       <c r="AI10" s="8"/>
       <c r="AJ10" s="8"/>
       <c r="AK10" s="8"/>
       <c r="AL10" s="8"/>
       <c r="AM10" s="8"/>
       <c r="AN10" s="8"/>
       <c r="AO10" s="8"/>
       <c r="AP10" s="8"/>
       <c r="AQ10" s="8"/>
       <c r="AR10" s="4"/>
       <c r="AS10" s="8"/>
       <c r="AT10" s="8"/>
       <c r="AU10" s="4" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="11" spans="1:47" s="8" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:47" s="8" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="16"/>
       <c r="B11" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C11" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D11" s="153" t="s">
         <v>77</v>
       </c>
       <c r="E11" s="154"/>
       <c r="F11" s="154"/>
       <c r="G11" s="154"/>
       <c r="H11" s="155"/>
       <c r="I11" s="153" t="s">
         <v>78</v>
       </c>
       <c r="J11" s="154"/>
       <c r="K11" s="154"/>
       <c r="L11" s="155"/>
       <c r="M11" s="153" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="154"/>
       <c r="O11" s="154"/>
@@ -2854,51 +2854,51 @@
       <c r="AF11" s="155"/>
       <c r="AG11" s="153" t="s">
         <v>83</v>
       </c>
       <c r="AH11" s="156"/>
       <c r="AI11" s="154"/>
       <c r="AJ11" s="154"/>
       <c r="AK11" s="154"/>
       <c r="AL11" s="154"/>
       <c r="AM11" s="18" t="s">
         <v>84</v>
       </c>
       <c r="AN11" s="18"/>
       <c r="AO11" s="18"/>
       <c r="AP11" s="19"/>
       <c r="AQ11" s="153" t="s">
         <v>85</v>
       </c>
       <c r="AR11" s="154"/>
       <c r="AS11" s="154"/>
       <c r="AT11" s="155"/>
       <c r="AU11" s="20" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="12" spans="1:47" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:47" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="21"/>
       <c r="B12" s="22"/>
       <c r="C12" s="22"/>
       <c r="D12" s="150" t="s">
         <v>86</v>
       </c>
       <c r="E12" s="147" t="s">
         <v>87</v>
       </c>
       <c r="F12" s="147" t="s">
         <v>88</v>
       </c>
       <c r="G12" s="147" t="s">
         <v>89</v>
       </c>
       <c r="H12" s="147" t="s">
         <v>90</v>
       </c>
       <c r="I12" s="150" t="s">
         <v>86</v>
       </c>
       <c r="J12" s="147" t="s">
         <v>91</v>
       </c>
       <c r="K12" s="147" t="s">
@@ -2971,51 +2971,51 @@
         <v>97</v>
       </c>
       <c r="AL12" s="147" t="s">
         <v>98</v>
       </c>
       <c r="AM12" s="157" t="s">
         <v>103</v>
       </c>
       <c r="AN12" s="158"/>
       <c r="AO12" s="158"/>
       <c r="AP12" s="159"/>
       <c r="AQ12" s="150" t="s">
         <v>86</v>
       </c>
       <c r="AR12" s="147" t="s">
         <v>104</v>
       </c>
       <c r="AS12" s="147" t="s">
         <v>78</v>
       </c>
       <c r="AT12" s="147" t="s">
         <v>105</v>
       </c>
       <c r="AU12" s="26"/>
     </row>
-    <row r="13" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="21" t="s">
         <v>116</v>
       </c>
       <c r="B13" s="22"/>
       <c r="C13" s="22"/>
       <c r="D13" s="151"/>
       <c r="E13" s="148"/>
       <c r="F13" s="148"/>
       <c r="G13" s="148"/>
       <c r="H13" s="148"/>
       <c r="I13" s="151"/>
       <c r="J13" s="148"/>
       <c r="K13" s="148"/>
       <c r="L13" s="148"/>
       <c r="M13" s="151"/>
       <c r="N13" s="151"/>
       <c r="O13" s="151"/>
       <c r="P13" s="151"/>
       <c r="Q13" s="151"/>
       <c r="R13" s="151"/>
       <c r="S13" s="160"/>
       <c r="T13" s="161"/>
       <c r="U13" s="161"/>
       <c r="V13" s="162"/>
       <c r="W13" s="167"/>
@@ -3028,100 +3028,100 @@
       </c>
       <c r="AA13" s="170" t="s">
         <v>90</v>
       </c>
       <c r="AB13" s="151"/>
       <c r="AC13" s="148"/>
       <c r="AD13" s="148"/>
       <c r="AE13" s="148"/>
       <c r="AF13" s="148"/>
       <c r="AG13" s="151"/>
       <c r="AH13" s="148"/>
       <c r="AI13" s="148"/>
       <c r="AJ13" s="148"/>
       <c r="AK13" s="148"/>
       <c r="AL13" s="148"/>
       <c r="AM13" s="160"/>
       <c r="AN13" s="161"/>
       <c r="AO13" s="161"/>
       <c r="AP13" s="162"/>
       <c r="AQ13" s="151"/>
       <c r="AR13" s="148"/>
       <c r="AS13" s="148"/>
       <c r="AT13" s="148"/>
       <c r="AU13" s="26"/>
     </row>
-    <row r="14" spans="1:47" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:47" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="21"/>
       <c r="B14" s="22"/>
       <c r="C14" s="22"/>
       <c r="D14" s="151"/>
       <c r="E14" s="148"/>
       <c r="F14" s="148"/>
       <c r="G14" s="148"/>
       <c r="H14" s="148"/>
       <c r="I14" s="151"/>
       <c r="J14" s="148"/>
       <c r="K14" s="148"/>
       <c r="L14" s="148"/>
       <c r="M14" s="151"/>
       <c r="N14" s="151"/>
       <c r="O14" s="151"/>
       <c r="P14" s="151"/>
       <c r="Q14" s="151"/>
       <c r="R14" s="151"/>
       <c r="S14" s="163"/>
       <c r="T14" s="164"/>
       <c r="U14" s="164"/>
       <c r="V14" s="165"/>
       <c r="W14" s="167"/>
       <c r="X14" s="151"/>
       <c r="Y14" s="171"/>
       <c r="Z14" s="171"/>
       <c r="AA14" s="171"/>
       <c r="AB14" s="151"/>
       <c r="AC14" s="148"/>
       <c r="AD14" s="148"/>
       <c r="AE14" s="148"/>
       <c r="AF14" s="148"/>
       <c r="AG14" s="151"/>
       <c r="AH14" s="148"/>
       <c r="AI14" s="148"/>
       <c r="AJ14" s="148"/>
       <c r="AK14" s="148"/>
       <c r="AL14" s="148"/>
       <c r="AM14" s="163"/>
       <c r="AN14" s="164"/>
       <c r="AO14" s="164"/>
       <c r="AP14" s="165"/>
       <c r="AQ14" s="151"/>
       <c r="AR14" s="148"/>
       <c r="AS14" s="148"/>
       <c r="AT14" s="148"/>
       <c r="AU14" s="22"/>
     </row>
-    <row r="15" spans="1:47" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:47" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="21"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="151"/>
       <c r="E15" s="148"/>
       <c r="F15" s="148"/>
       <c r="G15" s="148"/>
       <c r="H15" s="148"/>
       <c r="I15" s="151"/>
       <c r="J15" s="148"/>
       <c r="K15" s="148"/>
       <c r="L15" s="148"/>
       <c r="M15" s="151"/>
       <c r="N15" s="151"/>
       <c r="O15" s="151"/>
       <c r="P15" s="151"/>
       <c r="Q15" s="151"/>
       <c r="R15" s="151"/>
       <c r="S15" s="30" t="s">
         <v>86</v>
       </c>
       <c r="T15" s="27" t="s">
         <v>108</v>
       </c>
       <c r="U15" s="27" t="s">
@@ -3142,202 +3142,202 @@
       <c r="AF15" s="148"/>
       <c r="AG15" s="151"/>
       <c r="AH15" s="148"/>
       <c r="AI15" s="148"/>
       <c r="AJ15" s="148"/>
       <c r="AK15" s="148"/>
       <c r="AL15" s="148"/>
       <c r="AM15" s="30" t="s">
         <v>86</v>
       </c>
       <c r="AN15" s="27" t="s">
         <v>108</v>
       </c>
       <c r="AO15" s="27" t="s">
         <v>109</v>
       </c>
       <c r="AP15" s="28" t="s">
         <v>110</v>
       </c>
       <c r="AQ15" s="151"/>
       <c r="AR15" s="148"/>
       <c r="AS15" s="148"/>
       <c r="AT15" s="148"/>
       <c r="AU15" s="26"/>
     </row>
-    <row r="16" spans="1:47" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:47" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="21"/>
       <c r="B16" s="22"/>
       <c r="C16" s="22"/>
       <c r="D16" s="151"/>
       <c r="E16" s="148"/>
       <c r="F16" s="148"/>
       <c r="G16" s="148"/>
       <c r="H16" s="148"/>
       <c r="I16" s="151"/>
       <c r="J16" s="148"/>
       <c r="K16" s="148"/>
       <c r="L16" s="148"/>
       <c r="M16" s="151"/>
       <c r="N16" s="151"/>
       <c r="O16" s="151"/>
       <c r="P16" s="151"/>
       <c r="Q16" s="151"/>
       <c r="R16" s="151"/>
       <c r="S16" s="31"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="29"/>
       <c r="W16" s="167"/>
       <c r="X16" s="151"/>
       <c r="Y16" s="171"/>
       <c r="Z16" s="171"/>
       <c r="AA16" s="171"/>
       <c r="AB16" s="151"/>
       <c r="AC16" s="148"/>
       <c r="AD16" s="148"/>
       <c r="AE16" s="148"/>
       <c r="AF16" s="148"/>
       <c r="AG16" s="151"/>
       <c r="AH16" s="148"/>
       <c r="AI16" s="148"/>
       <c r="AJ16" s="148"/>
       <c r="AK16" s="148"/>
       <c r="AL16" s="148"/>
       <c r="AM16" s="31"/>
       <c r="AN16" s="27"/>
       <c r="AO16" s="27"/>
       <c r="AP16" s="28"/>
       <c r="AQ16" s="151"/>
       <c r="AR16" s="148"/>
       <c r="AS16" s="148"/>
       <c r="AT16" s="148"/>
       <c r="AU16" s="26"/>
     </row>
-    <row r="17" spans="1:47" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:47" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="21"/>
       <c r="B17" s="22"/>
       <c r="C17" s="22"/>
       <c r="D17" s="152"/>
       <c r="E17" s="149"/>
       <c r="F17" s="149"/>
       <c r="G17" s="149"/>
       <c r="H17" s="149"/>
       <c r="I17" s="152"/>
       <c r="J17" s="149"/>
       <c r="K17" s="149"/>
       <c r="L17" s="149"/>
       <c r="M17" s="152"/>
       <c r="N17" s="152"/>
       <c r="O17" s="152"/>
       <c r="P17" s="152"/>
       <c r="Q17" s="152"/>
       <c r="R17" s="152"/>
       <c r="S17" s="31"/>
       <c r="T17" s="27"/>
       <c r="U17" s="27"/>
       <c r="V17" s="29"/>
       <c r="W17" s="168"/>
       <c r="X17" s="152"/>
       <c r="Y17" s="172"/>
       <c r="Z17" s="172"/>
       <c r="AA17" s="172"/>
       <c r="AB17" s="152"/>
       <c r="AC17" s="149"/>
       <c r="AD17" s="149"/>
       <c r="AE17" s="149"/>
       <c r="AF17" s="149"/>
       <c r="AG17" s="152"/>
       <c r="AH17" s="149"/>
       <c r="AI17" s="149"/>
       <c r="AJ17" s="149"/>
       <c r="AK17" s="149"/>
       <c r="AL17" s="149"/>
       <c r="AM17" s="31"/>
       <c r="AN17" s="27"/>
       <c r="AO17" s="27"/>
       <c r="AP17" s="28"/>
       <c r="AQ17" s="152"/>
       <c r="AR17" s="149"/>
       <c r="AS17" s="149"/>
       <c r="AT17" s="149"/>
       <c r="AU17" s="26"/>
     </row>
-    <row r="18" spans="1:47" s="32" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:47" s="32" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="89" t="s">
         <v>114</v>
       </c>
       <c r="B18" s="90"/>
       <c r="C18" s="90"/>
       <c r="D18" s="91"/>
       <c r="E18" s="92"/>
       <c r="F18" s="92"/>
       <c r="G18" s="92"/>
       <c r="H18" s="93"/>
       <c r="I18" s="91"/>
       <c r="J18" s="92"/>
       <c r="K18" s="92"/>
       <c r="L18" s="93"/>
       <c r="M18" s="91"/>
       <c r="N18" s="92"/>
       <c r="O18" s="92"/>
       <c r="P18" s="92"/>
       <c r="Q18" s="92"/>
       <c r="R18" s="92"/>
       <c r="S18" s="92"/>
       <c r="T18" s="92"/>
       <c r="U18" s="92"/>
       <c r="V18" s="94"/>
       <c r="W18" s="90"/>
       <c r="X18" s="91"/>
       <c r="Y18" s="92"/>
       <c r="Z18" s="92"/>
       <c r="AA18" s="93"/>
       <c r="AB18" s="91"/>
       <c r="AC18" s="92"/>
       <c r="AD18" s="92"/>
       <c r="AE18" s="92"/>
       <c r="AF18" s="93"/>
       <c r="AG18" s="91"/>
       <c r="AH18" s="92"/>
       <c r="AI18" s="92"/>
       <c r="AJ18" s="92"/>
       <c r="AK18" s="92"/>
       <c r="AL18" s="92"/>
       <c r="AM18" s="92"/>
       <c r="AN18" s="92"/>
       <c r="AO18" s="92"/>
       <c r="AP18" s="93"/>
       <c r="AQ18" s="91"/>
       <c r="AR18" s="92"/>
       <c r="AS18" s="92"/>
       <c r="AT18" s="93"/>
       <c r="AU18" s="146">
-        <v>128677439.97561599</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+        <v>128655527.97561599</v>
+      </c>
+    </row>
+    <row r="19" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="33" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="95"/>
       <c r="C19" s="95"/>
       <c r="D19" s="96"/>
       <c r="E19" s="97"/>
       <c r="F19" s="97"/>
       <c r="G19" s="97"/>
       <c r="H19" s="98"/>
       <c r="I19" s="96"/>
       <c r="J19" s="97"/>
       <c r="K19" s="97"/>
       <c r="L19" s="98"/>
       <c r="M19" s="96"/>
       <c r="N19" s="97"/>
       <c r="O19" s="97"/>
       <c r="P19" s="97"/>
       <c r="Q19" s="97"/>
       <c r="R19" s="97"/>
       <c r="S19" s="97"/>
       <c r="T19" s="97"/>
       <c r="U19" s="97"/>
       <c r="V19" s="99"/>
       <c r="W19" s="95"/>
@@ -3346,51 +3346,51 @@
       <c r="Z19" s="97"/>
       <c r="AA19" s="98"/>
       <c r="AB19" s="96"/>
       <c r="AC19" s="97"/>
       <c r="AD19" s="97"/>
       <c r="AE19" s="97"/>
       <c r="AF19" s="98"/>
       <c r="AG19" s="96"/>
       <c r="AH19" s="97"/>
       <c r="AI19" s="97"/>
       <c r="AJ19" s="97"/>
       <c r="AK19" s="97"/>
       <c r="AL19" s="97"/>
       <c r="AM19" s="97"/>
       <c r="AN19" s="97"/>
       <c r="AO19" s="97"/>
       <c r="AP19" s="98"/>
       <c r="AQ19" s="96"/>
       <c r="AR19" s="97"/>
       <c r="AS19" s="97"/>
       <c r="AT19" s="98"/>
       <c r="AU19" s="100">
         <v>1177540</v>
       </c>
     </row>
-    <row r="20" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="34" t="s">
         <v>1</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="51"/>
       <c r="E20" s="52"/>
       <c r="F20" s="52"/>
       <c r="G20" s="52"/>
       <c r="H20" s="53"/>
       <c r="I20" s="51"/>
       <c r="J20" s="52"/>
       <c r="K20" s="52"/>
       <c r="L20" s="53"/>
       <c r="M20" s="51"/>
       <c r="N20" s="52"/>
       <c r="O20" s="52"/>
       <c r="P20" s="52"/>
       <c r="Q20" s="52"/>
       <c r="R20" s="52"/>
       <c r="S20" s="52"/>
       <c r="T20" s="52"/>
       <c r="U20" s="52"/>
       <c r="V20" s="54"/>
       <c r="W20" s="50"/>
@@ -3399,51 +3399,51 @@
       <c r="Z20" s="52"/>
       <c r="AA20" s="53"/>
       <c r="AB20" s="51"/>
       <c r="AC20" s="52"/>
       <c r="AD20" s="52"/>
       <c r="AE20" s="52"/>
       <c r="AF20" s="53"/>
       <c r="AG20" s="51"/>
       <c r="AH20" s="52"/>
       <c r="AI20" s="52"/>
       <c r="AJ20" s="52"/>
       <c r="AK20" s="52"/>
       <c r="AL20" s="52"/>
       <c r="AM20" s="52"/>
       <c r="AN20" s="52"/>
       <c r="AO20" s="52"/>
       <c r="AP20" s="53"/>
       <c r="AQ20" s="51"/>
       <c r="AR20" s="52"/>
       <c r="AS20" s="52"/>
       <c r="AT20" s="53"/>
       <c r="AU20" s="55">
         <v>1065475</v>
       </c>
     </row>
-    <row r="21" spans="1:47" s="32" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:47" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="35" t="s">
         <v>2</v>
       </c>
       <c r="B21" s="56"/>
       <c r="C21" s="56"/>
       <c r="D21" s="57"/>
       <c r="E21" s="58"/>
       <c r="F21" s="58"/>
       <c r="G21" s="58"/>
       <c r="H21" s="59"/>
       <c r="I21" s="57"/>
       <c r="J21" s="58"/>
       <c r="K21" s="58"/>
       <c r="L21" s="59"/>
       <c r="M21" s="57"/>
       <c r="N21" s="58"/>
       <c r="O21" s="58"/>
       <c r="P21" s="58"/>
       <c r="Q21" s="58"/>
       <c r="R21" s="58"/>
       <c r="S21" s="58"/>
       <c r="T21" s="58"/>
       <c r="U21" s="58"/>
       <c r="V21" s="60"/>
       <c r="W21" s="56"/>
@@ -3452,51 +3452,51 @@
       <c r="Z21" s="58"/>
       <c r="AA21" s="59"/>
       <c r="AB21" s="57"/>
       <c r="AC21" s="58"/>
       <c r="AD21" s="58"/>
       <c r="AE21" s="58"/>
       <c r="AF21" s="59"/>
       <c r="AG21" s="57"/>
       <c r="AH21" s="58"/>
       <c r="AI21" s="58"/>
       <c r="AJ21" s="58"/>
       <c r="AK21" s="58"/>
       <c r="AL21" s="58"/>
       <c r="AM21" s="58"/>
       <c r="AN21" s="58"/>
       <c r="AO21" s="58"/>
       <c r="AP21" s="59"/>
       <c r="AQ21" s="57"/>
       <c r="AR21" s="58"/>
       <c r="AS21" s="58"/>
       <c r="AT21" s="59"/>
       <c r="AU21" s="61">
         <v>112065</v>
       </c>
     </row>
-    <row r="22" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="33" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="100">
         <v>96093464</v>
       </c>
       <c r="C22" s="100">
         <v>94092111</v>
       </c>
       <c r="D22" s="101">
         <v>9990867</v>
       </c>
       <c r="E22" s="102">
         <v>9889164</v>
       </c>
       <c r="F22" s="102">
         <v>101703</v>
       </c>
       <c r="G22" s="102">
         <v>0</v>
       </c>
       <c r="H22" s="103">
         <v>0</v>
       </c>
       <c r="I22" s="101">
@@ -3595,51 +3595,51 @@
       <c r="AN22" s="102">
         <v>7483</v>
       </c>
       <c r="AO22" s="102">
         <v>29145</v>
       </c>
       <c r="AP22" s="103">
         <v>5941</v>
       </c>
       <c r="AQ22" s="101">
         <v>7736853</v>
       </c>
       <c r="AR22" s="102">
         <v>4786525</v>
       </c>
       <c r="AS22" s="102">
         <v>4131</v>
       </c>
       <c r="AT22" s="103">
         <v>2946197</v>
       </c>
       <c r="AU22" s="100">
         <v>103830317</v>
       </c>
     </row>
-    <row r="23" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="34" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="55">
         <v>16968772</v>
       </c>
       <c r="C23" s="55">
         <v>16360275</v>
       </c>
       <c r="D23" s="62">
         <v>9985620</v>
       </c>
       <c r="E23" s="63">
         <v>9889164</v>
       </c>
       <c r="F23" s="63">
         <v>96456</v>
       </c>
       <c r="G23" s="63">
         <v>0</v>
       </c>
       <c r="H23" s="64">
         <v>0</v>
       </c>
       <c r="I23" s="62">
@@ -3738,51 +3738,51 @@
       <c r="AN23" s="63">
         <v>5703</v>
       </c>
       <c r="AO23" s="63">
         <v>0</v>
       </c>
       <c r="AP23" s="64">
         <v>197</v>
       </c>
       <c r="AQ23" s="62">
         <v>4383538</v>
       </c>
       <c r="AR23" s="63">
         <v>4081248</v>
       </c>
       <c r="AS23" s="63">
         <v>4131</v>
       </c>
       <c r="AT23" s="64">
         <v>298159</v>
       </c>
       <c r="AU23" s="55">
         <v>21352310</v>
       </c>
     </row>
-    <row r="24" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="34" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="55">
         <v>9182391</v>
       </c>
       <c r="C24" s="55">
         <v>8639869</v>
       </c>
       <c r="D24" s="62">
         <v>0</v>
       </c>
       <c r="E24" s="63">
         <v>0</v>
       </c>
       <c r="F24" s="63">
         <v>0</v>
       </c>
       <c r="G24" s="63">
         <v>0</v>
       </c>
       <c r="H24" s="64">
         <v>0</v>
       </c>
       <c r="I24" s="62">
@@ -3881,51 +3881,51 @@
       <c r="AN24" s="63">
         <v>30</v>
       </c>
       <c r="AO24" s="63">
         <v>0</v>
       </c>
       <c r="AP24" s="64">
         <v>12</v>
       </c>
       <c r="AQ24" s="62">
         <v>1887098</v>
       </c>
       <c r="AR24" s="63">
         <v>516257</v>
       </c>
       <c r="AS24" s="63">
         <v>0</v>
       </c>
       <c r="AT24" s="64">
         <v>1370841</v>
       </c>
       <c r="AU24" s="55">
         <v>11069489</v>
       </c>
     </row>
-    <row r="25" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="34" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="55">
         <v>69942301</v>
       </c>
       <c r="C25" s="55">
         <v>69091967</v>
       </c>
       <c r="D25" s="62">
         <v>5247</v>
       </c>
       <c r="E25" s="63">
         <v>0</v>
       </c>
       <c r="F25" s="63">
         <v>5247</v>
       </c>
       <c r="G25" s="63">
         <v>0</v>
       </c>
       <c r="H25" s="64">
         <v>0</v>
       </c>
       <c r="I25" s="62">
@@ -4024,51 +4024,51 @@
       <c r="AN25" s="63">
         <v>1750</v>
       </c>
       <c r="AO25" s="63">
         <v>29145</v>
       </c>
       <c r="AP25" s="64">
         <v>5733</v>
       </c>
       <c r="AQ25" s="62">
         <v>1466217</v>
       </c>
       <c r="AR25" s="63">
         <v>189019</v>
       </c>
       <c r="AS25" s="63">
         <v>0</v>
       </c>
       <c r="AT25" s="64">
         <v>1277198</v>
       </c>
       <c r="AU25" s="55">
         <v>71408517</v>
       </c>
     </row>
-    <row r="26" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="36" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="66"/>
       <c r="C26" s="66"/>
       <c r="D26" s="67"/>
       <c r="E26" s="68"/>
       <c r="F26" s="69">
         <v>0</v>
       </c>
       <c r="G26" s="69">
         <v>0</v>
       </c>
       <c r="H26" s="70"/>
       <c r="I26" s="67"/>
       <c r="J26" s="68"/>
       <c r="K26" s="68"/>
       <c r="L26" s="70"/>
       <c r="M26" s="67"/>
       <c r="N26" s="68"/>
       <c r="O26" s="68"/>
       <c r="P26" s="68"/>
       <c r="Q26" s="68"/>
       <c r="R26" s="68"/>
       <c r="S26" s="68"/>
@@ -4083,51 +4083,51 @@
       </c>
       <c r="AA26" s="70"/>
       <c r="AB26" s="67"/>
       <c r="AC26" s="68"/>
       <c r="AD26" s="68"/>
       <c r="AE26" s="68"/>
       <c r="AF26" s="70"/>
       <c r="AG26" s="67"/>
       <c r="AH26" s="68"/>
       <c r="AI26" s="68"/>
       <c r="AJ26" s="68"/>
       <c r="AK26" s="68"/>
       <c r="AL26" s="68"/>
       <c r="AM26" s="68"/>
       <c r="AN26" s="68"/>
       <c r="AO26" s="68"/>
       <c r="AP26" s="70"/>
       <c r="AQ26" s="67"/>
       <c r="AR26" s="69">
         <v>4579187</v>
       </c>
       <c r="AS26" s="68"/>
       <c r="AT26" s="70"/>
       <c r="AU26" s="66"/>
     </row>
-    <row r="27" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="37" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="105">
         <v>95943072</v>
       </c>
       <c r="C27" s="105">
         <v>94047313</v>
       </c>
       <c r="D27" s="106">
         <v>9985560</v>
       </c>
       <c r="E27" s="107">
         <v>9889164</v>
       </c>
       <c r="F27" s="107">
         <v>96397</v>
       </c>
       <c r="G27" s="107">
         <v>0</v>
       </c>
       <c r="H27" s="108">
         <v>0</v>
       </c>
       <c r="I27" s="106">
@@ -4226,51 +4226,51 @@
       <c r="AN27" s="107">
         <v>7377</v>
       </c>
       <c r="AO27" s="107">
         <v>29145</v>
       </c>
       <c r="AP27" s="108">
         <v>5941</v>
       </c>
       <c r="AQ27" s="106">
         <v>5400152</v>
       </c>
       <c r="AR27" s="107">
         <v>3332769</v>
       </c>
       <c r="AS27" s="107">
         <v>4131</v>
       </c>
       <c r="AT27" s="108">
         <v>2063252</v>
       </c>
       <c r="AU27" s="105">
         <v>101343224</v>
       </c>
     </row>
-    <row r="28" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="34" t="s">
         <v>4</v>
       </c>
       <c r="B28" s="55">
         <v>16873597</v>
       </c>
       <c r="C28" s="55">
         <v>16323931</v>
       </c>
       <c r="D28" s="62">
         <v>9980313</v>
       </c>
       <c r="E28" s="63">
         <v>9889164</v>
       </c>
       <c r="F28" s="63">
         <v>91150</v>
       </c>
       <c r="G28" s="63">
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <v>0</v>
       </c>
       <c r="I28" s="62">
@@ -4369,51 +4369,51 @@
       <c r="AN28" s="63">
         <v>5597</v>
       </c>
       <c r="AO28" s="63">
         <v>0</v>
       </c>
       <c r="AP28" s="64">
         <v>197</v>
       </c>
       <c r="AQ28" s="62">
         <v>2944425</v>
       </c>
       <c r="AR28" s="63">
         <v>2733124</v>
       </c>
       <c r="AS28" s="63">
         <v>4131</v>
       </c>
       <c r="AT28" s="64">
         <v>207170</v>
       </c>
       <c r="AU28" s="55">
         <v>19818022</v>
       </c>
     </row>
-    <row r="29" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="34" t="s">
         <v>5</v>
       </c>
       <c r="B29" s="55">
         <v>9163789</v>
       </c>
       <c r="C29" s="55">
         <v>8632188</v>
       </c>
       <c r="D29" s="62">
         <v>0</v>
       </c>
       <c r="E29" s="63">
         <v>0</v>
       </c>
       <c r="F29" s="63">
         <v>0</v>
       </c>
       <c r="G29" s="63">
         <v>0</v>
       </c>
       <c r="H29" s="64">
         <v>0</v>
       </c>
       <c r="I29" s="62">
@@ -4512,51 +4512,51 @@
       <c r="AN29" s="63">
         <v>30</v>
       </c>
       <c r="AO29" s="63">
         <v>0</v>
       </c>
       <c r="AP29" s="64">
         <v>12</v>
       </c>
       <c r="AQ29" s="62">
         <v>1168675</v>
       </c>
       <c r="AR29" s="63">
         <v>443000</v>
       </c>
       <c r="AS29" s="63">
         <v>0</v>
       </c>
       <c r="AT29" s="64">
         <v>725675</v>
       </c>
       <c r="AU29" s="55">
         <v>10332464</v>
       </c>
     </row>
-    <row r="30" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="34" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="51"/>
       <c r="E30" s="52"/>
       <c r="F30" s="52"/>
       <c r="G30" s="52"/>
       <c r="H30" s="53"/>
       <c r="I30" s="51"/>
       <c r="J30" s="52"/>
       <c r="K30" s="52"/>
       <c r="L30" s="53"/>
       <c r="M30" s="51"/>
       <c r="N30" s="52"/>
       <c r="O30" s="52"/>
       <c r="P30" s="52"/>
       <c r="Q30" s="52"/>
       <c r="R30" s="63">
         <v>714930</v>
       </c>
       <c r="S30" s="72">
         <v>79294</v>
       </c>
@@ -4583,51 +4583,51 @@
       <c r="AH30" s="52"/>
       <c r="AI30" s="52"/>
       <c r="AJ30" s="52"/>
       <c r="AK30" s="52"/>
       <c r="AL30" s="63">
         <v>54803</v>
       </c>
       <c r="AM30" s="72">
         <v>4</v>
       </c>
       <c r="AN30" s="63">
         <v>4</v>
       </c>
       <c r="AO30" s="63">
         <v>0</v>
       </c>
       <c r="AP30" s="64">
         <v>0</v>
       </c>
       <c r="AQ30" s="51"/>
       <c r="AR30" s="52"/>
       <c r="AS30" s="52"/>
       <c r="AT30" s="53"/>
       <c r="AU30" s="50"/>
     </row>
-    <row r="31" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="34" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="50"/>
       <c r="C31" s="50"/>
       <c r="D31" s="51"/>
       <c r="E31" s="52"/>
       <c r="F31" s="52"/>
       <c r="G31" s="52"/>
       <c r="H31" s="53"/>
       <c r="I31" s="51"/>
       <c r="J31" s="52"/>
       <c r="K31" s="52"/>
       <c r="L31" s="53"/>
       <c r="M31" s="51"/>
       <c r="N31" s="52"/>
       <c r="O31" s="52"/>
       <c r="P31" s="52"/>
       <c r="Q31" s="52"/>
       <c r="R31" s="63">
         <v>6453595</v>
       </c>
       <c r="S31" s="72">
         <v>759257</v>
       </c>
@@ -4654,51 +4654,51 @@
       <c r="AH31" s="52"/>
       <c r="AI31" s="52"/>
       <c r="AJ31" s="52"/>
       <c r="AK31" s="52"/>
       <c r="AL31" s="63">
         <v>354835</v>
       </c>
       <c r="AM31" s="72">
         <v>38</v>
       </c>
       <c r="AN31" s="63">
         <v>26</v>
       </c>
       <c r="AO31" s="63">
         <v>0</v>
       </c>
       <c r="AP31" s="64">
         <v>12</v>
       </c>
       <c r="AQ31" s="51"/>
       <c r="AR31" s="52"/>
       <c r="AS31" s="52"/>
       <c r="AT31" s="53"/>
       <c r="AU31" s="50"/>
     </row>
-    <row r="32" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="36" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="73">
         <v>69905686</v>
       </c>
       <c r="C32" s="73">
         <v>69091195</v>
       </c>
       <c r="D32" s="74">
         <v>5247</v>
       </c>
       <c r="E32" s="69">
         <v>0</v>
       </c>
       <c r="F32" s="69">
         <v>5247</v>
       </c>
       <c r="G32" s="69">
         <v>0</v>
       </c>
       <c r="H32" s="75">
         <v>0</v>
       </c>
       <c r="I32" s="74">
@@ -4797,51 +4797,51 @@
       <c r="AN32" s="69">
         <v>1750</v>
       </c>
       <c r="AO32" s="69">
         <v>29145</v>
       </c>
       <c r="AP32" s="75">
         <v>5733</v>
       </c>
       <c r="AQ32" s="74">
         <v>1287052</v>
       </c>
       <c r="AR32" s="69">
         <v>156646</v>
       </c>
       <c r="AS32" s="69">
         <v>0</v>
       </c>
       <c r="AT32" s="75">
         <v>1130406</v>
       </c>
       <c r="AU32" s="73">
         <v>71192738</v>
       </c>
     </row>
-    <row r="33" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="37" t="s">
         <v>12</v>
       </c>
       <c r="B33" s="105">
         <v>150392</v>
       </c>
       <c r="C33" s="105">
         <v>44797</v>
       </c>
       <c r="D33" s="106">
         <v>5307</v>
       </c>
       <c r="E33" s="107">
         <v>0</v>
       </c>
       <c r="F33" s="107">
         <v>5307</v>
       </c>
       <c r="G33" s="107">
         <v>0</v>
       </c>
       <c r="H33" s="108">
         <v>0</v>
       </c>
       <c r="I33" s="106">
@@ -4940,51 +4940,51 @@
       <c r="AN33" s="107">
         <v>106</v>
       </c>
       <c r="AO33" s="107">
         <v>0</v>
       </c>
       <c r="AP33" s="108">
         <v>0</v>
       </c>
       <c r="AQ33" s="106">
         <v>2336700</v>
       </c>
       <c r="AR33" s="107">
         <v>1453756</v>
       </c>
       <c r="AS33" s="107">
         <v>0</v>
       </c>
       <c r="AT33" s="108">
         <v>882945</v>
       </c>
       <c r="AU33" s="105">
         <v>2487092</v>
       </c>
     </row>
-    <row r="34" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="34" t="s">
         <v>4</v>
       </c>
       <c r="B34" s="55">
         <v>95175</v>
       </c>
       <c r="C34" s="55">
         <v>36344</v>
       </c>
       <c r="D34" s="62">
         <v>5307</v>
       </c>
       <c r="E34" s="63">
         <v>0</v>
       </c>
       <c r="F34" s="63">
         <v>5307</v>
       </c>
       <c r="G34" s="63">
         <v>0</v>
       </c>
       <c r="H34" s="64">
         <v>0</v>
       </c>
       <c r="I34" s="62">
@@ -5083,51 +5083,51 @@
       <c r="AN34" s="63">
         <v>106</v>
       </c>
       <c r="AO34" s="63">
         <v>0</v>
       </c>
       <c r="AP34" s="64">
         <v>0</v>
       </c>
       <c r="AQ34" s="62">
         <v>1439113</v>
       </c>
       <c r="AR34" s="63">
         <v>1348125</v>
       </c>
       <c r="AS34" s="63">
         <v>0</v>
       </c>
       <c r="AT34" s="64">
         <v>90988</v>
       </c>
       <c r="AU34" s="55">
         <v>1534288</v>
       </c>
     </row>
-    <row r="35" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="34" t="s">
         <v>5</v>
       </c>
       <c r="B35" s="55">
         <v>18602</v>
       </c>
       <c r="C35" s="55">
         <v>7682</v>
       </c>
       <c r="D35" s="62">
         <v>0</v>
       </c>
       <c r="E35" s="63">
         <v>0</v>
       </c>
       <c r="F35" s="63">
         <v>0</v>
       </c>
       <c r="G35" s="63">
         <v>0</v>
       </c>
       <c r="H35" s="64">
         <v>0</v>
       </c>
       <c r="I35" s="62">
@@ -5226,51 +5226,51 @@
       <c r="AN35" s="63">
         <v>0</v>
       </c>
       <c r="AO35" s="63">
         <v>0</v>
       </c>
       <c r="AP35" s="64">
         <v>0</v>
       </c>
       <c r="AQ35" s="62">
         <v>718423</v>
       </c>
       <c r="AR35" s="63">
         <v>73257</v>
       </c>
       <c r="AS35" s="63">
         <v>0</v>
       </c>
       <c r="AT35" s="64">
         <v>645166</v>
       </c>
       <c r="AU35" s="55">
         <v>737025</v>
       </c>
     </row>
-    <row r="36" spans="1:47" s="32" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:47" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="35" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="61">
         <v>36614</v>
       </c>
       <c r="C36" s="61">
         <v>772</v>
       </c>
       <c r="D36" s="77">
         <v>0</v>
       </c>
       <c r="E36" s="78">
         <v>0</v>
       </c>
       <c r="F36" s="78">
         <v>0</v>
       </c>
       <c r="G36" s="78">
         <v>0</v>
       </c>
       <c r="H36" s="79">
         <v>0</v>
       </c>
       <c r="I36" s="77">
@@ -5369,51 +5369,51 @@
       <c r="AN36" s="78">
         <v>0</v>
       </c>
       <c r="AO36" s="78">
         <v>0</v>
       </c>
       <c r="AP36" s="79">
         <v>0</v>
       </c>
       <c r="AQ36" s="77">
         <v>179165</v>
       </c>
       <c r="AR36" s="78">
         <v>32374</v>
       </c>
       <c r="AS36" s="78">
         <v>0</v>
       </c>
       <c r="AT36" s="79">
         <v>146791</v>
       </c>
       <c r="AU36" s="61">
         <v>215779</v>
       </c>
     </row>
-    <row r="37" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="38" t="s">
         <v>13</v>
       </c>
       <c r="B37" s="110">
         <v>17295813</v>
       </c>
       <c r="C37" s="110">
         <v>14577417</v>
       </c>
       <c r="D37" s="111">
         <v>642123</v>
       </c>
       <c r="E37" s="112">
         <v>0</v>
       </c>
       <c r="F37" s="112">
         <v>642123</v>
       </c>
       <c r="G37" s="112">
         <v>0</v>
       </c>
       <c r="H37" s="113"/>
       <c r="I37" s="111">
         <v>13808431</v>
       </c>
@@ -5496,51 +5496,51 @@
       <c r="AL37" s="112">
         <v>119300.00000000031</v>
       </c>
       <c r="AM37" s="112">
         <v>0</v>
       </c>
       <c r="AN37" s="114"/>
       <c r="AO37" s="114"/>
       <c r="AP37" s="113"/>
       <c r="AQ37" s="111">
         <v>2145415</v>
       </c>
       <c r="AR37" s="112">
         <v>114153</v>
       </c>
       <c r="AS37" s="112">
         <v>1865362</v>
       </c>
       <c r="AT37" s="116">
         <v>165900</v>
       </c>
       <c r="AU37" s="110">
         <v>19441228</v>
       </c>
     </row>
-    <row r="38" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B38" s="105">
         <v>17261869</v>
       </c>
       <c r="C38" s="105">
         <v>14577417</v>
       </c>
       <c r="D38" s="106">
         <v>642123</v>
       </c>
       <c r="E38" s="107">
         <v>0</v>
       </c>
       <c r="F38" s="107">
         <v>642123</v>
       </c>
       <c r="G38" s="107">
         <v>0</v>
       </c>
       <c r="H38" s="117"/>
       <c r="I38" s="106">
         <v>13808431</v>
       </c>
@@ -5623,51 +5623,51 @@
       <c r="AL38" s="107">
         <v>119300.00000000031</v>
       </c>
       <c r="AM38" s="107">
         <v>0</v>
       </c>
       <c r="AN38" s="118"/>
       <c r="AO38" s="118"/>
       <c r="AP38" s="117"/>
       <c r="AQ38" s="106">
         <v>1200185</v>
       </c>
       <c r="AR38" s="107">
         <v>114153</v>
       </c>
       <c r="AS38" s="107">
         <v>931915</v>
       </c>
       <c r="AT38" s="108">
         <v>154117</v>
       </c>
       <c r="AU38" s="105">
         <v>18462054</v>
       </c>
     </row>
-    <row r="39" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="34" t="s">
         <v>4</v>
       </c>
       <c r="B39" s="55">
         <v>25440</v>
       </c>
       <c r="C39" s="55">
         <v>0</v>
       </c>
       <c r="D39" s="62">
         <v>0</v>
       </c>
       <c r="E39" s="63">
         <v>0</v>
       </c>
       <c r="F39" s="63">
         <v>0</v>
       </c>
       <c r="G39" s="63">
         <v>0</v>
       </c>
       <c r="H39" s="53"/>
       <c r="I39" s="62">
         <v>0</v>
       </c>
@@ -5750,51 +5750,51 @@
       <c r="AL39" s="63">
         <v>0</v>
       </c>
       <c r="AM39" s="63">
         <v>0</v>
       </c>
       <c r="AN39" s="52"/>
       <c r="AO39" s="52"/>
       <c r="AP39" s="53"/>
       <c r="AQ39" s="62">
         <v>0</v>
       </c>
       <c r="AR39" s="63">
         <v>0</v>
       </c>
       <c r="AS39" s="63">
         <v>0</v>
       </c>
       <c r="AT39" s="64">
         <v>0</v>
       </c>
       <c r="AU39" s="55">
         <v>25440</v>
       </c>
     </row>
-    <row r="40" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A40" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="55">
         <v>142959</v>
       </c>
       <c r="C40" s="55">
         <v>142959</v>
       </c>
       <c r="D40" s="62">
         <v>0</v>
       </c>
       <c r="E40" s="63">
         <v>0</v>
       </c>
       <c r="F40" s="63">
         <v>0</v>
       </c>
       <c r="G40" s="63">
         <v>0</v>
       </c>
       <c r="H40" s="53"/>
       <c r="I40" s="62">
         <v>142959</v>
       </c>
@@ -5877,51 +5877,51 @@
       <c r="AL40" s="63">
         <v>0</v>
       </c>
       <c r="AM40" s="63">
         <v>0</v>
       </c>
       <c r="AN40" s="52"/>
       <c r="AO40" s="52"/>
       <c r="AP40" s="53"/>
       <c r="AQ40" s="62">
         <v>0</v>
       </c>
       <c r="AR40" s="63">
         <v>0</v>
       </c>
       <c r="AS40" s="63">
         <v>0</v>
       </c>
       <c r="AT40" s="64">
         <v>0</v>
       </c>
       <c r="AU40" s="55">
         <v>142959</v>
       </c>
     </row>
-    <row r="41" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A41" s="36" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="73">
         <v>17093470</v>
       </c>
       <c r="C41" s="73">
         <v>14434458</v>
       </c>
       <c r="D41" s="74">
         <v>642123</v>
       </c>
       <c r="E41" s="69">
         <v>0</v>
       </c>
       <c r="F41" s="69">
         <v>642123</v>
       </c>
       <c r="G41" s="69">
         <v>0</v>
       </c>
       <c r="H41" s="70"/>
       <c r="I41" s="74">
         <v>13665472</v>
       </c>
@@ -6004,51 +6004,51 @@
       <c r="AL41" s="69">
         <v>119300.00000000031</v>
       </c>
       <c r="AM41" s="69">
         <v>0</v>
       </c>
       <c r="AN41" s="68"/>
       <c r="AO41" s="68"/>
       <c r="AP41" s="70"/>
       <c r="AQ41" s="74">
         <v>1200185</v>
       </c>
       <c r="AR41" s="69">
         <v>114153</v>
       </c>
       <c r="AS41" s="69">
         <v>931915</v>
       </c>
       <c r="AT41" s="75">
         <v>154117</v>
       </c>
       <c r="AU41" s="73">
         <v>18293655</v>
       </c>
     </row>
-    <row r="42" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A42" s="37" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="105">
         <v>33944</v>
       </c>
       <c r="C42" s="105">
         <v>0</v>
       </c>
       <c r="D42" s="106">
         <v>0</v>
       </c>
       <c r="E42" s="107">
         <v>0</v>
       </c>
       <c r="F42" s="107">
         <v>0</v>
       </c>
       <c r="G42" s="107">
         <v>0</v>
       </c>
       <c r="H42" s="117"/>
       <c r="I42" s="106">
         <v>0</v>
       </c>
@@ -6131,51 +6131,51 @@
       <c r="AL42" s="107">
         <v>0</v>
       </c>
       <c r="AM42" s="107">
         <v>0</v>
       </c>
       <c r="AN42" s="118"/>
       <c r="AO42" s="118"/>
       <c r="AP42" s="117"/>
       <c r="AQ42" s="106">
         <v>945230</v>
       </c>
       <c r="AR42" s="107">
         <v>0</v>
       </c>
       <c r="AS42" s="107">
         <v>933447</v>
       </c>
       <c r="AT42" s="108">
         <v>11783</v>
       </c>
       <c r="AU42" s="105">
         <v>979174</v>
       </c>
     </row>
-    <row r="43" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="34" t="s">
         <v>4</v>
       </c>
       <c r="B43" s="55">
         <v>0</v>
       </c>
       <c r="C43" s="55">
         <v>0</v>
       </c>
       <c r="D43" s="62">
         <v>0</v>
       </c>
       <c r="E43" s="63">
         <v>0</v>
       </c>
       <c r="F43" s="63">
         <v>0</v>
       </c>
       <c r="G43" s="63">
         <v>0</v>
       </c>
       <c r="H43" s="53"/>
       <c r="I43" s="62">
         <v>0</v>
       </c>
@@ -6258,51 +6258,51 @@
       <c r="AL43" s="63">
         <v>0</v>
       </c>
       <c r="AM43" s="63">
         <v>0</v>
       </c>
       <c r="AN43" s="52"/>
       <c r="AO43" s="52"/>
       <c r="AP43" s="53"/>
       <c r="AQ43" s="62">
         <v>25938</v>
       </c>
       <c r="AR43" s="63">
         <v>0</v>
       </c>
       <c r="AS43" s="63">
         <v>25938</v>
       </c>
       <c r="AT43" s="64">
         <v>0</v>
       </c>
       <c r="AU43" s="55">
         <v>25938</v>
       </c>
     </row>
-    <row r="44" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A44" s="34" t="s">
         <v>15</v>
       </c>
       <c r="B44" s="55">
         <v>0</v>
       </c>
       <c r="C44" s="55">
         <v>0</v>
       </c>
       <c r="D44" s="62">
         <v>0</v>
       </c>
       <c r="E44" s="63">
         <v>0</v>
       </c>
       <c r="F44" s="63">
         <v>0</v>
       </c>
       <c r="G44" s="63">
         <v>0</v>
       </c>
       <c r="H44" s="53"/>
       <c r="I44" s="62">
         <v>0</v>
       </c>
@@ -6385,51 +6385,51 @@
       <c r="AL44" s="63">
         <v>0</v>
       </c>
       <c r="AM44" s="63">
         <v>0</v>
       </c>
       <c r="AN44" s="52"/>
       <c r="AO44" s="52"/>
       <c r="AP44" s="53"/>
       <c r="AQ44" s="62">
         <v>0</v>
       </c>
       <c r="AR44" s="63">
         <v>0</v>
       </c>
       <c r="AS44" s="63">
         <v>0</v>
       </c>
       <c r="AT44" s="64">
         <v>0</v>
       </c>
       <c r="AU44" s="55">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:47" s="32" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:47" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="35" t="s">
         <v>16</v>
       </c>
       <c r="B45" s="61">
         <v>33944</v>
       </c>
       <c r="C45" s="61">
         <v>0</v>
       </c>
       <c r="D45" s="77">
         <v>0</v>
       </c>
       <c r="E45" s="78">
         <v>0</v>
       </c>
       <c r="F45" s="78">
         <v>0</v>
       </c>
       <c r="G45" s="78">
         <v>0</v>
       </c>
       <c r="H45" s="59"/>
       <c r="I45" s="77">
         <v>0</v>
       </c>
@@ -6512,51 +6512,51 @@
       <c r="AL45" s="78">
         <v>0</v>
       </c>
       <c r="AM45" s="78">
         <v>0</v>
       </c>
       <c r="AN45" s="58"/>
       <c r="AO45" s="58"/>
       <c r="AP45" s="59"/>
       <c r="AQ45" s="77">
         <v>919292</v>
       </c>
       <c r="AR45" s="78">
         <v>0</v>
       </c>
       <c r="AS45" s="78">
         <v>907509</v>
       </c>
       <c r="AT45" s="79">
         <v>11783</v>
       </c>
       <c r="AU45" s="61">
         <v>953236</v>
       </c>
     </row>
-    <row r="46" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A46" s="33" t="s">
         <v>18</v>
       </c>
       <c r="B46" s="100">
         <v>287830</v>
       </c>
       <c r="C46" s="100">
         <v>286986</v>
       </c>
       <c r="D46" s="101">
         <v>1093</v>
       </c>
       <c r="E46" s="97"/>
       <c r="F46" s="102">
         <v>1093</v>
       </c>
       <c r="G46" s="102">
         <v>0</v>
       </c>
       <c r="H46" s="98"/>
       <c r="I46" s="96">
         <v>330</v>
       </c>
       <c r="J46" s="97">
         <v>330</v>
@@ -6625,51 +6625,51 @@
         <v>0</v>
       </c>
       <c r="AL46" s="102">
         <v>178</v>
       </c>
       <c r="AM46" s="102">
         <v>0</v>
       </c>
       <c r="AN46" s="97"/>
       <c r="AO46" s="97"/>
       <c r="AP46" s="98"/>
       <c r="AQ46" s="101">
         <v>474709</v>
       </c>
       <c r="AR46" s="102">
         <v>433348</v>
       </c>
       <c r="AS46" s="97"/>
       <c r="AT46" s="103">
         <v>41361</v>
       </c>
       <c r="AU46" s="100">
         <v>762539</v>
       </c>
     </row>
-    <row r="47" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A47" s="34" t="s">
         <v>19</v>
       </c>
       <c r="B47" s="55">
         <v>402</v>
       </c>
       <c r="C47" s="55">
         <v>0</v>
       </c>
       <c r="D47" s="62">
         <v>0</v>
       </c>
       <c r="E47" s="52"/>
       <c r="F47" s="63">
         <v>0</v>
       </c>
       <c r="G47" s="63">
         <v>0</v>
       </c>
       <c r="H47" s="53"/>
       <c r="I47" s="51">
         <v>0</v>
       </c>
       <c r="J47" s="52">
         <v>0</v>
@@ -6732,51 +6732,51 @@
         <v>0</v>
       </c>
       <c r="AL47" s="63"/>
       <c r="AM47" s="63">
         <v>0</v>
       </c>
       <c r="AN47" s="52"/>
       <c r="AO47" s="52"/>
       <c r="AP47" s="53"/>
       <c r="AQ47" s="62">
         <v>22229</v>
       </c>
       <c r="AR47" s="63">
         <v>0</v>
       </c>
       <c r="AS47" s="52">
         <v>0</v>
       </c>
       <c r="AT47" s="64">
         <v>22229</v>
       </c>
       <c r="AU47" s="55">
         <v>22631</v>
       </c>
     </row>
-    <row r="48" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A48" s="34" t="s">
         <v>20</v>
       </c>
       <c r="B48" s="55">
         <v>185418</v>
       </c>
       <c r="C48" s="55">
         <v>184999</v>
       </c>
       <c r="D48" s="62">
         <v>1093</v>
       </c>
       <c r="E48" s="52"/>
       <c r="F48" s="63">
         <v>1093</v>
       </c>
       <c r="G48" s="63">
         <v>0</v>
       </c>
       <c r="H48" s="53"/>
       <c r="I48" s="51">
         <v>330</v>
       </c>
       <c r="J48" s="52">
         <v>330</v>
@@ -6847,51 +6847,51 @@
       <c r="AL48" s="63">
         <v>178</v>
       </c>
       <c r="AM48" s="63">
         <v>0</v>
       </c>
       <c r="AN48" s="52"/>
       <c r="AO48" s="52"/>
       <c r="AP48" s="53"/>
       <c r="AQ48" s="62">
         <v>12083</v>
       </c>
       <c r="AR48" s="63">
         <v>0</v>
       </c>
       <c r="AS48" s="52">
         <v>0</v>
       </c>
       <c r="AT48" s="64">
         <v>12083</v>
       </c>
       <c r="AU48" s="55">
         <v>197501</v>
       </c>
     </row>
-    <row r="49" spans="1:47" s="32" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:47" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="35" t="s">
         <v>21</v>
       </c>
       <c r="B49" s="61">
         <v>102010</v>
       </c>
       <c r="C49" s="61">
         <v>101987</v>
       </c>
       <c r="D49" s="77">
         <v>0</v>
       </c>
       <c r="E49" s="58"/>
       <c r="F49" s="78">
         <v>0</v>
       </c>
       <c r="G49" s="78">
         <v>0</v>
       </c>
       <c r="H49" s="59"/>
       <c r="I49" s="57">
         <v>0</v>
       </c>
       <c r="J49" s="58">
         <v>0</v>
@@ -6962,51 +6962,51 @@
       <c r="AL49" s="78">
         <v>0</v>
       </c>
       <c r="AM49" s="78">
         <v>0</v>
       </c>
       <c r="AN49" s="58"/>
       <c r="AO49" s="58"/>
       <c r="AP49" s="59"/>
       <c r="AQ49" s="77">
         <v>440397</v>
       </c>
       <c r="AR49" s="78">
         <v>433348</v>
       </c>
       <c r="AS49" s="58">
         <v>0</v>
       </c>
       <c r="AT49" s="79">
         <v>7049</v>
       </c>
       <c r="AU49" s="61">
         <v>542407</v>
       </c>
     </row>
-    <row r="50" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A50" s="33" t="s">
         <v>22</v>
       </c>
       <c r="B50" s="100">
         <v>35569.975615997449</v>
       </c>
       <c r="C50" s="100">
         <v>22392</v>
       </c>
       <c r="D50" s="101">
         <v>0</v>
       </c>
       <c r="E50" s="97"/>
       <c r="F50" s="97"/>
       <c r="G50" s="97"/>
       <c r="H50" s="103">
         <v>0</v>
       </c>
       <c r="I50" s="96"/>
       <c r="J50" s="97"/>
       <c r="K50" s="97"/>
       <c r="L50" s="98"/>
       <c r="M50" s="101">
         <v>22392</v>
       </c>
@@ -7045,51 +7045,51 @@
       <c r="AH50" s="120">
         <v>13177.975615997449</v>
       </c>
       <c r="AI50" s="97"/>
       <c r="AJ50" s="97"/>
       <c r="AK50" s="97"/>
       <c r="AL50" s="97"/>
       <c r="AM50" s="97"/>
       <c r="AN50" s="97"/>
       <c r="AO50" s="97"/>
       <c r="AP50" s="98"/>
       <c r="AQ50" s="101">
         <v>116544</v>
       </c>
       <c r="AR50" s="102">
         <v>0</v>
       </c>
       <c r="AS50" s="97"/>
       <c r="AT50" s="103">
         <v>116544</v>
       </c>
       <c r="AU50" s="100">
         <v>152113.97561599745</v>
       </c>
     </row>
-    <row r="51" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A51" s="34" t="s">
         <v>23</v>
       </c>
       <c r="B51" s="55">
         <v>0</v>
       </c>
       <c r="C51" s="55"/>
       <c r="D51" s="62">
         <v>0</v>
       </c>
       <c r="E51" s="52"/>
       <c r="F51" s="52"/>
       <c r="G51" s="52"/>
       <c r="H51" s="64">
         <v>0</v>
       </c>
       <c r="I51" s="51"/>
       <c r="J51" s="52"/>
       <c r="K51" s="52"/>
       <c r="L51" s="53"/>
       <c r="M51" s="51"/>
       <c r="N51" s="52"/>
       <c r="O51" s="52"/>
       <c r="P51" s="52"/>
       <c r="Q51" s="52"/>
@@ -7114,51 +7114,51 @@
       <c r="AD51" s="52"/>
       <c r="AE51" s="52"/>
       <c r="AF51" s="53"/>
       <c r="AG51" s="51"/>
       <c r="AH51" s="52"/>
       <c r="AI51" s="52"/>
       <c r="AJ51" s="52"/>
       <c r="AK51" s="52"/>
       <c r="AL51" s="52"/>
       <c r="AM51" s="52"/>
       <c r="AN51" s="52"/>
       <c r="AO51" s="52"/>
       <c r="AP51" s="53"/>
       <c r="AQ51" s="62">
         <v>0</v>
       </c>
       <c r="AR51" s="63">
         <v>0</v>
       </c>
       <c r="AS51" s="52"/>
       <c r="AT51" s="53"/>
       <c r="AU51" s="55">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:47" s="32" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:47" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="35" t="s">
         <v>24</v>
       </c>
       <c r="B52" s="61">
         <v>35569.975615997449</v>
       </c>
       <c r="C52" s="61">
         <v>22392</v>
       </c>
       <c r="D52" s="57"/>
       <c r="E52" s="58"/>
       <c r="F52" s="58"/>
       <c r="G52" s="58"/>
       <c r="H52" s="59"/>
       <c r="I52" s="57"/>
       <c r="J52" s="58"/>
       <c r="K52" s="58"/>
       <c r="L52" s="59"/>
       <c r="M52" s="77">
         <v>22392</v>
       </c>
       <c r="N52" s="78">
         <v>22392</v>
       </c>
       <c r="O52" s="58"/>
@@ -7185,51 +7185,51 @@
         <v>13177.975615997449</v>
       </c>
       <c r="AH52" s="78">
         <v>13177.975615997449</v>
       </c>
       <c r="AI52" s="58"/>
       <c r="AJ52" s="58"/>
       <c r="AK52" s="58"/>
       <c r="AL52" s="58"/>
       <c r="AM52" s="58"/>
       <c r="AN52" s="58"/>
       <c r="AO52" s="58"/>
       <c r="AP52" s="59"/>
       <c r="AQ52" s="77">
         <v>116544</v>
       </c>
       <c r="AR52" s="58"/>
       <c r="AS52" s="58"/>
       <c r="AT52" s="79">
         <v>116544</v>
       </c>
       <c r="AU52" s="61">
         <v>152113.97561599745</v>
       </c>
     </row>
-    <row r="53" spans="1:47" s="32" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:47" s="32" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="39" t="s">
         <v>25</v>
       </c>
       <c r="B53" s="121"/>
       <c r="C53" s="122"/>
       <c r="D53" s="123"/>
       <c r="E53" s="124"/>
       <c r="F53" s="124"/>
       <c r="G53" s="124"/>
       <c r="H53" s="125"/>
       <c r="I53" s="123"/>
       <c r="J53" s="124"/>
       <c r="K53" s="124"/>
       <c r="L53" s="125"/>
       <c r="M53" s="123"/>
       <c r="N53" s="124"/>
       <c r="O53" s="124"/>
       <c r="P53" s="124"/>
       <c r="Q53" s="124"/>
       <c r="R53" s="124"/>
       <c r="S53" s="124"/>
       <c r="T53" s="124"/>
       <c r="U53" s="124"/>
       <c r="V53" s="126"/>
       <c r="W53" s="122"/>
@@ -7238,104 +7238,104 @@
       <c r="Z53" s="124"/>
       <c r="AA53" s="125"/>
       <c r="AB53" s="123"/>
       <c r="AC53" s="124"/>
       <c r="AD53" s="124"/>
       <c r="AE53" s="124"/>
       <c r="AF53" s="125"/>
       <c r="AG53" s="123"/>
       <c r="AH53" s="124"/>
       <c r="AI53" s="124"/>
       <c r="AJ53" s="124"/>
       <c r="AK53" s="124"/>
       <c r="AL53" s="124"/>
       <c r="AM53" s="124"/>
       <c r="AN53" s="124"/>
       <c r="AO53" s="124"/>
       <c r="AP53" s="125"/>
       <c r="AQ53" s="123"/>
       <c r="AR53" s="124"/>
       <c r="AS53" s="124"/>
       <c r="AT53" s="125"/>
       <c r="AU53" s="127">
         <v>1002274</v>
       </c>
     </row>
-    <row r="54" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A54" s="33" t="s">
         <v>26</v>
       </c>
       <c r="B54" s="128"/>
       <c r="C54" s="95"/>
       <c r="D54" s="96"/>
       <c r="E54" s="97"/>
       <c r="F54" s="97"/>
       <c r="G54" s="97"/>
       <c r="H54" s="98"/>
       <c r="I54" s="96"/>
       <c r="J54" s="97"/>
       <c r="K54" s="97"/>
       <c r="L54" s="98"/>
       <c r="M54" s="96"/>
       <c r="N54" s="97"/>
       <c r="O54" s="97"/>
       <c r="P54" s="97"/>
       <c r="Q54" s="97"/>
       <c r="R54" s="97"/>
       <c r="S54" s="97"/>
       <c r="T54" s="97"/>
       <c r="U54" s="97"/>
       <c r="V54" s="99"/>
       <c r="W54" s="95"/>
       <c r="X54" s="96"/>
       <c r="Y54" s="97"/>
       <c r="Z54" s="97"/>
       <c r="AA54" s="98"/>
       <c r="AB54" s="96"/>
       <c r="AC54" s="97"/>
       <c r="AD54" s="97"/>
       <c r="AE54" s="97"/>
       <c r="AF54" s="98"/>
       <c r="AG54" s="96"/>
       <c r="AH54" s="97"/>
       <c r="AI54" s="97"/>
       <c r="AJ54" s="97"/>
       <c r="AK54" s="97"/>
       <c r="AL54" s="97"/>
       <c r="AM54" s="97"/>
       <c r="AN54" s="97"/>
       <c r="AO54" s="97"/>
       <c r="AP54" s="98"/>
       <c r="AQ54" s="96"/>
       <c r="AR54" s="97"/>
       <c r="AS54" s="97"/>
       <c r="AT54" s="98"/>
       <c r="AU54" s="100">
-        <v>2311428</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+        <v>2289516</v>
+      </c>
+    </row>
+    <row r="55" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A55" s="34" t="s">
         <v>27</v>
       </c>
       <c r="B55" s="81"/>
       <c r="C55" s="50"/>
       <c r="D55" s="51"/>
       <c r="E55" s="52"/>
       <c r="F55" s="52"/>
       <c r="G55" s="52"/>
       <c r="H55" s="53"/>
       <c r="I55" s="51"/>
       <c r="J55" s="52"/>
       <c r="K55" s="52"/>
       <c r="L55" s="53"/>
       <c r="M55" s="51"/>
       <c r="N55" s="52"/>
       <c r="O55" s="52"/>
       <c r="P55" s="52"/>
       <c r="Q55" s="52"/>
       <c r="R55" s="52"/>
       <c r="S55" s="52"/>
       <c r="T55" s="52"/>
       <c r="U55" s="52"/>
       <c r="V55" s="54"/>
       <c r="W55" s="50"/>
@@ -7344,51 +7344,51 @@
       <c r="Z55" s="52"/>
       <c r="AA55" s="53"/>
       <c r="AB55" s="51"/>
       <c r="AC55" s="52"/>
       <c r="AD55" s="52"/>
       <c r="AE55" s="52"/>
       <c r="AF55" s="53"/>
       <c r="AG55" s="51"/>
       <c r="AH55" s="52"/>
       <c r="AI55" s="52"/>
       <c r="AJ55" s="52"/>
       <c r="AK55" s="52"/>
       <c r="AL55" s="52"/>
       <c r="AM55" s="52"/>
       <c r="AN55" s="52"/>
       <c r="AO55" s="52"/>
       <c r="AP55" s="53"/>
       <c r="AQ55" s="51"/>
       <c r="AR55" s="52"/>
       <c r="AS55" s="52"/>
       <c r="AT55" s="53"/>
       <c r="AU55" s="55">
         <v>217682</v>
       </c>
     </row>
-    <row r="56" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A56" s="40" t="s">
         <v>28</v>
       </c>
       <c r="B56" s="81"/>
       <c r="C56" s="50"/>
       <c r="D56" s="51"/>
       <c r="E56" s="52"/>
       <c r="F56" s="52"/>
       <c r="G56" s="52"/>
       <c r="H56" s="53"/>
       <c r="I56" s="51"/>
       <c r="J56" s="52"/>
       <c r="K56" s="52"/>
       <c r="L56" s="53"/>
       <c r="M56" s="51"/>
       <c r="N56" s="52"/>
       <c r="O56" s="52"/>
       <c r="P56" s="52"/>
       <c r="Q56" s="52"/>
       <c r="R56" s="52"/>
       <c r="S56" s="52"/>
       <c r="T56" s="52"/>
       <c r="U56" s="52"/>
       <c r="V56" s="54"/>
       <c r="W56" s="50"/>
@@ -7397,51 +7397,51 @@
       <c r="Z56" s="52"/>
       <c r="AA56" s="53"/>
       <c r="AB56" s="51"/>
       <c r="AC56" s="52"/>
       <c r="AD56" s="52"/>
       <c r="AE56" s="52"/>
       <c r="AF56" s="53"/>
       <c r="AG56" s="51"/>
       <c r="AH56" s="52"/>
       <c r="AI56" s="52"/>
       <c r="AJ56" s="52"/>
       <c r="AK56" s="52"/>
       <c r="AL56" s="52"/>
       <c r="AM56" s="52"/>
       <c r="AN56" s="52"/>
       <c r="AO56" s="52"/>
       <c r="AP56" s="53"/>
       <c r="AQ56" s="51"/>
       <c r="AR56" s="52"/>
       <c r="AS56" s="52"/>
       <c r="AT56" s="53"/>
       <c r="AU56" s="55">
         <v>114408</v>
       </c>
     </row>
-    <row r="57" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A57" s="34" t="s">
         <v>29</v>
       </c>
       <c r="B57" s="81"/>
       <c r="C57" s="50"/>
       <c r="D57" s="51"/>
       <c r="E57" s="52"/>
       <c r="F57" s="52"/>
       <c r="G57" s="52"/>
       <c r="H57" s="53"/>
       <c r="I57" s="51"/>
       <c r="J57" s="52"/>
       <c r="K57" s="52"/>
       <c r="L57" s="53"/>
       <c r="M57" s="51"/>
       <c r="N57" s="52"/>
       <c r="O57" s="52"/>
       <c r="P57" s="52"/>
       <c r="Q57" s="52"/>
       <c r="R57" s="52"/>
       <c r="S57" s="52"/>
       <c r="T57" s="52"/>
       <c r="U57" s="52"/>
       <c r="V57" s="54"/>
       <c r="W57" s="50"/>
@@ -7450,51 +7450,51 @@
       <c r="Z57" s="52"/>
       <c r="AA57" s="53"/>
       <c r="AB57" s="51"/>
       <c r="AC57" s="52"/>
       <c r="AD57" s="52"/>
       <c r="AE57" s="52"/>
       <c r="AF57" s="53"/>
       <c r="AG57" s="51"/>
       <c r="AH57" s="52"/>
       <c r="AI57" s="52"/>
       <c r="AJ57" s="52"/>
       <c r="AK57" s="52"/>
       <c r="AL57" s="52"/>
       <c r="AM57" s="52"/>
       <c r="AN57" s="52"/>
       <c r="AO57" s="52"/>
       <c r="AP57" s="53"/>
       <c r="AQ57" s="51"/>
       <c r="AR57" s="52"/>
       <c r="AS57" s="52"/>
       <c r="AT57" s="53"/>
       <c r="AU57" s="55">
         <v>76708</v>
       </c>
     </row>
-    <row r="58" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A58" s="34" t="s">
         <v>30</v>
       </c>
       <c r="B58" s="81"/>
       <c r="C58" s="50"/>
       <c r="D58" s="51"/>
       <c r="E58" s="52"/>
       <c r="F58" s="52"/>
       <c r="G58" s="52"/>
       <c r="H58" s="53"/>
       <c r="I58" s="51"/>
       <c r="J58" s="52"/>
       <c r="K58" s="52"/>
       <c r="L58" s="53"/>
       <c r="M58" s="51"/>
       <c r="N58" s="52"/>
       <c r="O58" s="52"/>
       <c r="P58" s="52"/>
       <c r="Q58" s="52"/>
       <c r="R58" s="52"/>
       <c r="S58" s="52"/>
       <c r="T58" s="52"/>
       <c r="U58" s="52"/>
       <c r="V58" s="54"/>
       <c r="W58" s="50"/>
@@ -7503,51 +7503,51 @@
       <c r="Z58" s="52"/>
       <c r="AA58" s="53"/>
       <c r="AB58" s="51"/>
       <c r="AC58" s="52"/>
       <c r="AD58" s="52"/>
       <c r="AE58" s="52"/>
       <c r="AF58" s="53"/>
       <c r="AG58" s="51"/>
       <c r="AH58" s="52"/>
       <c r="AI58" s="52"/>
       <c r="AJ58" s="52"/>
       <c r="AK58" s="52"/>
       <c r="AL58" s="52"/>
       <c r="AM58" s="52"/>
       <c r="AN58" s="52"/>
       <c r="AO58" s="52"/>
       <c r="AP58" s="53"/>
       <c r="AQ58" s="51"/>
       <c r="AR58" s="52"/>
       <c r="AS58" s="52"/>
       <c r="AT58" s="53"/>
       <c r="AU58" s="55">
         <v>234057</v>
       </c>
     </row>
-    <row r="59" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A59" s="34" t="s">
         <v>31</v>
       </c>
       <c r="B59" s="55">
         <v>508060</v>
       </c>
       <c r="C59" s="55">
         <v>38418</v>
       </c>
       <c r="D59" s="82">
         <v>672</v>
       </c>
       <c r="E59" s="52"/>
       <c r="F59" s="52"/>
       <c r="G59" s="52"/>
       <c r="H59" s="53"/>
       <c r="I59" s="82">
         <v>92</v>
       </c>
       <c r="J59" s="52"/>
       <c r="K59" s="52"/>
       <c r="L59" s="53"/>
       <c r="M59" s="82">
         <v>37654</v>
       </c>
@@ -7582,51 +7582,51 @@
       <c r="AH59" s="52"/>
       <c r="AI59" s="52"/>
       <c r="AJ59" s="52"/>
       <c r="AK59" s="52"/>
       <c r="AL59" s="52"/>
       <c r="AM59" s="52"/>
       <c r="AN59" s="52"/>
       <c r="AO59" s="52"/>
       <c r="AP59" s="53"/>
       <c r="AQ59" s="82">
         <v>8833</v>
       </c>
       <c r="AR59" s="72">
         <v>6737</v>
       </c>
       <c r="AS59" s="72">
         <v>0</v>
       </c>
       <c r="AT59" s="84">
         <v>2096</v>
       </c>
       <c r="AU59" s="55">
         <v>516893</v>
       </c>
     </row>
-    <row r="60" spans="1:47" s="32" customFormat="1" ht="28.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:47" s="32" customFormat="1" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="41" t="s">
         <v>32</v>
       </c>
       <c r="B60" s="56"/>
       <c r="C60" s="56"/>
       <c r="D60" s="57"/>
       <c r="E60" s="58"/>
       <c r="F60" s="58"/>
       <c r="G60" s="58"/>
       <c r="H60" s="59"/>
       <c r="I60" s="57"/>
       <c r="J60" s="58"/>
       <c r="K60" s="58"/>
       <c r="L60" s="59"/>
       <c r="M60" s="57"/>
       <c r="N60" s="58"/>
       <c r="O60" s="58"/>
       <c r="P60" s="58"/>
       <c r="Q60" s="58"/>
       <c r="R60" s="58"/>
       <c r="S60" s="58"/>
       <c r="T60" s="58"/>
       <c r="U60" s="58"/>
       <c r="V60" s="60"/>
       <c r="W60" s="56"/>
@@ -7635,104 +7635,104 @@
       <c r="Z60" s="58"/>
       <c r="AA60" s="59"/>
       <c r="AB60" s="57"/>
       <c r="AC60" s="58"/>
       <c r="AD60" s="58"/>
       <c r="AE60" s="58"/>
       <c r="AF60" s="59"/>
       <c r="AG60" s="57"/>
       <c r="AH60" s="58"/>
       <c r="AI60" s="58"/>
       <c r="AJ60" s="58"/>
       <c r="AK60" s="58"/>
       <c r="AL60" s="58"/>
       <c r="AM60" s="58"/>
       <c r="AN60" s="58"/>
       <c r="AO60" s="58"/>
       <c r="AP60" s="59"/>
       <c r="AQ60" s="57"/>
       <c r="AR60" s="58"/>
       <c r="AS60" s="58"/>
       <c r="AT60" s="59"/>
       <c r="AU60" s="61">
         <v>224</v>
       </c>
     </row>
-    <row r="61" spans="1:47" s="32" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:47" s="32" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="89" t="s">
         <v>115</v>
       </c>
       <c r="B61" s="129"/>
       <c r="C61" s="129"/>
       <c r="D61" s="130"/>
       <c r="E61" s="131"/>
       <c r="F61" s="131"/>
       <c r="G61" s="131"/>
       <c r="H61" s="132"/>
       <c r="I61" s="130"/>
       <c r="J61" s="131"/>
       <c r="K61" s="131"/>
       <c r="L61" s="132"/>
       <c r="M61" s="130"/>
       <c r="N61" s="131"/>
       <c r="O61" s="131"/>
       <c r="P61" s="131"/>
       <c r="Q61" s="131"/>
       <c r="R61" s="131"/>
       <c r="S61" s="131"/>
       <c r="T61" s="131"/>
       <c r="U61" s="131"/>
       <c r="V61" s="133"/>
       <c r="W61" s="129"/>
       <c r="X61" s="130"/>
       <c r="Y61" s="131"/>
       <c r="Z61" s="131"/>
       <c r="AA61" s="132"/>
       <c r="AB61" s="130"/>
       <c r="AC61" s="131"/>
       <c r="AD61" s="131"/>
       <c r="AE61" s="131"/>
       <c r="AF61" s="132"/>
       <c r="AG61" s="130"/>
       <c r="AH61" s="131"/>
       <c r="AI61" s="131"/>
       <c r="AJ61" s="131"/>
       <c r="AK61" s="131"/>
       <c r="AL61" s="131"/>
       <c r="AM61" s="131"/>
       <c r="AN61" s="131"/>
       <c r="AO61" s="131"/>
       <c r="AP61" s="132"/>
       <c r="AQ61" s="130"/>
       <c r="AR61" s="131"/>
       <c r="AS61" s="131"/>
       <c r="AT61" s="132"/>
       <c r="AU61" s="146">
-        <v>128677439.99964678</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+        <v>128655527.99964678</v>
+      </c>
+    </row>
+    <row r="62" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="42" t="s">
         <v>33</v>
       </c>
       <c r="B62" s="105">
         <v>88162246</v>
       </c>
       <c r="C62" s="105">
         <v>79058261</v>
       </c>
       <c r="D62" s="106">
         <v>148074</v>
       </c>
       <c r="E62" s="107">
         <v>43912</v>
       </c>
       <c r="F62" s="107">
         <v>104161</v>
       </c>
       <c r="G62" s="107">
         <v>0</v>
       </c>
       <c r="H62" s="108">
         <v>0</v>
       </c>
       <c r="I62" s="106">
@@ -7819,51 +7819,51 @@
       <c r="AL62" s="107">
         <v>661207</v>
       </c>
       <c r="AM62" s="107">
         <v>433869</v>
       </c>
       <c r="AN62" s="118"/>
       <c r="AO62" s="118"/>
       <c r="AP62" s="117"/>
       <c r="AQ62" s="106">
         <v>5904772</v>
       </c>
       <c r="AR62" s="107">
         <v>3135515</v>
       </c>
       <c r="AS62" s="107">
         <v>8039</v>
       </c>
       <c r="AT62" s="108">
         <v>2761218</v>
       </c>
       <c r="AU62" s="105">
         <v>94067018</v>
       </c>
     </row>
-    <row r="63" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A63" s="34" t="s">
         <v>34</v>
       </c>
       <c r="B63" s="55">
         <v>77253807</v>
       </c>
       <c r="C63" s="55">
         <v>73046341</v>
       </c>
       <c r="D63" s="51"/>
       <c r="E63" s="52"/>
       <c r="F63" s="52"/>
       <c r="G63" s="52"/>
       <c r="H63" s="53"/>
       <c r="I63" s="51"/>
       <c r="J63" s="52"/>
       <c r="K63" s="52"/>
       <c r="L63" s="53"/>
       <c r="M63" s="51"/>
       <c r="N63" s="52"/>
       <c r="O63" s="52"/>
       <c r="P63" s="52"/>
       <c r="Q63" s="52"/>
       <c r="R63" s="52"/>
       <c r="S63" s="52"/>
@@ -7880,51 +7880,51 @@
       <c r="AB63" s="51"/>
       <c r="AC63" s="52"/>
       <c r="AD63" s="52"/>
       <c r="AE63" s="52"/>
       <c r="AF63" s="53"/>
       <c r="AG63" s="51"/>
       <c r="AH63" s="52"/>
       <c r="AI63" s="52"/>
       <c r="AJ63" s="52"/>
       <c r="AK63" s="52"/>
       <c r="AL63" s="52"/>
       <c r="AM63" s="52"/>
       <c r="AN63" s="52"/>
       <c r="AO63" s="52"/>
       <c r="AP63" s="53"/>
       <c r="AQ63" s="62">
         <v>3550810</v>
       </c>
       <c r="AR63" s="52"/>
       <c r="AS63" s="52"/>
       <c r="AT63" s="53"/>
       <c r="AU63" s="55">
         <v>80804616</v>
       </c>
     </row>
-    <row r="64" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="34" t="s">
         <v>35</v>
       </c>
       <c r="B64" s="55">
         <v>10908440</v>
       </c>
       <c r="C64" s="55">
         <v>6011920</v>
       </c>
       <c r="D64" s="51"/>
       <c r="E64" s="52"/>
       <c r="F64" s="52"/>
       <c r="G64" s="52"/>
       <c r="H64" s="53"/>
       <c r="I64" s="51"/>
       <c r="J64" s="52"/>
       <c r="K64" s="52"/>
       <c r="L64" s="53"/>
       <c r="M64" s="51"/>
       <c r="N64" s="52"/>
       <c r="O64" s="52"/>
       <c r="P64" s="52"/>
       <c r="Q64" s="52"/>
       <c r="R64" s="52"/>
       <c r="S64" s="52"/>
@@ -7941,51 +7941,51 @@
       <c r="AB64" s="51"/>
       <c r="AC64" s="52"/>
       <c r="AD64" s="52"/>
       <c r="AE64" s="52"/>
       <c r="AF64" s="53"/>
       <c r="AG64" s="51"/>
       <c r="AH64" s="52"/>
       <c r="AI64" s="52"/>
       <c r="AJ64" s="52"/>
       <c r="AK64" s="52"/>
       <c r="AL64" s="52"/>
       <c r="AM64" s="52"/>
       <c r="AN64" s="52"/>
       <c r="AO64" s="52"/>
       <c r="AP64" s="53"/>
       <c r="AQ64" s="62">
         <v>2353962</v>
       </c>
       <c r="AR64" s="52"/>
       <c r="AS64" s="52"/>
       <c r="AT64" s="53"/>
       <c r="AU64" s="55">
         <v>13262402</v>
       </c>
     </row>
-    <row r="65" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A65" s="36" t="s">
         <v>36</v>
       </c>
       <c r="B65" s="66"/>
       <c r="C65" s="66"/>
       <c r="D65" s="67"/>
       <c r="E65" s="68"/>
       <c r="F65" s="69">
         <v>681</v>
       </c>
       <c r="G65" s="69">
         <v>0</v>
       </c>
       <c r="H65" s="70"/>
       <c r="I65" s="67"/>
       <c r="J65" s="68"/>
       <c r="K65" s="68"/>
       <c r="L65" s="70"/>
       <c r="M65" s="67"/>
       <c r="N65" s="68"/>
       <c r="O65" s="68"/>
       <c r="P65" s="68"/>
       <c r="Q65" s="68"/>
       <c r="R65" s="68"/>
       <c r="S65" s="68"/>
@@ -8000,51 +8000,51 @@
       </c>
       <c r="AA65" s="70"/>
       <c r="AB65" s="67"/>
       <c r="AC65" s="68"/>
       <c r="AD65" s="68"/>
       <c r="AE65" s="68"/>
       <c r="AF65" s="70"/>
       <c r="AG65" s="67"/>
       <c r="AH65" s="68"/>
       <c r="AI65" s="68"/>
       <c r="AJ65" s="68"/>
       <c r="AK65" s="68"/>
       <c r="AL65" s="68"/>
       <c r="AM65" s="68"/>
       <c r="AN65" s="68"/>
       <c r="AO65" s="68"/>
       <c r="AP65" s="70"/>
       <c r="AQ65" s="67"/>
       <c r="AR65" s="69">
         <v>2968175</v>
       </c>
       <c r="AS65" s="68"/>
       <c r="AT65" s="70"/>
       <c r="AU65" s="66"/>
     </row>
-    <row r="66" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A66" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B66" s="134">
         <v>86126574</v>
       </c>
       <c r="C66" s="134">
         <v>77205313</v>
       </c>
       <c r="D66" s="135">
         <v>142513</v>
       </c>
       <c r="E66" s="136">
         <v>43659</v>
       </c>
       <c r="F66" s="136">
         <v>98854</v>
       </c>
       <c r="G66" s="136">
         <v>0</v>
       </c>
       <c r="H66" s="137">
         <v>0</v>
       </c>
       <c r="I66" s="135">
@@ -8131,51 +8131,51 @@
       <c r="AL66" s="136">
         <v>588553</v>
       </c>
       <c r="AM66" s="136">
         <v>430292</v>
       </c>
       <c r="AN66" s="138"/>
       <c r="AO66" s="138"/>
       <c r="AP66" s="140"/>
       <c r="AQ66" s="135">
         <v>4081311</v>
       </c>
       <c r="AR66" s="136">
         <v>2122474</v>
       </c>
       <c r="AS66" s="136">
         <v>7920</v>
       </c>
       <c r="AT66" s="137">
         <v>1950917</v>
       </c>
       <c r="AU66" s="134">
         <v>90207885</v>
       </c>
     </row>
-    <row r="67" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A67" s="43" t="s">
         <v>38</v>
       </c>
       <c r="B67" s="134">
         <v>55862683</v>
       </c>
       <c r="C67" s="134">
         <v>54946683</v>
       </c>
       <c r="D67" s="135">
         <v>7952</v>
       </c>
       <c r="E67" s="136">
         <v>804</v>
       </c>
       <c r="F67" s="136">
         <v>7148</v>
       </c>
       <c r="G67" s="136">
         <v>0</v>
       </c>
       <c r="H67" s="137">
         <v>0</v>
       </c>
       <c r="I67" s="135">
@@ -8262,51 +8262,51 @@
       <c r="AL67" s="136">
         <v>129691</v>
       </c>
       <c r="AM67" s="136">
         <v>92814</v>
       </c>
       <c r="AN67" s="138"/>
       <c r="AO67" s="138"/>
       <c r="AP67" s="140"/>
       <c r="AQ67" s="135">
         <v>1454445</v>
       </c>
       <c r="AR67" s="136">
         <v>314276</v>
       </c>
       <c r="AS67" s="136">
         <v>7917</v>
       </c>
       <c r="AT67" s="137">
         <v>1132252</v>
       </c>
       <c r="AU67" s="134">
         <v>57317128</v>
       </c>
     </row>
-    <row r="68" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A68" s="37" t="s">
         <v>39</v>
       </c>
       <c r="B68" s="105">
         <v>27930824</v>
       </c>
       <c r="C68" s="105">
         <v>21347706</v>
       </c>
       <c r="D68" s="106">
         <v>134561</v>
       </c>
       <c r="E68" s="107">
         <v>42855</v>
       </c>
       <c r="F68" s="107">
         <v>91706</v>
       </c>
       <c r="G68" s="107">
         <v>0</v>
       </c>
       <c r="H68" s="108">
         <v>0</v>
       </c>
       <c r="I68" s="106">
@@ -8393,51 +8393,51 @@
       <c r="AL68" s="107">
         <v>457287</v>
       </c>
       <c r="AM68" s="107">
         <v>334993</v>
       </c>
       <c r="AN68" s="118"/>
       <c r="AO68" s="118"/>
       <c r="AP68" s="117"/>
       <c r="AQ68" s="106">
         <v>2622429</v>
       </c>
       <c r="AR68" s="107">
         <v>1808198</v>
       </c>
       <c r="AS68" s="107">
         <v>3</v>
       </c>
       <c r="AT68" s="108">
         <v>814228</v>
       </c>
       <c r="AU68" s="105">
         <v>30553253</v>
       </c>
     </row>
-    <row r="69" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A69" s="34" t="s">
         <v>40</v>
       </c>
       <c r="B69" s="55">
         <v>18142327</v>
       </c>
       <c r="C69" s="55">
         <v>15356339</v>
       </c>
       <c r="D69" s="62">
         <v>126456</v>
       </c>
       <c r="E69" s="63">
         <v>40000</v>
       </c>
       <c r="F69" s="63">
         <v>86456</v>
       </c>
       <c r="G69" s="63">
         <v>0</v>
       </c>
       <c r="H69" s="64">
         <v>0</v>
       </c>
       <c r="I69" s="62">
@@ -8524,51 +8524,51 @@
       <c r="AL69" s="63">
         <v>457231</v>
       </c>
       <c r="AM69" s="63">
         <v>219321</v>
       </c>
       <c r="AN69" s="52"/>
       <c r="AO69" s="52"/>
       <c r="AP69" s="53"/>
       <c r="AQ69" s="62">
         <v>374196</v>
       </c>
       <c r="AR69" s="63">
         <v>2537</v>
       </c>
       <c r="AS69" s="63">
         <v>3</v>
       </c>
       <c r="AT69" s="64">
         <v>371656</v>
       </c>
       <c r="AU69" s="55">
         <v>18516522</v>
       </c>
     </row>
-    <row r="70" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A70" s="34" t="s">
         <v>41</v>
       </c>
       <c r="B70" s="55">
         <v>2073269</v>
       </c>
       <c r="C70" s="55">
         <v>1619678</v>
       </c>
       <c r="D70" s="62">
         <v>0</v>
       </c>
       <c r="E70" s="63">
         <v>0</v>
       </c>
       <c r="F70" s="63">
         <v>0</v>
       </c>
       <c r="G70" s="63">
         <v>0</v>
       </c>
       <c r="H70" s="64">
         <v>0</v>
       </c>
       <c r="I70" s="62">
@@ -8655,51 +8655,51 @@
       <c r="AL70" s="63">
         <v>0</v>
       </c>
       <c r="AM70" s="63">
         <v>75841</v>
       </c>
       <c r="AN70" s="52"/>
       <c r="AO70" s="52"/>
       <c r="AP70" s="53"/>
       <c r="AQ70" s="62">
         <v>12111</v>
       </c>
       <c r="AR70" s="63">
         <v>2249</v>
       </c>
       <c r="AS70" s="63">
         <v>0</v>
       </c>
       <c r="AT70" s="64">
         <v>9862</v>
       </c>
       <c r="AU70" s="55">
         <v>2085380</v>
       </c>
     </row>
-    <row r="71" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A71" s="36" t="s">
         <v>42</v>
       </c>
       <c r="B71" s="73">
         <v>7715229</v>
       </c>
       <c r="C71" s="73">
         <v>4371690</v>
       </c>
       <c r="D71" s="74">
         <v>8105</v>
       </c>
       <c r="E71" s="69">
         <v>2855</v>
       </c>
       <c r="F71" s="69">
         <v>5250</v>
       </c>
       <c r="G71" s="69">
         <v>0</v>
       </c>
       <c r="H71" s="75">
         <v>0</v>
       </c>
       <c r="I71" s="74">
@@ -8786,51 +8786,51 @@
       <c r="AL71" s="69">
         <v>56</v>
       </c>
       <c r="AM71" s="69">
         <v>39830</v>
       </c>
       <c r="AN71" s="68"/>
       <c r="AO71" s="68"/>
       <c r="AP71" s="70"/>
       <c r="AQ71" s="74">
         <v>2236122</v>
       </c>
       <c r="AR71" s="69">
         <v>1803413</v>
       </c>
       <c r="AS71" s="69">
         <v>0</v>
       </c>
       <c r="AT71" s="75">
         <v>432709</v>
       </c>
       <c r="AU71" s="73">
         <v>9951350</v>
       </c>
     </row>
-    <row r="72" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A72" s="37" t="s">
         <v>43</v>
       </c>
       <c r="B72" s="105">
         <v>918860</v>
       </c>
       <c r="C72" s="105">
         <v>910401</v>
       </c>
       <c r="D72" s="141">
         <v>0</v>
       </c>
       <c r="E72" s="118"/>
       <c r="F72" s="142"/>
       <c r="G72" s="142"/>
       <c r="H72" s="143">
         <v>0</v>
       </c>
       <c r="I72" s="106">
         <v>13821</v>
       </c>
       <c r="J72" s="107">
         <v>0</v>
       </c>
       <c r="K72" s="107">
@@ -8907,51 +8907,51 @@
       <c r="AL72" s="107">
         <v>1575</v>
       </c>
       <c r="AM72" s="107">
         <v>2485</v>
       </c>
       <c r="AN72" s="118"/>
       <c r="AO72" s="118"/>
       <c r="AP72" s="117"/>
       <c r="AQ72" s="106">
         <v>4437</v>
       </c>
       <c r="AR72" s="107">
         <v>0</v>
       </c>
       <c r="AS72" s="107">
         <v>0</v>
       </c>
       <c r="AT72" s="108">
         <v>4437</v>
       </c>
       <c r="AU72" s="105">
         <v>923298</v>
       </c>
     </row>
-    <row r="73" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A73" s="34" t="s">
         <v>44</v>
       </c>
       <c r="B73" s="55">
         <v>900831</v>
       </c>
       <c r="C73" s="55">
         <v>892403</v>
       </c>
       <c r="D73" s="82">
         <v>0</v>
       </c>
       <c r="E73" s="52"/>
       <c r="F73" s="85"/>
       <c r="G73" s="85"/>
       <c r="H73" s="84">
         <v>0</v>
       </c>
       <c r="I73" s="62">
         <v>13821</v>
       </c>
       <c r="J73" s="63">
         <v>0</v>
       </c>
       <c r="K73" s="63">
@@ -9028,51 +9028,51 @@
       <c r="AL73" s="63">
         <v>1575</v>
       </c>
       <c r="AM73" s="63">
         <v>2454</v>
       </c>
       <c r="AN73" s="52"/>
       <c r="AO73" s="52"/>
       <c r="AP73" s="53"/>
       <c r="AQ73" s="62">
         <v>4408</v>
       </c>
       <c r="AR73" s="63">
         <v>0</v>
       </c>
       <c r="AS73" s="63">
         <v>0</v>
       </c>
       <c r="AT73" s="64">
         <v>4408</v>
       </c>
       <c r="AU73" s="55">
         <v>905239</v>
       </c>
     </row>
-    <row r="74" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A74" s="34" t="s">
         <v>45</v>
       </c>
       <c r="B74" s="55">
         <v>18020</v>
       </c>
       <c r="C74" s="55">
         <v>17988</v>
       </c>
       <c r="D74" s="82">
         <v>0</v>
       </c>
       <c r="E74" s="52"/>
       <c r="F74" s="85"/>
       <c r="G74" s="85"/>
       <c r="H74" s="84">
         <v>0</v>
       </c>
       <c r="I74" s="62">
         <v>0</v>
       </c>
       <c r="J74" s="63">
         <v>0</v>
       </c>
       <c r="K74" s="63">
@@ -9149,51 +9149,51 @@
       <c r="AL74" s="63">
         <v>0</v>
       </c>
       <c r="AM74" s="63">
         <v>31</v>
       </c>
       <c r="AN74" s="52"/>
       <c r="AO74" s="52"/>
       <c r="AP74" s="53"/>
       <c r="AQ74" s="62">
         <v>29</v>
       </c>
       <c r="AR74" s="63">
         <v>0</v>
       </c>
       <c r="AS74" s="63">
         <v>0</v>
       </c>
       <c r="AT74" s="64">
         <v>29</v>
       </c>
       <c r="AU74" s="55">
         <v>18049</v>
       </c>
     </row>
-    <row r="75" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A75" s="36" t="s">
         <v>42</v>
       </c>
       <c r="B75" s="73">
         <v>10</v>
       </c>
       <c r="C75" s="73">
         <v>10</v>
       </c>
       <c r="D75" s="86">
         <v>0</v>
       </c>
       <c r="E75" s="68"/>
       <c r="F75" s="87"/>
       <c r="G75" s="87"/>
       <c r="H75" s="88">
         <v>0</v>
       </c>
       <c r="I75" s="74">
         <v>0</v>
       </c>
       <c r="J75" s="69">
         <v>0</v>
       </c>
       <c r="K75" s="69">
@@ -9270,51 +9270,51 @@
       <c r="AL75" s="69">
         <v>0</v>
       </c>
       <c r="AM75" s="69">
         <v>0</v>
       </c>
       <c r="AN75" s="68"/>
       <c r="AO75" s="68"/>
       <c r="AP75" s="70"/>
       <c r="AQ75" s="74">
         <v>0</v>
       </c>
       <c r="AR75" s="69">
         <v>0</v>
       </c>
       <c r="AS75" s="69">
         <v>0</v>
       </c>
       <c r="AT75" s="75">
         <v>0</v>
       </c>
       <c r="AU75" s="73">
         <v>10</v>
       </c>
     </row>
-    <row r="76" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A76" s="37" t="s">
         <v>46</v>
       </c>
       <c r="B76" s="105">
         <v>1414207</v>
       </c>
       <c r="C76" s="105">
         <v>522</v>
       </c>
       <c r="D76" s="106">
         <v>0</v>
       </c>
       <c r="E76" s="107">
         <v>0</v>
       </c>
       <c r="F76" s="107">
         <v>0</v>
       </c>
       <c r="G76" s="107">
         <v>0</v>
       </c>
       <c r="H76" s="108">
         <v>0</v>
       </c>
       <c r="I76" s="106">
@@ -9401,51 +9401,51 @@
       <c r="AL76" s="107">
         <v>0</v>
       </c>
       <c r="AM76" s="107">
         <v>0</v>
       </c>
       <c r="AN76" s="118"/>
       <c r="AO76" s="118"/>
       <c r="AP76" s="117"/>
       <c r="AQ76" s="106">
         <v>0</v>
       </c>
       <c r="AR76" s="107">
         <v>0</v>
       </c>
       <c r="AS76" s="107">
         <v>0</v>
       </c>
       <c r="AT76" s="108">
         <v>0</v>
       </c>
       <c r="AU76" s="105">
         <v>1414207</v>
       </c>
     </row>
-    <row r="77" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A77" s="36" t="s">
         <v>47</v>
       </c>
       <c r="B77" s="73">
         <v>664144</v>
       </c>
       <c r="C77" s="73">
         <v>0</v>
       </c>
       <c r="D77" s="74">
         <v>0</v>
       </c>
       <c r="E77" s="69">
         <v>0</v>
       </c>
       <c r="F77" s="69">
         <v>0</v>
       </c>
       <c r="G77" s="69">
         <v>0</v>
       </c>
       <c r="H77" s="75">
         <v>0</v>
       </c>
       <c r="I77" s="74">
@@ -9532,51 +9532,51 @@
       <c r="AL77" s="69">
         <v>0</v>
       </c>
       <c r="AM77" s="69">
         <v>0</v>
       </c>
       <c r="AN77" s="68"/>
       <c r="AO77" s="68"/>
       <c r="AP77" s="70"/>
       <c r="AQ77" s="74">
         <v>0</v>
       </c>
       <c r="AR77" s="69">
         <v>0</v>
       </c>
       <c r="AS77" s="69">
         <v>0</v>
       </c>
       <c r="AT77" s="75">
         <v>0</v>
       </c>
       <c r="AU77" s="73">
         <v>664144</v>
       </c>
     </row>
-    <row r="78" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A78" s="43" t="s">
         <v>48</v>
       </c>
       <c r="B78" s="134">
         <v>2035672</v>
       </c>
       <c r="C78" s="134">
         <v>1852948</v>
       </c>
       <c r="D78" s="135">
         <v>5560</v>
       </c>
       <c r="E78" s="136">
         <v>253</v>
       </c>
       <c r="F78" s="136">
         <v>5307</v>
       </c>
       <c r="G78" s="136">
         <v>0</v>
       </c>
       <c r="H78" s="137">
         <v>0</v>
       </c>
       <c r="I78" s="135">
@@ -9663,51 +9663,51 @@
       <c r="AL78" s="136">
         <v>72655</v>
       </c>
       <c r="AM78" s="136">
         <v>3578</v>
       </c>
       <c r="AN78" s="138"/>
       <c r="AO78" s="138"/>
       <c r="AP78" s="140"/>
       <c r="AQ78" s="135">
         <v>1823461</v>
       </c>
       <c r="AR78" s="136">
         <v>1013041</v>
       </c>
       <c r="AS78" s="136">
         <v>119</v>
       </c>
       <c r="AT78" s="137">
         <v>810301</v>
       </c>
       <c r="AU78" s="134">
         <v>3859133</v>
       </c>
     </row>
-    <row r="79" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A79" s="43" t="s">
         <v>49</v>
       </c>
       <c r="B79" s="134">
         <v>1034438</v>
       </c>
       <c r="C79" s="134">
         <v>994951</v>
       </c>
       <c r="D79" s="135">
         <v>930</v>
       </c>
       <c r="E79" s="136">
         <v>253</v>
       </c>
       <c r="F79" s="136">
         <v>676</v>
       </c>
       <c r="G79" s="136">
         <v>0</v>
       </c>
       <c r="H79" s="137">
         <v>0</v>
       </c>
       <c r="I79" s="135">
@@ -9794,51 +9794,51 @@
       <c r="AL79" s="136">
         <v>36136</v>
       </c>
       <c r="AM79" s="136">
         <v>2162</v>
       </c>
       <c r="AN79" s="138"/>
       <c r="AO79" s="138"/>
       <c r="AP79" s="140"/>
       <c r="AQ79" s="135">
         <v>708076</v>
       </c>
       <c r="AR79" s="136">
         <v>8810</v>
       </c>
       <c r="AS79" s="136">
         <v>119</v>
       </c>
       <c r="AT79" s="137">
         <v>699147</v>
       </c>
       <c r="AU79" s="134">
         <v>1742513</v>
       </c>
     </row>
-    <row r="80" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A80" s="37" t="s">
         <v>50</v>
       </c>
       <c r="B80" s="105">
         <v>987007</v>
       </c>
       <c r="C80" s="105">
         <v>843776</v>
       </c>
       <c r="D80" s="106">
         <v>4630</v>
       </c>
       <c r="E80" s="107">
         <v>0</v>
       </c>
       <c r="F80" s="107">
         <v>4630</v>
       </c>
       <c r="G80" s="107">
         <v>0</v>
       </c>
       <c r="H80" s="108">
         <v>0</v>
       </c>
       <c r="I80" s="106">
@@ -9925,51 +9925,51 @@
       <c r="AL80" s="107">
         <v>36519</v>
       </c>
       <c r="AM80" s="107">
         <v>1409</v>
       </c>
       <c r="AN80" s="118"/>
       <c r="AO80" s="118"/>
       <c r="AP80" s="117"/>
       <c r="AQ80" s="106">
         <v>1114921</v>
       </c>
       <c r="AR80" s="107">
         <v>1004231</v>
       </c>
       <c r="AS80" s="107">
         <v>0</v>
       </c>
       <c r="AT80" s="108">
         <v>110690</v>
       </c>
       <c r="AU80" s="105">
         <v>2101929</v>
       </c>
     </row>
-    <row r="81" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A81" s="34" t="s">
         <v>40</v>
       </c>
       <c r="B81" s="55">
         <v>969069</v>
       </c>
       <c r="C81" s="55">
         <v>825842</v>
       </c>
       <c r="D81" s="62">
         <v>4630</v>
       </c>
       <c r="E81" s="63">
         <v>0</v>
       </c>
       <c r="F81" s="63">
         <v>4630</v>
       </c>
       <c r="G81" s="63">
         <v>0</v>
       </c>
       <c r="H81" s="64">
         <v>0</v>
       </c>
       <c r="I81" s="62">
@@ -10056,51 +10056,51 @@
       <c r="AL81" s="63">
         <v>36519</v>
       </c>
       <c r="AM81" s="63">
         <v>1406</v>
       </c>
       <c r="AN81" s="52"/>
       <c r="AO81" s="52"/>
       <c r="AP81" s="53"/>
       <c r="AQ81" s="62">
         <v>1009192</v>
       </c>
       <c r="AR81" s="63">
         <v>898709</v>
       </c>
       <c r="AS81" s="63">
         <v>0</v>
       </c>
       <c r="AT81" s="64">
         <v>110484</v>
       </c>
       <c r="AU81" s="55">
         <v>1978262</v>
       </c>
     </row>
-    <row r="82" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A82" s="34" t="s">
         <v>51</v>
       </c>
       <c r="B82" s="55">
         <v>12210</v>
       </c>
       <c r="C82" s="55">
         <v>12206</v>
       </c>
       <c r="D82" s="62">
         <v>0</v>
       </c>
       <c r="E82" s="63">
         <v>0</v>
       </c>
       <c r="F82" s="63">
         <v>0</v>
       </c>
       <c r="G82" s="63">
         <v>0</v>
       </c>
       <c r="H82" s="64">
         <v>0</v>
       </c>
       <c r="I82" s="62">
@@ -10187,51 +10187,51 @@
       <c r="AL82" s="63">
         <v>0</v>
       </c>
       <c r="AM82" s="63">
         <v>4</v>
       </c>
       <c r="AN82" s="52"/>
       <c r="AO82" s="52"/>
       <c r="AP82" s="53"/>
       <c r="AQ82" s="62">
         <v>89</v>
       </c>
       <c r="AR82" s="63">
         <v>0</v>
       </c>
       <c r="AS82" s="63">
         <v>0</v>
       </c>
       <c r="AT82" s="64">
         <v>89</v>
       </c>
       <c r="AU82" s="55">
         <v>12299</v>
       </c>
     </row>
-    <row r="83" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A83" s="36" t="s">
         <v>52</v>
       </c>
       <c r="B83" s="73">
         <v>5728</v>
       </c>
       <c r="C83" s="73">
         <v>5728</v>
       </c>
       <c r="D83" s="74">
         <v>0</v>
       </c>
       <c r="E83" s="69">
         <v>0</v>
       </c>
       <c r="F83" s="69">
         <v>0</v>
       </c>
       <c r="G83" s="69">
         <v>0</v>
       </c>
       <c r="H83" s="75">
         <v>0</v>
       </c>
       <c r="I83" s="74">
@@ -10318,51 +10318,51 @@
       <c r="AL83" s="69">
         <v>0</v>
       </c>
       <c r="AM83" s="69">
         <v>0</v>
       </c>
       <c r="AN83" s="68"/>
       <c r="AO83" s="68"/>
       <c r="AP83" s="70"/>
       <c r="AQ83" s="74">
         <v>105639</v>
       </c>
       <c r="AR83" s="69">
         <v>105522</v>
       </c>
       <c r="AS83" s="69">
         <v>0</v>
       </c>
       <c r="AT83" s="75">
         <v>117</v>
       </c>
       <c r="AU83" s="73">
         <v>111368</v>
       </c>
     </row>
-    <row r="84" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A84" s="37" t="s">
         <v>53</v>
       </c>
       <c r="B84" s="105">
         <v>14227</v>
       </c>
       <c r="C84" s="105">
         <v>14220</v>
       </c>
       <c r="D84" s="141">
         <v>0</v>
       </c>
       <c r="E84" s="118"/>
       <c r="F84" s="142"/>
       <c r="G84" s="142"/>
       <c r="H84" s="143">
         <v>0</v>
       </c>
       <c r="I84" s="106">
         <v>0</v>
       </c>
       <c r="J84" s="107">
         <v>0</v>
       </c>
       <c r="K84" s="107">
@@ -10439,51 +10439,51 @@
       <c r="AL84" s="107">
         <v>0</v>
       </c>
       <c r="AM84" s="107">
         <v>7</v>
       </c>
       <c r="AN84" s="118"/>
       <c r="AO84" s="118"/>
       <c r="AP84" s="117"/>
       <c r="AQ84" s="106">
         <v>464</v>
       </c>
       <c r="AR84" s="107">
         <v>0</v>
       </c>
       <c r="AS84" s="107">
         <v>0</v>
       </c>
       <c r="AT84" s="108">
         <v>464</v>
       </c>
       <c r="AU84" s="105">
         <v>14691</v>
       </c>
     </row>
-    <row r="85" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A85" s="34" t="s">
         <v>54</v>
       </c>
       <c r="B85" s="55">
         <v>14032</v>
       </c>
       <c r="C85" s="55">
         <v>14025</v>
       </c>
       <c r="D85" s="82">
         <v>0</v>
       </c>
       <c r="E85" s="52"/>
       <c r="F85" s="85"/>
       <c r="G85" s="85"/>
       <c r="H85" s="84">
         <v>0</v>
       </c>
       <c r="I85" s="62">
         <v>0</v>
       </c>
       <c r="J85" s="63">
         <v>0</v>
       </c>
       <c r="K85" s="63">
@@ -10560,51 +10560,51 @@
       <c r="AL85" s="63">
         <v>0</v>
       </c>
       <c r="AM85" s="63">
         <v>7</v>
       </c>
       <c r="AN85" s="52"/>
       <c r="AO85" s="52"/>
       <c r="AP85" s="53"/>
       <c r="AQ85" s="62">
         <v>464</v>
       </c>
       <c r="AR85" s="63">
         <v>0</v>
       </c>
       <c r="AS85" s="63">
         <v>0</v>
       </c>
       <c r="AT85" s="64">
         <v>464</v>
       </c>
       <c r="AU85" s="55">
         <v>14496</v>
       </c>
     </row>
-    <row r="86" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A86" s="34" t="s">
         <v>45</v>
       </c>
       <c r="B86" s="55">
         <v>196</v>
       </c>
       <c r="C86" s="55">
         <v>196</v>
       </c>
       <c r="D86" s="82">
         <v>0</v>
       </c>
       <c r="E86" s="52"/>
       <c r="F86" s="85"/>
       <c r="G86" s="85"/>
       <c r="H86" s="84">
         <v>0</v>
       </c>
       <c r="I86" s="62">
         <v>0</v>
       </c>
       <c r="J86" s="63">
         <v>0</v>
       </c>
       <c r="K86" s="63">
@@ -10681,51 +10681,51 @@
       <c r="AL86" s="63">
         <v>0</v>
       </c>
       <c r="AM86" s="63">
         <v>0</v>
       </c>
       <c r="AN86" s="52"/>
       <c r="AO86" s="52"/>
       <c r="AP86" s="53"/>
       <c r="AQ86" s="62">
         <v>0</v>
       </c>
       <c r="AR86" s="63">
         <v>0</v>
       </c>
       <c r="AS86" s="63">
         <v>0</v>
       </c>
       <c r="AT86" s="64">
         <v>0</v>
       </c>
       <c r="AU86" s="55">
         <v>196</v>
       </c>
     </row>
-    <row r="87" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A87" s="36" t="s">
         <v>42</v>
       </c>
       <c r="B87" s="73">
         <v>0</v>
       </c>
       <c r="C87" s="73">
         <v>0</v>
       </c>
       <c r="D87" s="86">
         <v>0</v>
       </c>
       <c r="E87" s="68"/>
       <c r="F87" s="87"/>
       <c r="G87" s="87"/>
       <c r="H87" s="88">
         <v>0</v>
       </c>
       <c r="I87" s="74">
         <v>0</v>
       </c>
       <c r="J87" s="69">
         <v>0</v>
       </c>
       <c r="K87" s="69">
@@ -10802,51 +10802,51 @@
       <c r="AL87" s="69">
         <v>0</v>
       </c>
       <c r="AM87" s="69">
         <v>0</v>
       </c>
       <c r="AN87" s="68"/>
       <c r="AO87" s="68"/>
       <c r="AP87" s="70"/>
       <c r="AQ87" s="74">
         <v>0</v>
       </c>
       <c r="AR87" s="69">
         <v>0</v>
       </c>
       <c r="AS87" s="69">
         <v>0</v>
       </c>
       <c r="AT87" s="75">
         <v>0</v>
       </c>
       <c r="AU87" s="73">
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A88" s="37" t="s">
         <v>55</v>
       </c>
       <c r="B88" s="105">
         <v>0</v>
       </c>
       <c r="C88" s="105">
         <v>0</v>
       </c>
       <c r="D88" s="106">
         <v>0</v>
       </c>
       <c r="E88" s="107">
         <v>0</v>
       </c>
       <c r="F88" s="107">
         <v>0</v>
       </c>
       <c r="G88" s="107">
         <v>0</v>
       </c>
       <c r="H88" s="108">
         <v>0</v>
       </c>
       <c r="I88" s="106">
@@ -10933,51 +10933,51 @@
       <c r="AL88" s="107">
         <v>0</v>
       </c>
       <c r="AM88" s="107">
         <v>0</v>
       </c>
       <c r="AN88" s="118"/>
       <c r="AO88" s="118"/>
       <c r="AP88" s="117"/>
       <c r="AQ88" s="106">
         <v>0</v>
       </c>
       <c r="AR88" s="107">
         <v>0</v>
       </c>
       <c r="AS88" s="107">
         <v>0</v>
       </c>
       <c r="AT88" s="108">
         <v>0</v>
       </c>
       <c r="AU88" s="105">
         <v>0</v>
       </c>
     </row>
-    <row r="89" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A89" s="36" t="s">
         <v>56</v>
       </c>
       <c r="B89" s="73">
         <v>0</v>
       </c>
       <c r="C89" s="73">
         <v>0</v>
       </c>
       <c r="D89" s="74">
         <v>0</v>
       </c>
       <c r="E89" s="69">
         <v>0</v>
       </c>
       <c r="F89" s="69">
         <v>0</v>
       </c>
       <c r="G89" s="69">
         <v>0</v>
       </c>
       <c r="H89" s="75">
         <v>0</v>
       </c>
       <c r="I89" s="74">
@@ -11064,51 +11064,51 @@
       <c r="AL89" s="69">
         <v>0</v>
       </c>
       <c r="AM89" s="69">
         <v>0</v>
       </c>
       <c r="AN89" s="68"/>
       <c r="AO89" s="68"/>
       <c r="AP89" s="70"/>
       <c r="AQ89" s="74">
         <v>0</v>
       </c>
       <c r="AR89" s="69">
         <v>0</v>
       </c>
       <c r="AS89" s="69">
         <v>0</v>
       </c>
       <c r="AT89" s="75">
         <v>0</v>
       </c>
       <c r="AU89" s="73">
         <v>0</v>
       </c>
     </row>
-    <row r="90" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A90" s="42" t="s">
         <v>57</v>
       </c>
       <c r="B90" s="144">
         <v>13957518.215416867</v>
       </c>
       <c r="C90" s="144">
         <v>5664984.0307341572</v>
       </c>
       <c r="D90" s="145"/>
       <c r="E90" s="118"/>
       <c r="F90" s="118"/>
       <c r="G90" s="118"/>
       <c r="H90" s="117"/>
       <c r="I90" s="145"/>
       <c r="J90" s="118"/>
       <c r="K90" s="118"/>
       <c r="L90" s="117"/>
       <c r="M90" s="145"/>
       <c r="N90" s="118"/>
       <c r="O90" s="118"/>
       <c r="P90" s="118"/>
       <c r="Q90" s="118"/>
       <c r="R90" s="118"/>
       <c r="S90" s="118"/>
@@ -11125,51 +11125,51 @@
       <c r="AB90" s="145"/>
       <c r="AC90" s="118"/>
       <c r="AD90" s="118"/>
       <c r="AE90" s="118"/>
       <c r="AF90" s="117"/>
       <c r="AG90" s="145"/>
       <c r="AH90" s="118"/>
       <c r="AI90" s="118"/>
       <c r="AJ90" s="118"/>
       <c r="AK90" s="118"/>
       <c r="AL90" s="118"/>
       <c r="AM90" s="118"/>
       <c r="AN90" s="118"/>
       <c r="AO90" s="118"/>
       <c r="AP90" s="117"/>
       <c r="AQ90" s="145">
         <v>507420.78422992036</v>
       </c>
       <c r="AR90" s="118"/>
       <c r="AS90" s="118"/>
       <c r="AT90" s="117"/>
       <c r="AU90" s="105">
         <v>14464938.999646787</v>
       </c>
     </row>
-    <row r="91" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A91" s="34" t="s">
         <v>58</v>
       </c>
       <c r="B91" s="50">
         <v>0</v>
       </c>
       <c r="C91" s="50">
         <v>0</v>
       </c>
       <c r="D91" s="51"/>
       <c r="E91" s="52"/>
       <c r="F91" s="52"/>
       <c r="G91" s="52"/>
       <c r="H91" s="53"/>
       <c r="I91" s="51"/>
       <c r="J91" s="52"/>
       <c r="K91" s="52"/>
       <c r="L91" s="53"/>
       <c r="M91" s="51"/>
       <c r="N91" s="52"/>
       <c r="O91" s="52"/>
       <c r="P91" s="52"/>
       <c r="Q91" s="52"/>
       <c r="R91" s="52"/>
       <c r="S91" s="52"/>
@@ -11186,51 +11186,51 @@
       <c r="AB91" s="51"/>
       <c r="AC91" s="52"/>
       <c r="AD91" s="52"/>
       <c r="AE91" s="52"/>
       <c r="AF91" s="53"/>
       <c r="AG91" s="51"/>
       <c r="AH91" s="52"/>
       <c r="AI91" s="52"/>
       <c r="AJ91" s="52"/>
       <c r="AK91" s="52"/>
       <c r="AL91" s="52"/>
       <c r="AM91" s="52"/>
       <c r="AN91" s="52"/>
       <c r="AO91" s="52"/>
       <c r="AP91" s="53"/>
       <c r="AQ91" s="51">
         <v>0</v>
       </c>
       <c r="AR91" s="52"/>
       <c r="AS91" s="52"/>
       <c r="AT91" s="53"/>
       <c r="AU91" s="55">
         <v>0</v>
       </c>
     </row>
-    <row r="92" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A92" s="36" t="s">
         <v>59</v>
       </c>
       <c r="B92" s="66">
         <v>523237.35925000004</v>
       </c>
       <c r="C92" s="66">
         <v>523237.35925000004</v>
       </c>
       <c r="D92" s="67"/>
       <c r="E92" s="68"/>
       <c r="F92" s="68"/>
       <c r="G92" s="68"/>
       <c r="H92" s="70"/>
       <c r="I92" s="67"/>
       <c r="J92" s="68"/>
       <c r="K92" s="68"/>
       <c r="L92" s="70"/>
       <c r="M92" s="67"/>
       <c r="N92" s="68"/>
       <c r="O92" s="68"/>
       <c r="P92" s="68"/>
       <c r="Q92" s="68"/>
       <c r="R92" s="68"/>
       <c r="S92" s="68"/>
@@ -11247,51 +11247,51 @@
       <c r="AB92" s="67"/>
       <c r="AC92" s="68"/>
       <c r="AD92" s="68"/>
       <c r="AE92" s="68"/>
       <c r="AF92" s="70"/>
       <c r="AG92" s="67"/>
       <c r="AH92" s="68"/>
       <c r="AI92" s="68"/>
       <c r="AJ92" s="68"/>
       <c r="AK92" s="68"/>
       <c r="AL92" s="68"/>
       <c r="AM92" s="68"/>
       <c r="AN92" s="68"/>
       <c r="AO92" s="68"/>
       <c r="AP92" s="70"/>
       <c r="AQ92" s="67">
         <v>0</v>
       </c>
       <c r="AR92" s="68"/>
       <c r="AS92" s="68"/>
       <c r="AT92" s="70"/>
       <c r="AU92" s="73">
         <v>523237.35925000004</v>
       </c>
     </row>
-    <row r="93" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A93" s="37" t="s">
         <v>60</v>
       </c>
       <c r="B93" s="144">
         <v>13863769.985850874</v>
       </c>
       <c r="C93" s="144">
         <v>5617682.0945579438</v>
       </c>
       <c r="D93" s="145"/>
       <c r="E93" s="118"/>
       <c r="F93" s="118"/>
       <c r="G93" s="118"/>
       <c r="H93" s="117"/>
       <c r="I93" s="145"/>
       <c r="J93" s="118"/>
       <c r="K93" s="118"/>
       <c r="L93" s="117"/>
       <c r="M93" s="145"/>
       <c r="N93" s="118"/>
       <c r="O93" s="118"/>
       <c r="P93" s="118"/>
       <c r="Q93" s="118"/>
       <c r="R93" s="118"/>
       <c r="S93" s="118"/>
@@ -11308,51 +11308,51 @@
       <c r="AB93" s="145"/>
       <c r="AC93" s="118"/>
       <c r="AD93" s="118"/>
       <c r="AE93" s="118"/>
       <c r="AF93" s="117"/>
       <c r="AG93" s="145"/>
       <c r="AH93" s="118"/>
       <c r="AI93" s="118"/>
       <c r="AJ93" s="118"/>
       <c r="AK93" s="118"/>
       <c r="AL93" s="118"/>
       <c r="AM93" s="118"/>
       <c r="AN93" s="118"/>
       <c r="AO93" s="118"/>
       <c r="AP93" s="117"/>
       <c r="AQ93" s="145">
         <v>489491.81746568345</v>
       </c>
       <c r="AR93" s="118"/>
       <c r="AS93" s="118"/>
       <c r="AT93" s="117"/>
       <c r="AU93" s="105">
         <v>14353261.80331656</v>
       </c>
     </row>
-    <row r="94" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A94" s="34" t="s">
         <v>61</v>
       </c>
       <c r="B94" s="50">
         <v>0</v>
       </c>
       <c r="C94" s="50">
         <v>0</v>
       </c>
       <c r="D94" s="51"/>
       <c r="E94" s="52"/>
       <c r="F94" s="52"/>
       <c r="G94" s="52"/>
       <c r="H94" s="53"/>
       <c r="I94" s="51"/>
       <c r="J94" s="52"/>
       <c r="K94" s="52"/>
       <c r="L94" s="53"/>
       <c r="M94" s="51"/>
       <c r="N94" s="52"/>
       <c r="O94" s="52"/>
       <c r="P94" s="52"/>
       <c r="Q94" s="52"/>
       <c r="R94" s="52"/>
       <c r="S94" s="52"/>
@@ -11369,51 +11369,51 @@
       <c r="AB94" s="51"/>
       <c r="AC94" s="52"/>
       <c r="AD94" s="52"/>
       <c r="AE94" s="52"/>
       <c r="AF94" s="53"/>
       <c r="AG94" s="51"/>
       <c r="AH94" s="52"/>
       <c r="AI94" s="52"/>
       <c r="AJ94" s="52"/>
       <c r="AK94" s="52"/>
       <c r="AL94" s="52"/>
       <c r="AM94" s="52"/>
       <c r="AN94" s="52"/>
       <c r="AO94" s="52"/>
       <c r="AP94" s="53"/>
       <c r="AQ94" s="51">
         <v>0</v>
       </c>
       <c r="AR94" s="52"/>
       <c r="AS94" s="52"/>
       <c r="AT94" s="53"/>
       <c r="AU94" s="55">
         <v>0</v>
       </c>
     </row>
-    <row r="95" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A95" s="34" t="s">
         <v>51</v>
       </c>
       <c r="B95" s="50">
         <v>523237.35925000004</v>
       </c>
       <c r="C95" s="50">
         <v>523237.35925000004</v>
       </c>
       <c r="D95" s="51"/>
       <c r="E95" s="52"/>
       <c r="F95" s="52"/>
       <c r="G95" s="52"/>
       <c r="H95" s="53"/>
       <c r="I95" s="51"/>
       <c r="J95" s="52"/>
       <c r="K95" s="52"/>
       <c r="L95" s="53"/>
       <c r="M95" s="51"/>
       <c r="N95" s="52"/>
       <c r="O95" s="52"/>
       <c r="P95" s="52"/>
       <c r="Q95" s="52"/>
       <c r="R95" s="52"/>
       <c r="S95" s="52"/>
@@ -11430,51 +11430,51 @@
       <c r="AB95" s="51"/>
       <c r="AC95" s="52"/>
       <c r="AD95" s="52"/>
       <c r="AE95" s="52"/>
       <c r="AF95" s="53"/>
       <c r="AG95" s="51"/>
       <c r="AH95" s="52"/>
       <c r="AI95" s="52"/>
       <c r="AJ95" s="52"/>
       <c r="AK95" s="52"/>
       <c r="AL95" s="52"/>
       <c r="AM95" s="52"/>
       <c r="AN95" s="52"/>
       <c r="AO95" s="52"/>
       <c r="AP95" s="53"/>
       <c r="AQ95" s="51">
         <v>0</v>
       </c>
       <c r="AR95" s="52"/>
       <c r="AS95" s="52"/>
       <c r="AT95" s="53"/>
       <c r="AU95" s="55">
         <v>523237.35925000004</v>
       </c>
     </row>
-    <row r="96" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A96" s="36" t="s">
         <v>52</v>
       </c>
       <c r="B96" s="66">
         <v>13340532.626600876</v>
       </c>
       <c r="C96" s="66">
         <v>5094444.735307944</v>
       </c>
       <c r="D96" s="67"/>
       <c r="E96" s="68"/>
       <c r="F96" s="68"/>
       <c r="G96" s="68"/>
       <c r="H96" s="70"/>
       <c r="I96" s="67"/>
       <c r="J96" s="68"/>
       <c r="K96" s="68"/>
       <c r="L96" s="70"/>
       <c r="M96" s="67"/>
       <c r="N96" s="68"/>
       <c r="O96" s="68"/>
       <c r="P96" s="68"/>
       <c r="Q96" s="68"/>
       <c r="R96" s="68"/>
       <c r="S96" s="68"/>
@@ -11491,51 +11491,51 @@
       <c r="AB96" s="67"/>
       <c r="AC96" s="68"/>
       <c r="AD96" s="68"/>
       <c r="AE96" s="68"/>
       <c r="AF96" s="70"/>
       <c r="AG96" s="67"/>
       <c r="AH96" s="68"/>
       <c r="AI96" s="68"/>
       <c r="AJ96" s="68"/>
       <c r="AK96" s="68"/>
       <c r="AL96" s="68"/>
       <c r="AM96" s="68"/>
       <c r="AN96" s="68"/>
       <c r="AO96" s="68"/>
       <c r="AP96" s="70"/>
       <c r="AQ96" s="67">
         <v>489491.81746568345</v>
       </c>
       <c r="AR96" s="68"/>
       <c r="AS96" s="68"/>
       <c r="AT96" s="70"/>
       <c r="AU96" s="73">
         <v>13830024.444066558</v>
       </c>
     </row>
-    <row r="97" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A97" s="37" t="s">
         <v>62</v>
       </c>
       <c r="B97" s="144">
         <v>93748.229565990754</v>
       </c>
       <c r="C97" s="144">
         <v>47301.936176213239</v>
       </c>
       <c r="D97" s="145"/>
       <c r="E97" s="118"/>
       <c r="F97" s="118"/>
       <c r="G97" s="118"/>
       <c r="H97" s="117"/>
       <c r="I97" s="145"/>
       <c r="J97" s="118"/>
       <c r="K97" s="118"/>
       <c r="L97" s="117"/>
       <c r="M97" s="145"/>
       <c r="N97" s="118"/>
       <c r="O97" s="118"/>
       <c r="P97" s="118"/>
       <c r="Q97" s="118"/>
       <c r="R97" s="118"/>
       <c r="S97" s="118"/>
@@ -11552,51 +11552,51 @@
       <c r="AB97" s="145"/>
       <c r="AC97" s="118"/>
       <c r="AD97" s="118"/>
       <c r="AE97" s="118"/>
       <c r="AF97" s="117"/>
       <c r="AG97" s="145"/>
       <c r="AH97" s="118"/>
       <c r="AI97" s="118"/>
       <c r="AJ97" s="118"/>
       <c r="AK97" s="118"/>
       <c r="AL97" s="118"/>
       <c r="AM97" s="118"/>
       <c r="AN97" s="118"/>
       <c r="AO97" s="118"/>
       <c r="AP97" s="117"/>
       <c r="AQ97" s="145">
         <v>17928.966764236902</v>
       </c>
       <c r="AR97" s="118"/>
       <c r="AS97" s="118"/>
       <c r="AT97" s="117"/>
       <c r="AU97" s="105">
         <v>111677.19633022766</v>
       </c>
     </row>
-    <row r="98" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A98" s="34" t="s">
         <v>63</v>
       </c>
       <c r="B98" s="50">
         <v>0</v>
       </c>
       <c r="C98" s="50">
         <v>0</v>
       </c>
       <c r="D98" s="51"/>
       <c r="E98" s="52"/>
       <c r="F98" s="52"/>
       <c r="G98" s="52"/>
       <c r="H98" s="53"/>
       <c r="I98" s="51"/>
       <c r="J98" s="52"/>
       <c r="K98" s="52"/>
       <c r="L98" s="53"/>
       <c r="M98" s="51"/>
       <c r="N98" s="52"/>
       <c r="O98" s="52"/>
       <c r="P98" s="52"/>
       <c r="Q98" s="52"/>
       <c r="R98" s="52"/>
       <c r="S98" s="52"/>
@@ -11613,51 +11613,51 @@
       <c r="AB98" s="51"/>
       <c r="AC98" s="52"/>
       <c r="AD98" s="52"/>
       <c r="AE98" s="52"/>
       <c r="AF98" s="53"/>
       <c r="AG98" s="51"/>
       <c r="AH98" s="52"/>
       <c r="AI98" s="52"/>
       <c r="AJ98" s="52"/>
       <c r="AK98" s="52"/>
       <c r="AL98" s="52"/>
       <c r="AM98" s="52"/>
       <c r="AN98" s="52"/>
       <c r="AO98" s="52"/>
       <c r="AP98" s="53"/>
       <c r="AQ98" s="51">
         <v>0</v>
       </c>
       <c r="AR98" s="52"/>
       <c r="AS98" s="52"/>
       <c r="AT98" s="53"/>
       <c r="AU98" s="55">
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A99" s="34" t="s">
         <v>64</v>
       </c>
       <c r="B99" s="50">
         <v>0</v>
       </c>
       <c r="C99" s="50">
         <v>0</v>
       </c>
       <c r="D99" s="51"/>
       <c r="E99" s="52"/>
       <c r="F99" s="52"/>
       <c r="G99" s="52"/>
       <c r="H99" s="53"/>
       <c r="I99" s="51"/>
       <c r="J99" s="52"/>
       <c r="K99" s="52"/>
       <c r="L99" s="53"/>
       <c r="M99" s="51"/>
       <c r="N99" s="52"/>
       <c r="O99" s="52"/>
       <c r="P99" s="52"/>
       <c r="Q99" s="52"/>
       <c r="R99" s="52"/>
       <c r="S99" s="52"/>
@@ -11674,51 +11674,51 @@
       <c r="AB99" s="51"/>
       <c r="AC99" s="52"/>
       <c r="AD99" s="52"/>
       <c r="AE99" s="52"/>
       <c r="AF99" s="53"/>
       <c r="AG99" s="51"/>
       <c r="AH99" s="52"/>
       <c r="AI99" s="52"/>
       <c r="AJ99" s="52"/>
       <c r="AK99" s="52"/>
       <c r="AL99" s="52"/>
       <c r="AM99" s="52"/>
       <c r="AN99" s="52"/>
       <c r="AO99" s="52"/>
       <c r="AP99" s="53"/>
       <c r="AQ99" s="51">
         <v>0</v>
       </c>
       <c r="AR99" s="52"/>
       <c r="AS99" s="52"/>
       <c r="AT99" s="53"/>
       <c r="AU99" s="55">
         <v>0</v>
       </c>
     </row>
-    <row r="100" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A100" s="36" t="s">
         <v>65</v>
       </c>
       <c r="B100" s="66">
         <v>93748.229565990754</v>
       </c>
       <c r="C100" s="66">
         <v>47301.936176213239</v>
       </c>
       <c r="D100" s="67"/>
       <c r="E100" s="68"/>
       <c r="F100" s="68"/>
       <c r="G100" s="68"/>
       <c r="H100" s="70"/>
       <c r="I100" s="67"/>
       <c r="J100" s="68"/>
       <c r="K100" s="68"/>
       <c r="L100" s="70"/>
       <c r="M100" s="67"/>
       <c r="N100" s="68"/>
       <c r="O100" s="68"/>
       <c r="P100" s="68"/>
       <c r="Q100" s="68"/>
       <c r="R100" s="68"/>
       <c r="S100" s="68"/>
@@ -11735,104 +11735,104 @@
       <c r="AB100" s="67"/>
       <c r="AC100" s="68"/>
       <c r="AD100" s="68"/>
       <c r="AE100" s="68"/>
       <c r="AF100" s="70"/>
       <c r="AG100" s="67"/>
       <c r="AH100" s="68"/>
       <c r="AI100" s="68"/>
       <c r="AJ100" s="68"/>
       <c r="AK100" s="68"/>
       <c r="AL100" s="68"/>
       <c r="AM100" s="68"/>
       <c r="AN100" s="68"/>
       <c r="AO100" s="68"/>
       <c r="AP100" s="70"/>
       <c r="AQ100" s="67">
         <v>17928.966764236902</v>
       </c>
       <c r="AR100" s="68"/>
       <c r="AS100" s="68"/>
       <c r="AT100" s="70"/>
       <c r="AU100" s="73">
         <v>111677.19633022766</v>
       </c>
     </row>
-    <row r="101" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A101" s="42" t="s">
         <v>66</v>
       </c>
       <c r="B101" s="144"/>
       <c r="C101" s="144"/>
       <c r="D101" s="145"/>
       <c r="E101" s="118"/>
       <c r="F101" s="118"/>
       <c r="G101" s="118"/>
       <c r="H101" s="117"/>
       <c r="I101" s="145"/>
       <c r="J101" s="118"/>
       <c r="K101" s="118"/>
       <c r="L101" s="117"/>
       <c r="M101" s="145"/>
       <c r="N101" s="118"/>
       <c r="O101" s="118"/>
       <c r="P101" s="118"/>
       <c r="Q101" s="118"/>
       <c r="R101" s="118"/>
       <c r="S101" s="118"/>
       <c r="T101" s="118"/>
       <c r="U101" s="118"/>
       <c r="V101" s="119"/>
       <c r="W101" s="144"/>
       <c r="X101" s="145"/>
       <c r="Y101" s="118"/>
       <c r="Z101" s="118"/>
       <c r="AA101" s="117"/>
       <c r="AB101" s="145"/>
       <c r="AC101" s="118"/>
       <c r="AD101" s="118"/>
       <c r="AE101" s="118"/>
       <c r="AF101" s="117"/>
       <c r="AG101" s="145"/>
       <c r="AH101" s="118"/>
       <c r="AI101" s="118"/>
       <c r="AJ101" s="118"/>
       <c r="AK101" s="118"/>
       <c r="AL101" s="118"/>
       <c r="AM101" s="118"/>
       <c r="AN101" s="118"/>
       <c r="AO101" s="118"/>
       <c r="AP101" s="117"/>
       <c r="AQ101" s="145"/>
       <c r="AR101" s="118"/>
       <c r="AS101" s="118"/>
       <c r="AT101" s="117"/>
       <c r="AU101" s="105">
-        <v>15391951</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+        <v>15435151</v>
+      </c>
+    </row>
+    <row r="102" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A102" s="36" t="s">
         <v>67</v>
       </c>
       <c r="B102" s="66"/>
       <c r="C102" s="66"/>
       <c r="D102" s="67"/>
       <c r="E102" s="68"/>
       <c r="F102" s="68"/>
       <c r="G102" s="68"/>
       <c r="H102" s="70"/>
       <c r="I102" s="67"/>
       <c r="J102" s="68"/>
       <c r="K102" s="68"/>
       <c r="L102" s="70"/>
       <c r="M102" s="67"/>
       <c r="N102" s="68"/>
       <c r="O102" s="68"/>
       <c r="P102" s="68"/>
       <c r="Q102" s="68"/>
       <c r="R102" s="68"/>
       <c r="S102" s="68"/>
       <c r="T102" s="68"/>
       <c r="U102" s="68"/>
       <c r="V102" s="71"/>
       <c r="W102" s="66"/>
@@ -11841,104 +11841,104 @@
       <c r="Z102" s="68"/>
       <c r="AA102" s="70"/>
       <c r="AB102" s="67"/>
       <c r="AC102" s="68"/>
       <c r="AD102" s="68"/>
       <c r="AE102" s="68"/>
       <c r="AF102" s="70"/>
       <c r="AG102" s="67"/>
       <c r="AH102" s="68"/>
       <c r="AI102" s="68"/>
       <c r="AJ102" s="68"/>
       <c r="AK102" s="68"/>
       <c r="AL102" s="68"/>
       <c r="AM102" s="68"/>
       <c r="AN102" s="68"/>
       <c r="AO102" s="68"/>
       <c r="AP102" s="70"/>
       <c r="AQ102" s="67"/>
       <c r="AR102" s="68"/>
       <c r="AS102" s="68"/>
       <c r="AT102" s="70"/>
       <c r="AU102" s="73">
         <v>1645007</v>
       </c>
     </row>
-    <row r="103" spans="1:47" s="32" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:47" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A103" s="42" t="s">
         <v>68</v>
       </c>
       <c r="B103" s="144"/>
       <c r="C103" s="144"/>
       <c r="D103" s="145"/>
       <c r="E103" s="118"/>
       <c r="F103" s="118"/>
       <c r="G103" s="118"/>
       <c r="H103" s="117"/>
       <c r="I103" s="145"/>
       <c r="J103" s="118"/>
       <c r="K103" s="118"/>
       <c r="L103" s="117"/>
       <c r="M103" s="145"/>
       <c r="N103" s="118"/>
       <c r="O103" s="118"/>
       <c r="P103" s="118"/>
       <c r="Q103" s="118"/>
       <c r="R103" s="118"/>
       <c r="S103" s="118"/>
       <c r="T103" s="118"/>
       <c r="U103" s="118"/>
       <c r="V103" s="119"/>
       <c r="W103" s="144"/>
       <c r="X103" s="145"/>
       <c r="Y103" s="118"/>
       <c r="Z103" s="118"/>
       <c r="AA103" s="117"/>
       <c r="AB103" s="145"/>
       <c r="AC103" s="118"/>
       <c r="AD103" s="118"/>
       <c r="AE103" s="118"/>
       <c r="AF103" s="117"/>
       <c r="AG103" s="145"/>
       <c r="AH103" s="118"/>
       <c r="AI103" s="118"/>
       <c r="AJ103" s="118"/>
       <c r="AK103" s="118"/>
       <c r="AL103" s="118"/>
       <c r="AM103" s="118"/>
       <c r="AN103" s="118"/>
       <c r="AO103" s="118"/>
       <c r="AP103" s="117"/>
       <c r="AQ103" s="145"/>
       <c r="AR103" s="118"/>
       <c r="AS103" s="118"/>
       <c r="AT103" s="117"/>
       <c r="AU103" s="105">
-        <v>4753532</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:47" x14ac:dyDescent="0.25">
+        <v>4688420</v>
+      </c>
+    </row>
+    <row r="104" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A104" s="34" t="s">
         <v>69</v>
       </c>
       <c r="B104" s="50"/>
       <c r="C104" s="50"/>
       <c r="D104" s="51"/>
       <c r="E104" s="52"/>
       <c r="F104" s="52"/>
       <c r="G104" s="52"/>
       <c r="H104" s="53"/>
       <c r="I104" s="51"/>
       <c r="J104" s="52"/>
       <c r="K104" s="52"/>
       <c r="L104" s="53"/>
       <c r="M104" s="51"/>
       <c r="N104" s="52"/>
       <c r="O104" s="52"/>
       <c r="P104" s="52"/>
       <c r="Q104" s="52"/>
       <c r="R104" s="52"/>
       <c r="S104" s="52"/>
       <c r="T104" s="52"/>
       <c r="U104" s="52"/>
       <c r="V104" s="54"/>
       <c r="W104" s="50"/>
@@ -11947,51 +11947,51 @@
       <c r="Z104" s="52"/>
       <c r="AA104" s="53"/>
       <c r="AB104" s="51"/>
       <c r="AC104" s="52"/>
       <c r="AD104" s="52"/>
       <c r="AE104" s="52"/>
       <c r="AF104" s="53"/>
       <c r="AG104" s="51"/>
       <c r="AH104" s="52"/>
       <c r="AI104" s="52"/>
       <c r="AJ104" s="52"/>
       <c r="AK104" s="52"/>
       <c r="AL104" s="52"/>
       <c r="AM104" s="52"/>
       <c r="AN104" s="52"/>
       <c r="AO104" s="52"/>
       <c r="AP104" s="53"/>
       <c r="AQ104" s="51"/>
       <c r="AR104" s="52"/>
       <c r="AS104" s="52"/>
       <c r="AT104" s="53"/>
       <c r="AU104" s="55">
         <v>265208</v>
       </c>
     </row>
-    <row r="105" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A105" s="34" t="s">
         <v>70</v>
       </c>
       <c r="B105" s="50"/>
       <c r="C105" s="50"/>
       <c r="D105" s="51"/>
       <c r="E105" s="52"/>
       <c r="F105" s="52"/>
       <c r="G105" s="52"/>
       <c r="H105" s="53"/>
       <c r="I105" s="51"/>
       <c r="J105" s="52"/>
       <c r="K105" s="52"/>
       <c r="L105" s="53"/>
       <c r="M105" s="51"/>
       <c r="N105" s="52"/>
       <c r="O105" s="52"/>
       <c r="P105" s="52"/>
       <c r="Q105" s="52"/>
       <c r="R105" s="52"/>
       <c r="S105" s="52"/>
       <c r="T105" s="52"/>
       <c r="U105" s="52"/>
       <c r="V105" s="54"/>
       <c r="W105" s="50"/>
@@ -12000,51 +12000,51 @@
       <c r="Z105" s="52"/>
       <c r="AA105" s="53"/>
       <c r="AB105" s="51"/>
       <c r="AC105" s="52"/>
       <c r="AD105" s="52"/>
       <c r="AE105" s="52"/>
       <c r="AF105" s="53"/>
       <c r="AG105" s="51"/>
       <c r="AH105" s="52"/>
       <c r="AI105" s="52"/>
       <c r="AJ105" s="52"/>
       <c r="AK105" s="52"/>
       <c r="AL105" s="52"/>
       <c r="AM105" s="52"/>
       <c r="AN105" s="52"/>
       <c r="AO105" s="52"/>
       <c r="AP105" s="53"/>
       <c r="AQ105" s="51"/>
       <c r="AR105" s="52"/>
       <c r="AS105" s="52"/>
       <c r="AT105" s="53"/>
       <c r="AU105" s="55">
         <v>213347</v>
       </c>
     </row>
-    <row r="106" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A106" s="34" t="s">
         <v>71</v>
       </c>
       <c r="B106" s="50"/>
       <c r="C106" s="50"/>
       <c r="D106" s="51"/>
       <c r="E106" s="52"/>
       <c r="F106" s="52"/>
       <c r="G106" s="52"/>
       <c r="H106" s="53"/>
       <c r="I106" s="51"/>
       <c r="J106" s="52"/>
       <c r="K106" s="52"/>
       <c r="L106" s="53"/>
       <c r="M106" s="51"/>
       <c r="N106" s="52"/>
       <c r="O106" s="52"/>
       <c r="P106" s="52"/>
       <c r="Q106" s="52"/>
       <c r="R106" s="52"/>
       <c r="S106" s="52"/>
       <c r="T106" s="52"/>
       <c r="U106" s="52"/>
       <c r="V106" s="54"/>
       <c r="W106" s="50"/>
@@ -12053,51 +12053,51 @@
       <c r="Z106" s="52"/>
       <c r="AA106" s="53"/>
       <c r="AB106" s="51"/>
       <c r="AC106" s="52"/>
       <c r="AD106" s="52"/>
       <c r="AE106" s="52"/>
       <c r="AF106" s="53"/>
       <c r="AG106" s="51"/>
       <c r="AH106" s="52"/>
       <c r="AI106" s="52"/>
       <c r="AJ106" s="52"/>
       <c r="AK106" s="52"/>
       <c r="AL106" s="52"/>
       <c r="AM106" s="52"/>
       <c r="AN106" s="52"/>
       <c r="AO106" s="52"/>
       <c r="AP106" s="53"/>
       <c r="AQ106" s="51"/>
       <c r="AR106" s="52"/>
       <c r="AS106" s="52"/>
       <c r="AT106" s="53"/>
       <c r="AU106" s="55">
         <v>684249</v>
       </c>
     </row>
-    <row r="107" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A107" s="34" t="s">
         <v>72</v>
       </c>
       <c r="B107" s="50"/>
       <c r="C107" s="50"/>
       <c r="D107" s="51"/>
       <c r="E107" s="52"/>
       <c r="F107" s="52"/>
       <c r="G107" s="52"/>
       <c r="H107" s="53"/>
       <c r="I107" s="51"/>
       <c r="J107" s="52"/>
       <c r="K107" s="52"/>
       <c r="L107" s="53"/>
       <c r="M107" s="51"/>
       <c r="N107" s="52"/>
       <c r="O107" s="52"/>
       <c r="P107" s="52"/>
       <c r="Q107" s="52"/>
       <c r="R107" s="52"/>
       <c r="S107" s="52"/>
       <c r="T107" s="52"/>
       <c r="U107" s="52"/>
       <c r="V107" s="54"/>
       <c r="W107" s="50"/>
@@ -12106,51 +12106,51 @@
       <c r="Z107" s="52"/>
       <c r="AA107" s="53"/>
       <c r="AB107" s="51"/>
       <c r="AC107" s="52"/>
       <c r="AD107" s="52"/>
       <c r="AE107" s="52"/>
       <c r="AF107" s="53"/>
       <c r="AG107" s="51"/>
       <c r="AH107" s="52"/>
       <c r="AI107" s="52"/>
       <c r="AJ107" s="52"/>
       <c r="AK107" s="52"/>
       <c r="AL107" s="52"/>
       <c r="AM107" s="52"/>
       <c r="AN107" s="52"/>
       <c r="AO107" s="52"/>
       <c r="AP107" s="53"/>
       <c r="AQ107" s="51"/>
       <c r="AR107" s="52"/>
       <c r="AS107" s="52"/>
       <c r="AT107" s="53"/>
       <c r="AU107" s="55">
         <v>357038</v>
       </c>
     </row>
-    <row r="108" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:47" x14ac:dyDescent="0.2">
       <c r="A108" s="34" t="s">
         <v>73</v>
       </c>
       <c r="B108" s="55">
         <v>559276</v>
       </c>
       <c r="C108" s="55">
         <v>24597</v>
       </c>
       <c r="D108" s="82">
         <v>4333</v>
       </c>
       <c r="E108" s="52"/>
       <c r="F108" s="52"/>
       <c r="G108" s="52"/>
       <c r="H108" s="53"/>
       <c r="I108" s="82">
         <v>0</v>
       </c>
       <c r="J108" s="52"/>
       <c r="K108" s="52"/>
       <c r="L108" s="53"/>
       <c r="M108" s="82">
         <v>20264</v>
       </c>
@@ -12185,51 +12185,51 @@
       <c r="AH108" s="52"/>
       <c r="AI108" s="52"/>
       <c r="AJ108" s="52"/>
       <c r="AK108" s="52"/>
       <c r="AL108" s="52"/>
       <c r="AM108" s="52"/>
       <c r="AN108" s="52"/>
       <c r="AO108" s="52"/>
       <c r="AP108" s="53"/>
       <c r="AQ108" s="82">
         <v>104043</v>
       </c>
       <c r="AR108" s="72">
         <v>82810</v>
       </c>
       <c r="AS108" s="72">
         <v>0</v>
       </c>
       <c r="AT108" s="84">
         <v>21233</v>
       </c>
       <c r="AU108" s="55">
         <v>663319</v>
       </c>
     </row>
-    <row r="109" spans="1:47" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:47" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A109" s="35" t="s">
         <v>74</v>
       </c>
       <c r="B109" s="56"/>
       <c r="C109" s="56"/>
       <c r="D109" s="57"/>
       <c r="E109" s="58"/>
       <c r="F109" s="58"/>
       <c r="G109" s="58"/>
       <c r="H109" s="59"/>
       <c r="I109" s="57"/>
       <c r="J109" s="58"/>
       <c r="K109" s="58"/>
       <c r="L109" s="59"/>
       <c r="M109" s="57"/>
       <c r="N109" s="58"/>
       <c r="O109" s="58"/>
       <c r="P109" s="58"/>
       <c r="Q109" s="58"/>
       <c r="R109" s="58"/>
       <c r="S109" s="58"/>
       <c r="T109" s="58"/>
       <c r="U109" s="58"/>
       <c r="V109" s="60"/>
       <c r="W109" s="56"/>
@@ -12238,9866 +12238,9866 @@
       <c r="Z109" s="58"/>
       <c r="AA109" s="59"/>
       <c r="AB109" s="57"/>
       <c r="AC109" s="58"/>
       <c r="AD109" s="58"/>
       <c r="AE109" s="58"/>
       <c r="AF109" s="59"/>
       <c r="AG109" s="57"/>
       <c r="AH109" s="58"/>
       <c r="AI109" s="58"/>
       <c r="AJ109" s="58"/>
       <c r="AK109" s="58"/>
       <c r="AL109" s="58"/>
       <c r="AM109" s="58"/>
       <c r="AN109" s="58"/>
       <c r="AO109" s="58"/>
       <c r="AP109" s="59"/>
       <c r="AQ109" s="57"/>
       <c r="AR109" s="58"/>
       <c r="AS109" s="58"/>
       <c r="AT109" s="59"/>
       <c r="AU109" s="61">
         <v>0</v>
       </c>
     </row>
-    <row r="110" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A110" s="44"/>
       <c r="B110" s="8"/>
       <c r="C110" s="8"/>
       <c r="D110" s="8"/>
       <c r="E110" s="8"/>
       <c r="F110" s="8"/>
       <c r="G110" s="8"/>
       <c r="H110" s="8"/>
       <c r="I110" s="8"/>
       <c r="J110" s="8"/>
       <c r="K110" s="8"/>
       <c r="L110" s="8"/>
       <c r="M110" s="8"/>
       <c r="N110" s="8"/>
       <c r="O110" s="8"/>
       <c r="P110" s="8"/>
       <c r="Q110" s="8"/>
       <c r="R110" s="8"/>
       <c r="S110" s="8"/>
       <c r="T110" s="8"/>
       <c r="U110" s="8"/>
       <c r="V110" s="8"/>
       <c r="W110" s="8"/>
       <c r="X110" s="8"/>
       <c r="Y110" s="8"/>
       <c r="Z110" s="8"/>
       <c r="AA110" s="8"/>
       <c r="AB110" s="8"/>
       <c r="AC110" s="8"/>
       <c r="AD110" s="8"/>
       <c r="AE110" s="8"/>
       <c r="AF110" s="8"/>
       <c r="AG110" s="8"/>
       <c r="AH110" s="8"/>
       <c r="AI110" s="8"/>
       <c r="AJ110" s="8"/>
       <c r="AK110" s="8"/>
       <c r="AL110" s="8"/>
       <c r="AM110" s="8"/>
       <c r="AN110" s="8"/>
       <c r="AO110" s="8"/>
       <c r="AP110" s="8"/>
       <c r="AQ110" s="8"/>
       <c r="AR110" s="8"/>
       <c r="AS110" s="8"/>
       <c r="AT110" s="8"/>
       <c r="AU110" s="8"/>
     </row>
-    <row r="111" spans="1:47" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:47" ht="15" x14ac:dyDescent="0.25">
       <c r="A111" s="44"/>
       <c r="B111" s="32"/>
       <c r="C111" s="32"/>
       <c r="D111" s="32"/>
       <c r="E111" s="32"/>
       <c r="F111" s="32"/>
       <c r="G111" s="32"/>
       <c r="H111" s="32"/>
       <c r="I111" s="32"/>
       <c r="J111" s="32"/>
       <c r="K111" s="32"/>
       <c r="L111" s="32"/>
       <c r="M111" s="32"/>
       <c r="N111" s="32"/>
       <c r="O111" s="32"/>
       <c r="P111" s="32"/>
       <c r="Q111" s="32"/>
       <c r="R111" s="32"/>
       <c r="S111" s="32"/>
       <c r="T111" s="32"/>
       <c r="U111" s="32"/>
       <c r="V111" s="32"/>
       <c r="W111" s="32"/>
       <c r="X111" s="32"/>
       <c r="Y111" s="32"/>
       <c r="Z111" s="32"/>
       <c r="AA111" s="32"/>
       <c r="AB111" s="32"/>
       <c r="AC111" s="32"/>
       <c r="AD111" s="32"/>
       <c r="AE111" s="32"/>
       <c r="AF111" s="32"/>
       <c r="AG111" s="32"/>
       <c r="AH111" s="32"/>
       <c r="AI111" s="32"/>
       <c r="AJ111" s="32"/>
       <c r="AK111" s="32"/>
       <c r="AL111" s="32"/>
       <c r="AM111" s="32"/>
       <c r="AN111" s="32"/>
       <c r="AO111" s="32"/>
       <c r="AP111" s="32"/>
       <c r="AQ111" s="32"/>
       <c r="AR111" s="32"/>
       <c r="AS111" s="32"/>
       <c r="AT111" s="32"/>
       <c r="AU111" s="32"/>
     </row>
-    <row r="112" spans="1:47" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:47" ht="15" x14ac:dyDescent="0.25">
       <c r="A112" s="44"/>
       <c r="B112" s="32"/>
       <c r="C112" s="32"/>
       <c r="D112" s="32"/>
       <c r="E112" s="32"/>
       <c r="F112" s="32"/>
       <c r="G112" s="32"/>
       <c r="H112" s="32"/>
       <c r="I112" s="32"/>
       <c r="J112" s="32"/>
       <c r="K112" s="32"/>
       <c r="L112" s="32"/>
       <c r="M112" s="32"/>
       <c r="N112" s="32"/>
       <c r="O112" s="32"/>
       <c r="P112" s="32"/>
       <c r="Q112" s="32"/>
       <c r="R112" s="32"/>
       <c r="S112" s="32"/>
       <c r="T112" s="32"/>
       <c r="U112" s="32"/>
       <c r="V112" s="32"/>
       <c r="W112" s="32"/>
       <c r="X112" s="32"/>
       <c r="Y112" s="32"/>
       <c r="Z112" s="32"/>
       <c r="AA112" s="32"/>
       <c r="AB112" s="32"/>
       <c r="AC112" s="32"/>
       <c r="AD112" s="32"/>
       <c r="AE112" s="32"/>
       <c r="AF112" s="32"/>
       <c r="AG112" s="32"/>
       <c r="AH112" s="32"/>
       <c r="AI112" s="32"/>
       <c r="AJ112" s="32"/>
       <c r="AK112" s="32"/>
       <c r="AL112" s="32"/>
       <c r="AM112" s="32"/>
       <c r="AN112" s="32"/>
       <c r="AO112" s="32"/>
       <c r="AP112" s="32"/>
       <c r="AQ112" s="32"/>
       <c r="AR112" s="32"/>
       <c r="AS112" s="32"/>
       <c r="AT112" s="32"/>
       <c r="AU112" s="32"/>
     </row>
-    <row r="113" spans="1:47" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:47" ht="15" x14ac:dyDescent="0.25">
       <c r="A113" s="44"/>
       <c r="B113" s="32"/>
       <c r="C113" s="32"/>
       <c r="D113" s="32"/>
       <c r="E113" s="32"/>
       <c r="F113" s="32"/>
       <c r="G113" s="32"/>
       <c r="H113" s="32"/>
       <c r="I113" s="32"/>
       <c r="J113" s="32"/>
       <c r="K113" s="32"/>
       <c r="L113" s="32"/>
       <c r="M113" s="32"/>
       <c r="N113" s="32"/>
       <c r="O113" s="32"/>
       <c r="P113" s="32"/>
       <c r="Q113" s="32"/>
       <c r="R113" s="32"/>
       <c r="S113" s="32"/>
       <c r="T113" s="32"/>
       <c r="U113" s="32"/>
       <c r="V113" s="32"/>
       <c r="W113" s="32"/>
       <c r="X113" s="32"/>
       <c r="Y113" s="32"/>
       <c r="Z113" s="32"/>
       <c r="AA113" s="32"/>
       <c r="AB113" s="32"/>
       <c r="AC113" s="32"/>
       <c r="AD113" s="32"/>
       <c r="AE113" s="32"/>
       <c r="AF113" s="32"/>
       <c r="AG113" s="32"/>
       <c r="AH113" s="32"/>
       <c r="AI113" s="32"/>
       <c r="AJ113" s="32"/>
       <c r="AK113" s="32"/>
       <c r="AL113" s="32"/>
       <c r="AM113" s="32"/>
       <c r="AN113" s="32"/>
       <c r="AO113" s="32"/>
       <c r="AP113" s="32"/>
       <c r="AQ113" s="32"/>
       <c r="AR113" s="32"/>
       <c r="AS113" s="32"/>
       <c r="AT113" s="32"/>
       <c r="AU113" s="32"/>
     </row>
-    <row r="114" spans="1:47" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:47" ht="15" x14ac:dyDescent="0.25">
       <c r="A114" s="44"/>
       <c r="B114" s="32"/>
       <c r="C114" s="32"/>
       <c r="D114" s="32"/>
       <c r="E114" s="32"/>
       <c r="F114" s="32"/>
       <c r="G114" s="32"/>
       <c r="H114" s="32"/>
       <c r="I114" s="32"/>
       <c r="J114" s="32"/>
       <c r="K114" s="32"/>
       <c r="L114" s="32"/>
       <c r="M114" s="32"/>
       <c r="N114" s="32"/>
       <c r="O114" s="32"/>
       <c r="P114" s="32"/>
       <c r="Q114" s="32"/>
       <c r="R114" s="32"/>
       <c r="S114" s="32"/>
       <c r="T114" s="32"/>
       <c r="U114" s="32"/>
       <c r="V114" s="32"/>
       <c r="W114" s="32"/>
       <c r="X114" s="32"/>
       <c r="Y114" s="32"/>
       <c r="Z114" s="32"/>
       <c r="AA114" s="32"/>
       <c r="AB114" s="32"/>
       <c r="AC114" s="32"/>
       <c r="AD114" s="32"/>
       <c r="AE114" s="32"/>
       <c r="AF114" s="32"/>
       <c r="AG114" s="32"/>
       <c r="AH114" s="32"/>
       <c r="AI114" s="32"/>
       <c r="AJ114" s="32"/>
       <c r="AK114" s="32"/>
       <c r="AL114" s="32"/>
       <c r="AM114" s="32"/>
       <c r="AN114" s="32"/>
       <c r="AO114" s="32"/>
       <c r="AP114" s="32"/>
       <c r="AQ114" s="32"/>
       <c r="AR114" s="32"/>
       <c r="AS114" s="32"/>
       <c r="AT114" s="32"/>
       <c r="AU114" s="32"/>
     </row>
-    <row r="115" spans="1:47" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:47" ht="15" x14ac:dyDescent="0.25">
       <c r="A115" s="44"/>
       <c r="B115" s="32"/>
       <c r="C115" s="32"/>
       <c r="D115" s="32"/>
       <c r="E115" s="32"/>
       <c r="F115" s="32"/>
       <c r="G115" s="32"/>
       <c r="H115" s="32"/>
       <c r="I115" s="32"/>
       <c r="J115" s="32"/>
       <c r="K115" s="32"/>
       <c r="L115" s="32"/>
       <c r="M115" s="32"/>
       <c r="N115" s="32"/>
       <c r="O115" s="32"/>
       <c r="P115" s="32"/>
       <c r="Q115" s="32"/>
       <c r="R115" s="32"/>
       <c r="S115" s="32"/>
       <c r="T115" s="32"/>
       <c r="U115" s="32"/>
       <c r="V115" s="32"/>
       <c r="W115" s="32"/>
       <c r="X115" s="32"/>
       <c r="Y115" s="32"/>
       <c r="Z115" s="32"/>
       <c r="AA115" s="32"/>
       <c r="AB115" s="32"/>
       <c r="AC115" s="32"/>
       <c r="AD115" s="32"/>
       <c r="AE115" s="32"/>
       <c r="AF115" s="32"/>
       <c r="AG115" s="32"/>
       <c r="AH115" s="32"/>
       <c r="AI115" s="32"/>
       <c r="AJ115" s="32"/>
       <c r="AK115" s="32"/>
       <c r="AL115" s="32"/>
       <c r="AM115" s="32"/>
       <c r="AN115" s="32"/>
       <c r="AO115" s="32"/>
       <c r="AP115" s="32"/>
       <c r="AQ115" s="32"/>
       <c r="AR115" s="32"/>
       <c r="AS115" s="32"/>
       <c r="AT115" s="32"/>
       <c r="AU115" s="32"/>
     </row>
-    <row r="116" spans="1:47" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:47" ht="15" x14ac:dyDescent="0.25">
       <c r="A116" s="44"/>
       <c r="B116" s="32"/>
       <c r="C116" s="32"/>
       <c r="D116" s="32"/>
       <c r="E116" s="32"/>
       <c r="F116" s="32"/>
       <c r="G116" s="32"/>
       <c r="H116" s="32"/>
       <c r="I116" s="32"/>
       <c r="J116" s="32"/>
       <c r="K116" s="32"/>
       <c r="L116" s="32"/>
       <c r="M116" s="32"/>
       <c r="N116" s="32"/>
       <c r="O116" s="32"/>
       <c r="P116" s="32"/>
       <c r="Q116" s="32"/>
       <c r="R116" s="32"/>
       <c r="S116" s="32"/>
       <c r="T116" s="32"/>
       <c r="U116" s="32"/>
       <c r="V116" s="32"/>
       <c r="W116" s="32"/>
       <c r="X116" s="32"/>
       <c r="Y116" s="32"/>
       <c r="Z116" s="32"/>
       <c r="AA116" s="32"/>
       <c r="AB116" s="32"/>
       <c r="AC116" s="32"/>
       <c r="AD116" s="32"/>
       <c r="AE116" s="32"/>
       <c r="AF116" s="32"/>
       <c r="AG116" s="32"/>
       <c r="AH116" s="32"/>
       <c r="AI116" s="32"/>
       <c r="AJ116" s="32"/>
       <c r="AK116" s="32"/>
       <c r="AL116" s="32"/>
       <c r="AM116" s="32"/>
       <c r="AN116" s="32"/>
       <c r="AO116" s="32"/>
       <c r="AP116" s="32"/>
       <c r="AQ116" s="32"/>
       <c r="AR116" s="32"/>
       <c r="AS116" s="32"/>
       <c r="AT116" s="32"/>
       <c r="AU116" s="32"/>
     </row>
-    <row r="117" spans="1:47" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:47" ht="15" x14ac:dyDescent="0.25">
       <c r="A117" s="44"/>
       <c r="B117" s="32"/>
       <c r="C117" s="32"/>
       <c r="D117" s="32"/>
       <c r="E117" s="32"/>
       <c r="F117" s="32"/>
       <c r="G117" s="32"/>
       <c r="H117" s="32"/>
       <c r="I117" s="32"/>
       <c r="J117" s="32"/>
       <c r="K117" s="32"/>
       <c r="L117" s="32"/>
       <c r="M117" s="32"/>
       <c r="N117" s="32"/>
       <c r="O117" s="32"/>
       <c r="P117" s="32"/>
       <c r="Q117" s="32"/>
       <c r="R117" s="32"/>
       <c r="S117" s="32"/>
       <c r="T117" s="32"/>
       <c r="U117" s="32"/>
       <c r="V117" s="32"/>
       <c r="W117" s="32"/>
       <c r="X117" s="32"/>
       <c r="Y117" s="32"/>
       <c r="Z117" s="32"/>
       <c r="AA117" s="32"/>
       <c r="AB117" s="32"/>
       <c r="AC117" s="32"/>
       <c r="AD117" s="32"/>
       <c r="AE117" s="32"/>
       <c r="AF117" s="32"/>
       <c r="AG117" s="32"/>
       <c r="AH117" s="32"/>
       <c r="AI117" s="32"/>
       <c r="AJ117" s="32"/>
       <c r="AK117" s="32"/>
       <c r="AL117" s="32"/>
       <c r="AM117" s="32"/>
       <c r="AN117" s="32"/>
       <c r="AO117" s="32"/>
       <c r="AP117" s="32"/>
       <c r="AQ117" s="32"/>
       <c r="AR117" s="32"/>
       <c r="AS117" s="32"/>
       <c r="AT117" s="32"/>
       <c r="AU117" s="32"/>
     </row>
-    <row r="118" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A118" s="44"/>
     </row>
-    <row r="119" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A119" s="44"/>
     </row>
-    <row r="120" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A120" s="44"/>
     </row>
-    <row r="121" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A121" s="44"/>
     </row>
-    <row r="122" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A122" s="44"/>
     </row>
-    <row r="123" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A123" s="44"/>
     </row>
-    <row r="124" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A124" s="44"/>
     </row>
-    <row r="125" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A125" s="44"/>
     </row>
-    <row r="126" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A126" s="44"/>
     </row>
-    <row r="127" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A127" s="44"/>
     </row>
-    <row r="128" spans="1:47" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:47" ht="15" x14ac:dyDescent="0.2">
       <c r="A128" s="44"/>
     </row>
-    <row r="129" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A129" s="44"/>
     </row>
-    <row r="130" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A130" s="44"/>
     </row>
-    <row r="131" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A131" s="44"/>
     </row>
-    <row r="132" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A132" s="44"/>
     </row>
-    <row r="133" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A133" s="44"/>
     </row>
-    <row r="134" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A134" s="44"/>
     </row>
-    <row r="135" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A135" s="44"/>
     </row>
-    <row r="136" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A136" s="44"/>
     </row>
-    <row r="137" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A137" s="44"/>
     </row>
-    <row r="138" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A138" s="44"/>
     </row>
-    <row r="139" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A139" s="44"/>
     </row>
-    <row r="140" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A140" s="44"/>
     </row>
-    <row r="141" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A141" s="44"/>
     </row>
-    <row r="142" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A142" s="44"/>
     </row>
-    <row r="143" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A143" s="44"/>
     </row>
-    <row r="144" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A144" s="44"/>
     </row>
-    <row r="145" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A145" s="44"/>
     </row>
-    <row r="146" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A146" s="44"/>
     </row>
-    <row r="147" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A147" s="44"/>
     </row>
-    <row r="148" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A148" s="44"/>
     </row>
-    <row r="149" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A149" s="44"/>
     </row>
-    <row r="150" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A150" s="44"/>
     </row>
-    <row r="151" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A151" s="44"/>
     </row>
-    <row r="152" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A152" s="44"/>
     </row>
-    <row r="153" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A153" s="44"/>
     </row>
-    <row r="154" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A154" s="44"/>
     </row>
-    <row r="155" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A155" s="44"/>
     </row>
-    <row r="156" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A156" s="44"/>
     </row>
-    <row r="157" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A157" s="44"/>
     </row>
-    <row r="158" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A158" s="44"/>
     </row>
-    <row r="159" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A159" s="44"/>
     </row>
-    <row r="160" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A160" s="44"/>
     </row>
-    <row r="161" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A161" s="44"/>
     </row>
-    <row r="162" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A162" s="44"/>
     </row>
-    <row r="163" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A163" s="44"/>
     </row>
-    <row r="164" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A164" s="44"/>
     </row>
-    <row r="165" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A165" s="44"/>
     </row>
-    <row r="166" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A166" s="44"/>
     </row>
-    <row r="167" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A167" s="44"/>
     </row>
-    <row r="168" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A168" s="44"/>
     </row>
-    <row r="169" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A169" s="44"/>
     </row>
-    <row r="170" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A170" s="44"/>
     </row>
-    <row r="171" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A171" s="44"/>
     </row>
-    <row r="172" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A172" s="44"/>
     </row>
-    <row r="173" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A173" s="44"/>
     </row>
-    <row r="174" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A174" s="44"/>
     </row>
-    <row r="175" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A175" s="44"/>
     </row>
-    <row r="176" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A176" s="44"/>
     </row>
-    <row r="177" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A177" s="44"/>
     </row>
-    <row r="178" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A178" s="44"/>
     </row>
-    <row r="179" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A179" s="44"/>
     </row>
-    <row r="180" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A180" s="44"/>
     </row>
-    <row r="181" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A181" s="44"/>
     </row>
-    <row r="182" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A182" s="44"/>
     </row>
-    <row r="183" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A183" s="44"/>
     </row>
-    <row r="184" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A184" s="44"/>
     </row>
-    <row r="185" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A185" s="44"/>
     </row>
-    <row r="186" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A186" s="44"/>
     </row>
-    <row r="187" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A187" s="44"/>
     </row>
-    <row r="188" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A188" s="44"/>
     </row>
-    <row r="189" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A189" s="44"/>
     </row>
-    <row r="190" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A190" s="44"/>
     </row>
-    <row r="191" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A191" s="44"/>
     </row>
-    <row r="192" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A192" s="44"/>
     </row>
-    <row r="193" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A193" s="44"/>
     </row>
-    <row r="194" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A194" s="44"/>
     </row>
-    <row r="195" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A195" s="44"/>
     </row>
-    <row r="196" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A196" s="44"/>
     </row>
-    <row r="197" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A197" s="44"/>
     </row>
-    <row r="198" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A198" s="44"/>
     </row>
-    <row r="199" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A199" s="44"/>
     </row>
-    <row r="200" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A200" s="44"/>
     </row>
-    <row r="201" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A201" s="44"/>
     </row>
-    <row r="202" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A202" s="44"/>
     </row>
-    <row r="203" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A203" s="44"/>
     </row>
-    <row r="204" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A204" s="44"/>
     </row>
-    <row r="205" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A205" s="44"/>
     </row>
-    <row r="206" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A206" s="44"/>
     </row>
-    <row r="207" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A207" s="44"/>
     </row>
-    <row r="208" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A208" s="44"/>
     </row>
-    <row r="209" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A209" s="44"/>
     </row>
-    <row r="210" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A210" s="44"/>
     </row>
-    <row r="211" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A211" s="44"/>
     </row>
-    <row r="212" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A212" s="44"/>
     </row>
-    <row r="213" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A213" s="44"/>
     </row>
-    <row r="214" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A214" s="44"/>
     </row>
-    <row r="215" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A215" s="44"/>
     </row>
-    <row r="216" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A216" s="44"/>
     </row>
-    <row r="217" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A217" s="44"/>
     </row>
-    <row r="218" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A218" s="44"/>
     </row>
-    <row r="219" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A219" s="44"/>
     </row>
-    <row r="220" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A220" s="44"/>
     </row>
-    <row r="221" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A221" s="44"/>
     </row>
-    <row r="222" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A222" s="44"/>
     </row>
-    <row r="223" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A223" s="44"/>
     </row>
-    <row r="224" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A224" s="44"/>
     </row>
-    <row r="225" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A225" s="44"/>
     </row>
-    <row r="226" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A226" s="44"/>
     </row>
-    <row r="227" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A227" s="44"/>
     </row>
-    <row r="228" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A228" s="44"/>
     </row>
-    <row r="229" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A229" s="44"/>
     </row>
-    <row r="230" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A230" s="44"/>
     </row>
-    <row r="231" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A231" s="44"/>
     </row>
-    <row r="232" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A232" s="44"/>
     </row>
-    <row r="233" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A233" s="44"/>
     </row>
-    <row r="234" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A234" s="44"/>
     </row>
-    <row r="235" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A235" s="44"/>
     </row>
-    <row r="236" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A236" s="44"/>
     </row>
-    <row r="237" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A237" s="44"/>
     </row>
-    <row r="238" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A238" s="44"/>
     </row>
-    <row r="239" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A239" s="44"/>
     </row>
-    <row r="240" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A240" s="44"/>
     </row>
-    <row r="241" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A241" s="44"/>
     </row>
-    <row r="242" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A242" s="44"/>
     </row>
-    <row r="243" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A243" s="44"/>
     </row>
-    <row r="244" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A244" s="44"/>
     </row>
-    <row r="245" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A245" s="44"/>
     </row>
-    <row r="246" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A246" s="44"/>
     </row>
-    <row r="247" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A247" s="44"/>
     </row>
-    <row r="248" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A248" s="44"/>
     </row>
-    <row r="249" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A249" s="44"/>
     </row>
-    <row r="250" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A250" s="44"/>
     </row>
-    <row r="251" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A251" s="44"/>
     </row>
-    <row r="252" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A252" s="44"/>
     </row>
-    <row r="253" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A253" s="44"/>
     </row>
-    <row r="254" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A254" s="44"/>
     </row>
-    <row r="255" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A255" s="44"/>
     </row>
-    <row r="256" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A256" s="44"/>
     </row>
-    <row r="257" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A257" s="44"/>
     </row>
-    <row r="258" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A258" s="44"/>
     </row>
-    <row r="259" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A259" s="44"/>
     </row>
-    <row r="260" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A260" s="44"/>
     </row>
-    <row r="261" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A261" s="44"/>
     </row>
-    <row r="262" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A262" s="44"/>
     </row>
-    <row r="263" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A263" s="44"/>
     </row>
-    <row r="264" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A264" s="44"/>
     </row>
-    <row r="265" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A265" s="44"/>
     </row>
-    <row r="266" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A266" s="44"/>
     </row>
-    <row r="267" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A267" s="44"/>
     </row>
-    <row r="268" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A268" s="44"/>
     </row>
-    <row r="269" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A269" s="44"/>
     </row>
-    <row r="270" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A270" s="44"/>
     </row>
-    <row r="271" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A271" s="44"/>
     </row>
-    <row r="272" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A272" s="44"/>
     </row>
-    <row r="273" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A273" s="44"/>
     </row>
-    <row r="274" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A274" s="44"/>
     </row>
-    <row r="275" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A275" s="44"/>
     </row>
-    <row r="276" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A276" s="44"/>
     </row>
-    <row r="277" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A277" s="44"/>
     </row>
-    <row r="278" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A278" s="44"/>
     </row>
-    <row r="279" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A279" s="44"/>
     </row>
-    <row r="280" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A280" s="44"/>
     </row>
-    <row r="281" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A281" s="44"/>
     </row>
-    <row r="282" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A282" s="44"/>
     </row>
-    <row r="283" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A283" s="44"/>
     </row>
-    <row r="284" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A284" s="44"/>
     </row>
-    <row r="285" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A285" s="44"/>
     </row>
-    <row r="286" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A286" s="44"/>
     </row>
-    <row r="287" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A287" s="44"/>
     </row>
-    <row r="288" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A288" s="44"/>
     </row>
-    <row r="289" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A289" s="44"/>
     </row>
-    <row r="290" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A290" s="44"/>
     </row>
-    <row r="291" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A291" s="44"/>
     </row>
-    <row r="292" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A292" s="44"/>
     </row>
-    <row r="293" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A293" s="44"/>
     </row>
-    <row r="294" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A294" s="44"/>
     </row>
-    <row r="295" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A295" s="44"/>
     </row>
-    <row r="296" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A296" s="44"/>
     </row>
-    <row r="297" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A297" s="44"/>
     </row>
-    <row r="298" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A298" s="44"/>
     </row>
-    <row r="299" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A299" s="44"/>
     </row>
-    <row r="300" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A300" s="44"/>
     </row>
-    <row r="301" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A301" s="44"/>
     </row>
-    <row r="302" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A302" s="44"/>
     </row>
-    <row r="303" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A303" s="44"/>
     </row>
-    <row r="304" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A304" s="44"/>
     </row>
-    <row r="305" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A305" s="44"/>
     </row>
-    <row r="306" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A306" s="44"/>
     </row>
-    <row r="307" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A307" s="44"/>
     </row>
-    <row r="308" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A308" s="44"/>
     </row>
-    <row r="309" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A309" s="44"/>
     </row>
-    <row r="310" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A310" s="44"/>
     </row>
-    <row r="311" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A311" s="44"/>
     </row>
-    <row r="312" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A312" s="44"/>
     </row>
-    <row r="313" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A313" s="44"/>
     </row>
-    <row r="314" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A314" s="44"/>
     </row>
-    <row r="315" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A315" s="44"/>
     </row>
-    <row r="316" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A316" s="44"/>
     </row>
-    <row r="317" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A317" s="44"/>
     </row>
-    <row r="318" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A318" s="44"/>
     </row>
-    <row r="319" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A319" s="44"/>
     </row>
-    <row r="320" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A320" s="44"/>
     </row>
-    <row r="321" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A321" s="44"/>
     </row>
-    <row r="322" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A322" s="44"/>
     </row>
-    <row r="323" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A323" s="44"/>
     </row>
-    <row r="324" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A324" s="44"/>
     </row>
-    <row r="325" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A325" s="44"/>
     </row>
-    <row r="326" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A326" s="44"/>
     </row>
-    <row r="327" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A327" s="44"/>
     </row>
-    <row r="328" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A328" s="44"/>
     </row>
-    <row r="329" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A329" s="44"/>
     </row>
-    <row r="330" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A330" s="44"/>
     </row>
-    <row r="331" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A331" s="44"/>
     </row>
-    <row r="332" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A332" s="44"/>
     </row>
-    <row r="333" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A333" s="44"/>
     </row>
-    <row r="334" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A334" s="44"/>
     </row>
-    <row r="335" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A335" s="44"/>
     </row>
-    <row r="336" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A336" s="44"/>
     </row>
-    <row r="337" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A337" s="44"/>
     </row>
-    <row r="338" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A338" s="44"/>
     </row>
-    <row r="339" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A339" s="44"/>
     </row>
-    <row r="340" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A340" s="44"/>
     </row>
-    <row r="341" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A341" s="44"/>
     </row>
-    <row r="342" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A342" s="44"/>
     </row>
-    <row r="343" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A343" s="44"/>
     </row>
-    <row r="344" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A344" s="44"/>
     </row>
-    <row r="345" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A345" s="44"/>
     </row>
-    <row r="346" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A346" s="44"/>
     </row>
-    <row r="347" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A347" s="44"/>
     </row>
-    <row r="348" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A348" s="44"/>
     </row>
-    <row r="349" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A349" s="44"/>
     </row>
-    <row r="350" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A350" s="44"/>
     </row>
-    <row r="351" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A351" s="44"/>
     </row>
-    <row r="352" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A352" s="44"/>
     </row>
-    <row r="353" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A353" s="44"/>
     </row>
-    <row r="354" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A354" s="44"/>
     </row>
-    <row r="355" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A355" s="44"/>
     </row>
-    <row r="356" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A356" s="44"/>
     </row>
-    <row r="357" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A357" s="44"/>
     </row>
-    <row r="358" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A358" s="44"/>
     </row>
-    <row r="359" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A359" s="44"/>
     </row>
-    <row r="360" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A360" s="44"/>
     </row>
-    <row r="361" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A361" s="44"/>
     </row>
-    <row r="362" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A362" s="44"/>
     </row>
-    <row r="363" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A363" s="44"/>
     </row>
-    <row r="364" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A364" s="44"/>
     </row>
-    <row r="365" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A365" s="44"/>
     </row>
-    <row r="366" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A366" s="44"/>
     </row>
-    <row r="367" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A367" s="44"/>
     </row>
-    <row r="368" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A368" s="44"/>
     </row>
-    <row r="369" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A369" s="44"/>
     </row>
-    <row r="370" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A370" s="44"/>
     </row>
-    <row r="371" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A371" s="44"/>
     </row>
-    <row r="372" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A372" s="44"/>
     </row>
-    <row r="373" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A373" s="44"/>
     </row>
-    <row r="374" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A374" s="44"/>
     </row>
-    <row r="375" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A375" s="44"/>
     </row>
-    <row r="376" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A376" s="44"/>
     </row>
-    <row r="377" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A377" s="44"/>
     </row>
-    <row r="378" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A378" s="44"/>
     </row>
-    <row r="379" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A379" s="44"/>
     </row>
-    <row r="380" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A380" s="44"/>
     </row>
-    <row r="381" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A381" s="44"/>
     </row>
-    <row r="382" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A382" s="44"/>
     </row>
-    <row r="383" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A383" s="44"/>
     </row>
-    <row r="384" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A384" s="44"/>
     </row>
-    <row r="385" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A385" s="44"/>
     </row>
-    <row r="386" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A386" s="44"/>
     </row>
-    <row r="387" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A387" s="44"/>
     </row>
-    <row r="388" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A388" s="44"/>
     </row>
-    <row r="389" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A389" s="44"/>
     </row>
-    <row r="390" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A390" s="44"/>
     </row>
-    <row r="391" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A391" s="44"/>
     </row>
-    <row r="392" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A392" s="44"/>
     </row>
-    <row r="393" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A393" s="44"/>
     </row>
-    <row r="394" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A394" s="44"/>
     </row>
-    <row r="395" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A395" s="44"/>
     </row>
-    <row r="396" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A396" s="44"/>
     </row>
-    <row r="397" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A397" s="44"/>
     </row>
-    <row r="398" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A398" s="44"/>
     </row>
-    <row r="399" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A399" s="44"/>
     </row>
-    <row r="400" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A400" s="44"/>
     </row>
-    <row r="401" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A401" s="44"/>
     </row>
-    <row r="402" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A402" s="44"/>
     </row>
-    <row r="403" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A403" s="44"/>
     </row>
-    <row r="404" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A404" s="44"/>
     </row>
-    <row r="405" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A405" s="44"/>
     </row>
-    <row r="406" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A406" s="44"/>
     </row>
-    <row r="407" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A407" s="44"/>
     </row>
-    <row r="408" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A408" s="44"/>
     </row>
-    <row r="409" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A409" s="44"/>
     </row>
-    <row r="410" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A410" s="44"/>
     </row>
-    <row r="411" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A411" s="44"/>
     </row>
-    <row r="412" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A412" s="44"/>
     </row>
-    <row r="413" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A413" s="44"/>
     </row>
-    <row r="414" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A414" s="44"/>
     </row>
-    <row r="415" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A415" s="44"/>
     </row>
-    <row r="416" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A416" s="44"/>
     </row>
-    <row r="417" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A417" s="44"/>
     </row>
-    <row r="418" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A418" s="44"/>
     </row>
-    <row r="419" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A419" s="44"/>
     </row>
-    <row r="420" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A420" s="44"/>
     </row>
-    <row r="421" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A421" s="44"/>
     </row>
-    <row r="422" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A422" s="44"/>
     </row>
-    <row r="423" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A423" s="44"/>
     </row>
-    <row r="424" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="424" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A424" s="44"/>
     </row>
-    <row r="425" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A425" s="44"/>
     </row>
-    <row r="426" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="426" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A426" s="44"/>
     </row>
-    <row r="427" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A427" s="44"/>
     </row>
-    <row r="428" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A428" s="44"/>
     </row>
-    <row r="429" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A429" s="44"/>
     </row>
-    <row r="430" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="430" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A430" s="44"/>
     </row>
-    <row r="431" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A431" s="44"/>
     </row>
-    <row r="432" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A432" s="44"/>
     </row>
-    <row r="433" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A433" s="44"/>
     </row>
-    <row r="434" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A434" s="44"/>
     </row>
-    <row r="435" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A435" s="44"/>
     </row>
-    <row r="436" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A436" s="44"/>
     </row>
-    <row r="437" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A437" s="44"/>
     </row>
-    <row r="438" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A438" s="44"/>
     </row>
-    <row r="439" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A439" s="44"/>
     </row>
-    <row r="440" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A440" s="44"/>
     </row>
-    <row r="441" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A441" s="44"/>
     </row>
-    <row r="442" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A442" s="44"/>
     </row>
-    <row r="443" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A443" s="44"/>
     </row>
-    <row r="444" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A444" s="44"/>
     </row>
-    <row r="445" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A445" s="44"/>
     </row>
-    <row r="446" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A446" s="44"/>
     </row>
-    <row r="447" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A447" s="44"/>
     </row>
-    <row r="448" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A448" s="44"/>
     </row>
-    <row r="449" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A449" s="44"/>
     </row>
-    <row r="450" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A450" s="44"/>
     </row>
-    <row r="451" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A451" s="44"/>
     </row>
-    <row r="452" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A452" s="44"/>
     </row>
-    <row r="453" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A453" s="44"/>
     </row>
-    <row r="454" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A454" s="44"/>
     </row>
-    <row r="455" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A455" s="44"/>
     </row>
-    <row r="456" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A456" s="44"/>
     </row>
-    <row r="457" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A457" s="44"/>
     </row>
-    <row r="458" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A458" s="44"/>
     </row>
-    <row r="459" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A459" s="44"/>
     </row>
-    <row r="460" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A460" s="44"/>
     </row>
-    <row r="461" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A461" s="44"/>
     </row>
-    <row r="462" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="462" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A462" s="44"/>
     </row>
-    <row r="463" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="463" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A463" s="44"/>
     </row>
-    <row r="464" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="464" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A464" s="44"/>
     </row>
-    <row r="465" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A465" s="44"/>
     </row>
-    <row r="466" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A466" s="44"/>
     </row>
-    <row r="467" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A467" s="44"/>
     </row>
-    <row r="468" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A468" s="44"/>
     </row>
-    <row r="469" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A469" s="44"/>
     </row>
-    <row r="470" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A470" s="44"/>
     </row>
-    <row r="471" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="471" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A471" s="44"/>
     </row>
-    <row r="472" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A472" s="44"/>
     </row>
-    <row r="473" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A473" s="44"/>
     </row>
-    <row r="474" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A474" s="44"/>
     </row>
-    <row r="475" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A475" s="44"/>
     </row>
-    <row r="476" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A476" s="44"/>
     </row>
-    <row r="477" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A477" s="44"/>
     </row>
-    <row r="478" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A478" s="44"/>
     </row>
-    <row r="479" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="479" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A479" s="44"/>
     </row>
-    <row r="480" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A480" s="44"/>
     </row>
-    <row r="481" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A481" s="44"/>
     </row>
-    <row r="482" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A482" s="44"/>
     </row>
-    <row r="483" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="483" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A483" s="44"/>
     </row>
-    <row r="484" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A484" s="44"/>
     </row>
-    <row r="485" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A485" s="44"/>
     </row>
-    <row r="486" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A486" s="44"/>
     </row>
-    <row r="487" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A487" s="44"/>
     </row>
-    <row r="488" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A488" s="44"/>
     </row>
-    <row r="489" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A489" s="44"/>
     </row>
-    <row r="490" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A490" s="44"/>
     </row>
-    <row r="491" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="491" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A491" s="44"/>
     </row>
-    <row r="492" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A492" s="44"/>
     </row>
-    <row r="493" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A493" s="44"/>
     </row>
-    <row r="494" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="494" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A494" s="44"/>
     </row>
-    <row r="495" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="495" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A495" s="44"/>
     </row>
-    <row r="496" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="496" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A496" s="44"/>
     </row>
-    <row r="497" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="497" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A497" s="44"/>
     </row>
-    <row r="498" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="498" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A498" s="44"/>
     </row>
-    <row r="499" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A499" s="44"/>
     </row>
-    <row r="500" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A500" s="44"/>
     </row>
-    <row r="501" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A501" s="44"/>
     </row>
-    <row r="502" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A502" s="44"/>
     </row>
-    <row r="503" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="503" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A503" s="44"/>
     </row>
-    <row r="504" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A504" s="44"/>
     </row>
-    <row r="505" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A505" s="44"/>
     </row>
-    <row r="506" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="506" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A506" s="44"/>
     </row>
-    <row r="507" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="507" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A507" s="44"/>
     </row>
-    <row r="508" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A508" s="44"/>
     </row>
-    <row r="509" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A509" s="44"/>
     </row>
-    <row r="510" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A510" s="44"/>
     </row>
-    <row r="511" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A511" s="44"/>
     </row>
-    <row r="512" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A512" s="44"/>
     </row>
-    <row r="513" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A513" s="44"/>
     </row>
-    <row r="514" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A514" s="44"/>
     </row>
-    <row r="515" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A515" s="44"/>
     </row>
-    <row r="516" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="516" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A516" s="44"/>
     </row>
-    <row r="517" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A517" s="44"/>
     </row>
-    <row r="518" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A518" s="44"/>
     </row>
-    <row r="519" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A519" s="44"/>
     </row>
-    <row r="520" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A520" s="44"/>
     </row>
-    <row r="521" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A521" s="44"/>
     </row>
-    <row r="522" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="522" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A522" s="44"/>
     </row>
-    <row r="523" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A523" s="44"/>
     </row>
-    <row r="524" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="524" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A524" s="44"/>
     </row>
-    <row r="525" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A525" s="44"/>
     </row>
-    <row r="526" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="526" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A526" s="44"/>
     </row>
-    <row r="527" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A527" s="44"/>
     </row>
-    <row r="528" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="528" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A528" s="44"/>
     </row>
-    <row r="529" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A529" s="44"/>
     </row>
-    <row r="530" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A530" s="44"/>
     </row>
-    <row r="531" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="531" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A531" s="44"/>
     </row>
-    <row r="532" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="532" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A532" s="44"/>
     </row>
-    <row r="533" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="533" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A533" s="44"/>
     </row>
-    <row r="534" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A534" s="44"/>
     </row>
-    <row r="535" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="535" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A535" s="44"/>
     </row>
-    <row r="536" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="536" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A536" s="44"/>
     </row>
-    <row r="537" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A537" s="44"/>
     </row>
-    <row r="538" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A538" s="44"/>
     </row>
-    <row r="539" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A539" s="44"/>
     </row>
-    <row r="540" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="540" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A540" s="44"/>
     </row>
-    <row r="541" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A541" s="44"/>
     </row>
-    <row r="542" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A542" s="44"/>
     </row>
-    <row r="543" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A543" s="44"/>
     </row>
-    <row r="544" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A544" s="44"/>
     </row>
-    <row r="545" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A545" s="44"/>
     </row>
-    <row r="546" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A546" s="44"/>
     </row>
-    <row r="547" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A547" s="44"/>
     </row>
-    <row r="548" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A548" s="44"/>
     </row>
-    <row r="549" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A549" s="44"/>
     </row>
-    <row r="550" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A550" s="44"/>
     </row>
-    <row r="551" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="551" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A551" s="44"/>
     </row>
-    <row r="552" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A552" s="44"/>
     </row>
-    <row r="553" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A553" s="44"/>
     </row>
-    <row r="554" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A554" s="44"/>
     </row>
-    <row r="555" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A555" s="44"/>
     </row>
-    <row r="556" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A556" s="44"/>
     </row>
-    <row r="557" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A557" s="44"/>
     </row>
-    <row r="558" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A558" s="44"/>
     </row>
-    <row r="559" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A559" s="44"/>
     </row>
-    <row r="560" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="560" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A560" s="44"/>
     </row>
-    <row r="561" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A561" s="44"/>
     </row>
-    <row r="562" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A562" s="44"/>
     </row>
-    <row r="563" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="563" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A563" s="44"/>
     </row>
-    <row r="564" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="564" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A564" s="44"/>
     </row>
-    <row r="565" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A565" s="44"/>
     </row>
-    <row r="566" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="566" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A566" s="44"/>
     </row>
-    <row r="567" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A567" s="44"/>
     </row>
-    <row r="568" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A568" s="44"/>
     </row>
-    <row r="569" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A569" s="44"/>
     </row>
-    <row r="570" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A570" s="44"/>
     </row>
-    <row r="571" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A571" s="44"/>
     </row>
-    <row r="572" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A572" s="44"/>
     </row>
-    <row r="573" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A573" s="44"/>
     </row>
-    <row r="574" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A574" s="44"/>
     </row>
-    <row r="575" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A575" s="44"/>
     </row>
-    <row r="576" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A576" s="44"/>
     </row>
-    <row r="577" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A577" s="44"/>
     </row>
-    <row r="578" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="578" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A578" s="44"/>
     </row>
-    <row r="579" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="579" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A579" s="44"/>
     </row>
-    <row r="580" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A580" s="44"/>
     </row>
-    <row r="581" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A581" s="44"/>
     </row>
-    <row r="582" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A582" s="44"/>
     </row>
-    <row r="583" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A583" s="44"/>
     </row>
-    <row r="584" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A584" s="44"/>
     </row>
-    <row r="585" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A585" s="44"/>
     </row>
-    <row r="586" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="586" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A586" s="44"/>
     </row>
-    <row r="587" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="587" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A587" s="44"/>
     </row>
-    <row r="588" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A588" s="44"/>
     </row>
-    <row r="589" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A589" s="44"/>
     </row>
-    <row r="590" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="590" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A590" s="44"/>
     </row>
-    <row r="591" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="591" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A591" s="44"/>
     </row>
-    <row r="592" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="592" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A592" s="44"/>
     </row>
-    <row r="593" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="593" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A593" s="44"/>
     </row>
-    <row r="594" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="594" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A594" s="44"/>
     </row>
-    <row r="595" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="595" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A595" s="44"/>
     </row>
-    <row r="596" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="596" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A596" s="44"/>
     </row>
-    <row r="597" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="597" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A597" s="44"/>
     </row>
-    <row r="598" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A598" s="44"/>
     </row>
-    <row r="599" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A599" s="44"/>
     </row>
-    <row r="600" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A600" s="44"/>
     </row>
-    <row r="601" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A601" s="44"/>
     </row>
-    <row r="602" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="602" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A602" s="44"/>
     </row>
-    <row r="603" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A603" s="44"/>
     </row>
-    <row r="604" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="604" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A604" s="44"/>
     </row>
-    <row r="605" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A605" s="44"/>
     </row>
-    <row r="606" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A606" s="44"/>
     </row>
-    <row r="607" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A607" s="44"/>
     </row>
-    <row r="608" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A608" s="44"/>
     </row>
-    <row r="609" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A609" s="44"/>
     </row>
-    <row r="610" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A610" s="44"/>
     </row>
-    <row r="611" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="611" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A611" s="44"/>
     </row>
-    <row r="612" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A612" s="44"/>
     </row>
-    <row r="613" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="613" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A613" s="44"/>
     </row>
-    <row r="614" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="614" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A614" s="44"/>
     </row>
-    <row r="615" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="615" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A615" s="44"/>
     </row>
-    <row r="616" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="616" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A616" s="44"/>
     </row>
-    <row r="617" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A617" s="44"/>
     </row>
-    <row r="618" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A618" s="44"/>
     </row>
-    <row r="619" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A619" s="44"/>
     </row>
-    <row r="620" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="620" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A620" s="44"/>
     </row>
-    <row r="621" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A621" s="44"/>
     </row>
-    <row r="622" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A622" s="44"/>
     </row>
-    <row r="623" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="623" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A623" s="44"/>
     </row>
-    <row r="624" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="624" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A624" s="44"/>
     </row>
-    <row r="625" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="625" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A625" s="44"/>
     </row>
-    <row r="626" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A626" s="44"/>
     </row>
-    <row r="627" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="627" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A627" s="44"/>
     </row>
-    <row r="628" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A628" s="44"/>
     </row>
-    <row r="629" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="629" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A629" s="44"/>
     </row>
-    <row r="630" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="630" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A630" s="44"/>
     </row>
-    <row r="631" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="631" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A631" s="44"/>
     </row>
-    <row r="632" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="632" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A632" s="44"/>
     </row>
-    <row r="633" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="633" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A633" s="44"/>
     </row>
-    <row r="634" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="634" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A634" s="44"/>
     </row>
-    <row r="635" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="635" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A635" s="44"/>
     </row>
-    <row r="636" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="636" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A636" s="44"/>
     </row>
-    <row r="637" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="637" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A637" s="44"/>
     </row>
-    <row r="638" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="638" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A638" s="44"/>
     </row>
-    <row r="639" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="639" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A639" s="44"/>
     </row>
-    <row r="640" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="640" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A640" s="44"/>
     </row>
-    <row r="641" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="641" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A641" s="44"/>
     </row>
-    <row r="642" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="642" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A642" s="44"/>
     </row>
-    <row r="643" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="643" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A643" s="44"/>
     </row>
-    <row r="644" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="644" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A644" s="44"/>
     </row>
-    <row r="645" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="645" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A645" s="44"/>
     </row>
-    <row r="646" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="646" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A646" s="44"/>
     </row>
-    <row r="647" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="647" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A647" s="44"/>
     </row>
-    <row r="648" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="648" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A648" s="44"/>
     </row>
-    <row r="649" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="649" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A649" s="44"/>
     </row>
-    <row r="650" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="650" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A650" s="44"/>
     </row>
-    <row r="651" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="651" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A651" s="44"/>
     </row>
-    <row r="652" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="652" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A652" s="44"/>
     </row>
-    <row r="653" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="653" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A653" s="44"/>
     </row>
-    <row r="654" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="654" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A654" s="44"/>
     </row>
-    <row r="655" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="655" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A655" s="44"/>
     </row>
-    <row r="656" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="656" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A656" s="44"/>
     </row>
-    <row r="657" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="657" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A657" s="44"/>
     </row>
-    <row r="658" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="658" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A658" s="44"/>
     </row>
-    <row r="659" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="659" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A659" s="44"/>
     </row>
-    <row r="660" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="660" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A660" s="44"/>
     </row>
-    <row r="661" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="661" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A661" s="44"/>
     </row>
-    <row r="662" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="662" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A662" s="44"/>
     </row>
-    <row r="663" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="663" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A663" s="44"/>
     </row>
-    <row r="664" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="664" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A664" s="44"/>
     </row>
-    <row r="665" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="665" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A665" s="44"/>
     </row>
-    <row r="666" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="666" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A666" s="44"/>
     </row>
-    <row r="667" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="667" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A667" s="44"/>
     </row>
-    <row r="668" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="668" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A668" s="44"/>
     </row>
-    <row r="669" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="669" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A669" s="44"/>
     </row>
-    <row r="670" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="670" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A670" s="44"/>
     </row>
-    <row r="671" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="671" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A671" s="44"/>
     </row>
-    <row r="672" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="672" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A672" s="44"/>
     </row>
-    <row r="673" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="673" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A673" s="44"/>
     </row>
-    <row r="674" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="674" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A674" s="44"/>
     </row>
-    <row r="675" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="675" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A675" s="44"/>
     </row>
-    <row r="676" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="676" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A676" s="44"/>
     </row>
-    <row r="677" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="677" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A677" s="44"/>
     </row>
-    <row r="678" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="678" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A678" s="44"/>
     </row>
-    <row r="679" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="679" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A679" s="44"/>
     </row>
-    <row r="680" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="680" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A680" s="44"/>
     </row>
-    <row r="681" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="681" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A681" s="44"/>
     </row>
-    <row r="682" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="682" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A682" s="44"/>
     </row>
-    <row r="683" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="683" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A683" s="44"/>
     </row>
-    <row r="684" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="684" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A684" s="44"/>
     </row>
-    <row r="685" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="685" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A685" s="44"/>
     </row>
-    <row r="686" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="686" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A686" s="44"/>
     </row>
-    <row r="687" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="687" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A687" s="44"/>
     </row>
-    <row r="688" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="688" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A688" s="44"/>
     </row>
-    <row r="689" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="689" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A689" s="44"/>
     </row>
-    <row r="690" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="690" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A690" s="44"/>
     </row>
-    <row r="691" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="691" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A691" s="44"/>
     </row>
-    <row r="692" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="692" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A692" s="44"/>
     </row>
-    <row r="693" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="693" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A693" s="44"/>
     </row>
-    <row r="694" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="694" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A694" s="44"/>
     </row>
-    <row r="695" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="695" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A695" s="44"/>
     </row>
-    <row r="696" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="696" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A696" s="44"/>
     </row>
-    <row r="697" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="697" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A697" s="44"/>
     </row>
-    <row r="698" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="698" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A698" s="44"/>
     </row>
-    <row r="699" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="699" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A699" s="44"/>
     </row>
-    <row r="700" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="700" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A700" s="44"/>
     </row>
-    <row r="701" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="701" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A701" s="44"/>
     </row>
-    <row r="702" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="702" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A702" s="44"/>
     </row>
-    <row r="703" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="703" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A703" s="44"/>
     </row>
-    <row r="704" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="704" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A704" s="44"/>
     </row>
-    <row r="705" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="705" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A705" s="44"/>
     </row>
-    <row r="706" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="706" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A706" s="44"/>
     </row>
-    <row r="707" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="707" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A707" s="44"/>
     </row>
-    <row r="708" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="708" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A708" s="44"/>
     </row>
-    <row r="709" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="709" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A709" s="44"/>
     </row>
-    <row r="710" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="710" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A710" s="44"/>
     </row>
-    <row r="711" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="711" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A711" s="44"/>
     </row>
-    <row r="712" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="712" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A712" s="44"/>
     </row>
-    <row r="713" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="713" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A713" s="44"/>
     </row>
-    <row r="714" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="714" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A714" s="44"/>
     </row>
-    <row r="715" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="715" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A715" s="44"/>
     </row>
-    <row r="716" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="716" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A716" s="44"/>
     </row>
-    <row r="717" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="717" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A717" s="44"/>
     </row>
-    <row r="718" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="718" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A718" s="44"/>
     </row>
-    <row r="719" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="719" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A719" s="44"/>
     </row>
-    <row r="720" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="720" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A720" s="44"/>
     </row>
-    <row r="721" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="721" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A721" s="44"/>
     </row>
-    <row r="722" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="722" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A722" s="44"/>
     </row>
-    <row r="723" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="723" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A723" s="44"/>
     </row>
-    <row r="724" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="724" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A724" s="44"/>
     </row>
-    <row r="725" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="725" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A725" s="44"/>
     </row>
-    <row r="726" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="726" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A726" s="44"/>
     </row>
-    <row r="727" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="727" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A727" s="44"/>
     </row>
-    <row r="728" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="728" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A728" s="44"/>
     </row>
-    <row r="729" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="729" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A729" s="44"/>
     </row>
-    <row r="730" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="730" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A730" s="44"/>
     </row>
-    <row r="731" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="731" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A731" s="44"/>
     </row>
-    <row r="732" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="732" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A732" s="44"/>
     </row>
-    <row r="733" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="733" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A733" s="44"/>
     </row>
-    <row r="734" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="734" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A734" s="44"/>
     </row>
-    <row r="735" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="735" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A735" s="44"/>
     </row>
-    <row r="736" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="736" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A736" s="44"/>
     </row>
-    <row r="737" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="737" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A737" s="44"/>
     </row>
-    <row r="738" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="738" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A738" s="44"/>
     </row>
-    <row r="739" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="739" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A739" s="44"/>
     </row>
-    <row r="740" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="740" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A740" s="44"/>
     </row>
-    <row r="741" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="741" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A741" s="44"/>
     </row>
-    <row r="742" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="742" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A742" s="44"/>
     </row>
-    <row r="743" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="743" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A743" s="44"/>
     </row>
-    <row r="744" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="744" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A744" s="44"/>
     </row>
-    <row r="745" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="745" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A745" s="44"/>
     </row>
-    <row r="746" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="746" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A746" s="44"/>
     </row>
-    <row r="747" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="747" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A747" s="44"/>
     </row>
-    <row r="748" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="748" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A748" s="44"/>
     </row>
-    <row r="749" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="749" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A749" s="44"/>
     </row>
-    <row r="750" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="750" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A750" s="44"/>
     </row>
-    <row r="751" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="751" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A751" s="44"/>
     </row>
-    <row r="752" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="752" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A752" s="44"/>
     </row>
-    <row r="753" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="753" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A753" s="44"/>
     </row>
-    <row r="754" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="754" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A754" s="44"/>
     </row>
-    <row r="755" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="755" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A755" s="44"/>
     </row>
-    <row r="756" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="756" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A756" s="44"/>
     </row>
-    <row r="757" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="757" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A757" s="44"/>
     </row>
-    <row r="758" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="758" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A758" s="44"/>
     </row>
-    <row r="759" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="759" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A759" s="44"/>
     </row>
-    <row r="760" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="760" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A760" s="44"/>
     </row>
-    <row r="761" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="761" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A761" s="44"/>
     </row>
-    <row r="762" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="762" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A762" s="44"/>
     </row>
-    <row r="763" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="763" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A763" s="44"/>
     </row>
-    <row r="764" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="764" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A764" s="44"/>
     </row>
-    <row r="765" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="765" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A765" s="44"/>
     </row>
-    <row r="766" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="766" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A766" s="44"/>
     </row>
-    <row r="767" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="767" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A767" s="44"/>
     </row>
-    <row r="768" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="768" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A768" s="44"/>
     </row>
-    <row r="769" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="769" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A769" s="44"/>
     </row>
-    <row r="770" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="770" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A770" s="44"/>
     </row>
-    <row r="771" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="771" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A771" s="44"/>
     </row>
-    <row r="772" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="772" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A772" s="44"/>
     </row>
-    <row r="773" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="773" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A773" s="44"/>
     </row>
-    <row r="774" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="774" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A774" s="44"/>
     </row>
-    <row r="775" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="775" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A775" s="44"/>
     </row>
-    <row r="776" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="776" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A776" s="44"/>
     </row>
-    <row r="777" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="777" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A777" s="44"/>
     </row>
-    <row r="778" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="778" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A778" s="44"/>
     </row>
-    <row r="779" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="779" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A779" s="44"/>
     </row>
-    <row r="780" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="780" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A780" s="44"/>
     </row>
-    <row r="781" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="781" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A781" s="44"/>
     </row>
-    <row r="782" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="782" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A782" s="44"/>
     </row>
-    <row r="783" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="783" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A783" s="44"/>
     </row>
-    <row r="784" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="784" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A784" s="44"/>
     </row>
-    <row r="785" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="785" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A785" s="44"/>
     </row>
-    <row r="786" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="786" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A786" s="44"/>
     </row>
-    <row r="787" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="787" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A787" s="44"/>
     </row>
-    <row r="788" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="788" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A788" s="44"/>
     </row>
-    <row r="789" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="789" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A789" s="44"/>
     </row>
-    <row r="790" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="790" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A790" s="44"/>
     </row>
-    <row r="791" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="791" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A791" s="44"/>
     </row>
-    <row r="792" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="792" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A792" s="44"/>
     </row>
-    <row r="793" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="793" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A793" s="44"/>
     </row>
-    <row r="794" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="794" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A794" s="44"/>
     </row>
-    <row r="795" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="795" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A795" s="44"/>
     </row>
-    <row r="796" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="796" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A796" s="44"/>
     </row>
-    <row r="797" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="797" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A797" s="44"/>
     </row>
-    <row r="798" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="798" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A798" s="44"/>
     </row>
-    <row r="799" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="799" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A799" s="44"/>
     </row>
-    <row r="800" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="800" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A800" s="44"/>
     </row>
-    <row r="801" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="801" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A801" s="44"/>
     </row>
-    <row r="802" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="802" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A802" s="44"/>
     </row>
-    <row r="803" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="803" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A803" s="44"/>
     </row>
-    <row r="804" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="804" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A804" s="44"/>
     </row>
-    <row r="805" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="805" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A805" s="44"/>
     </row>
-    <row r="806" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="806" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A806" s="44"/>
     </row>
-    <row r="807" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="807" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A807" s="44"/>
     </row>
-    <row r="808" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="808" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A808" s="44"/>
     </row>
-    <row r="809" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="809" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A809" s="44"/>
     </row>
-    <row r="810" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="810" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A810" s="44"/>
     </row>
-    <row r="811" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="811" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A811" s="44"/>
     </row>
-    <row r="812" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="812" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A812" s="44"/>
     </row>
-    <row r="813" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="813" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A813" s="44"/>
     </row>
-    <row r="814" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="814" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A814" s="44"/>
     </row>
-    <row r="815" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="815" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A815" s="44"/>
     </row>
-    <row r="816" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="816" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A816" s="44"/>
     </row>
-    <row r="817" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="817" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A817" s="44"/>
     </row>
-    <row r="818" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="818" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A818" s="44"/>
     </row>
-    <row r="819" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="819" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A819" s="44"/>
     </row>
-    <row r="820" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="820" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A820" s="44"/>
     </row>
-    <row r="821" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="821" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A821" s="44"/>
     </row>
-    <row r="822" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="822" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A822" s="44"/>
     </row>
-    <row r="823" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="823" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A823" s="44"/>
     </row>
-    <row r="824" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="824" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A824" s="44"/>
     </row>
-    <row r="825" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="825" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A825" s="44"/>
     </row>
-    <row r="826" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="826" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A826" s="44"/>
     </row>
-    <row r="827" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="827" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A827" s="44"/>
     </row>
-    <row r="828" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="828" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A828" s="44"/>
     </row>
-    <row r="829" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="829" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A829" s="44"/>
     </row>
-    <row r="830" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="830" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A830" s="44"/>
     </row>
-    <row r="831" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="831" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A831" s="44"/>
     </row>
-    <row r="832" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="832" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A832" s="44"/>
     </row>
-    <row r="833" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="833" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A833" s="44"/>
     </row>
-    <row r="834" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="834" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A834" s="44"/>
     </row>
-    <row r="835" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="835" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A835" s="44"/>
     </row>
-    <row r="836" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="836" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A836" s="44"/>
     </row>
-    <row r="837" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="837" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A837" s="44"/>
     </row>
-    <row r="838" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="838" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A838" s="44"/>
     </row>
-    <row r="839" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="839" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A839" s="44"/>
     </row>
-    <row r="840" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="840" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A840" s="44"/>
     </row>
-    <row r="841" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="841" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A841" s="44"/>
     </row>
-    <row r="842" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="842" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A842" s="44"/>
     </row>
-    <row r="843" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="843" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A843" s="44"/>
     </row>
-    <row r="844" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="844" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A844" s="44"/>
     </row>
-    <row r="845" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="845" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A845" s="44"/>
     </row>
-    <row r="846" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="846" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A846" s="44"/>
     </row>
-    <row r="847" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="847" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A847" s="44"/>
     </row>
-    <row r="848" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="848" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A848" s="44"/>
     </row>
-    <row r="849" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="849" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A849" s="44"/>
     </row>
-    <row r="850" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="850" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A850" s="44"/>
     </row>
-    <row r="851" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="851" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A851" s="44"/>
     </row>
-    <row r="852" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="852" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A852" s="44"/>
     </row>
-    <row r="853" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="853" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A853" s="44"/>
     </row>
-    <row r="854" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="854" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A854" s="44"/>
     </row>
-    <row r="855" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="855" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A855" s="44"/>
     </row>
-    <row r="856" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="856" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A856" s="44"/>
     </row>
-    <row r="857" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="857" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A857" s="44"/>
     </row>
-    <row r="858" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="858" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A858" s="44"/>
     </row>
-    <row r="859" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="859" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A859" s="44"/>
     </row>
-    <row r="860" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="860" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A860" s="44"/>
     </row>
-    <row r="861" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="861" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A861" s="44"/>
     </row>
-    <row r="862" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="862" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A862" s="44"/>
     </row>
-    <row r="863" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="863" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A863" s="44"/>
     </row>
-    <row r="864" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="864" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A864" s="44"/>
     </row>
-    <row r="865" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="865" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A865" s="44"/>
     </row>
-    <row r="866" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="866" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A866" s="44"/>
     </row>
-    <row r="867" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="867" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A867" s="44"/>
     </row>
-    <row r="868" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="868" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A868" s="44"/>
     </row>
-    <row r="869" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="869" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A869" s="44"/>
     </row>
-    <row r="870" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="870" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A870" s="44"/>
     </row>
-    <row r="871" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="871" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A871" s="44"/>
     </row>
-    <row r="872" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="872" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A872" s="44"/>
     </row>
-    <row r="873" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="873" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A873" s="44"/>
     </row>
-    <row r="874" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="874" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A874" s="44"/>
     </row>
-    <row r="875" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="875" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A875" s="44"/>
     </row>
-    <row r="876" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="876" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A876" s="44"/>
     </row>
-    <row r="877" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="877" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A877" s="44"/>
     </row>
-    <row r="878" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="878" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A878" s="44"/>
     </row>
-    <row r="879" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="879" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A879" s="44"/>
     </row>
-    <row r="880" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="880" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A880" s="44"/>
     </row>
-    <row r="881" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="881" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A881" s="44"/>
     </row>
-    <row r="882" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="882" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A882" s="44"/>
     </row>
-    <row r="883" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="883" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A883" s="44"/>
     </row>
-    <row r="884" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="884" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A884" s="44"/>
     </row>
-    <row r="885" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="885" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A885" s="44"/>
     </row>
-    <row r="886" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="886" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A886" s="44"/>
     </row>
-    <row r="887" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="887" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A887" s="44"/>
     </row>
-    <row r="888" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="888" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A888" s="44"/>
     </row>
-    <row r="889" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="889" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A889" s="44"/>
     </row>
-    <row r="890" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="890" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A890" s="44"/>
     </row>
-    <row r="891" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="891" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A891" s="44"/>
     </row>
-    <row r="892" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="892" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A892" s="44"/>
     </row>
-    <row r="893" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="893" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A893" s="44"/>
     </row>
-    <row r="894" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="894" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A894" s="44"/>
     </row>
-    <row r="895" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="895" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A895" s="44"/>
     </row>
-    <row r="896" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="896" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A896" s="44"/>
     </row>
-    <row r="897" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="897" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A897" s="44"/>
     </row>
-    <row r="898" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="898" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A898" s="44"/>
     </row>
-    <row r="899" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="899" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A899" s="44"/>
     </row>
-    <row r="900" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="900" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A900" s="44"/>
     </row>
-    <row r="901" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="901" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A901" s="44"/>
     </row>
-    <row r="902" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="902" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A902" s="44"/>
     </row>
-    <row r="903" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="903" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A903" s="44"/>
     </row>
-    <row r="904" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="904" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A904" s="44"/>
     </row>
-    <row r="905" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="905" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A905" s="44"/>
     </row>
-    <row r="906" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="906" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A906" s="44"/>
     </row>
-    <row r="907" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="907" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A907" s="44"/>
     </row>
-    <row r="908" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="908" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A908" s="44"/>
     </row>
-    <row r="909" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="909" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A909" s="44"/>
     </row>
-    <row r="910" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="910" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A910" s="44"/>
     </row>
-    <row r="911" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="911" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A911" s="44"/>
     </row>
-    <row r="912" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="912" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A912" s="44"/>
     </row>
-    <row r="913" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="913" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A913" s="44"/>
     </row>
-    <row r="914" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="914" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A914" s="44"/>
     </row>
-    <row r="915" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="915" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A915" s="44"/>
     </row>
-    <row r="916" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="916" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A916" s="44"/>
     </row>
-    <row r="917" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="917" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A917" s="44"/>
     </row>
-    <row r="918" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="918" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A918" s="44"/>
     </row>
-    <row r="919" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="919" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A919" s="44"/>
     </row>
-    <row r="920" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="920" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A920" s="44"/>
     </row>
-    <row r="921" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="921" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A921" s="44"/>
     </row>
-    <row r="922" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="922" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A922" s="44"/>
     </row>
-    <row r="923" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="923" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A923" s="44"/>
     </row>
-    <row r="924" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="924" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A924" s="44"/>
     </row>
-    <row r="925" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="925" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A925" s="44"/>
     </row>
-    <row r="926" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="926" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A926" s="44"/>
     </row>
-    <row r="927" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="927" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A927" s="44"/>
     </row>
-    <row r="928" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="928" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A928" s="44"/>
     </row>
-    <row r="929" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="929" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A929" s="44"/>
     </row>
-    <row r="930" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="930" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A930" s="44"/>
     </row>
-    <row r="931" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="931" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A931" s="44"/>
     </row>
-    <row r="932" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="932" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A932" s="44"/>
     </row>
-    <row r="933" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="933" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A933" s="44"/>
     </row>
-    <row r="934" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="934" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A934" s="44"/>
     </row>
-    <row r="935" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="935" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A935" s="44"/>
     </row>
-    <row r="936" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="936" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A936" s="44"/>
     </row>
-    <row r="937" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="937" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A937" s="44"/>
     </row>
-    <row r="938" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="938" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A938" s="44"/>
     </row>
-    <row r="939" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="939" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A939" s="44"/>
     </row>
-    <row r="940" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="940" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A940" s="44"/>
     </row>
-    <row r="941" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="941" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A941" s="44"/>
     </row>
-    <row r="942" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="942" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A942" s="44"/>
     </row>
-    <row r="943" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="943" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A943" s="44"/>
     </row>
-    <row r="944" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="944" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A944" s="44"/>
     </row>
-    <row r="945" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="945" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A945" s="44"/>
     </row>
-    <row r="946" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="946" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A946" s="44"/>
     </row>
-    <row r="947" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="947" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A947" s="44"/>
     </row>
-    <row r="948" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="948" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A948" s="44"/>
     </row>
-    <row r="949" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="949" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A949" s="44"/>
     </row>
-    <row r="950" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="950" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A950" s="44"/>
     </row>
-    <row r="951" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="951" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A951" s="44"/>
     </row>
-    <row r="952" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="952" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A952" s="44"/>
     </row>
-    <row r="953" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="953" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A953" s="44"/>
     </row>
-    <row r="954" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="954" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A954" s="44"/>
     </row>
-    <row r="955" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="955" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A955" s="44"/>
     </row>
-    <row r="956" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="956" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A956" s="44"/>
     </row>
-    <row r="957" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="957" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A957" s="44"/>
     </row>
-    <row r="958" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="958" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A958" s="44"/>
     </row>
-    <row r="959" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="959" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A959" s="44"/>
     </row>
-    <row r="960" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="960" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A960" s="44"/>
     </row>
-    <row r="961" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="961" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A961" s="44"/>
     </row>
-    <row r="962" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="962" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A962" s="44"/>
     </row>
-    <row r="963" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="963" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A963" s="44"/>
     </row>
-    <row r="964" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="964" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A964" s="44"/>
     </row>
-    <row r="965" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="965" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A965" s="44"/>
     </row>
-    <row r="966" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="966" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A966" s="44"/>
     </row>
-    <row r="967" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="967" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A967" s="44"/>
     </row>
-    <row r="968" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="968" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A968" s="44"/>
     </row>
-    <row r="969" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="969" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A969" s="44"/>
     </row>
-    <row r="970" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="970" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A970" s="44"/>
     </row>
-    <row r="971" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="971" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A971" s="44"/>
     </row>
-    <row r="972" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="972" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A972" s="44"/>
     </row>
-    <row r="973" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="973" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A973" s="44"/>
     </row>
-    <row r="974" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="974" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A974" s="44"/>
     </row>
-    <row r="975" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="975" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A975" s="44"/>
     </row>
-    <row r="976" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="976" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A976" s="44"/>
     </row>
-    <row r="977" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="977" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A977" s="44"/>
     </row>
-    <row r="978" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="978" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A978" s="44"/>
     </row>
-    <row r="979" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="979" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A979" s="44"/>
     </row>
-    <row r="980" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="980" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A980" s="44"/>
     </row>
-    <row r="981" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="981" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A981" s="44"/>
     </row>
-    <row r="982" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="982" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A982" s="44"/>
     </row>
-    <row r="983" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="983" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A983" s="44"/>
     </row>
-    <row r="984" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="984" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A984" s="44"/>
     </row>
-    <row r="985" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="985" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A985" s="44"/>
     </row>
-    <row r="986" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="986" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A986" s="44"/>
     </row>
-    <row r="987" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="987" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A987" s="44"/>
     </row>
-    <row r="988" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="988" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A988" s="44"/>
     </row>
-    <row r="989" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="989" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A989" s="45"/>
     </row>
-    <row r="990" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="990" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A990" s="44"/>
     </row>
-    <row r="991" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="991" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A991" s="44"/>
     </row>
-    <row r="992" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="992" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A992" s="44"/>
     </row>
-    <row r="993" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="993" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A993" s="44"/>
     </row>
-    <row r="994" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="994" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A994" s="44"/>
     </row>
-    <row r="995" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="995" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A995" s="44"/>
     </row>
-    <row r="996" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="996" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A996" s="44"/>
     </row>
-    <row r="997" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="997" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A997" s="44"/>
     </row>
-    <row r="998" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="998" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A998" s="44"/>
     </row>
-    <row r="999" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="999" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A999" s="44"/>
     </row>
-    <row r="1000" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1000" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1000" s="44"/>
     </row>
-    <row r="1001" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1001" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1001" s="44"/>
     </row>
-    <row r="1002" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1002" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1002" s="44"/>
     </row>
-    <row r="1003" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1003" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1003" s="44"/>
     </row>
-    <row r="1004" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1004" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1004" s="44"/>
     </row>
-    <row r="1005" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1005" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1005" s="44"/>
     </row>
-    <row r="1006" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1006" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1006" s="44"/>
     </row>
-    <row r="1007" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1007" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1007" s="44"/>
     </row>
-    <row r="1008" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1008" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1008" s="44"/>
     </row>
-    <row r="1009" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1009" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1009" s="44"/>
     </row>
-    <row r="1010" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1010" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1010" s="44"/>
     </row>
-    <row r="1011" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1011" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1011" s="44"/>
     </row>
-    <row r="1012" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1012" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1012" s="44"/>
     </row>
-    <row r="1013" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1013" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1013" s="44"/>
     </row>
-    <row r="1014" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1014" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1014" s="44"/>
     </row>
-    <row r="1015" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1015" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1015" s="44"/>
     </row>
-    <row r="1016" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1016" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1016" s="44"/>
     </row>
-    <row r="1017" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1017" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1017" s="44"/>
     </row>
-    <row r="1018" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1018" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1018" s="44"/>
     </row>
-    <row r="1019" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1019" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1019" s="44"/>
     </row>
-    <row r="1020" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1020" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1020" s="44"/>
     </row>
-    <row r="1021" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1021" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1021" s="44"/>
     </row>
-    <row r="1022" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1022" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1022" s="44"/>
     </row>
-    <row r="1023" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1023" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1023" s="44"/>
     </row>
-    <row r="1024" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1024" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1024" s="44"/>
     </row>
-    <row r="1025" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1025" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1025" s="44"/>
     </row>
-    <row r="1026" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1026" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1026" s="44"/>
     </row>
-    <row r="1027" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1027" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1027" s="44"/>
     </row>
-    <row r="1028" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1028" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1028" s="44"/>
     </row>
-    <row r="1029" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1029" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1029" s="44"/>
     </row>
-    <row r="1030" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1030" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1030" s="44"/>
     </row>
-    <row r="1031" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1031" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1031" s="44"/>
     </row>
-    <row r="1032" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1032" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1032" s="44"/>
     </row>
-    <row r="1033" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1033" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1033" s="44"/>
     </row>
-    <row r="1034" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1034" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1034" s="44"/>
     </row>
-    <row r="1035" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1035" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1035" s="44"/>
     </row>
-    <row r="1036" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1036" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1036" s="44"/>
     </row>
-    <row r="1037" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1037" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1037" s="44"/>
     </row>
-    <row r="1038" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1038" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1038" s="44"/>
     </row>
-    <row r="1039" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1039" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1039" s="44"/>
     </row>
-    <row r="1040" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1040" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1040" s="44"/>
     </row>
-    <row r="1041" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1041" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1041" s="44"/>
     </row>
-    <row r="1042" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1042" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1042" s="44"/>
     </row>
-    <row r="1043" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1043" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1043" s="44"/>
     </row>
-    <row r="1044" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1044" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1044" s="44"/>
     </row>
-    <row r="1045" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1045" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1045" s="44"/>
     </row>
-    <row r="1046" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1046" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1046" s="44"/>
     </row>
-    <row r="1047" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1047" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1047" s="44"/>
     </row>
-    <row r="1048" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1048" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1048" s="44"/>
     </row>
-    <row r="1049" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1049" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1049" s="44"/>
     </row>
-    <row r="1050" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1050" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1050" s="44"/>
     </row>
-    <row r="1051" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1051" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1051" s="44"/>
     </row>
-    <row r="1052" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1052" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1052" s="44"/>
     </row>
-    <row r="1053" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1053" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1053" s="44"/>
     </row>
-    <row r="1054" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1054" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1054" s="44"/>
     </row>
-    <row r="1055" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1055" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1055" s="44"/>
     </row>
-    <row r="1056" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1056" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1056" s="44"/>
     </row>
-    <row r="1057" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1057" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1057" s="44"/>
     </row>
-    <row r="1058" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1058" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1058" s="44"/>
     </row>
-    <row r="1059" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1059" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1059" s="44"/>
     </row>
-    <row r="1060" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1060" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1060" s="44"/>
     </row>
-    <row r="1061" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1061" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1061" s="44"/>
     </row>
-    <row r="1062" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1062" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1062" s="44"/>
     </row>
-    <row r="1063" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1063" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1063" s="44"/>
     </row>
-    <row r="1064" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1064" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1064" s="44"/>
     </row>
-    <row r="1065" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1065" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1065" s="44"/>
     </row>
-    <row r="1066" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1066" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1066" s="44"/>
     </row>
-    <row r="1067" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1067" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1067" s="44"/>
     </row>
-    <row r="1068" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1068" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1068" s="44"/>
     </row>
-    <row r="1069" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1069" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1069" s="44"/>
     </row>
-    <row r="1070" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1070" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1070" s="44"/>
     </row>
-    <row r="1071" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1071" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1071" s="44"/>
     </row>
-    <row r="1072" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1072" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1072" s="44"/>
     </row>
-    <row r="1073" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1073" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1073" s="44"/>
     </row>
-    <row r="1074" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1074" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1074" s="44"/>
     </row>
-    <row r="1075" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1075" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1075" s="44"/>
     </row>
-    <row r="1076" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1076" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1076" s="44"/>
     </row>
-    <row r="1077" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1077" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1077" s="44"/>
     </row>
-    <row r="1078" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1078" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1078" s="44"/>
     </row>
-    <row r="1079" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1079" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1079" s="44"/>
     </row>
-    <row r="1080" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1080" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1080" s="44"/>
     </row>
-    <row r="1081" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1081" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1081" s="44"/>
     </row>
-    <row r="1082" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1082" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1082" s="44"/>
     </row>
-    <row r="1083" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1083" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1083" s="44"/>
     </row>
-    <row r="1084" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1084" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1084" s="44"/>
     </row>
-    <row r="1085" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1085" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1085" s="44"/>
     </row>
-    <row r="1086" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1086" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1086" s="44"/>
     </row>
-    <row r="1087" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1087" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1087" s="44"/>
     </row>
-    <row r="1088" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1088" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1088" s="44"/>
     </row>
-    <row r="1089" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1089" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1089" s="44"/>
     </row>
-    <row r="1090" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1090" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1090" s="44"/>
     </row>
-    <row r="1091" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1091" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1091" s="44"/>
     </row>
-    <row r="1092" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1092" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1092" s="44"/>
     </row>
-    <row r="1093" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1093" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1093" s="44"/>
     </row>
-    <row r="1094" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1094" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1094" s="44"/>
     </row>
-    <row r="1095" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1095" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1095" s="44"/>
     </row>
-    <row r="1096" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1096" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1096" s="44"/>
     </row>
-    <row r="1097" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1097" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1097" s="44"/>
     </row>
-    <row r="1098" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1098" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1098" s="44"/>
     </row>
-    <row r="1099" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1099" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1099" s="44"/>
     </row>
-    <row r="1100" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1100" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1100" s="44"/>
     </row>
-    <row r="1101" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1101" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1101" s="44"/>
     </row>
-    <row r="1102" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1102" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1102" s="44"/>
     </row>
-    <row r="1103" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1103" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1103" s="44"/>
     </row>
-    <row r="1104" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1104" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1104" s="44"/>
     </row>
-    <row r="1105" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1105" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1105" s="44"/>
     </row>
-    <row r="1106" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1106" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1106" s="44"/>
     </row>
-    <row r="1107" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1107" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1107" s="44"/>
     </row>
-    <row r="1108" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1108" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1108" s="44"/>
     </row>
-    <row r="1109" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1109" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1109" s="44"/>
     </row>
-    <row r="1110" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1110" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1110" s="44"/>
     </row>
-    <row r="1111" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1111" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1111" s="44"/>
     </row>
-    <row r="1112" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1112" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1112" s="44"/>
     </row>
-    <row r="1113" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1113" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1113" s="44"/>
     </row>
-    <row r="1114" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1114" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1114" s="44"/>
     </row>
-    <row r="1115" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1115" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1115" s="44"/>
     </row>
-    <row r="1116" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1116" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1116" s="44"/>
     </row>
-    <row r="1117" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1117" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1117" s="44"/>
     </row>
-    <row r="1118" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1118" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1118" s="44"/>
     </row>
-    <row r="1119" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1119" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1119" s="44"/>
     </row>
-    <row r="1120" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1120" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1120" s="44"/>
     </row>
-    <row r="1121" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1121" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1121" s="44"/>
     </row>
-    <row r="1122" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1122" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1122" s="44"/>
     </row>
-    <row r="1123" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1123" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1123" s="44"/>
     </row>
-    <row r="1124" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1124" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1124" s="44"/>
     </row>
-    <row r="1125" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1125" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1125" s="44"/>
     </row>
-    <row r="1126" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1126" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1126" s="44"/>
     </row>
-    <row r="1127" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1127" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1127" s="44"/>
     </row>
-    <row r="1128" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1128" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1128" s="44"/>
     </row>
-    <row r="1129" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1129" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1129" s="44"/>
     </row>
-    <row r="1130" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1130" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1130" s="44"/>
     </row>
-    <row r="1131" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1131" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1131" s="44"/>
     </row>
-    <row r="1132" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1132" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1132" s="44"/>
     </row>
-    <row r="1133" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1133" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1133" s="44"/>
     </row>
-    <row r="1134" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1134" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1134" s="44"/>
     </row>
-    <row r="1135" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1135" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1135" s="44"/>
     </row>
-    <row r="1136" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1136" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1136" s="44"/>
     </row>
-    <row r="1137" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1137" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1137" s="44"/>
     </row>
-    <row r="1138" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1138" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1138" s="44"/>
     </row>
-    <row r="1139" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1139" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1139" s="44"/>
     </row>
-    <row r="1140" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1140" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1140" s="44"/>
     </row>
-    <row r="1141" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1141" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1141" s="44"/>
     </row>
-    <row r="1142" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1142" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1142" s="44"/>
     </row>
-    <row r="1143" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1143" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1143" s="44"/>
     </row>
-    <row r="1144" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1144" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1144" s="44"/>
     </row>
-    <row r="1145" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1145" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1145" s="44"/>
     </row>
-    <row r="1146" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1146" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1146" s="44"/>
     </row>
-    <row r="1147" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1147" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1147" s="44"/>
     </row>
-    <row r="1148" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1148" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1148" s="44"/>
     </row>
-    <row r="1149" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1149" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1149" s="44"/>
     </row>
-    <row r="1150" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1150" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1150" s="44"/>
     </row>
-    <row r="1151" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1151" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1151" s="44"/>
     </row>
-    <row r="1152" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1152" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1152" s="44"/>
     </row>
-    <row r="1153" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1153" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1153" s="44"/>
     </row>
-    <row r="1154" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1154" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1154" s="44"/>
     </row>
-    <row r="1155" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1155" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1155" s="44"/>
     </row>
-    <row r="1156" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1156" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1156" s="44"/>
     </row>
-    <row r="1157" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1157" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1157" s="44"/>
     </row>
-    <row r="1158" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1158" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1158" s="44"/>
     </row>
-    <row r="1159" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1159" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1159" s="44"/>
     </row>
-    <row r="1160" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1160" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1160" s="44"/>
     </row>
-    <row r="1161" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1161" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1161" s="44"/>
     </row>
-    <row r="1162" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1162" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1162" s="44"/>
     </row>
-    <row r="1163" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1163" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1163" s="44"/>
     </row>
-    <row r="1164" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1164" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1164" s="44"/>
     </row>
-    <row r="1165" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1165" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1165" s="44"/>
     </row>
-    <row r="1166" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1166" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1166" s="44"/>
     </row>
-    <row r="1167" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1167" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1167" s="44"/>
     </row>
-    <row r="1168" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1168" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1168" s="44"/>
     </row>
-    <row r="1169" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1169" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1169" s="44"/>
     </row>
-    <row r="1170" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1170" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1170" s="44"/>
     </row>
-    <row r="1171" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1171" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1171" s="44"/>
     </row>
-    <row r="1172" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1172" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1172" s="44"/>
     </row>
-    <row r="1173" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1173" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1173" s="44"/>
     </row>
-    <row r="1174" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1174" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1174" s="44"/>
     </row>
-    <row r="1175" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1175" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1175" s="44"/>
     </row>
-    <row r="1176" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1176" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1176" s="44"/>
     </row>
-    <row r="1177" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1177" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1177" s="44"/>
     </row>
-    <row r="1178" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1178" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1178" s="44"/>
     </row>
-    <row r="1179" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1179" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1179" s="44"/>
     </row>
-    <row r="1180" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1180" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1180" s="44"/>
     </row>
-    <row r="1181" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1181" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1181" s="44"/>
     </row>
-    <row r="1182" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1182" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1182" s="44"/>
     </row>
-    <row r="1183" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1183" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1183" s="44"/>
     </row>
-    <row r="1184" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1184" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1184" s="44"/>
     </row>
-    <row r="1185" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1185" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1185" s="44"/>
     </row>
-    <row r="1186" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1186" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1186" s="44"/>
     </row>
-    <row r="1187" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1187" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1187" s="44"/>
     </row>
-    <row r="1188" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1188" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1188" s="44"/>
     </row>
-    <row r="1189" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1189" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1189" s="44"/>
     </row>
-    <row r="1190" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1190" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1190" s="44"/>
     </row>
-    <row r="1191" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1191" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1191" s="44"/>
     </row>
-    <row r="1192" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1192" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1192" s="44"/>
     </row>
-    <row r="1193" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1193" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1193" s="44"/>
     </row>
-    <row r="1194" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1194" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1194" s="44"/>
     </row>
-    <row r="1195" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1195" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1195" s="44"/>
     </row>
-    <row r="1196" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1196" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1196" s="44"/>
     </row>
-    <row r="1197" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1197" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1197" s="44"/>
     </row>
-    <row r="1198" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1198" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1198" s="44"/>
     </row>
-    <row r="1199" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1199" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1199" s="44"/>
     </row>
-    <row r="1200" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1200" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1200" s="44"/>
     </row>
-    <row r="1201" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1201" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1201" s="44"/>
     </row>
-    <row r="1202" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1202" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1202" s="44"/>
     </row>
-    <row r="1203" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1203" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1203" s="44"/>
     </row>
-    <row r="1204" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1204" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1204" s="44"/>
     </row>
-    <row r="1205" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1205" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1205" s="44"/>
     </row>
-    <row r="1206" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1206" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1206" s="44"/>
     </row>
-    <row r="1207" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1207" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1207" s="44"/>
     </row>
-    <row r="1208" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1208" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1208" s="44"/>
     </row>
-    <row r="1209" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1209" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1209" s="44"/>
     </row>
-    <row r="1210" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1210" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1210" s="44"/>
     </row>
-    <row r="1211" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1211" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1211" s="44"/>
     </row>
-    <row r="1212" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1212" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1212" s="44"/>
     </row>
-    <row r="1213" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1213" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1213" s="44"/>
     </row>
-    <row r="1214" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1214" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1214" s="44"/>
     </row>
-    <row r="1215" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1215" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1215" s="44"/>
     </row>
-    <row r="1216" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1216" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1216" s="44"/>
     </row>
-    <row r="1217" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1217" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1217" s="44"/>
     </row>
-    <row r="1218" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1218" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1218" s="44"/>
     </row>
-    <row r="1219" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1219" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1219" s="44"/>
     </row>
-    <row r="1220" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1220" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1220" s="44"/>
     </row>
-    <row r="1221" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1221" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1221" s="44"/>
     </row>
-    <row r="1222" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1222" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1222" s="44"/>
     </row>
-    <row r="1223" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1223" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1223" s="44"/>
     </row>
-    <row r="1224" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1224" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1224" s="44"/>
     </row>
-    <row r="1225" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1225" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1225" s="44"/>
     </row>
-    <row r="1226" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1226" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1226" s="44"/>
     </row>
-    <row r="1227" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1227" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1227" s="44"/>
     </row>
-    <row r="1228" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1228" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1228" s="44"/>
     </row>
-    <row r="1229" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1229" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1229" s="44"/>
     </row>
-    <row r="1230" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1230" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1230" s="44"/>
     </row>
-    <row r="1231" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1231" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1231" s="44"/>
     </row>
-    <row r="1232" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1232" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1232" s="44"/>
     </row>
-    <row r="1233" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1233" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1233" s="44"/>
     </row>
-    <row r="1234" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1234" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1234" s="44"/>
     </row>
-    <row r="1235" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1235" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1235" s="44"/>
     </row>
-    <row r="1236" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1236" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1236" s="44"/>
     </row>
-    <row r="1237" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1237" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1237" s="44"/>
     </row>
-    <row r="1238" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1238" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1238" s="44"/>
     </row>
-    <row r="1239" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1239" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1239" s="44"/>
     </row>
-    <row r="1240" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1240" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1240" s="44"/>
     </row>
-    <row r="1241" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1241" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1241" s="44"/>
     </row>
-    <row r="1242" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1242" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1242" s="44"/>
     </row>
-    <row r="1243" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1243" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1243" s="44"/>
     </row>
-    <row r="1244" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1244" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1244" s="44"/>
     </row>
-    <row r="1245" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1245" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1245" s="44"/>
     </row>
-    <row r="1246" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1246" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1246" s="44"/>
     </row>
-    <row r="1247" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1247" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1247" s="44"/>
     </row>
-    <row r="1248" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1248" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1248" s="44"/>
     </row>
-    <row r="1249" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1249" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1249" s="44"/>
     </row>
-    <row r="1250" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1250" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1250" s="44"/>
     </row>
-    <row r="1251" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1251" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1251" s="44"/>
     </row>
-    <row r="1252" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1252" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1252" s="44"/>
     </row>
-    <row r="1253" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1253" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1253" s="44"/>
     </row>
-    <row r="1254" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1254" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1254" s="44"/>
     </row>
-    <row r="1255" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1255" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1255" s="44"/>
     </row>
-    <row r="1256" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1256" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1256" s="44"/>
     </row>
-    <row r="1257" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1257" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1257" s="44"/>
     </row>
-    <row r="1258" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1258" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1258" s="44"/>
     </row>
-    <row r="1259" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1259" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1259" s="44"/>
     </row>
-    <row r="1260" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1260" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1260" s="44"/>
     </row>
-    <row r="1261" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1261" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1261" s="44"/>
     </row>
-    <row r="1262" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1262" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1262" s="44"/>
     </row>
-    <row r="1263" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1263" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1263" s="44"/>
     </row>
-    <row r="1264" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1264" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1264" s="44"/>
     </row>
-    <row r="1265" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1265" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1265" s="44"/>
     </row>
-    <row r="1266" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1266" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1266" s="44"/>
     </row>
-    <row r="1267" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1267" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1267" s="44"/>
     </row>
-    <row r="1268" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1268" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1268" s="44"/>
     </row>
-    <row r="1269" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1269" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1269" s="44"/>
     </row>
-    <row r="1270" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1270" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1270" s="44"/>
     </row>
-    <row r="1271" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1271" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1271" s="44"/>
     </row>
-    <row r="1272" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1272" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1272" s="44"/>
     </row>
-    <row r="1273" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1273" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1273" s="44"/>
     </row>
-    <row r="1274" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1274" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1274" s="44"/>
     </row>
-    <row r="1275" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1275" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1275" s="44"/>
     </row>
-    <row r="1276" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1276" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1276" s="44"/>
     </row>
-    <row r="1277" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1277" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1277" s="44"/>
     </row>
-    <row r="1278" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1278" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1278" s="44"/>
     </row>
-    <row r="1279" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1279" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1279" s="44"/>
     </row>
-    <row r="1280" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1280" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1280" s="44"/>
     </row>
-    <row r="1281" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1281" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1281" s="44"/>
     </row>
-    <row r="1282" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1282" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1282" s="44"/>
     </row>
-    <row r="1283" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1283" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1283" s="44"/>
     </row>
-    <row r="1284" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1284" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1284" s="44"/>
     </row>
-    <row r="1285" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1285" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1285" s="44"/>
     </row>
-    <row r="1286" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1286" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1286" s="44"/>
     </row>
-    <row r="1287" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1287" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1287" s="44"/>
     </row>
-    <row r="1288" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1288" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1288" s="44"/>
     </row>
-    <row r="1289" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1289" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1289" s="44"/>
     </row>
-    <row r="1290" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1290" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1290" s="44"/>
     </row>
-    <row r="1291" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1291" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1291" s="44"/>
     </row>
-    <row r="1292" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1292" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1292" s="44"/>
     </row>
-    <row r="1293" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1293" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1293" s="44"/>
     </row>
-    <row r="1294" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1294" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1294" s="44"/>
     </row>
-    <row r="1295" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1295" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1295" s="44"/>
     </row>
-    <row r="1296" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1296" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1296" s="44"/>
     </row>
-    <row r="1297" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1297" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1297" s="44"/>
     </row>
-    <row r="1298" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1298" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1298" s="44"/>
     </row>
-    <row r="1299" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1299" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1299" s="44"/>
     </row>
-    <row r="1300" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1300" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1300" s="44"/>
     </row>
-    <row r="1301" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1301" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1301" s="44"/>
     </row>
-    <row r="1302" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1302" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1302" s="44"/>
     </row>
-    <row r="1303" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1303" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1303" s="44"/>
     </row>
-    <row r="1304" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1304" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1304" s="44"/>
     </row>
-    <row r="1305" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1305" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1305" s="44"/>
     </row>
-    <row r="1306" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1306" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1306" s="44"/>
     </row>
-    <row r="1307" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1307" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1307" s="44"/>
     </row>
-    <row r="1308" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1308" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1308" s="45"/>
     </row>
-    <row r="1309" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1309" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1309" s="44"/>
     </row>
-    <row r="1310" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1310" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1310" s="44"/>
     </row>
-    <row r="1311" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1311" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1311" s="44"/>
     </row>
-    <row r="1312" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1312" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1312" s="44"/>
     </row>
-    <row r="1313" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1313" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1313" s="44"/>
     </row>
-    <row r="1314" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1314" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1314" s="44"/>
     </row>
-    <row r="1315" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1315" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1315" s="44"/>
     </row>
-    <row r="1316" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1316" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1316" s="44"/>
     </row>
-    <row r="1317" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1317" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1317" s="44"/>
     </row>
-    <row r="1318" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1318" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1318" s="44"/>
     </row>
-    <row r="1319" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1319" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1319" s="44"/>
     </row>
-    <row r="1320" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1320" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1320" s="44"/>
     </row>
-    <row r="1321" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1321" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1321" s="44"/>
     </row>
-    <row r="1322" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1322" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1322" s="44"/>
     </row>
-    <row r="1323" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1323" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1323" s="44"/>
     </row>
-    <row r="1324" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1324" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1324" s="44"/>
     </row>
-    <row r="1325" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1325" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1325" s="44"/>
     </row>
-    <row r="1326" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1326" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1326" s="44"/>
     </row>
-    <row r="1327" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1327" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1327" s="44"/>
     </row>
-    <row r="1328" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1328" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1328" s="44"/>
     </row>
-    <row r="1329" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1329" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1329" s="44"/>
     </row>
-    <row r="1330" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1330" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1330" s="44"/>
     </row>
-    <row r="1331" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1331" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1331" s="44"/>
     </row>
-    <row r="1332" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1332" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1332" s="44"/>
     </row>
-    <row r="1333" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1333" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1333" s="44"/>
     </row>
-    <row r="1334" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1334" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1334" s="44"/>
     </row>
-    <row r="1335" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1335" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1335" s="44"/>
     </row>
-    <row r="1336" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1336" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1336" s="44"/>
     </row>
-    <row r="1337" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1337" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1337" s="44"/>
     </row>
-    <row r="1338" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1338" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1338" s="44"/>
     </row>
-    <row r="1339" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1339" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1339" s="44"/>
     </row>
-    <row r="1340" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1340" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1340" s="44"/>
     </row>
-    <row r="1341" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1341" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1341" s="44"/>
     </row>
-    <row r="1342" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1342" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1342" s="44"/>
     </row>
-    <row r="1343" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1343" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1343" s="44"/>
     </row>
-    <row r="1344" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1344" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1344" s="44"/>
     </row>
-    <row r="1345" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1345" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1345" s="44"/>
     </row>
-    <row r="1346" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1346" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1346" s="44"/>
     </row>
-    <row r="1347" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1347" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1347" s="44"/>
     </row>
-    <row r="1348" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1348" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1348" s="44"/>
     </row>
-    <row r="1349" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1349" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1349" s="44"/>
     </row>
-    <row r="1350" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1350" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1350" s="44"/>
     </row>
-    <row r="1351" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1351" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1351" s="44"/>
     </row>
-    <row r="1352" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1352" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1352" s="44"/>
     </row>
-    <row r="1353" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1353" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1353" s="44"/>
     </row>
-    <row r="1354" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1354" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1354" s="44"/>
     </row>
-    <row r="1355" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1355" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1355" s="44"/>
     </row>
-    <row r="1356" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1356" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1356" s="44"/>
     </row>
-    <row r="1357" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1357" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1357" s="44"/>
     </row>
-    <row r="1358" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1358" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1358" s="44"/>
     </row>
-    <row r="1359" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1359" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1359" s="44"/>
     </row>
-    <row r="1360" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1360" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1360" s="44"/>
     </row>
-    <row r="1361" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1361" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1361" s="44"/>
     </row>
-    <row r="1362" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1362" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1362" s="44"/>
     </row>
-    <row r="1363" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1363" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1363" s="44"/>
     </row>
-    <row r="1364" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1364" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1364" s="44"/>
     </row>
-    <row r="1365" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1365" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1365" s="44"/>
     </row>
-    <row r="1366" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1366" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1366" s="44"/>
     </row>
-    <row r="1367" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1367" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1367" s="44"/>
     </row>
-    <row r="1368" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1368" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1368" s="44"/>
     </row>
-    <row r="1369" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1369" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1369" s="44"/>
     </row>
-    <row r="1370" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1370" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1370" s="44"/>
     </row>
-    <row r="1371" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1371" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1371" s="44"/>
     </row>
-    <row r="1372" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1372" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1372" s="44"/>
     </row>
-    <row r="1373" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1373" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1373" s="44"/>
     </row>
-    <row r="1374" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1374" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1374" s="44"/>
     </row>
-    <row r="1375" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1375" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1375" s="44"/>
     </row>
-    <row r="1376" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1376" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1376" s="44"/>
     </row>
-    <row r="1377" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1377" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1377" s="44"/>
     </row>
-    <row r="1378" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1378" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1378" s="44"/>
     </row>
-    <row r="1379" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1379" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1379" s="44"/>
     </row>
-    <row r="1380" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1380" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1380" s="44"/>
     </row>
-    <row r="1381" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1381" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1381" s="44"/>
     </row>
-    <row r="1382" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1382" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1382" s="44"/>
     </row>
-    <row r="1383" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1383" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1383" s="44"/>
     </row>
-    <row r="1384" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1384" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1384" s="44"/>
     </row>
-    <row r="1385" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1385" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1385" s="44"/>
     </row>
-    <row r="1386" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1386" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1386" s="44"/>
     </row>
-    <row r="1387" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1387" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1387" s="44"/>
     </row>
-    <row r="1388" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1388" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1388" s="44"/>
     </row>
-    <row r="1389" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1389" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1389" s="44"/>
     </row>
-    <row r="1390" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1390" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1390" s="44"/>
     </row>
-    <row r="1391" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1391" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1391" s="44"/>
     </row>
-    <row r="1392" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1392" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1392" s="44"/>
     </row>
-    <row r="1393" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1393" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1393" s="44"/>
     </row>
-    <row r="1394" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1394" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1394" s="44"/>
     </row>
-    <row r="1395" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1395" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1395" s="44"/>
     </row>
-    <row r="1396" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1396" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1396" s="44"/>
     </row>
-    <row r="1397" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1397" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1397" s="44"/>
     </row>
-    <row r="1398" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1398" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1398" s="44"/>
     </row>
-    <row r="1399" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1399" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1399" s="44"/>
     </row>
-    <row r="1400" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1400" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1400" s="44"/>
     </row>
-    <row r="1401" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1401" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1401" s="44"/>
     </row>
-    <row r="1402" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1402" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1402" s="44"/>
     </row>
-    <row r="1403" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1403" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1403" s="44"/>
     </row>
-    <row r="1404" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1404" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1404" s="44"/>
     </row>
-    <row r="1405" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1405" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1405" s="44"/>
     </row>
-    <row r="1406" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1406" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1406" s="44"/>
     </row>
-    <row r="1407" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1407" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1407" s="44"/>
     </row>
-    <row r="1408" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1408" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1408" s="44"/>
     </row>
-    <row r="1409" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1409" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1409" s="44"/>
     </row>
-    <row r="1410" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1410" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1410" s="44"/>
     </row>
-    <row r="1411" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1411" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1411" s="44"/>
     </row>
-    <row r="1412" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1412" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1412" s="44"/>
     </row>
-    <row r="1413" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1413" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1413" s="44"/>
     </row>
-    <row r="1414" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1414" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1414" s="44"/>
     </row>
-    <row r="1415" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1415" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1415" s="44"/>
     </row>
-    <row r="1416" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1416" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1416" s="44"/>
     </row>
-    <row r="1417" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1417" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1417" s="44"/>
     </row>
-    <row r="1418" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1418" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1418" s="44"/>
     </row>
-    <row r="1419" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1419" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1419" s="44"/>
     </row>
-    <row r="1420" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1420" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1420" s="44"/>
     </row>
-    <row r="1421" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1421" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1421" s="44"/>
     </row>
-    <row r="1422" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1422" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1422" s="44"/>
     </row>
-    <row r="1423" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1423" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1423" s="44"/>
     </row>
-    <row r="1424" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1424" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1424" s="44"/>
     </row>
-    <row r="1425" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1425" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1425" s="44"/>
     </row>
-    <row r="1426" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1426" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1426" s="44"/>
     </row>
-    <row r="1427" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1427" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1427" s="44"/>
     </row>
-    <row r="1428" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1428" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1428" s="44"/>
     </row>
-    <row r="1429" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1429" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1429" s="44"/>
     </row>
-    <row r="1430" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1430" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1430" s="44"/>
     </row>
-    <row r="1431" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1431" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1431" s="44"/>
     </row>
-    <row r="1432" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1432" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1432" s="44"/>
     </row>
-    <row r="1433" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1433" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1433" s="44"/>
     </row>
-    <row r="1434" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1434" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1434" s="44"/>
     </row>
-    <row r="1435" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1435" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1435" s="44"/>
     </row>
-    <row r="1436" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1436" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1436" s="44"/>
     </row>
-    <row r="1437" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1437" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1437" s="44"/>
     </row>
-    <row r="1438" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1438" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1438" s="44"/>
     </row>
-    <row r="1439" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1439" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1439" s="44"/>
     </row>
-    <row r="1440" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1440" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1440" s="44"/>
     </row>
-    <row r="1441" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1441" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1441" s="44"/>
     </row>
-    <row r="1442" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1442" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1442" s="44"/>
     </row>
-    <row r="1443" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1443" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1443" s="44"/>
     </row>
-    <row r="1444" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1444" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1444" s="44"/>
     </row>
-    <row r="1445" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1445" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1445" s="44"/>
     </row>
-    <row r="1446" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1446" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1446" s="44"/>
     </row>
-    <row r="1447" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1447" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1447" s="44"/>
     </row>
-    <row r="1448" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1448" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1448" s="44"/>
     </row>
-    <row r="1449" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1449" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1449" s="44"/>
     </row>
-    <row r="1450" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1450" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1450" s="44"/>
     </row>
-    <row r="1451" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1451" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1451" s="44"/>
     </row>
-    <row r="1452" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1452" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1452" s="44"/>
     </row>
-    <row r="1453" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1453" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1453" s="44"/>
     </row>
-    <row r="1454" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1454" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1454" s="44"/>
     </row>
-    <row r="1455" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1455" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1455" s="44"/>
     </row>
-    <row r="1456" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1456" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1456" s="44"/>
     </row>
-    <row r="1457" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1457" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1457" s="44"/>
     </row>
-    <row r="1458" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1458" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1458" s="44"/>
     </row>
-    <row r="1459" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1459" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1459" s="44"/>
     </row>
-    <row r="1460" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1460" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1460" s="44"/>
     </row>
-    <row r="1461" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1461" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1461" s="44"/>
     </row>
-    <row r="1462" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1462" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1462" s="44"/>
     </row>
-    <row r="1463" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1463" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1463" s="44"/>
     </row>
-    <row r="1464" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1464" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1464" s="44"/>
     </row>
-    <row r="1465" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1465" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1465" s="44"/>
     </row>
-    <row r="1466" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1466" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1466" s="44"/>
     </row>
-    <row r="1467" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1467" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1467" s="44"/>
     </row>
-    <row r="1468" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1468" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1468" s="44"/>
     </row>
-    <row r="1469" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1469" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1469" s="44"/>
     </row>
-    <row r="1470" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1470" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1470" s="44"/>
     </row>
-    <row r="1471" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1471" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1471" s="44"/>
     </row>
-    <row r="1472" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1472" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1472" s="44"/>
     </row>
-    <row r="1473" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1473" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1473" s="44"/>
     </row>
-    <row r="1474" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1474" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1474" s="44"/>
     </row>
-    <row r="1475" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1475" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1475" s="44"/>
     </row>
-    <row r="1476" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1476" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1476" s="44"/>
     </row>
-    <row r="1477" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1477" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1477" s="44"/>
     </row>
-    <row r="1478" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1478" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1478" s="44"/>
     </row>
-    <row r="1479" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1479" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1479" s="44"/>
     </row>
-    <row r="1480" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1480" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1480" s="44"/>
     </row>
-    <row r="1481" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1481" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1481" s="44"/>
     </row>
-    <row r="1482" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1482" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1482" s="44"/>
     </row>
-    <row r="1483" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1483" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1483" s="44"/>
     </row>
-    <row r="1484" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1484" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1484" s="44"/>
     </row>
-    <row r="1485" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1485" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1485" s="44"/>
     </row>
-    <row r="1486" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1486" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1486" s="44"/>
     </row>
-    <row r="1487" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1487" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1487" s="44"/>
     </row>
-    <row r="1488" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1488" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1488" s="44"/>
     </row>
-    <row r="1489" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1489" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1489" s="44"/>
     </row>
-    <row r="1490" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1490" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1490" s="44"/>
     </row>
-    <row r="1491" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1491" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1491" s="44"/>
     </row>
-    <row r="1492" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1492" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1492" s="44"/>
     </row>
-    <row r="1493" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1493" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1493" s="44"/>
     </row>
-    <row r="1494" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1494" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1494" s="44"/>
     </row>
-    <row r="1495" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1495" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1495" s="44"/>
     </row>
-    <row r="1496" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1496" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1496" s="44"/>
     </row>
-    <row r="1497" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1497" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1497" s="44"/>
     </row>
-    <row r="1498" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1498" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1498" s="44"/>
     </row>
-    <row r="1499" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1499" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1499" s="44"/>
     </row>
-    <row r="1500" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1500" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1500" s="44"/>
     </row>
-    <row r="1501" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1501" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1501" s="44"/>
     </row>
-    <row r="1502" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1502" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1502" s="44"/>
     </row>
-    <row r="1503" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1503" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1503" s="44"/>
     </row>
-    <row r="1504" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1504" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1504" s="44"/>
     </row>
-    <row r="1505" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1505" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1505" s="44"/>
     </row>
-    <row r="1506" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1506" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1506" s="44"/>
     </row>
-    <row r="1507" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1507" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1507" s="44"/>
     </row>
-    <row r="1508" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1508" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1508" s="44"/>
     </row>
-    <row r="1509" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1509" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1509" s="44"/>
     </row>
-    <row r="1510" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1510" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1510" s="44"/>
     </row>
-    <row r="1511" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1511" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1511" s="44"/>
     </row>
-    <row r="1512" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1512" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1512" s="44"/>
     </row>
-    <row r="1513" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1513" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1513" s="44"/>
     </row>
-    <row r="1514" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1514" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1514" s="44"/>
     </row>
-    <row r="1515" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1515" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1515" s="44"/>
     </row>
-    <row r="1516" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1516" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1516" s="44"/>
     </row>
-    <row r="1517" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1517" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1517" s="44"/>
     </row>
-    <row r="1518" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1518" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1518" s="44"/>
     </row>
-    <row r="1519" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1519" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1519" s="44"/>
     </row>
-    <row r="1520" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1520" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1520" s="44"/>
     </row>
-    <row r="1521" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1521" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1521" s="44"/>
     </row>
-    <row r="1522" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1522" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1522" s="44"/>
     </row>
-    <row r="1523" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1523" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1523" s="44"/>
     </row>
-    <row r="1524" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1524" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1524" s="44"/>
     </row>
-    <row r="1525" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1525" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1525" s="44"/>
     </row>
-    <row r="1526" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1526" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1526" s="44"/>
     </row>
-    <row r="1527" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1527" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1527" s="44"/>
     </row>
-    <row r="1528" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1528" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1528" s="44"/>
     </row>
-    <row r="1529" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1529" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1529" s="44"/>
     </row>
-    <row r="1530" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1530" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1530" s="44"/>
     </row>
-    <row r="1531" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1531" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1531" s="44"/>
     </row>
-    <row r="1532" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1532" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1532" s="44"/>
     </row>
-    <row r="1533" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1533" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1533" s="44"/>
     </row>
-    <row r="1534" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1534" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1534" s="44"/>
     </row>
-    <row r="1535" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1535" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1535" s="44"/>
     </row>
-    <row r="1536" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1536" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1536" s="44"/>
     </row>
-    <row r="1537" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1537" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1537" s="44"/>
     </row>
-    <row r="1538" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1538" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1538" s="44"/>
     </row>
-    <row r="1539" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1539" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1539" s="44"/>
     </row>
-    <row r="1540" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1540" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1540" s="44"/>
     </row>
-    <row r="1541" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1541" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1541" s="44"/>
     </row>
-    <row r="1542" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1542" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1542" s="44"/>
     </row>
-    <row r="1543" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1543" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1543" s="44"/>
     </row>
-    <row r="1544" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1544" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1544" s="44"/>
     </row>
-    <row r="1545" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1545" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1545" s="44"/>
     </row>
-    <row r="1546" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1546" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1546" s="44"/>
     </row>
-    <row r="1547" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1547" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1547" s="44"/>
     </row>
-    <row r="1548" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1548" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1548" s="44"/>
     </row>
-    <row r="1549" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1549" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1549" s="44"/>
     </row>
-    <row r="1550" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1550" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1550" s="44"/>
     </row>
-    <row r="1551" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1551" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1551" s="44"/>
     </row>
-    <row r="1552" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1552" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1552" s="44"/>
     </row>
-    <row r="1553" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1553" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1553" s="44"/>
     </row>
-    <row r="1554" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1554" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1554" s="44"/>
     </row>
-    <row r="1555" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1555" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1555" s="44"/>
     </row>
-    <row r="1556" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1556" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1556" s="44"/>
     </row>
-    <row r="1557" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1557" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1557" s="44"/>
     </row>
-    <row r="1558" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1558" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1558" s="44"/>
     </row>
-    <row r="1559" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1559" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1559" s="44"/>
     </row>
-    <row r="1560" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1560" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1560" s="44"/>
     </row>
-    <row r="1561" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1561" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1561" s="44"/>
     </row>
-    <row r="1562" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1562" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1562" s="44"/>
     </row>
-    <row r="1563" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1563" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1563" s="44"/>
     </row>
-    <row r="1564" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1564" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1564" s="44"/>
     </row>
-    <row r="1565" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1565" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1565" s="44"/>
     </row>
-    <row r="1566" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1566" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1566" s="44"/>
     </row>
-    <row r="1567" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1567" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1567" s="44"/>
     </row>
-    <row r="1568" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1568" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1568" s="44"/>
     </row>
-    <row r="1569" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1569" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1569" s="44"/>
     </row>
-    <row r="1570" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1570" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1570" s="44"/>
     </row>
-    <row r="1571" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1571" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1571" s="44"/>
     </row>
-    <row r="1572" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1572" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1572" s="44"/>
     </row>
-    <row r="1573" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1573" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1573" s="44"/>
     </row>
-    <row r="1574" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1574" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1574" s="44"/>
     </row>
-    <row r="1575" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1575" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1575" s="44"/>
     </row>
-    <row r="1576" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1576" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1576" s="44"/>
     </row>
-    <row r="1577" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1577" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1577" s="44"/>
     </row>
-    <row r="1578" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1578" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1578" s="44"/>
     </row>
-    <row r="1579" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1579" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1579" s="44"/>
     </row>
-    <row r="1580" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1580" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1580" s="44"/>
     </row>
-    <row r="1581" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1581" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1581" s="44"/>
     </row>
-    <row r="1582" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1582" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1582" s="44"/>
     </row>
-    <row r="1583" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1583" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1583" s="44"/>
     </row>
-    <row r="1584" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1584" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1584" s="44"/>
     </row>
-    <row r="1585" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1585" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1585" s="44"/>
     </row>
-    <row r="1586" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1586" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1586" s="44"/>
     </row>
-    <row r="1587" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1587" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1587" s="44"/>
     </row>
-    <row r="1588" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1588" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1588" s="44"/>
     </row>
-    <row r="1589" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1589" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1589" s="44"/>
     </row>
-    <row r="1590" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1590" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1590" s="44"/>
     </row>
-    <row r="1591" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1591" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1591" s="44"/>
     </row>
-    <row r="1592" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1592" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1592" s="44"/>
     </row>
-    <row r="1593" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1593" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1593" s="44"/>
     </row>
-    <row r="1594" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1594" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1594" s="44"/>
     </row>
-    <row r="1595" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1595" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1595" s="44"/>
     </row>
-    <row r="1596" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1596" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1596" s="44"/>
     </row>
-    <row r="1597" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1597" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1597" s="44"/>
     </row>
-    <row r="1598" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1598" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1598" s="44"/>
     </row>
-    <row r="1599" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1599" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1599" s="44"/>
     </row>
-    <row r="1600" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1600" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1600" s="44"/>
     </row>
-    <row r="1601" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1601" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1601" s="44"/>
     </row>
-    <row r="1602" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1602" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1602" s="45"/>
     </row>
-    <row r="1603" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1603" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1603" s="44"/>
     </row>
-    <row r="1604" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1604" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1604" s="44"/>
     </row>
-    <row r="1605" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1605" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1605" s="44"/>
     </row>
-    <row r="1606" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1606" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1606" s="44"/>
     </row>
-    <row r="1607" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1607" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1607" s="44"/>
     </row>
-    <row r="1608" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1608" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1608" s="44"/>
     </row>
-    <row r="1609" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1609" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1609" s="44"/>
     </row>
-    <row r="1610" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1610" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1610" s="44"/>
     </row>
-    <row r="1611" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1611" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1611" s="44"/>
     </row>
-    <row r="1612" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1612" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1612" s="44"/>
     </row>
-    <row r="1613" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1613" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1613" s="44"/>
     </row>
-    <row r="1614" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1614" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1614" s="44"/>
     </row>
-    <row r="1615" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1615" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1615" s="44"/>
     </row>
-    <row r="1616" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1616" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1616" s="44"/>
     </row>
-    <row r="1617" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1617" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1617" s="44"/>
     </row>
-    <row r="1618" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1618" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1618" s="44"/>
     </row>
-    <row r="1619" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1619" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1619" s="44"/>
     </row>
-    <row r="1620" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1620" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1620" s="44"/>
     </row>
-    <row r="1621" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1621" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1621" s="44"/>
     </row>
-    <row r="1622" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1622" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1622" s="44"/>
     </row>
-    <row r="1623" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1623" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1623" s="44"/>
     </row>
-    <row r="1624" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1624" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1624" s="44"/>
     </row>
-    <row r="1625" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1625" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1625" s="44"/>
     </row>
-    <row r="1626" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1626" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1626" s="44"/>
     </row>
-    <row r="1627" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1627" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1627" s="44"/>
     </row>
-    <row r="1628" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1628" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1628" s="44"/>
     </row>
-    <row r="1629" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1629" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1629" s="44"/>
     </row>
-    <row r="1630" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1630" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1630" s="44"/>
     </row>
-    <row r="1631" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1631" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1631" s="44"/>
     </row>
-    <row r="1632" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1632" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1632" s="44"/>
     </row>
-    <row r="1633" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1633" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1633" s="44"/>
     </row>
-    <row r="1634" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1634" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1634" s="44"/>
     </row>
-    <row r="1635" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1635" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1635" s="44"/>
     </row>
-    <row r="1636" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1636" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1636" s="44"/>
     </row>
-    <row r="1637" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1637" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1637" s="44"/>
     </row>
-    <row r="1638" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1638" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1638" s="44"/>
     </row>
-    <row r="1639" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1639" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1639" s="44"/>
     </row>
-    <row r="1640" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1640" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1640" s="44"/>
     </row>
-    <row r="1641" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1641" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1641" s="44"/>
     </row>
-    <row r="1642" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1642" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1642" s="44"/>
     </row>
-    <row r="1643" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1643" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1643" s="44"/>
     </row>
-    <row r="1644" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1644" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1644" s="44"/>
     </row>
-    <row r="1645" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1645" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1645" s="44"/>
     </row>
-    <row r="1646" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1646" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1646" s="44"/>
     </row>
-    <row r="1647" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1647" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1647" s="44"/>
     </row>
-    <row r="1648" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1648" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1648" s="44"/>
     </row>
-    <row r="1649" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1649" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1649" s="44"/>
     </row>
-    <row r="1650" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1650" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1650" s="44"/>
     </row>
-    <row r="1651" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1651" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1651" s="44"/>
     </row>
-    <row r="1652" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1652" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1652" s="44"/>
     </row>
-    <row r="1653" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1653" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1653" s="44"/>
     </row>
-    <row r="1654" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1654" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1654" s="44"/>
     </row>
-    <row r="1655" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1655" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1655" s="44"/>
     </row>
-    <row r="1656" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1656" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1656" s="44"/>
     </row>
-    <row r="1657" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1657" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1657" s="44"/>
     </row>
-    <row r="1658" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1658" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1658" s="44"/>
     </row>
-    <row r="1659" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1659" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1659" s="44"/>
     </row>
-    <row r="1660" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1660" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1660" s="44"/>
     </row>
-    <row r="1661" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1661" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1661" s="44"/>
     </row>
-    <row r="1662" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1662" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1662" s="44"/>
     </row>
-    <row r="1663" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1663" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1663" s="44"/>
     </row>
-    <row r="1664" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1664" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1664" s="44"/>
     </row>
-    <row r="1665" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1665" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1665" s="44"/>
     </row>
-    <row r="1666" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1666" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1666" s="44"/>
     </row>
-    <row r="1667" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1667" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1667" s="44"/>
     </row>
-    <row r="1668" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1668" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1668" s="44"/>
     </row>
-    <row r="1669" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1669" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1669" s="44"/>
     </row>
-    <row r="1670" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1670" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1670" s="44"/>
     </row>
-    <row r="1671" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1671" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1671" s="44"/>
     </row>
-    <row r="1672" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1672" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1672" s="44"/>
     </row>
-    <row r="1673" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1673" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1673" s="44"/>
     </row>
-    <row r="1674" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1674" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1674" s="44"/>
     </row>
-    <row r="1675" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1675" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1675" s="44"/>
     </row>
-    <row r="1676" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1676" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1676" s="44"/>
     </row>
-    <row r="1677" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1677" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1677" s="44"/>
     </row>
-    <row r="1678" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1678" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1678" s="44"/>
     </row>
-    <row r="1679" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1679" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1679" s="44"/>
     </row>
-    <row r="1680" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1680" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1680" s="44"/>
     </row>
-    <row r="1681" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1681" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1681" s="44"/>
     </row>
-    <row r="1682" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1682" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1682" s="44"/>
     </row>
-    <row r="1683" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1683" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1683" s="44"/>
     </row>
-    <row r="1684" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1684" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1684" s="44"/>
     </row>
-    <row r="1685" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1685" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1685" s="44"/>
     </row>
-    <row r="1686" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1686" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1686" s="44"/>
     </row>
-    <row r="1687" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1687" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1687" s="44"/>
     </row>
-    <row r="1688" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1688" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1688" s="44"/>
     </row>
-    <row r="1689" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1689" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1689" s="44"/>
     </row>
-    <row r="1690" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1690" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1690" s="44"/>
     </row>
-    <row r="1691" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1691" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1691" s="44"/>
     </row>
-    <row r="1692" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1692" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1692" s="44"/>
     </row>
-    <row r="1693" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1693" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1693" s="44"/>
     </row>
-    <row r="1694" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1694" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1694" s="44"/>
     </row>
-    <row r="1695" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1695" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1695" s="44"/>
     </row>
-    <row r="1696" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1696" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1696" s="44"/>
     </row>
-    <row r="1697" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1697" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1697" s="44"/>
     </row>
-    <row r="1698" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1698" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1698" s="44"/>
     </row>
-    <row r="1699" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1699" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1699" s="44"/>
     </row>
-    <row r="1700" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1700" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1700" s="44"/>
     </row>
-    <row r="1701" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1701" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1701" s="44"/>
     </row>
-    <row r="1702" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1702" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1702" s="44"/>
     </row>
-    <row r="1703" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1703" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1703" s="44"/>
     </row>
-    <row r="1704" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1704" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1704" s="44"/>
     </row>
-    <row r="1705" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1705" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1705" s="44"/>
     </row>
-    <row r="1706" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1706" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1706" s="44"/>
     </row>
-    <row r="1707" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1707" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1707" s="44"/>
     </row>
-    <row r="1708" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1708" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1708" s="44"/>
     </row>
-    <row r="1709" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1709" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1709" s="44"/>
     </row>
-    <row r="1710" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1710" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1710" s="44"/>
     </row>
-    <row r="1711" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1711" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1711" s="44"/>
     </row>
-    <row r="1712" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1712" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1712" s="44"/>
     </row>
-    <row r="1713" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1713" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1713" s="44"/>
     </row>
-    <row r="1714" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1714" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1714" s="44"/>
     </row>
-    <row r="1715" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1715" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1715" s="44"/>
     </row>
-    <row r="1716" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1716" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1716" s="44"/>
     </row>
-    <row r="1717" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1717" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1717" s="44"/>
     </row>
-    <row r="1718" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1718" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1718" s="44"/>
     </row>
-    <row r="1719" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1719" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1719" s="44"/>
     </row>
-    <row r="1720" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1720" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1720" s="44"/>
     </row>
-    <row r="1721" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1721" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1721" s="44"/>
     </row>
-    <row r="1722" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1722" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1722" s="44"/>
     </row>
-    <row r="1723" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1723" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1723" s="44"/>
     </row>
-    <row r="1724" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1724" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1724" s="44"/>
     </row>
-    <row r="1725" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1725" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1725" s="44"/>
     </row>
-    <row r="1726" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1726" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1726" s="44"/>
     </row>
-    <row r="1727" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1727" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1727" s="44"/>
     </row>
-    <row r="1728" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1728" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1728" s="44"/>
     </row>
-    <row r="1729" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1729" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1729" s="44"/>
     </row>
-    <row r="1730" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1730" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1730" s="44"/>
     </row>
-    <row r="1731" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1731" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1731" s="44"/>
     </row>
-    <row r="1732" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1732" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1732" s="44"/>
     </row>
-    <row r="1733" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1733" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1733" s="44"/>
     </row>
-    <row r="1734" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1734" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1734" s="44"/>
     </row>
-    <row r="1735" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1735" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1735" s="44"/>
     </row>
-    <row r="1736" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1736" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1736" s="44"/>
     </row>
-    <row r="1737" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1737" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1737" s="44"/>
     </row>
-    <row r="1738" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1738" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1738" s="44"/>
     </row>
-    <row r="1739" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1739" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1739" s="44"/>
     </row>
-    <row r="1740" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1740" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1740" s="44"/>
     </row>
-    <row r="1741" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1741" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1741" s="44"/>
     </row>
-    <row r="1742" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1742" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1742" s="44"/>
     </row>
-    <row r="1743" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1743" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1743" s="44"/>
     </row>
-    <row r="1744" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1744" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1744" s="44"/>
     </row>
-    <row r="1745" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1745" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1745" s="44"/>
     </row>
-    <row r="1746" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1746" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1746" s="44"/>
     </row>
-    <row r="1747" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1747" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1747" s="44"/>
     </row>
-    <row r="1748" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1748" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1748" s="44"/>
     </row>
-    <row r="1749" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1749" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1749" s="44"/>
     </row>
-    <row r="1750" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1750" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1750" s="44"/>
     </row>
-    <row r="1751" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1751" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1751" s="44"/>
     </row>
-    <row r="1752" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1752" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1752" s="44"/>
     </row>
-    <row r="1753" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1753" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1753" s="44"/>
     </row>
-    <row r="1754" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1754" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1754" s="44"/>
     </row>
-    <row r="1755" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1755" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1755" s="44"/>
     </row>
-    <row r="1756" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1756" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1756" s="44"/>
     </row>
-    <row r="1757" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1757" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1757" s="44"/>
     </row>
-    <row r="1758" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1758" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1758" s="44"/>
     </row>
-    <row r="1759" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1759" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1759" s="44"/>
     </row>
-    <row r="1760" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1760" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1760" s="44"/>
     </row>
-    <row r="1761" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1761" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1761" s="44"/>
     </row>
-    <row r="1762" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1762" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1762" s="44"/>
     </row>
-    <row r="1763" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1763" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1763" s="44"/>
     </row>
-    <row r="1764" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1764" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1764" s="44"/>
     </row>
-    <row r="1765" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1765" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1765" s="44"/>
     </row>
-    <row r="1766" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1766" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1766" s="44"/>
     </row>
-    <row r="1767" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1767" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1767" s="44"/>
     </row>
-    <row r="1768" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1768" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1768" s="44"/>
     </row>
-    <row r="1769" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1769" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1769" s="44"/>
     </row>
-    <row r="1770" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1770" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1770" s="44"/>
     </row>
-    <row r="1771" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1771" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1771" s="44"/>
     </row>
-    <row r="1772" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1772" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1772" s="44"/>
     </row>
-    <row r="1773" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1773" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1773" s="44"/>
     </row>
-    <row r="1774" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1774" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1774" s="44"/>
     </row>
-    <row r="1775" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1775" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1775" s="44"/>
     </row>
-    <row r="1776" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1776" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1776" s="44"/>
     </row>
-    <row r="1777" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1777" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1777" s="44"/>
     </row>
-    <row r="1778" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1778" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1778" s="44"/>
     </row>
-    <row r="1779" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1779" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1779" s="44"/>
     </row>
-    <row r="1780" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1780" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1780" s="44"/>
     </row>
-    <row r="1781" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1781" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1781" s="44"/>
     </row>
-    <row r="1782" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1782" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1782" s="44"/>
     </row>
-    <row r="1783" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1783" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1783" s="44"/>
     </row>
-    <row r="1784" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1784" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1784" s="44"/>
     </row>
-    <row r="1785" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1785" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1785" s="44"/>
     </row>
-    <row r="1786" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1786" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1786" s="44"/>
     </row>
-    <row r="1787" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1787" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1787" s="44"/>
     </row>
-    <row r="1788" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1788" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1788" s="44"/>
     </row>
-    <row r="1789" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1789" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1789" s="44"/>
     </row>
-    <row r="1790" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1790" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1790" s="44"/>
     </row>
-    <row r="1791" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1791" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1791" s="44"/>
     </row>
-    <row r="1792" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1792" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1792" s="44"/>
     </row>
-    <row r="1793" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1793" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1793" s="44"/>
     </row>
-    <row r="1794" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1794" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1794" s="44"/>
     </row>
-    <row r="1795" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1795" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1795" s="44"/>
     </row>
-    <row r="1796" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1796" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1796" s="44"/>
     </row>
-    <row r="1797" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1797" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1797" s="44"/>
     </row>
-    <row r="1798" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1798" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1798" s="44"/>
     </row>
-    <row r="1799" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1799" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1799" s="44"/>
     </row>
-    <row r="1800" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1800" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1800" s="44"/>
     </row>
-    <row r="1801" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1801" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1801" s="44"/>
     </row>
-    <row r="1802" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1802" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1802" s="44"/>
     </row>
-    <row r="1803" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1803" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1803" s="44"/>
     </row>
-    <row r="1804" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1804" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1804" s="44"/>
     </row>
-    <row r="1805" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1805" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1805" s="44"/>
     </row>
-    <row r="1806" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1806" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1806" s="44"/>
     </row>
-    <row r="1807" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1807" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1807" s="44"/>
     </row>
-    <row r="1808" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1808" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1808" s="44"/>
     </row>
-    <row r="1809" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1809" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1809" s="44"/>
     </row>
-    <row r="1810" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1810" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1810" s="44"/>
     </row>
-    <row r="1811" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1811" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1811" s="44"/>
     </row>
-    <row r="1812" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1812" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1812" s="44"/>
     </row>
-    <row r="1813" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1813" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1813" s="44"/>
     </row>
-    <row r="1814" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1814" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1814" s="44"/>
     </row>
-    <row r="1815" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1815" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1815" s="44"/>
     </row>
-    <row r="1816" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1816" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1816" s="44"/>
     </row>
-    <row r="1817" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1817" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1817" s="44"/>
     </row>
-    <row r="1818" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1818" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1818" s="44"/>
     </row>
-    <row r="1819" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1819" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1819" s="44"/>
     </row>
-    <row r="1820" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1820" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1820" s="44"/>
     </row>
-    <row r="1821" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1821" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1821" s="44"/>
     </row>
-    <row r="1822" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1822" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1822" s="44"/>
     </row>
-    <row r="1823" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1823" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1823" s="44"/>
     </row>
-    <row r="1824" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1824" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1824" s="44"/>
     </row>
-    <row r="1825" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1825" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1825" s="44"/>
     </row>
-    <row r="1826" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1826" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1826" s="44"/>
     </row>
-    <row r="1827" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1827" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1827" s="44"/>
     </row>
-    <row r="1828" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1828" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1828" s="44"/>
     </row>
-    <row r="1829" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1829" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1829" s="44"/>
     </row>
-    <row r="1830" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1830" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1830" s="44"/>
     </row>
-    <row r="1831" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1831" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1831" s="44"/>
     </row>
-    <row r="1832" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1832" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1832" s="44"/>
     </row>
-    <row r="1833" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1833" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1833" s="44"/>
     </row>
-    <row r="1834" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1834" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1834" s="44"/>
     </row>
-    <row r="1835" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1835" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1835" s="44"/>
     </row>
-    <row r="1836" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1836" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1836" s="44"/>
     </row>
-    <row r="1837" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1837" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1837" s="44"/>
     </row>
-    <row r="1838" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1838" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1838" s="44"/>
     </row>
-    <row r="1839" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1839" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1839" s="44"/>
     </row>
-    <row r="1840" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1840" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1840" s="44"/>
     </row>
-    <row r="1841" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1841" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1841" s="44"/>
     </row>
-    <row r="1842" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1842" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1842" s="44"/>
     </row>
-    <row r="1843" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1843" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1843" s="44"/>
     </row>
-    <row r="1844" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1844" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1844" s="44"/>
     </row>
-    <row r="1845" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1845" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1845" s="44"/>
     </row>
-    <row r="1846" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1846" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1846" s="44"/>
     </row>
-    <row r="1847" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1847" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1847" s="44"/>
     </row>
-    <row r="1848" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1848" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1848" s="44"/>
     </row>
-    <row r="1849" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1849" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1849" s="44"/>
     </row>
-    <row r="1850" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1850" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1850" s="44"/>
     </row>
-    <row r="1851" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1851" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1851" s="44"/>
     </row>
-    <row r="1852" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1852" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1852" s="44"/>
     </row>
-    <row r="1853" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1853" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1853" s="44"/>
     </row>
-    <row r="1854" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1854" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1854" s="44"/>
     </row>
-    <row r="1855" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1855" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1855" s="44"/>
     </row>
-    <row r="1856" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1856" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1856" s="44"/>
     </row>
-    <row r="1857" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1857" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1857" s="44"/>
     </row>
-    <row r="1858" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1858" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1858" s="44"/>
     </row>
-    <row r="1859" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1859" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1859" s="44"/>
     </row>
-    <row r="1860" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1860" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1860" s="44"/>
     </row>
-    <row r="1861" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1861" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1861" s="44"/>
     </row>
-    <row r="1862" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1862" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1862" s="44"/>
     </row>
-    <row r="1863" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1863" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1863" s="44"/>
     </row>
-    <row r="1864" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1864" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1864" s="44"/>
     </row>
-    <row r="1865" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1865" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1865" s="44"/>
     </row>
-    <row r="1866" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1866" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1866" s="44"/>
     </row>
-    <row r="1867" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1867" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1867" s="44"/>
     </row>
-    <row r="1868" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1868" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1868" s="44"/>
     </row>
-    <row r="1869" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1869" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1869" s="44"/>
     </row>
-    <row r="1870" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1870" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1870" s="44"/>
     </row>
-    <row r="1871" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1871" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1871" s="44"/>
     </row>
-    <row r="1872" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1872" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1872" s="44"/>
     </row>
-    <row r="1873" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1873" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1873" s="44"/>
     </row>
-    <row r="1874" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1874" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1874" s="44"/>
     </row>
-    <row r="1875" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1875" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1875" s="44"/>
     </row>
-    <row r="1876" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1876" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1876" s="44"/>
     </row>
-    <row r="1877" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1877" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1877" s="44"/>
     </row>
-    <row r="1878" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1878" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1878" s="44"/>
     </row>
-    <row r="1879" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1879" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1879" s="44"/>
     </row>
-    <row r="1880" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1880" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1880" s="44"/>
     </row>
-    <row r="1881" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1881" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1881" s="44"/>
     </row>
-    <row r="1882" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1882" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1882" s="44"/>
     </row>
-    <row r="1883" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1883" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1883" s="44"/>
     </row>
-    <row r="1884" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1884" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1884" s="44"/>
     </row>
-    <row r="1885" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1885" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1885" s="44"/>
     </row>
-    <row r="1886" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1886" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1886" s="44"/>
     </row>
-    <row r="1887" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1887" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1887" s="44"/>
     </row>
-    <row r="1888" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1888" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1888" s="44"/>
     </row>
-    <row r="1889" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1889" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1889" s="44"/>
     </row>
-    <row r="1890" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1890" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1890" s="44"/>
     </row>
-    <row r="1891" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1891" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1891" s="44"/>
     </row>
-    <row r="1892" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1892" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1892" s="44"/>
     </row>
-    <row r="1893" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1893" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1893" s="44"/>
     </row>
-    <row r="1894" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1894" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1894" s="44"/>
     </row>
-    <row r="1895" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1895" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1895" s="44"/>
     </row>
-    <row r="1896" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1896" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1896" s="44"/>
     </row>
-    <row r="1897" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1897" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1897" s="44"/>
     </row>
-    <row r="1898" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1898" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1898" s="44"/>
     </row>
-    <row r="1899" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1899" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1899" s="44"/>
     </row>
-    <row r="1900" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1900" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1900" s="44"/>
     </row>
-    <row r="1901" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1901" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1901" s="44"/>
     </row>
-    <row r="1902" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1902" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1902" s="44"/>
     </row>
-    <row r="1903" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1903" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1903" s="44"/>
     </row>
-    <row r="1904" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1904" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1904" s="44"/>
     </row>
-    <row r="1905" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1905" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1905" s="44"/>
     </row>
-    <row r="1906" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1906" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1906" s="44"/>
     </row>
-    <row r="1907" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1907" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1907" s="44"/>
     </row>
-    <row r="1908" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1908" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1908" s="45"/>
     </row>
-    <row r="1909" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1909" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1909" s="44"/>
     </row>
-    <row r="1910" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1910" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1910" s="44"/>
     </row>
-    <row r="1911" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1911" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1911" s="44"/>
     </row>
-    <row r="1912" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1912" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1912" s="44"/>
     </row>
-    <row r="1913" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1913" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1913" s="44"/>
     </row>
-    <row r="1914" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1914" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1914" s="44"/>
     </row>
-    <row r="1915" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1915" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1915" s="44"/>
     </row>
-    <row r="1916" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1916" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1916" s="44"/>
     </row>
-    <row r="1917" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1917" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1917" s="44"/>
     </row>
-    <row r="1918" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1918" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1918" s="44"/>
     </row>
-    <row r="1919" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1919" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1919" s="44"/>
     </row>
-    <row r="1920" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1920" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1920" s="44"/>
     </row>
-    <row r="1921" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1921" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1921" s="44"/>
     </row>
-    <row r="1922" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1922" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1922" s="44"/>
     </row>
-    <row r="1923" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1923" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1923" s="44"/>
     </row>
-    <row r="1924" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1924" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1924" s="44"/>
     </row>
-    <row r="1925" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1925" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1925" s="44"/>
     </row>
-    <row r="1926" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1926" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1926" s="44"/>
     </row>
-    <row r="1927" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1927" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1927" s="44"/>
     </row>
-    <row r="1928" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1928" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1928" s="44"/>
     </row>
-    <row r="1929" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1929" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1929" s="44"/>
     </row>
-    <row r="1930" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1930" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1930" s="44"/>
     </row>
-    <row r="1931" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1931" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1931" s="44"/>
     </row>
-    <row r="1932" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1932" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1932" s="44"/>
     </row>
-    <row r="1933" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1933" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1933" s="44"/>
     </row>
-    <row r="1934" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1934" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1934" s="44"/>
     </row>
-    <row r="1935" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1935" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1935" s="44"/>
     </row>
-    <row r="1936" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1936" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1936" s="44"/>
     </row>
-    <row r="1937" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1937" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1937" s="44"/>
     </row>
-    <row r="1938" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1938" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1938" s="44"/>
     </row>
-    <row r="1939" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1939" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1939" s="44"/>
     </row>
-    <row r="1940" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1940" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1940" s="44"/>
     </row>
-    <row r="1941" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1941" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1941" s="44"/>
     </row>
-    <row r="1942" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1942" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1942" s="44"/>
     </row>
-    <row r="1943" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1943" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1943" s="44"/>
     </row>
-    <row r="1944" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1944" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1944" s="44"/>
     </row>
-    <row r="1945" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1945" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1945" s="44"/>
     </row>
-    <row r="1946" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1946" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1946" s="44"/>
     </row>
-    <row r="1947" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1947" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1947" s="44"/>
     </row>
-    <row r="1948" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1948" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1948" s="44"/>
     </row>
-    <row r="1949" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1949" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1949" s="44"/>
     </row>
-    <row r="1950" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1950" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1950" s="44"/>
     </row>
-    <row r="1951" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1951" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1951" s="44"/>
     </row>
-    <row r="1952" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1952" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1952" s="44"/>
     </row>
-    <row r="1953" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1953" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1953" s="44"/>
     </row>
-    <row r="1954" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1954" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1954" s="44"/>
     </row>
-    <row r="1955" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1955" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1955" s="44"/>
     </row>
-    <row r="1956" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1956" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1956" s="44"/>
     </row>
-    <row r="1957" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1957" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1957" s="44"/>
     </row>
-    <row r="1958" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1958" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1958" s="44"/>
     </row>
-    <row r="1959" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1959" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1959" s="44"/>
     </row>
-    <row r="1960" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1960" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1960" s="44"/>
     </row>
-    <row r="1961" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1961" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1961" s="44"/>
     </row>
-    <row r="1962" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1962" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1962" s="44"/>
     </row>
-    <row r="1963" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1963" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1963" s="44"/>
     </row>
-    <row r="1964" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1964" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1964" s="44"/>
     </row>
-    <row r="1965" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1965" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1965" s="44"/>
     </row>
-    <row r="1966" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1966" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1966" s="44"/>
     </row>
-    <row r="1967" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1967" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1967" s="44"/>
     </row>
-    <row r="1968" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1968" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1968" s="44"/>
     </row>
-    <row r="1969" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1969" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1969" s="44"/>
     </row>
-    <row r="1970" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1970" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1970" s="44"/>
     </row>
-    <row r="1971" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1971" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1971" s="44"/>
     </row>
-    <row r="1972" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1972" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1972" s="44"/>
     </row>
-    <row r="1973" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1973" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1973" s="44"/>
     </row>
-    <row r="1974" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1974" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1974" s="44"/>
     </row>
-    <row r="1975" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1975" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1975" s="44"/>
     </row>
-    <row r="1976" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1976" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1976" s="44"/>
     </row>
-    <row r="1977" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1977" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1977" s="44"/>
     </row>
-    <row r="1978" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1978" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1978" s="44"/>
     </row>
-    <row r="1979" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1979" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1979" s="44"/>
     </row>
-    <row r="1980" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1980" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1980" s="44"/>
     </row>
-    <row r="1981" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1981" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1981" s="44"/>
     </row>
-    <row r="1982" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1982" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1982" s="44"/>
     </row>
-    <row r="1983" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1983" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1983" s="44"/>
     </row>
-    <row r="1984" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1984" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1984" s="44"/>
     </row>
-    <row r="1985" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1985" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1985" s="44"/>
     </row>
-    <row r="1986" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1986" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1986" s="44"/>
     </row>
-    <row r="1987" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1987" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1987" s="44"/>
     </row>
-    <row r="1988" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1988" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1988" s="44"/>
     </row>
-    <row r="1989" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1989" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1989" s="44"/>
     </row>
-    <row r="1990" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1990" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1990" s="44"/>
     </row>
-    <row r="1991" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1991" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1991" s="44"/>
     </row>
-    <row r="1992" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1992" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1992" s="44"/>
     </row>
-    <row r="1993" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1993" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1993" s="44"/>
     </row>
-    <row r="1994" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1994" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1994" s="44"/>
     </row>
-    <row r="1995" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1995" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1995" s="44"/>
     </row>
-    <row r="1996" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1996" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1996" s="44"/>
     </row>
-    <row r="1997" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1997" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1997" s="44"/>
     </row>
-    <row r="1998" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1998" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1998" s="44"/>
     </row>
-    <row r="1999" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="1999" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A1999" s="44"/>
     </row>
-    <row r="2000" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2000" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2000" s="44"/>
     </row>
-    <row r="2001" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2001" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2001" s="44"/>
     </row>
-    <row r="2002" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2002" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2002" s="44"/>
     </row>
-    <row r="2003" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2003" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2003" s="44"/>
     </row>
-    <row r="2004" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2004" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2004" s="44"/>
     </row>
-    <row r="2005" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2005" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2005" s="44"/>
     </row>
-    <row r="2006" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2006" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2006" s="44"/>
     </row>
-    <row r="2007" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2007" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2007" s="44"/>
     </row>
-    <row r="2008" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2008" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2008" s="44"/>
     </row>
-    <row r="2009" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2009" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2009" s="44"/>
     </row>
-    <row r="2010" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2010" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2010" s="44"/>
     </row>
-    <row r="2011" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2011" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2011" s="44"/>
     </row>
-    <row r="2012" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2012" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2012" s="44"/>
     </row>
-    <row r="2013" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2013" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2013" s="44"/>
     </row>
-    <row r="2014" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2014" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2014" s="44"/>
     </row>
-    <row r="2015" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2015" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2015" s="44"/>
     </row>
-    <row r="2016" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2016" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2016" s="44"/>
     </row>
-    <row r="2017" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2017" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2017" s="44"/>
     </row>
-    <row r="2018" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2018" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2018" s="44"/>
     </row>
-    <row r="2019" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2019" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2019" s="44"/>
     </row>
-    <row r="2020" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2020" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2020" s="44"/>
     </row>
-    <row r="2021" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2021" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2021" s="44"/>
     </row>
-    <row r="2022" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2022" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2022" s="44"/>
     </row>
-    <row r="2023" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2023" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2023" s="44"/>
     </row>
-    <row r="2024" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2024" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2024" s="44"/>
     </row>
-    <row r="2025" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2025" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2025" s="44"/>
     </row>
-    <row r="2026" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2026" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2026" s="44"/>
     </row>
-    <row r="2027" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2027" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2027" s="44"/>
     </row>
-    <row r="2028" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2028" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2028" s="44"/>
     </row>
-    <row r="2029" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2029" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2029" s="44"/>
     </row>
-    <row r="2030" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2030" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2030" s="44"/>
     </row>
-    <row r="2031" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2031" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2031" s="44"/>
     </row>
-    <row r="2032" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2032" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2032" s="44"/>
     </row>
-    <row r="2033" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2033" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2033" s="44"/>
     </row>
-    <row r="2034" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2034" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2034" s="44"/>
     </row>
-    <row r="2035" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2035" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2035" s="44"/>
     </row>
-    <row r="2036" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2036" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2036" s="44"/>
     </row>
-    <row r="2037" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2037" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2037" s="44"/>
     </row>
-    <row r="2038" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2038" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2038" s="44"/>
     </row>
-    <row r="2039" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2039" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2039" s="44"/>
     </row>
-    <row r="2040" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2040" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2040" s="44"/>
     </row>
-    <row r="2041" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2041" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2041" s="44"/>
     </row>
-    <row r="2042" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2042" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2042" s="44"/>
     </row>
-    <row r="2043" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2043" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2043" s="44"/>
     </row>
-    <row r="2044" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2044" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2044" s="44"/>
     </row>
-    <row r="2045" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2045" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2045" s="44"/>
     </row>
-    <row r="2046" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2046" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2046" s="44"/>
     </row>
-    <row r="2047" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2047" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2047" s="44"/>
     </row>
-    <row r="2048" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2048" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2048" s="44"/>
     </row>
-    <row r="2049" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2049" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2049" s="44"/>
     </row>
-    <row r="2050" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2050" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2050" s="44"/>
     </row>
-    <row r="2051" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2051" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2051" s="44"/>
     </row>
-    <row r="2052" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2052" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2052" s="44"/>
     </row>
-    <row r="2053" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2053" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2053" s="44"/>
     </row>
-    <row r="2054" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2054" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2054" s="44"/>
     </row>
-    <row r="2055" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2055" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2055" s="44"/>
     </row>
-    <row r="2056" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2056" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2056" s="44"/>
     </row>
-    <row r="2057" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2057" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2057" s="44"/>
     </row>
-    <row r="2058" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2058" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2058" s="44"/>
     </row>
-    <row r="2059" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2059" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2059" s="44"/>
     </row>
-    <row r="2060" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2060" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2060" s="44"/>
     </row>
-    <row r="2061" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2061" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2061" s="44"/>
     </row>
-    <row r="2062" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2062" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2062" s="44"/>
     </row>
-    <row r="2063" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2063" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2063" s="44"/>
     </row>
-    <row r="2064" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2064" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2064" s="44"/>
     </row>
-    <row r="2065" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2065" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2065" s="44"/>
     </row>
-    <row r="2066" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2066" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2066" s="44"/>
     </row>
-    <row r="2067" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2067" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2067" s="44"/>
     </row>
-    <row r="2068" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2068" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2068" s="44"/>
     </row>
-    <row r="2069" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2069" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2069" s="44"/>
     </row>
-    <row r="2070" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2070" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2070" s="44"/>
     </row>
-    <row r="2071" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2071" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2071" s="44"/>
     </row>
-    <row r="2072" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2072" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2072" s="44"/>
     </row>
-    <row r="2073" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2073" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2073" s="44"/>
     </row>
-    <row r="2074" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2074" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2074" s="44"/>
     </row>
-    <row r="2075" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2075" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2075" s="44"/>
     </row>
-    <row r="2076" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2076" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2076" s="44"/>
     </row>
-    <row r="2077" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2077" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2077" s="44"/>
     </row>
-    <row r="2078" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2078" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2078" s="44"/>
     </row>
-    <row r="2079" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2079" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2079" s="44"/>
     </row>
-    <row r="2080" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2080" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2080" s="44"/>
     </row>
-    <row r="2081" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2081" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2081" s="44"/>
     </row>
-    <row r="2082" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2082" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2082" s="44"/>
     </row>
-    <row r="2083" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2083" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2083" s="44"/>
     </row>
-    <row r="2084" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2084" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2084" s="44"/>
     </row>
-    <row r="2085" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2085" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2085" s="44"/>
     </row>
-    <row r="2086" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2086" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2086" s="44"/>
     </row>
-    <row r="2087" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2087" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2087" s="44"/>
     </row>
-    <row r="2088" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2088" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2088" s="44"/>
     </row>
-    <row r="2089" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2089" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2089" s="44"/>
     </row>
-    <row r="2090" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2090" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2090" s="44"/>
     </row>
-    <row r="2091" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2091" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2091" s="44"/>
     </row>
-    <row r="2092" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2092" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2092" s="44"/>
     </row>
-    <row r="2093" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2093" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2093" s="44"/>
     </row>
-    <row r="2094" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2094" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2094" s="44"/>
     </row>
-    <row r="2095" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2095" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2095" s="44"/>
     </row>
-    <row r="2096" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2096" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2096" s="44"/>
     </row>
-    <row r="2097" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2097" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2097" s="44"/>
     </row>
-    <row r="2098" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2098" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2098" s="44"/>
     </row>
-    <row r="2099" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2099" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2099" s="44"/>
     </row>
-    <row r="2100" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2100" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2100" s="44"/>
     </row>
-    <row r="2101" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2101" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2101" s="44"/>
     </row>
-    <row r="2102" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2102" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2102" s="44"/>
     </row>
-    <row r="2103" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2103" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2103" s="44"/>
     </row>
-    <row r="2104" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2104" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2104" s="44"/>
     </row>
-    <row r="2105" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2105" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2105" s="45"/>
     </row>
-    <row r="2106" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2106" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2106" s="44"/>
     </row>
-    <row r="2107" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2107" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2107" s="44"/>
     </row>
-    <row r="2108" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2108" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2108" s="44"/>
     </row>
-    <row r="2109" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2109" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2109" s="44"/>
     </row>
-    <row r="2110" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2110" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2110" s="44"/>
     </row>
-    <row r="2111" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2111" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2111" s="44"/>
     </row>
-    <row r="2112" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2112" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2112" s="44"/>
     </row>
-    <row r="2113" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2113" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2113" s="44"/>
     </row>
-    <row r="2114" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2114" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2114" s="44"/>
     </row>
-    <row r="2115" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2115" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2115" s="44"/>
     </row>
-    <row r="2116" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2116" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2116" s="44"/>
     </row>
-    <row r="2117" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2117" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2117" s="44"/>
     </row>
-    <row r="2118" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2118" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2118" s="44"/>
     </row>
-    <row r="2119" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2119" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2119" s="44"/>
     </row>
-    <row r="2120" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2120" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2120" s="44"/>
     </row>
-    <row r="2121" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2121" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2121" s="44"/>
     </row>
-    <row r="2122" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2122" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2122" s="44"/>
     </row>
-    <row r="2123" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2123" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2123" s="44"/>
     </row>
-    <row r="2124" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2124" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2124" s="44"/>
     </row>
-    <row r="2125" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2125" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2125" s="44"/>
     </row>
-    <row r="2126" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2126" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2126" s="44"/>
     </row>
-    <row r="2127" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2127" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2127" s="44"/>
     </row>
-    <row r="2128" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2128" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2128" s="44"/>
     </row>
-    <row r="2129" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2129" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2129" s="44"/>
     </row>
-    <row r="2130" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2130" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2130" s="44"/>
     </row>
-    <row r="2131" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2131" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2131" s="44"/>
     </row>
-    <row r="2132" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2132" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2132" s="44"/>
     </row>
-    <row r="2133" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2133" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2133" s="44"/>
     </row>
-    <row r="2134" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2134" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2134" s="44"/>
     </row>
-    <row r="2135" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2135" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2135" s="44"/>
     </row>
-    <row r="2136" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2136" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2136" s="44"/>
     </row>
-    <row r="2137" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2137" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2137" s="44"/>
     </row>
-    <row r="2138" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2138" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2138" s="44"/>
     </row>
-    <row r="2139" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2139" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2139" s="44"/>
     </row>
-    <row r="2140" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2140" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2140" s="44"/>
     </row>
-    <row r="2141" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2141" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2141" s="44"/>
     </row>
-    <row r="2142" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2142" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2142" s="45"/>
     </row>
-    <row r="2143" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2143" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2143" s="44"/>
     </row>
-    <row r="2144" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2144" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2144" s="44"/>
     </row>
-    <row r="2145" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2145" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2145" s="44"/>
     </row>
-    <row r="2146" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2146" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2146" s="44"/>
     </row>
-    <row r="2147" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2147" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2147" s="44"/>
     </row>
-    <row r="2148" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2148" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2148" s="44"/>
     </row>
-    <row r="2149" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2149" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2149" s="44"/>
     </row>
-    <row r="2150" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2150" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2150" s="44"/>
     </row>
-    <row r="2151" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2151" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2151" s="44"/>
     </row>
-    <row r="2152" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2152" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2152" s="44"/>
     </row>
-    <row r="2153" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2153" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2153" s="44"/>
     </row>
-    <row r="2154" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2154" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2154" s="44"/>
     </row>
-    <row r="2155" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2155" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2155" s="44"/>
     </row>
-    <row r="2156" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2156" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2156" s="44"/>
     </row>
-    <row r="2157" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2157" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2157" s="44"/>
     </row>
-    <row r="2158" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2158" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2158" s="44"/>
     </row>
-    <row r="2159" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2159" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2159" s="44"/>
     </row>
-    <row r="2160" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2160" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2160" s="44"/>
     </row>
-    <row r="2161" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2161" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2161" s="44"/>
     </row>
-    <row r="2162" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2162" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2162" s="44"/>
     </row>
-    <row r="2163" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2163" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2163" s="44"/>
     </row>
-    <row r="2164" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2164" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2164" s="44"/>
     </row>
-    <row r="2165" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2165" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2165" s="44"/>
     </row>
-    <row r="2166" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2166" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2166" s="44"/>
     </row>
-    <row r="2167" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2167" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2167" s="44"/>
     </row>
-    <row r="2168" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2168" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2168" s="44"/>
     </row>
-    <row r="2169" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2169" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2169" s="44"/>
     </row>
-    <row r="2170" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2170" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2170" s="44"/>
     </row>
-    <row r="2171" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2171" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2171" s="44"/>
     </row>
-    <row r="2172" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2172" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2172" s="44"/>
     </row>
-    <row r="2173" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2173" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2173" s="44"/>
     </row>
-    <row r="2174" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2174" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2174" s="44"/>
     </row>
-    <row r="2175" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2175" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2175" s="44"/>
     </row>
-    <row r="2176" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2176" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2176" s="44"/>
     </row>
-    <row r="2177" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2177" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2177" s="44"/>
     </row>
-    <row r="2178" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2178" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2178" s="44"/>
     </row>
-    <row r="2179" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2179" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2179" s="45"/>
     </row>
-    <row r="2180" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2180" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2180" s="44"/>
     </row>
-    <row r="2181" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2181" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2181" s="44"/>
     </row>
-    <row r="2182" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2182" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2182" s="44"/>
     </row>
-    <row r="2183" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2183" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2183" s="44"/>
     </row>
-    <row r="2184" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2184" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2184" s="44"/>
     </row>
-    <row r="2185" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2185" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2185" s="44"/>
     </row>
-    <row r="2186" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2186" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2186" s="44"/>
     </row>
-    <row r="2187" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2187" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2187" s="44"/>
     </row>
-    <row r="2188" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2188" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2188" s="44"/>
     </row>
-    <row r="2189" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2189" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2189" s="44"/>
     </row>
-    <row r="2190" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2190" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2190" s="44"/>
     </row>
-    <row r="2191" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2191" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2191" s="44"/>
     </row>
-    <row r="2192" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2192" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2192" s="44"/>
     </row>
-    <row r="2193" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2193" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2193" s="44"/>
     </row>
-    <row r="2194" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2194" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2194" s="44"/>
     </row>
-    <row r="2195" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2195" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2195" s="44"/>
     </row>
-    <row r="2196" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2196" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2196" s="44"/>
     </row>
-    <row r="2197" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2197" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2197" s="44"/>
     </row>
-    <row r="2198" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2198" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2198" s="44"/>
     </row>
-    <row r="2199" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2199" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2199" s="44"/>
     </row>
-    <row r="2200" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2200" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2200" s="44"/>
     </row>
-    <row r="2201" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2201" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2201" s="44"/>
     </row>
-    <row r="2202" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2202" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2202" s="44"/>
     </row>
-    <row r="2203" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2203" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2203" s="44"/>
     </row>
-    <row r="2204" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2204" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2204" s="44"/>
     </row>
-    <row r="2205" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2205" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2205" s="44"/>
     </row>
-    <row r="2206" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2206" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2206" s="44"/>
     </row>
-    <row r="2207" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2207" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2207" s="44"/>
     </row>
-    <row r="2208" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2208" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2208" s="44"/>
     </row>
-    <row r="2209" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2209" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2209" s="44"/>
     </row>
-    <row r="2210" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2210" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2210" s="44"/>
     </row>
-    <row r="2211" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2211" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2211" s="44"/>
     </row>
-    <row r="2212" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2212" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2212" s="44"/>
     </row>
-    <row r="2213" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2213" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2213" s="44"/>
     </row>
-    <row r="2214" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2214" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2214" s="44"/>
     </row>
-    <row r="2215" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2215" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2215" s="44"/>
     </row>
-    <row r="2216" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2216" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2216" s="44"/>
     </row>
-    <row r="2217" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2217" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2217" s="44"/>
     </row>
-    <row r="2218" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2218" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2218" s="44"/>
     </row>
-    <row r="2219" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2219" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2219" s="44"/>
     </row>
-    <row r="2220" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2220" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2220" s="44"/>
     </row>
-    <row r="2221" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2221" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2221" s="44"/>
     </row>
-    <row r="2222" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2222" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2222" s="44"/>
     </row>
-    <row r="2223" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2223" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2223" s="44"/>
     </row>
-    <row r="2224" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2224" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2224" s="44"/>
     </row>
-    <row r="2225" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2225" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2225" s="44"/>
     </row>
-    <row r="2226" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2226" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2226" s="44"/>
     </row>
-    <row r="2227" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2227" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2227" s="44"/>
     </row>
-    <row r="2228" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2228" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2228" s="44"/>
     </row>
-    <row r="2229" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2229" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2229" s="44"/>
     </row>
-    <row r="2230" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2230" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2230" s="44"/>
     </row>
-    <row r="2231" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2231" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2231" s="44"/>
     </row>
-    <row r="2232" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2232" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2232" s="44"/>
     </row>
-    <row r="2233" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2233" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2233" s="44"/>
     </row>
-    <row r="2234" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2234" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2234" s="44"/>
     </row>
-    <row r="2235" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2235" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2235" s="44"/>
     </row>
-    <row r="2236" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2236" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2236" s="44"/>
     </row>
-    <row r="2237" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2237" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2237" s="44"/>
     </row>
-    <row r="2238" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2238" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2238" s="44"/>
     </row>
-    <row r="2239" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2239" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2239" s="44"/>
     </row>
-    <row r="2240" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2240" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2240" s="44"/>
     </row>
-    <row r="2241" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2241" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2241" s="44"/>
     </row>
-    <row r="2242" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2242" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2242" s="44"/>
     </row>
-    <row r="2243" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2243" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2243" s="44"/>
     </row>
-    <row r="2244" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2244" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2244" s="44"/>
     </row>
-    <row r="2245" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2245" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2245" s="44"/>
     </row>
-    <row r="2246" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2246" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2246" s="44"/>
     </row>
-    <row r="2247" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2247" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2247" s="44"/>
     </row>
-    <row r="2248" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2248" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2248" s="44"/>
     </row>
-    <row r="2249" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2249" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2249" s="44"/>
     </row>
-    <row r="2250" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2250" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2250" s="44"/>
     </row>
-    <row r="2251" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2251" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2251" s="44"/>
     </row>
-    <row r="2252" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2252" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2252" s="44"/>
     </row>
-    <row r="2253" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2253" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2253" s="44"/>
     </row>
-    <row r="2254" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2254" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2254" s="44"/>
     </row>
-    <row r="2255" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2255" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2255" s="44"/>
     </row>
-    <row r="2256" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2256" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2256" s="44"/>
     </row>
-    <row r="2257" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2257" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2257" s="44"/>
     </row>
-    <row r="2258" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2258" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2258" s="44"/>
     </row>
-    <row r="2259" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2259" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2259" s="44"/>
     </row>
-    <row r="2260" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2260" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2260" s="44"/>
     </row>
-    <row r="2261" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2261" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2261" s="44"/>
     </row>
-    <row r="2262" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2262" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2262" s="44"/>
     </row>
-    <row r="2263" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2263" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2263" s="44"/>
     </row>
-    <row r="2264" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2264" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2264" s="44"/>
     </row>
-    <row r="2265" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2265" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2265" s="44"/>
     </row>
-    <row r="2266" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2266" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2266" s="44"/>
     </row>
-    <row r="2267" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2267" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2267" s="44"/>
     </row>
-    <row r="2268" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2268" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2268" s="44"/>
     </row>
-    <row r="2269" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2269" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2269" s="44"/>
     </row>
-    <row r="2270" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2270" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2270" s="44"/>
     </row>
-    <row r="2271" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2271" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2271" s="44"/>
     </row>
-    <row r="2272" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2272" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2272" s="44"/>
     </row>
-    <row r="2273" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2273" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2273" s="44"/>
     </row>
-    <row r="2274" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2274" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2274" s="44"/>
     </row>
-    <row r="2275" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2275" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2275" s="44"/>
     </row>
-    <row r="2276" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2276" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2276" s="44"/>
     </row>
-    <row r="2277" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2277" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2277" s="44"/>
     </row>
-    <row r="2278" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2278" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2278" s="44"/>
     </row>
-    <row r="2279" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2279" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2279" s="44"/>
     </row>
-    <row r="2280" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2280" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2280" s="44"/>
     </row>
-    <row r="2281" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2281" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2281" s="44"/>
     </row>
-    <row r="2282" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2282" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2282" s="44"/>
     </row>
-    <row r="2283" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2283" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2283" s="44"/>
     </row>
-    <row r="2284" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2284" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2284" s="44"/>
     </row>
-    <row r="2285" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2285" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2285" s="44"/>
     </row>
-    <row r="2286" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2286" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2286" s="44"/>
     </row>
-    <row r="2287" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2287" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2287" s="44"/>
     </row>
-    <row r="2288" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2288" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2288" s="44"/>
     </row>
-    <row r="2289" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2289" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2289" s="44"/>
     </row>
-    <row r="2290" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2290" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2290" s="44"/>
     </row>
-    <row r="2291" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2291" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2291" s="44"/>
     </row>
-    <row r="2292" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2292" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2292" s="44"/>
     </row>
-    <row r="2293" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2293" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2293" s="44"/>
     </row>
-    <row r="2294" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2294" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2294" s="44"/>
     </row>
-    <row r="2295" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2295" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2295" s="44"/>
     </row>
-    <row r="2296" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2296" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2296" s="44"/>
     </row>
-    <row r="2297" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2297" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2297" s="44"/>
     </row>
-    <row r="2298" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2298" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2298" s="44"/>
     </row>
-    <row r="2299" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2299" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2299" s="44"/>
     </row>
-    <row r="2300" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2300" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2300" s="44"/>
     </row>
-    <row r="2301" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2301" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2301" s="44"/>
     </row>
-    <row r="2302" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2302" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2302" s="44"/>
     </row>
-    <row r="2303" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2303" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2303" s="44"/>
     </row>
-    <row r="2304" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2304" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2304" s="44"/>
     </row>
-    <row r="2305" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2305" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2305" s="44"/>
     </row>
-    <row r="2306" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2306" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2306" s="44"/>
     </row>
-    <row r="2307" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2307" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2307" s="44"/>
     </row>
-    <row r="2308" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2308" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2308" s="44"/>
     </row>
-    <row r="2309" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2309" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2309" s="44"/>
     </row>
-    <row r="2310" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2310" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2310" s="44"/>
     </row>
-    <row r="2311" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2311" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2311" s="44"/>
     </row>
-    <row r="2312" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2312" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2312" s="44"/>
     </row>
-    <row r="2313" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2313" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2313" s="44"/>
     </row>
-    <row r="2314" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2314" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2314" s="44"/>
     </row>
-    <row r="2315" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2315" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2315" s="44"/>
     </row>
-    <row r="2316" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2316" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2316" s="44"/>
     </row>
-    <row r="2317" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2317" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2317" s="44"/>
     </row>
-    <row r="2318" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2318" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2318" s="44"/>
     </row>
-    <row r="2319" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2319" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2319" s="44"/>
     </row>
-    <row r="2320" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2320" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2320" s="44"/>
     </row>
-    <row r="2321" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2321" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2321" s="44"/>
     </row>
-    <row r="2322" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2322" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2322" s="44"/>
     </row>
-    <row r="2323" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2323" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2323" s="44"/>
     </row>
-    <row r="2324" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2324" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2324" s="44"/>
     </row>
-    <row r="2325" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2325" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2325" s="44"/>
     </row>
-    <row r="2326" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2326" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2326" s="44"/>
     </row>
-    <row r="2327" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2327" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2327" s="44"/>
     </row>
-    <row r="2328" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2328" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2328" s="44"/>
     </row>
-    <row r="2329" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2329" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2329" s="44"/>
     </row>
-    <row r="2330" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2330" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2330" s="44"/>
     </row>
-    <row r="2331" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2331" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2331" s="44"/>
     </row>
-    <row r="2332" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2332" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2332" s="44"/>
     </row>
-    <row r="2333" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2333" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2333" s="44"/>
     </row>
-    <row r="2334" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2334" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2334" s="44"/>
     </row>
-    <row r="2335" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2335" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2335" s="44"/>
     </row>
-    <row r="2336" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2336" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2336" s="44"/>
     </row>
-    <row r="2337" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2337" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2337" s="44"/>
     </row>
-    <row r="2338" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2338" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2338" s="44"/>
     </row>
-    <row r="2339" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2339" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2339" s="44"/>
     </row>
-    <row r="2340" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2340" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2340" s="44"/>
     </row>
-    <row r="2341" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2341" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2341" s="44"/>
     </row>
-    <row r="2342" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2342" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2342" s="44"/>
     </row>
-    <row r="2343" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2343" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2343" s="44"/>
     </row>
-    <row r="2344" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2344" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2344" s="44"/>
     </row>
-    <row r="2345" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2345" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2345" s="44"/>
     </row>
-    <row r="2346" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2346" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2346" s="44"/>
     </row>
-    <row r="2347" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2347" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2347" s="44"/>
     </row>
-    <row r="2348" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2348" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2348" s="44"/>
     </row>
-    <row r="2349" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2349" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2349" s="44"/>
     </row>
-    <row r="2350" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2350" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2350" s="44"/>
     </row>
-    <row r="2351" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2351" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2351" s="44"/>
     </row>
-    <row r="2352" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2352" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2352" s="44"/>
     </row>
-    <row r="2353" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2353" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2353" s="44"/>
     </row>
-    <row r="2354" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2354" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2354" s="44"/>
     </row>
-    <row r="2355" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2355" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2355" s="44"/>
     </row>
-    <row r="2356" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2356" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2356" s="44"/>
     </row>
-    <row r="2357" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2357" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2357" s="44"/>
     </row>
-    <row r="2358" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2358" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2358" s="44"/>
     </row>
-    <row r="2359" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2359" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2359" s="44"/>
     </row>
-    <row r="2360" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2360" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2360" s="44"/>
     </row>
-    <row r="2361" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2361" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2361" s="44"/>
     </row>
-    <row r="2362" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2362" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2362" s="44"/>
     </row>
-    <row r="2363" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2363" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2363" s="44"/>
     </row>
-    <row r="2364" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2364" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2364" s="44"/>
     </row>
-    <row r="2365" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2365" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2365" s="44"/>
     </row>
-    <row r="2366" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2366" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2366" s="44"/>
     </row>
-    <row r="2367" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2367" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2367" s="44"/>
     </row>
-    <row r="2368" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2368" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2368" s="44"/>
     </row>
-    <row r="2369" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2369" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2369" s="44"/>
     </row>
-    <row r="2370" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2370" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2370" s="44"/>
     </row>
-    <row r="2371" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2371" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2371" s="44"/>
     </row>
-    <row r="2372" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2372" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2372" s="44"/>
     </row>
-    <row r="2373" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2373" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2373" s="44"/>
     </row>
-    <row r="2374" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2374" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2374" s="44"/>
     </row>
-    <row r="2375" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2375" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2375" s="44"/>
     </row>
-    <row r="2376" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2376" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2376" s="44"/>
     </row>
-    <row r="2377" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2377" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2377" s="44"/>
     </row>
-    <row r="2378" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2378" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2378" s="44"/>
     </row>
-    <row r="2379" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2379" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2379" s="44"/>
     </row>
-    <row r="2380" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2380" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2380" s="44"/>
     </row>
-    <row r="2381" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2381" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2381" s="44"/>
     </row>
-    <row r="2382" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2382" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2382" s="44"/>
     </row>
-    <row r="2383" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2383" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2383" s="44"/>
     </row>
-    <row r="2384" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2384" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2384" s="44"/>
     </row>
-    <row r="2385" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2385" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2385" s="44"/>
     </row>
-    <row r="2386" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2386" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2386" s="44"/>
     </row>
-    <row r="2387" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2387" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2387" s="44"/>
     </row>
-    <row r="2388" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2388" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2388" s="44"/>
     </row>
-    <row r="2389" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2389" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2389" s="44"/>
     </row>
-    <row r="2390" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2390" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2390" s="44"/>
     </row>
-    <row r="2391" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2391" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2391" s="44"/>
     </row>
-    <row r="2392" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2392" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2392" s="44"/>
     </row>
-    <row r="2393" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2393" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2393" s="44"/>
     </row>
-    <row r="2394" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2394" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2394" s="44"/>
     </row>
-    <row r="2395" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2395" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2395" s="44"/>
     </row>
-    <row r="2396" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2396" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2396" s="44"/>
     </row>
-    <row r="2397" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2397" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2397" s="44"/>
     </row>
-    <row r="2398" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2398" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2398" s="44"/>
     </row>
-    <row r="2399" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2399" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2399" s="44"/>
     </row>
-    <row r="2400" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2400" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2400" s="44"/>
     </row>
-    <row r="2401" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2401" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2401" s="44"/>
     </row>
-    <row r="2402" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2402" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2402" s="44"/>
     </row>
-    <row r="2403" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2403" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2403" s="44"/>
     </row>
-    <row r="2404" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2404" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2404" s="44"/>
     </row>
-    <row r="2405" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2405" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2405" s="44"/>
     </row>
-    <row r="2406" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2406" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2406" s="44"/>
     </row>
-    <row r="2407" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2407" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2407" s="44"/>
     </row>
-    <row r="2408" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2408" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2408" s="44"/>
     </row>
-    <row r="2409" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2409" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2409" s="44"/>
     </row>
-    <row r="2410" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2410" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2410" s="44"/>
     </row>
-    <row r="2411" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2411" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2411" s="44"/>
     </row>
-    <row r="2412" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2412" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2412" s="44"/>
     </row>
-    <row r="2413" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2413" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2413" s="44"/>
     </row>
-    <row r="2414" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2414" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2414" s="44"/>
     </row>
-    <row r="2415" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2415" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2415" s="44"/>
     </row>
-    <row r="2416" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2416" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2416" s="44"/>
     </row>
-    <row r="2417" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2417" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2417" s="44"/>
     </row>
-    <row r="2418" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2418" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2418" s="44"/>
     </row>
-    <row r="2419" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2419" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2419" s="44"/>
     </row>
-    <row r="2420" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2420" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2420" s="44"/>
     </row>
-    <row r="2421" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2421" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2421" s="44"/>
     </row>
-    <row r="2422" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2422" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2422" s="44"/>
     </row>
-    <row r="2423" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2423" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2423" s="44"/>
     </row>
-    <row r="2424" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2424" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2424" s="44"/>
     </row>
-    <row r="2425" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2425" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2425" s="44"/>
     </row>
-    <row r="2426" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2426" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2426" s="44"/>
     </row>
-    <row r="2427" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2427" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2427" s="44"/>
     </row>
-    <row r="2428" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2428" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2428" s="44"/>
     </row>
-    <row r="2429" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2429" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2429" s="44"/>
     </row>
-    <row r="2430" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2430" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2430" s="44"/>
     </row>
-    <row r="2431" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2431" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2431" s="44"/>
     </row>
-    <row r="2432" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2432" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2432" s="44"/>
     </row>
-    <row r="2433" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2433" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2433" s="44"/>
     </row>
-    <row r="2434" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2434" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2434" s="44"/>
     </row>
-    <row r="2435" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2435" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2435" s="44"/>
     </row>
-    <row r="2436" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2436" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2436" s="44"/>
     </row>
-    <row r="2437" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2437" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2437" s="44"/>
     </row>
-    <row r="2438" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2438" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2438" s="44"/>
     </row>
-    <row r="2439" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2439" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2439" s="44"/>
     </row>
-    <row r="2440" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2440" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2440" s="44"/>
     </row>
-    <row r="2441" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2441" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2441" s="44"/>
     </row>
-    <row r="2442" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2442" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2442" s="44"/>
     </row>
-    <row r="2443" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2443" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2443" s="44"/>
     </row>
-    <row r="2444" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2444" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2444" s="44"/>
     </row>
-    <row r="2445" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2445" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2445" s="44"/>
     </row>
-    <row r="2446" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2446" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2446" s="44"/>
     </row>
-    <row r="2447" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2447" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2447" s="44"/>
     </row>
-    <row r="2448" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2448" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2448" s="44"/>
     </row>
-    <row r="2449" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2449" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2449" s="44"/>
     </row>
-    <row r="2450" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2450" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2450" s="44"/>
     </row>
-    <row r="2451" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2451" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2451" s="44"/>
     </row>
-    <row r="2452" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2452" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2452" s="44"/>
     </row>
-    <row r="2453" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2453" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2453" s="44"/>
     </row>
-    <row r="2454" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2454" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2454" s="44"/>
     </row>
-    <row r="2455" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2455" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2455" s="44"/>
     </row>
-    <row r="2456" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2456" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2456" s="44"/>
     </row>
-    <row r="2457" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2457" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2457" s="44"/>
     </row>
-    <row r="2458" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2458" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2458" s="44"/>
     </row>
-    <row r="2459" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2459" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2459" s="44"/>
     </row>
-    <row r="2460" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2460" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2460" s="44"/>
     </row>
-    <row r="2461" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2461" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2461" s="44"/>
     </row>
-    <row r="2462" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2462" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2462" s="44"/>
     </row>
-    <row r="2463" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2463" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2463" s="44"/>
     </row>
-    <row r="2464" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2464" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2464" s="44"/>
     </row>
-    <row r="2465" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2465" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2465" s="44"/>
     </row>
-    <row r="2466" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2466" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2466" s="44"/>
     </row>
-    <row r="2467" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2467" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2467" s="44"/>
     </row>
-    <row r="2468" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2468" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2468" s="44"/>
     </row>
-    <row r="2469" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2469" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2469" s="44"/>
     </row>
-    <row r="2470" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2470" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2470" s="44"/>
     </row>
-    <row r="2471" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2471" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2471" s="44"/>
     </row>
-    <row r="2472" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2472" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2472" s="44"/>
     </row>
-    <row r="2473" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2473" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2473" s="44"/>
     </row>
-    <row r="2474" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2474" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2474" s="44"/>
     </row>
-    <row r="2475" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2475" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2475" s="44"/>
     </row>
-    <row r="2476" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2476" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2476" s="44"/>
     </row>
-    <row r="2477" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2477" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2477" s="44"/>
     </row>
-    <row r="2478" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2478" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2478" s="44"/>
     </row>
-    <row r="2479" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2479" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2479" s="44"/>
     </row>
-    <row r="2480" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2480" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2480" s="44"/>
     </row>
-    <row r="2481" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2481" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2481" s="44"/>
     </row>
-    <row r="2482" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2482" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2482" s="44"/>
     </row>
-    <row r="2483" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2483" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2483" s="44"/>
     </row>
-    <row r="2484" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2484" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2484" s="44"/>
     </row>
-    <row r="2485" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2485" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2485" s="44"/>
     </row>
-    <row r="2486" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2486" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2486" s="44"/>
     </row>
-    <row r="2487" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2487" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2487" s="44"/>
     </row>
-    <row r="2488" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2488" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2488" s="44"/>
     </row>
-    <row r="2489" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2489" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2489" s="44"/>
     </row>
-    <row r="2490" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2490" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2490" s="44"/>
     </row>
-    <row r="2491" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2491" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2491" s="44"/>
     </row>
-    <row r="2492" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2492" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2492" s="44"/>
     </row>
-    <row r="2493" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2493" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2493" s="44"/>
     </row>
-    <row r="2494" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2494" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2494" s="44"/>
     </row>
-    <row r="2495" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2495" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2495" s="44"/>
     </row>
-    <row r="2496" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2496" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2496" s="44"/>
     </row>
-    <row r="2497" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2497" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2497" s="44"/>
     </row>
-    <row r="2498" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2498" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2498" s="44"/>
     </row>
-    <row r="2499" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2499" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2499" s="44"/>
     </row>
-    <row r="2500" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2500" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2500" s="44"/>
     </row>
-    <row r="2501" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2501" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2501" s="44"/>
     </row>
-    <row r="2502" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2502" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2502" s="44"/>
     </row>
-    <row r="2503" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2503" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2503" s="44"/>
     </row>
-    <row r="2504" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2504" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2504" s="44"/>
     </row>
-    <row r="2505" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2505" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2505" s="44"/>
     </row>
-    <row r="2506" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2506" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2506" s="44"/>
     </row>
-    <row r="2507" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2507" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2507" s="44"/>
     </row>
-    <row r="2508" spans="1:1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="2508" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2508" s="46"/>
     </row>
-    <row r="2509" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2509" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2509" s="44"/>
     </row>
-    <row r="2510" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2510" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2510" s="44"/>
     </row>
-    <row r="2511" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2511" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2511" s="44"/>
     </row>
-    <row r="2512" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2512" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2512" s="44"/>
     </row>
-    <row r="2513" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2513" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2513" s="44"/>
     </row>
-    <row r="2514" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2514" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2514" s="44"/>
     </row>
-    <row r="2515" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2515" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2515" s="44"/>
     </row>
-    <row r="2516" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2516" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2516" s="44"/>
     </row>
-    <row r="2517" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2517" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2517" s="47"/>
     </row>
-    <row r="2518" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2518" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2518" s="47"/>
     </row>
-    <row r="2519" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2519" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2519" s="47"/>
     </row>
-    <row r="2520" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2520" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2520" s="44"/>
     </row>
-    <row r="2521" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2521" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2521" s="44"/>
     </row>
-    <row r="2522" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2522" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2522" s="44"/>
     </row>
-    <row r="2523" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2523" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2523" s="44"/>
     </row>
-    <row r="2524" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2524" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2524" s="44"/>
     </row>
-    <row r="2525" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2525" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2525" s="44"/>
     </row>
-    <row r="2526" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2526" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2526" s="44"/>
     </row>
-    <row r="2527" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2527" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2527" s="44"/>
     </row>
-    <row r="2528" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2528" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2528" s="44"/>
     </row>
-    <row r="2529" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2529" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2529" s="44"/>
     </row>
-    <row r="2530" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2530" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2530" s="44"/>
     </row>
-    <row r="2531" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2531" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2531" s="44"/>
     </row>
-    <row r="2532" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2532" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2532" s="44"/>
     </row>
-    <row r="2533" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2533" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2533" s="44"/>
     </row>
-    <row r="2534" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2534" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2534" s="44"/>
     </row>
-    <row r="2535" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2535" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2535" s="44"/>
     </row>
-    <row r="2536" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2536" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2536" s="44"/>
     </row>
-    <row r="2537" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2537" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2537" s="44"/>
     </row>
-    <row r="2538" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2538" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2538" s="44"/>
     </row>
-    <row r="2539" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2539" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2539" s="44"/>
     </row>
-    <row r="2540" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2540" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2540" s="44"/>
     </row>
-    <row r="2541" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2541" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2541" s="44"/>
     </row>
-    <row r="2542" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2542" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2542" s="44"/>
     </row>
-    <row r="2543" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2543" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2543" s="44"/>
     </row>
-    <row r="2544" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2544" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2544" s="44"/>
     </row>
-    <row r="2545" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2545" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2545" s="44"/>
     </row>
-    <row r="2546" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2546" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2546" s="44"/>
     </row>
-    <row r="2547" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2547" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2547" s="44"/>
     </row>
-    <row r="2548" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2548" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2548" s="44"/>
     </row>
-    <row r="2549" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2549" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2549" s="44"/>
     </row>
-    <row r="2550" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2550" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2550" s="44"/>
     </row>
-    <row r="2551" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2551" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2551" s="44"/>
     </row>
-    <row r="2552" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2552" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2552" s="44"/>
     </row>
-    <row r="2553" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2553" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2553" s="44"/>
     </row>
-    <row r="2554" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2554" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2554" s="44"/>
     </row>
-    <row r="2555" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2555" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2555" s="44"/>
     </row>
-    <row r="2556" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2556" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2556" s="44"/>
     </row>
-    <row r="2557" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2557" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2557" s="44"/>
     </row>
-    <row r="2558" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2558" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2558" s="44"/>
     </row>
-    <row r="2559" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2559" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2559" s="44"/>
     </row>
-    <row r="2560" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2560" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2560" s="44"/>
     </row>
-    <row r="2561" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2561" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2561" s="44"/>
     </row>
-    <row r="2562" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2562" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2562" s="44"/>
     </row>
-    <row r="2563" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2563" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2563" s="44"/>
     </row>
-    <row r="2564" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2564" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2564" s="44"/>
     </row>
-    <row r="2565" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2565" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2565" s="44"/>
     </row>
-    <row r="2566" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2566" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2566" s="44"/>
     </row>
-    <row r="2567" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2567" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2567" s="44"/>
     </row>
-    <row r="2568" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2568" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2568" s="44"/>
     </row>
-    <row r="2569" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2569" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2569" s="44"/>
     </row>
-    <row r="2570" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2570" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2570" s="44"/>
     </row>
-    <row r="2571" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2571" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2571" s="44"/>
     </row>
-    <row r="2572" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2572" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2572" s="44"/>
     </row>
-    <row r="2573" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2573" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2573" s="44"/>
     </row>
-    <row r="2574" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2574" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2574" s="44"/>
     </row>
-    <row r="2575" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2575" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2575" s="44"/>
     </row>
-    <row r="2576" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2576" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2576" s="44"/>
     </row>
-    <row r="2577" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2577" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2577" s="44"/>
     </row>
-    <row r="2578" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2578" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2578" s="44"/>
     </row>
-    <row r="2579" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2579" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2579" s="44"/>
     </row>
-    <row r="2580" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2580" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2580" s="44"/>
     </row>
-    <row r="2581" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2581" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2581" s="44"/>
     </row>
-    <row r="2582" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2582" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2582" s="44"/>
     </row>
-    <row r="2583" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2583" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2583" s="44"/>
     </row>
-    <row r="2584" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2584" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2584" s="44"/>
     </row>
-    <row r="2585" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2585" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2585" s="44"/>
     </row>
-    <row r="2586" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2586" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2586" s="44"/>
     </row>
-    <row r="2587" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2587" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2587" s="44"/>
     </row>
-    <row r="2588" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2588" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2588" s="44"/>
     </row>
-    <row r="2589" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2589" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2589" s="44"/>
     </row>
-    <row r="2590" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2590" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2590" s="44"/>
     </row>
-    <row r="2591" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2591" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2591" s="44"/>
     </row>
-    <row r="2592" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2592" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2592" s="44"/>
     </row>
-    <row r="2593" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2593" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2593" s="44"/>
     </row>
-    <row r="2594" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2594" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2594" s="44"/>
     </row>
-    <row r="2595" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2595" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2595" s="44"/>
     </row>
-    <row r="2596" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2596" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2596" s="44"/>
     </row>
-    <row r="2597" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2597" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2597" s="44"/>
     </row>
-    <row r="2598" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2598" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2598" s="44"/>
     </row>
-    <row r="2599" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2599" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2599" s="44"/>
     </row>
-    <row r="2600" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2600" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2600" s="44"/>
     </row>
-    <row r="2601" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2601" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2601" s="44"/>
     </row>
-    <row r="2602" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2602" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2602" s="44"/>
     </row>
-    <row r="2603" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2603" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2603" s="44"/>
     </row>
-    <row r="2604" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2604" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2604" s="44"/>
     </row>
-    <row r="2605" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2605" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2605" s="44"/>
     </row>
-    <row r="2606" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2606" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2606" s="44"/>
     </row>
-    <row r="2607" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2607" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2607" s="44"/>
     </row>
-    <row r="2608" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2608" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2608" s="44"/>
     </row>
-    <row r="2609" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2609" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2609" s="44"/>
     </row>
-    <row r="2610" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2610" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2610" s="44"/>
     </row>
-    <row r="2611" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2611" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2611" s="44"/>
     </row>
-    <row r="2612" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2612" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2612" s="44"/>
     </row>
-    <row r="2613" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2613" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2613" s="44"/>
     </row>
-    <row r="2614" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2614" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2614" s="44"/>
     </row>
-    <row r="2615" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2615" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2615" s="44"/>
     </row>
-    <row r="2616" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2616" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2616" s="44"/>
     </row>
-    <row r="2617" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2617" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2617" s="44"/>
     </row>
-    <row r="2618" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2618" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2618" s="44"/>
     </row>
-    <row r="2619" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2619" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2619" s="44"/>
     </row>
-    <row r="2620" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2620" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2620" s="44"/>
     </row>
-    <row r="2621" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2621" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2621" s="44"/>
     </row>
-    <row r="2622" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2622" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2622" s="44"/>
     </row>
-    <row r="2623" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2623" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2623" s="44"/>
     </row>
-    <row r="2624" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2624" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2624" s="44"/>
     </row>
-    <row r="2625" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2625" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2625" s="44"/>
     </row>
-    <row r="2626" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2626" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2626" s="44"/>
     </row>
-    <row r="2627" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2627" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2627" s="44"/>
     </row>
-    <row r="2628" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2628" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2628" s="44"/>
     </row>
-    <row r="2629" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2629" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2629" s="44"/>
     </row>
-    <row r="2630" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2630" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2630" s="44"/>
     </row>
-    <row r="2631" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2631" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2631" s="44"/>
     </row>
-    <row r="2632" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2632" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2632" s="44"/>
     </row>
-    <row r="2633" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2633" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2633" s="44"/>
     </row>
-    <row r="2634" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2634" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2634" s="44"/>
     </row>
-    <row r="2635" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2635" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2635" s="44"/>
     </row>
-    <row r="2636" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2636" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2636" s="44"/>
     </row>
-    <row r="2637" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2637" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2637" s="44"/>
     </row>
-    <row r="2638" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2638" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2638" s="44"/>
     </row>
-    <row r="2639" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2639" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2639" s="44"/>
     </row>
-    <row r="2640" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2640" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2640" s="44"/>
     </row>
-    <row r="2641" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2641" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2641" s="44"/>
     </row>
-    <row r="2642" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2642" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2642" s="44"/>
     </row>
-    <row r="2643" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2643" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2643" s="44"/>
     </row>
-    <row r="2644" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2644" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2644" s="44"/>
     </row>
-    <row r="2645" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2645" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2645" s="44"/>
     </row>
-    <row r="2646" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2646" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2646" s="44"/>
     </row>
-    <row r="2647" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2647" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2647" s="44"/>
     </row>
-    <row r="2648" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2648" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2648" s="44"/>
     </row>
-    <row r="2649" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2649" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2649" s="44"/>
     </row>
-    <row r="2650" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2650" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2650" s="44"/>
     </row>
-    <row r="2651" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2651" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2651" s="44"/>
     </row>
-    <row r="2652" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2652" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2652" s="44"/>
     </row>
-    <row r="2653" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2653" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2653" s="44"/>
     </row>
-    <row r="2654" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2654" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2654" s="44"/>
     </row>
-    <row r="2655" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2655" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2655" s="44"/>
     </row>
-    <row r="2656" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2656" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2656" s="44"/>
     </row>
-    <row r="2657" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2657" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2657" s="44"/>
     </row>
-    <row r="2658" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2658" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2658" s="44"/>
     </row>
-    <row r="2659" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2659" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2659" s="44"/>
     </row>
-    <row r="2660" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2660" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2660" s="44"/>
     </row>
-    <row r="2661" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2661" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2661" s="44"/>
     </row>
-    <row r="2662" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2662" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2662" s="44"/>
     </row>
-    <row r="2663" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2663" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2663" s="44"/>
     </row>
-    <row r="2664" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2664" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2664" s="44"/>
     </row>
-    <row r="2665" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2665" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2665" s="44"/>
     </row>
-    <row r="2666" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2666" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2666" s="44"/>
     </row>
-    <row r="2667" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2667" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2667" s="44"/>
     </row>
-    <row r="2668" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2668" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2668" s="44"/>
     </row>
-    <row r="2669" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2669" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2669" s="44"/>
     </row>
-    <row r="2670" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2670" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2670" s="44"/>
     </row>
-    <row r="2671" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2671" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2671" s="44"/>
     </row>
-    <row r="2672" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2672" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2672" s="44"/>
     </row>
-    <row r="2673" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2673" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2673" s="44"/>
     </row>
-    <row r="2674" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2674" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2674" s="44"/>
     </row>
-    <row r="2675" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2675" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2675" s="44"/>
     </row>
-    <row r="2676" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2676" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2676" s="44"/>
     </row>
-    <row r="2677" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2677" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2677" s="44"/>
     </row>
-    <row r="2678" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2678" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2678" s="44"/>
     </row>
-    <row r="2679" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2679" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2679" s="44"/>
     </row>
-    <row r="2680" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2680" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2680" s="44"/>
     </row>
-    <row r="2681" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2681" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2681" s="44"/>
     </row>
-    <row r="2682" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2682" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2682" s="44"/>
     </row>
-    <row r="2683" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2683" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2683" s="44"/>
     </row>
-    <row r="2684" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2684" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2684" s="44"/>
     </row>
-    <row r="2685" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2685" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2685" s="44"/>
     </row>
-    <row r="2686" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2686" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2686" s="44"/>
     </row>
-    <row r="2687" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2687" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2687" s="44"/>
     </row>
-    <row r="2688" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2688" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2688" s="44"/>
     </row>
-    <row r="2689" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2689" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2689" s="44"/>
     </row>
-    <row r="2690" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2690" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2690" s="44"/>
     </row>
-    <row r="2691" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2691" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2691" s="44"/>
     </row>
-    <row r="2692" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2692" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2692" s="44"/>
     </row>
-    <row r="2693" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2693" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2693" s="44"/>
     </row>
-    <row r="2694" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2694" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2694" s="44"/>
     </row>
-    <row r="2695" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2695" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2695" s="44"/>
     </row>
-    <row r="2696" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2696" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2696" s="44"/>
     </row>
-    <row r="2697" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2697" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2697" s="44"/>
     </row>
-    <row r="2698" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2698" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2698" s="44"/>
     </row>
-    <row r="2699" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2699" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2699" s="44"/>
     </row>
-    <row r="2700" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2700" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2700" s="44"/>
     </row>
-    <row r="2701" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2701" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2701" s="44"/>
     </row>
-    <row r="2702" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2702" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2702" s="44"/>
     </row>
-    <row r="2703" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2703" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2703" s="44"/>
     </row>
-    <row r="2704" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2704" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2704" s="44"/>
     </row>
-    <row r="2705" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2705" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2705" s="44"/>
     </row>
-    <row r="2706" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2706" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2706" s="44"/>
     </row>
-    <row r="2707" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2707" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2707" s="44"/>
     </row>
-    <row r="2708" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2708" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2708" s="44"/>
     </row>
-    <row r="2709" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2709" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2709" s="44"/>
     </row>
-    <row r="2710" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2710" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2710" s="44"/>
     </row>
-    <row r="2711" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2711" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2711" s="44"/>
     </row>
-    <row r="2712" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2712" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2712" s="44"/>
     </row>
-    <row r="2713" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2713" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2713" s="44"/>
     </row>
-    <row r="2714" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2714" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2714" s="44"/>
     </row>
-    <row r="2715" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2715" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2715" s="44"/>
     </row>
-    <row r="2716" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2716" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2716" s="44"/>
     </row>
-    <row r="2717" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2717" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2717" s="44"/>
     </row>
-    <row r="2718" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2718" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2718" s="44"/>
     </row>
-    <row r="2719" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2719" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2719" s="44"/>
     </row>
-    <row r="2720" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2720" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2720" s="44"/>
     </row>
-    <row r="2721" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2721" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2721" s="44"/>
     </row>
-    <row r="2722" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2722" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2722" s="44"/>
     </row>
-    <row r="2723" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2723" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2723" s="44"/>
     </row>
-    <row r="2724" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2724" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2724" s="44"/>
     </row>
-    <row r="2725" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2725" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2725" s="44"/>
     </row>
-    <row r="2726" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2726" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2726" s="44"/>
     </row>
-    <row r="2727" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2727" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2727" s="44"/>
     </row>
-    <row r="2728" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2728" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2728" s="44"/>
     </row>
-    <row r="2729" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2729" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2729" s="44"/>
     </row>
-    <row r="2730" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2730" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2730" s="44"/>
     </row>
-    <row r="2731" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2731" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2731" s="44"/>
     </row>
-    <row r="2732" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2732" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2732" s="44"/>
     </row>
-    <row r="2733" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2733" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2733" s="44"/>
     </row>
-    <row r="2734" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2734" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2734" s="44"/>
     </row>
-    <row r="2735" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2735" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2735" s="44"/>
     </row>
-    <row r="2736" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2736" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2736" s="44"/>
     </row>
-    <row r="2737" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2737" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2737" s="44"/>
     </row>
-    <row r="2738" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2738" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2738" s="44"/>
     </row>
-    <row r="2739" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2739" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2739" s="44"/>
     </row>
-    <row r="2740" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2740" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2740" s="44"/>
     </row>
-    <row r="2741" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2741" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2741" s="44"/>
     </row>
-    <row r="2742" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2742" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2742" s="44"/>
     </row>
-    <row r="2743" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2743" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2743" s="44"/>
     </row>
-    <row r="2744" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2744" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2744" s="44"/>
     </row>
-    <row r="2745" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2745" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2745" s="44"/>
     </row>
-    <row r="2746" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2746" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2746" s="44"/>
     </row>
-    <row r="2747" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2747" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2747" s="44"/>
     </row>
-    <row r="2748" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2748" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2748" s="44"/>
     </row>
-    <row r="2749" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2749" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2749" s="44"/>
     </row>
-    <row r="2750" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2750" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2750" s="44"/>
     </row>
-    <row r="2751" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2751" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2751" s="44"/>
     </row>
-    <row r="2752" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2752" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2752" s="44"/>
     </row>
-    <row r="2753" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2753" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2753" s="44"/>
     </row>
-    <row r="2754" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2754" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2754" s="44"/>
     </row>
-    <row r="2755" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2755" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2755" s="44"/>
     </row>
-    <row r="2756" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2756" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2756" s="44"/>
     </row>
-    <row r="2757" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2757" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2757" s="44"/>
     </row>
-    <row r="2758" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2758" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2758" s="44"/>
     </row>
-    <row r="2759" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2759" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2759" s="44"/>
     </row>
-    <row r="2760" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2760" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2760" s="44"/>
     </row>
-    <row r="2761" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2761" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2761" s="44"/>
     </row>
-    <row r="2762" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2762" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2762" s="44"/>
     </row>
-    <row r="2763" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2763" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2763" s="44"/>
     </row>
-    <row r="2764" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2764" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2764" s="44"/>
     </row>
-    <row r="2765" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2765" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2765" s="44"/>
     </row>
-    <row r="2766" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2766" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2766" s="44"/>
     </row>
-    <row r="2767" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2767" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2767" s="44"/>
     </row>
-    <row r="2768" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2768" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2768" s="44"/>
     </row>
-    <row r="2769" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2769" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2769" s="44"/>
     </row>
-    <row r="2770" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2770" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2770" s="44"/>
     </row>
-    <row r="2771" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2771" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2771" s="44"/>
     </row>
-    <row r="2772" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2772" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2772" s="44"/>
     </row>
-    <row r="2773" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2773" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2773" s="44"/>
     </row>
-    <row r="2774" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2774" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2774" s="44"/>
     </row>
-    <row r="2775" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2775" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2775" s="44"/>
     </row>
-    <row r="2776" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2776" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2776" s="44"/>
     </row>
-    <row r="2777" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2777" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2777" s="44"/>
     </row>
-    <row r="2778" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2778" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2778" s="44"/>
     </row>
-    <row r="2779" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2779" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2779" s="44"/>
     </row>
-    <row r="2780" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2780" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2780" s="44"/>
     </row>
-    <row r="2781" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2781" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2781" s="44"/>
     </row>
-    <row r="2782" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2782" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2782" s="44"/>
     </row>
-    <row r="2783" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2783" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2783" s="44"/>
     </row>
-    <row r="2784" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2784" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2784" s="44"/>
     </row>
-    <row r="2785" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2785" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2785" s="44"/>
     </row>
-    <row r="2786" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2786" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2786" s="44"/>
     </row>
-    <row r="2787" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2787" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2787" s="44"/>
     </row>
-    <row r="2788" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2788" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2788" s="44"/>
     </row>
-    <row r="2789" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2789" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2789" s="44"/>
     </row>
-    <row r="2790" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2790" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2790" s="44"/>
     </row>
-    <row r="2791" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2791" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2791" s="44"/>
     </row>
-    <row r="2792" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2792" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2792" s="44"/>
     </row>
-    <row r="2793" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2793" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2793" s="44"/>
     </row>
-    <row r="2794" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2794" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2794" s="44"/>
     </row>
-    <row r="2795" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2795" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2795" s="44"/>
     </row>
-    <row r="2796" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2796" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2796" s="44"/>
     </row>
-    <row r="2797" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2797" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2797" s="44"/>
     </row>
-    <row r="2798" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2798" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2798" s="44"/>
     </row>
-    <row r="2799" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2799" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2799" s="44"/>
     </row>
-    <row r="2800" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2800" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2800" s="44"/>
     </row>
-    <row r="2801" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2801" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2801" s="44"/>
     </row>
-    <row r="2802" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2802" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2802" s="44"/>
     </row>
-    <row r="2803" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2803" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2803" s="44"/>
     </row>
-    <row r="2804" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2804" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2804" s="44"/>
     </row>
-    <row r="2805" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2805" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2805" s="44"/>
     </row>
-    <row r="2806" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2806" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2806" s="44"/>
     </row>
-    <row r="2807" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2807" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2807" s="44"/>
     </row>
-    <row r="2808" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2808" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2808" s="44"/>
     </row>
-    <row r="2809" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2809" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2809" s="44"/>
     </row>
-    <row r="2810" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2810" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2810" s="44"/>
     </row>
-    <row r="2811" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2811" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2811" s="44"/>
     </row>
-    <row r="2812" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2812" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2812" s="44"/>
     </row>
-    <row r="2813" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2813" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2813" s="44"/>
     </row>
-    <row r="2814" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2814" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2814" s="44"/>
     </row>
-    <row r="2815" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2815" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2815" s="44"/>
     </row>
-    <row r="2816" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2816" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2816" s="44"/>
     </row>
-    <row r="2817" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2817" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2817" s="44"/>
     </row>
-    <row r="2818" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2818" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2818" s="44"/>
     </row>
-    <row r="2819" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2819" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2819" s="44"/>
     </row>
-    <row r="2820" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2820" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2820" s="44"/>
     </row>
-    <row r="2821" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2821" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2821" s="44"/>
     </row>
-    <row r="2822" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2822" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2822" s="44"/>
     </row>
-    <row r="2823" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2823" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2823" s="44"/>
     </row>
-    <row r="2824" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2824" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2824" s="44"/>
     </row>
-    <row r="2825" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2825" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2825" s="44"/>
     </row>
-    <row r="2826" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2826" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2826" s="44"/>
     </row>
-    <row r="2827" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2827" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2827" s="44"/>
     </row>
-    <row r="2828" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2828" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2828" s="44"/>
     </row>
-    <row r="2829" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2829" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2829" s="44"/>
     </row>
-    <row r="2830" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2830" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2830" s="44"/>
     </row>
-    <row r="2831" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2831" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2831" s="44"/>
     </row>
-    <row r="2832" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2832" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2832" s="44"/>
     </row>
-    <row r="2833" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2833" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2833" s="44"/>
     </row>
-    <row r="2834" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2834" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2834" s="44"/>
     </row>
-    <row r="2835" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2835" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2835" s="44"/>
     </row>
-    <row r="2836" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2836" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2836" s="44"/>
     </row>
-    <row r="2837" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2837" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2837" s="44"/>
     </row>
-    <row r="2838" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2838" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2838" s="44"/>
     </row>
-    <row r="2839" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2839" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2839" s="44"/>
     </row>
-    <row r="2840" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2840" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2840" s="44"/>
     </row>
-    <row r="2841" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2841" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2841" s="44"/>
     </row>
-    <row r="2842" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2842" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2842" s="44"/>
     </row>
-    <row r="2843" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2843" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2843" s="44"/>
     </row>
-    <row r="2844" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2844" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2844" s="44"/>
     </row>
-    <row r="2845" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2845" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2845" s="44"/>
     </row>
-    <row r="2846" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2846" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2846" s="44"/>
     </row>
-    <row r="2847" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2847" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2847" s="44"/>
     </row>
-    <row r="2848" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2848" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2848" s="44"/>
     </row>
-    <row r="2849" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2849" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2849" s="44"/>
     </row>
-    <row r="2850" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2850" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2850" s="44"/>
     </row>
-    <row r="2851" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2851" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2851" s="44"/>
     </row>
-    <row r="2852" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2852" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2852" s="44"/>
     </row>
-    <row r="2853" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2853" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2853" s="44"/>
     </row>
-    <row r="2854" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2854" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2854" s="44"/>
     </row>
-    <row r="2855" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2855" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2855" s="44"/>
     </row>
-    <row r="2856" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2856" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2856" s="44"/>
     </row>
-    <row r="2857" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2857" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2857" s="44"/>
     </row>
-    <row r="2858" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2858" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2858" s="44"/>
     </row>
-    <row r="2859" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2859" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2859" s="44"/>
     </row>
-    <row r="2860" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2860" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2860" s="44"/>
     </row>
-    <row r="2861" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2861" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2861" s="44"/>
     </row>
-    <row r="2862" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2862" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2862" s="44"/>
     </row>
-    <row r="2863" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2863" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2863" s="44"/>
     </row>
-    <row r="2864" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2864" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2864" s="44"/>
     </row>
-    <row r="2865" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2865" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2865" s="44"/>
     </row>
-    <row r="2866" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2866" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2866" s="44"/>
     </row>
-    <row r="2867" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2867" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2867" s="44"/>
     </row>
-    <row r="2868" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2868" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2868" s="44"/>
     </row>
-    <row r="2869" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2869" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2869" s="44"/>
     </row>
-    <row r="2870" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2870" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2870" s="44"/>
     </row>
-    <row r="2871" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2871" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2871" s="44"/>
     </row>
-    <row r="2872" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2872" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2872" s="44"/>
     </row>
-    <row r="2873" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2873" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2873" s="44"/>
     </row>
-    <row r="2874" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2874" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2874" s="44"/>
     </row>
-    <row r="2875" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2875" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2875" s="44"/>
     </row>
-    <row r="2876" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2876" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2876" s="44"/>
     </row>
-    <row r="2877" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2877" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2877" s="44"/>
     </row>
-    <row r="2878" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2878" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2878" s="44"/>
     </row>
-    <row r="2879" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2879" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2879" s="44"/>
     </row>
-    <row r="2880" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2880" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2880" s="44"/>
     </row>
-    <row r="2881" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2881" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2881" s="44"/>
     </row>
-    <row r="2882" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2882" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2882" s="44"/>
     </row>
-    <row r="2883" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2883" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2883" s="44"/>
     </row>
-    <row r="2884" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2884" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2884" s="44"/>
     </row>
-    <row r="2885" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2885" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2885" s="44"/>
     </row>
-    <row r="2886" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2886" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2886" s="44"/>
     </row>
-    <row r="2887" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2887" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2887" s="44"/>
     </row>
-    <row r="2888" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2888" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2888" s="44"/>
     </row>
-    <row r="2889" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2889" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2889" s="44"/>
     </row>
-    <row r="2890" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2890" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2890" s="44"/>
     </row>
-    <row r="2891" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2891" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2891" s="44"/>
     </row>
-    <row r="2892" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2892" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2892" s="44"/>
     </row>
-    <row r="2893" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2893" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2893" s="44"/>
     </row>
-    <row r="2894" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2894" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2894" s="44"/>
     </row>
-    <row r="2895" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2895" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2895" s="44"/>
     </row>
-    <row r="2896" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2896" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2896" s="44"/>
     </row>
-    <row r="2897" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2897" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2897" s="44"/>
     </row>
-    <row r="2898" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2898" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2898" s="44"/>
     </row>
-    <row r="2899" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2899" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2899" s="44"/>
     </row>
-    <row r="2900" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2900" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2900" s="44"/>
     </row>
-    <row r="2901" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2901" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2901" s="44"/>
     </row>
-    <row r="2902" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2902" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2902" s="44"/>
     </row>
-    <row r="2903" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2903" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2903" s="44"/>
     </row>
-    <row r="2904" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2904" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2904" s="44"/>
     </row>
-    <row r="2905" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2905" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2905" s="44"/>
     </row>
-    <row r="2906" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2906" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2906" s="44"/>
     </row>
-    <row r="2907" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2907" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2907" s="44"/>
     </row>
-    <row r="2908" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2908" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2908" s="44"/>
     </row>
-    <row r="2909" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2909" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2909" s="44"/>
     </row>
-    <row r="2910" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2910" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2910" s="44"/>
     </row>
-    <row r="2911" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2911" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2911" s="44"/>
     </row>
-    <row r="2912" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2912" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2912" s="44"/>
     </row>
-    <row r="2913" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2913" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2913" s="44"/>
     </row>
-    <row r="2914" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2914" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2914" s="44"/>
     </row>
-    <row r="2915" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2915" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2915" s="44"/>
     </row>
-    <row r="2916" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2916" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2916" s="44"/>
     </row>
-    <row r="2917" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2917" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2917" s="44"/>
     </row>
-    <row r="2918" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2918" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2918" s="44"/>
     </row>
-    <row r="2919" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2919" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2919" s="44"/>
     </row>
-    <row r="2920" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2920" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2920" s="44"/>
     </row>
-    <row r="2921" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2921" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2921" s="44"/>
     </row>
-    <row r="2922" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2922" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2922" s="44"/>
     </row>
-    <row r="2923" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2923" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2923" s="44"/>
     </row>
-    <row r="2924" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2924" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2924" s="44"/>
     </row>
-    <row r="2925" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2925" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2925" s="44"/>
     </row>
-    <row r="2926" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2926" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2926" s="44"/>
     </row>
-    <row r="2927" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2927" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2927" s="44"/>
     </row>
-    <row r="2928" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2928" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2928" s="44"/>
     </row>
-    <row r="2929" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2929" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2929" s="44"/>
     </row>
-    <row r="2930" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2930" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2930" s="44"/>
     </row>
-    <row r="2931" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2931" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2931" s="44"/>
     </row>
-    <row r="2932" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2932" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2932" s="44"/>
     </row>
-    <row r="2933" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2933" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2933" s="44"/>
     </row>
-    <row r="2934" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2934" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2934" s="44"/>
     </row>
-    <row r="2935" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2935" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2935" s="44"/>
     </row>
-    <row r="2936" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2936" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2936" s="44"/>
     </row>
-    <row r="2937" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2937" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2937" s="44"/>
     </row>
-    <row r="2938" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2938" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2938" s="44"/>
     </row>
-    <row r="2939" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2939" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2939" s="44"/>
     </row>
-    <row r="2940" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2940" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2940" s="44"/>
     </row>
-    <row r="2941" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2941" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2941" s="44"/>
     </row>
-    <row r="2942" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2942" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2942" s="44"/>
     </row>
-    <row r="2943" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2943" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2943" s="44"/>
     </row>
-    <row r="2944" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2944" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2944" s="44"/>
     </row>
-    <row r="2945" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2945" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2945" s="44"/>
     </row>
-    <row r="2946" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2946" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2946" s="44"/>
     </row>
-    <row r="2947" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2947" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2947" s="44"/>
     </row>
-    <row r="2948" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2948" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2948" s="44"/>
     </row>
-    <row r="2949" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2949" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2949" s="44"/>
     </row>
-    <row r="2950" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2950" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2950" s="44"/>
     </row>
-    <row r="2951" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2951" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2951" s="44"/>
     </row>
-    <row r="2952" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2952" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2952" s="44"/>
     </row>
-    <row r="2953" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2953" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2953" s="44"/>
     </row>
-    <row r="2954" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2954" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2954" s="44"/>
     </row>
-    <row r="2955" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2955" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2955" s="44"/>
     </row>
-    <row r="2956" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2956" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2956" s="44"/>
     </row>
-    <row r="2957" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2957" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2957" s="44"/>
     </row>
-    <row r="2958" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2958" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2958" s="44"/>
     </row>
-    <row r="2959" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2959" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2959" s="44"/>
     </row>
-    <row r="2960" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2960" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2960" s="44"/>
     </row>
-    <row r="2961" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2961" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2961" s="44"/>
     </row>
-    <row r="2962" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2962" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2962" s="44"/>
     </row>
-    <row r="2963" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2963" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2963" s="44"/>
     </row>
-    <row r="2964" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2964" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2964" s="44"/>
     </row>
-    <row r="2965" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2965" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2965" s="44"/>
     </row>
-    <row r="2966" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2966" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2966" s="44"/>
     </row>
-    <row r="2967" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2967" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2967" s="44"/>
     </row>
-    <row r="2968" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2968" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2968" s="44"/>
     </row>
-    <row r="2969" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2969" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2969" s="44"/>
     </row>
-    <row r="2970" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2970" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2970" s="44"/>
     </row>
-    <row r="2971" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2971" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2971" s="44"/>
     </row>
-    <row r="2972" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2972" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2972" s="44"/>
     </row>
-    <row r="2973" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2973" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2973" s="44"/>
     </row>
-    <row r="2974" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2974" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2974" s="44"/>
     </row>
-    <row r="2975" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2975" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2975" s="44"/>
     </row>
-    <row r="2976" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2976" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2976" s="44"/>
     </row>
-    <row r="2977" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2977" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2977" s="44"/>
     </row>
-    <row r="2978" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2978" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2978" s="44"/>
     </row>
-    <row r="2979" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2979" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2979" s="44"/>
     </row>
-    <row r="2980" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2980" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2980" s="44"/>
     </row>
-    <row r="2981" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2981" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2981" s="44"/>
     </row>
-    <row r="2982" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2982" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2982" s="44"/>
     </row>
-    <row r="2983" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2983" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2983" s="44"/>
     </row>
-    <row r="2984" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2984" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2984" s="44"/>
     </row>
-    <row r="2985" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2985" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2985" s="44"/>
     </row>
-    <row r="2986" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2986" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2986" s="44"/>
     </row>
-    <row r="2987" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2987" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2987" s="44"/>
     </row>
-    <row r="2988" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2988" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2988" s="44"/>
     </row>
-    <row r="2989" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2989" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2989" s="44"/>
     </row>
-    <row r="2990" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2990" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2990" s="44"/>
     </row>
-    <row r="2991" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2991" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2991" s="44"/>
     </row>
-    <row r="2992" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2992" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2992" s="44"/>
     </row>
-    <row r="2993" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2993" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2993" s="44"/>
     </row>
-    <row r="2994" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2994" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2994" s="44"/>
     </row>
-    <row r="2995" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2995" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2995" s="44"/>
     </row>
-    <row r="2996" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2996" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2996" s="44"/>
     </row>
-    <row r="2997" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2997" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2997" s="44"/>
     </row>
-    <row r="2998" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2998" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2998" s="44"/>
     </row>
-    <row r="2999" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="2999" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A2999" s="44"/>
     </row>
-    <row r="3000" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3000" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3000" s="44"/>
     </row>
-    <row r="3001" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3001" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3001" s="44"/>
     </row>
-    <row r="3002" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3002" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3002" s="44"/>
     </row>
-    <row r="3003" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3003" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3003" s="44"/>
     </row>
-    <row r="3004" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3004" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3004" s="44"/>
     </row>
-    <row r="3005" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3005" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3005" s="44"/>
     </row>
-    <row r="3006" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3006" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3006" s="44"/>
     </row>
-    <row r="3007" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3007" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3007" s="44"/>
     </row>
-    <row r="3008" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3008" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3008" s="44"/>
     </row>
-    <row r="3009" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3009" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3009" s="44"/>
     </row>
-    <row r="3010" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3010" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3010" s="44"/>
     </row>
-    <row r="3011" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3011" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3011" s="44"/>
     </row>
-    <row r="3012" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3012" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3012" s="44"/>
     </row>
-    <row r="3013" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3013" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3013" s="44"/>
     </row>
-    <row r="3014" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3014" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3014" s="44"/>
     </row>
-    <row r="3015" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3015" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3015" s="44"/>
     </row>
-    <row r="3016" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3016" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3016" s="44"/>
     </row>
-    <row r="3017" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3017" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3017" s="44"/>
     </row>
-    <row r="3018" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3018" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3018" s="44"/>
     </row>
-    <row r="3019" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3019" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3019" s="44"/>
     </row>
-    <row r="3020" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3020" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3020" s="44"/>
     </row>
-    <row r="3021" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3021" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3021" s="44"/>
     </row>
-    <row r="3022" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3022" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3022" s="44"/>
     </row>
-    <row r="3023" spans="1:1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="3023" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3023" s="46"/>
     </row>
-    <row r="3024" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3024" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3024" s="44"/>
     </row>
-    <row r="3025" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3025" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3025" s="44"/>
     </row>
-    <row r="3026" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3026" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3026" s="44"/>
     </row>
-    <row r="3027" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3027" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3027" s="44"/>
     </row>
-    <row r="3028" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3028" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3028" s="44"/>
     </row>
-    <row r="3029" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3029" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3029" s="44"/>
     </row>
-    <row r="3030" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3030" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3030" s="44"/>
     </row>
-    <row r="3031" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3031" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3031" s="44"/>
     </row>
-    <row r="3032" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3032" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3032" s="44"/>
     </row>
-    <row r="3033" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3033" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3033" s="44"/>
     </row>
-    <row r="3034" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3034" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3034" s="44"/>
     </row>
-    <row r="3035" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3035" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3035" s="44"/>
     </row>
-    <row r="3036" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3036" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3036" s="44"/>
     </row>
-    <row r="3037" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3037" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3037" s="44"/>
     </row>
-    <row r="3038" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3038" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3038" s="44"/>
     </row>
-    <row r="3039" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3039" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3039" s="44"/>
     </row>
-    <row r="3040" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3040" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3040" s="44"/>
     </row>
-    <row r="3041" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3041" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3041" s="44"/>
     </row>
-    <row r="3042" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3042" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3042" s="44"/>
     </row>
-    <row r="3043" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3043" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3043" s="44"/>
     </row>
-    <row r="3044" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3044" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3044" s="44"/>
     </row>
-    <row r="3045" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3045" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3045" s="44"/>
     </row>
-    <row r="3046" spans="1:1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="3046" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3046" s="46"/>
     </row>
-    <row r="3047" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3047" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3047" s="47"/>
     </row>
-    <row r="3048" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3048" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3048" s="48"/>
     </row>
-    <row r="3049" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3049" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3049" s="44"/>
     </row>
-    <row r="3050" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3050" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3050" s="44"/>
     </row>
-    <row r="3051" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3051" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3051" s="44"/>
     </row>
-    <row r="3052" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3052" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3052" s="44"/>
     </row>
-    <row r="3053" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3053" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3053" s="44"/>
     </row>
-    <row r="3054" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3054" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3054" s="44"/>
     </row>
-    <row r="3055" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3055" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3055" s="44"/>
     </row>
-    <row r="3056" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3056" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3056" s="44"/>
     </row>
-    <row r="3057" spans="1:1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="3057" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3057" s="46"/>
     </row>
-    <row r="3058" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3058" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3058" s="44"/>
     </row>
-    <row r="3059" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3059" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3059" s="44"/>
     </row>
-    <row r="3060" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3060" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3060" s="44"/>
     </row>
-    <row r="3061" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3061" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3061" s="44"/>
     </row>
-    <row r="3062" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3062" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3062" s="44"/>
     </row>
-    <row r="3063" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3063" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3063" s="44"/>
     </row>
-    <row r="3064" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3064" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3064" s="44"/>
     </row>
-    <row r="3065" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3065" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3065" s="44"/>
     </row>
-    <row r="3066" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3066" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3066" s="44"/>
     </row>
-    <row r="3067" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3067" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3067" s="44"/>
     </row>
-    <row r="3068" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3068" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3068" s="44"/>
     </row>
-    <row r="3069" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3069" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3069" s="44"/>
     </row>
-    <row r="3070" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3070" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3070" s="44"/>
     </row>
-    <row r="3071" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3071" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3071" s="44"/>
     </row>
-    <row r="3072" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3072" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3072" s="44"/>
     </row>
-    <row r="3073" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3073" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3073" s="44"/>
     </row>
-    <row r="3074" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3074" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3074" s="44"/>
     </row>
-    <row r="3075" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3075" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3075" s="44"/>
     </row>
-    <row r="3076" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3076" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3076" s="44"/>
     </row>
-    <row r="3077" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3077" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3077" s="44"/>
     </row>
-    <row r="3078" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3078" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3078" s="44"/>
     </row>
-    <row r="3079" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3079" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3079" s="44"/>
     </row>
-    <row r="3080" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3080" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3080" s="44"/>
     </row>
-    <row r="3081" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3081" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3081" s="44"/>
     </row>
-    <row r="3082" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3082" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3082" s="44"/>
     </row>
-    <row r="3083" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3083" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3083" s="44"/>
     </row>
-    <row r="3084" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3084" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3084" s="44"/>
     </row>
-    <row r="3085" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3085" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3085" s="44"/>
     </row>
-    <row r="3086" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3086" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3086" s="44"/>
     </row>
-    <row r="3087" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3087" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3087" s="44"/>
     </row>
-    <row r="3088" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3088" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3088" s="44"/>
     </row>
-    <row r="3089" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3089" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3089" s="44"/>
     </row>
-    <row r="3090" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3090" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3090" s="44"/>
     </row>
-    <row r="3091" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3091" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3091" s="44"/>
     </row>
-    <row r="3092" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3092" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3092" s="44"/>
     </row>
-    <row r="3093" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3093" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3093" s="44"/>
     </row>
-    <row r="3094" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3094" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3094" s="44"/>
     </row>
-    <row r="3095" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3095" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3095" s="44"/>
     </row>
-    <row r="3096" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3096" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3096" s="44"/>
     </row>
-    <row r="3097" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3097" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3097" s="44"/>
     </row>
-    <row r="3098" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3098" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3098" s="44"/>
     </row>
-    <row r="3099" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3099" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3099" s="44"/>
     </row>
-    <row r="3100" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3100" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3100" s="44"/>
     </row>
-    <row r="3101" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3101" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3101" s="44"/>
     </row>
-    <row r="3102" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3102" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3102" s="44"/>
     </row>
-    <row r="3103" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3103" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3103" s="44"/>
     </row>
-    <row r="3104" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3104" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3104" s="44"/>
     </row>
-    <row r="3105" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3105" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3105" s="44"/>
     </row>
-    <row r="3106" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3106" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3106" s="44"/>
     </row>
-    <row r="3107" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3107" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3107" s="44"/>
     </row>
-    <row r="3108" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3108" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3108" s="44"/>
     </row>
-    <row r="3109" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3109" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3109" s="44"/>
     </row>
-    <row r="3110" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3110" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3110" s="44"/>
     </row>
-    <row r="3111" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3111" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3111" s="44"/>
     </row>
-    <row r="3112" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3112" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3112" s="44"/>
     </row>
-    <row r="3113" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3113" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3113" s="44"/>
     </row>
-    <row r="3114" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3114" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3114" s="44"/>
     </row>
-    <row r="3115" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3115" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3115" s="44"/>
     </row>
-    <row r="3116" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3116" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3116" s="44"/>
     </row>
-    <row r="3117" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3117" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3117" s="44"/>
     </row>
-    <row r="3118" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3118" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3118" s="44"/>
     </row>
-    <row r="3119" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3119" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3119" s="44"/>
     </row>
-    <row r="3120" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3120" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3120" s="44"/>
     </row>
-    <row r="3121" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3121" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3121" s="44"/>
     </row>
-    <row r="3122" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3122" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3122" s="44"/>
     </row>
-    <row r="3123" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3123" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3123" s="44"/>
     </row>
-    <row r="3124" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3124" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3124" s="44"/>
     </row>
-    <row r="3125" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3125" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3125" s="44"/>
     </row>
-    <row r="3126" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3126" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3126" s="44"/>
     </row>
-    <row r="3127" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3127" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3127" s="44"/>
     </row>
-    <row r="3128" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3128" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3128" s="44"/>
     </row>
-    <row r="3129" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3129" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3129" s="44"/>
     </row>
-    <row r="3130" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3130" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3130" s="44"/>
     </row>
-    <row r="3131" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3131" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3131" s="44"/>
     </row>
-    <row r="3132" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3132" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3132" s="44"/>
     </row>
-    <row r="3133" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3133" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3133" s="44"/>
     </row>
-    <row r="3134" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3134" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3134" s="44"/>
     </row>
-    <row r="3135" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3135" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3135" s="44"/>
     </row>
-    <row r="3136" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3136" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3136" s="44"/>
     </row>
-    <row r="3137" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3137" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3137" s="44"/>
     </row>
-    <row r="3138" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3138" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3138" s="44"/>
     </row>
-    <row r="3139" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3139" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3139" s="44"/>
     </row>
-    <row r="3140" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3140" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3140" s="44"/>
     </row>
-    <row r="3141" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3141" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3141" s="44"/>
     </row>
-    <row r="3142" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3142" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3142" s="44"/>
     </row>
-    <row r="3143" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3143" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3143" s="44"/>
     </row>
-    <row r="3144" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3144" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3144" s="44"/>
     </row>
-    <row r="3145" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3145" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3145" s="44"/>
     </row>
-    <row r="3146" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3146" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3146" s="44"/>
     </row>
-    <row r="3147" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3147" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3147" s="44"/>
     </row>
-    <row r="3148" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3148" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3148" s="44"/>
     </row>
-    <row r="3149" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3149" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3149" s="44"/>
     </row>
-    <row r="3150" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3150" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3150" s="44"/>
     </row>
-    <row r="3151" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3151" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3151" s="44"/>
     </row>
-    <row r="3152" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3152" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3152" s="44"/>
     </row>
-    <row r="3153" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3153" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3153" s="44"/>
     </row>
-    <row r="3154" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3154" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3154" s="44"/>
     </row>
-    <row r="3155" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3155" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3155" s="44"/>
     </row>
-    <row r="3156" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3156" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3156" s="44"/>
     </row>
-    <row r="3157" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3157" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3157" s="44"/>
     </row>
-    <row r="3158" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3158" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3158" s="44"/>
     </row>
-    <row r="3159" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3159" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3159" s="44"/>
     </row>
-    <row r="3160" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3160" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3160" s="44"/>
     </row>
-    <row r="3161" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3161" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3161" s="44"/>
     </row>
-    <row r="3162" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3162" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3162" s="44"/>
     </row>
-    <row r="3163" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3163" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3163" s="44"/>
     </row>
-    <row r="3164" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3164" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3164" s="44"/>
     </row>
-    <row r="3165" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3165" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3165" s="44"/>
     </row>
-    <row r="3166" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3166" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3166" s="44"/>
     </row>
-    <row r="3167" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3167" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3167" s="44"/>
     </row>
-    <row r="3168" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3168" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3168" s="44"/>
     </row>
-    <row r="3169" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3169" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3169" s="44"/>
     </row>
-    <row r="3170" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3170" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3170" s="44"/>
     </row>
-    <row r="3171" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3171" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3171" s="44"/>
     </row>
-    <row r="3172" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3172" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3172" s="44"/>
     </row>
-    <row r="3173" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3173" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3173" s="44"/>
     </row>
-    <row r="3174" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3174" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3174" s="44"/>
     </row>
-    <row r="3175" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3175" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3175" s="44"/>
     </row>
-    <row r="3176" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3176" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3176" s="44"/>
     </row>
-    <row r="3177" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3177" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3177" s="44"/>
     </row>
-    <row r="3178" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3178" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3178" s="44"/>
     </row>
-    <row r="3179" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3179" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3179" s="44"/>
     </row>
-    <row r="3180" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3180" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3180" s="44"/>
     </row>
-    <row r="3181" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3181" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3181" s="44"/>
     </row>
-    <row r="3182" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3182" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3182" s="44"/>
     </row>
-    <row r="3183" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3183" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3183" s="44"/>
     </row>
-    <row r="3184" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3184" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3184" s="44"/>
     </row>
-    <row r="3185" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3185" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3185" s="44"/>
     </row>
-    <row r="3186" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3186" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3186" s="44"/>
     </row>
-    <row r="3187" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3187" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3187" s="44"/>
     </row>
-    <row r="3188" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3188" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3188" s="44"/>
     </row>
-    <row r="3189" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3189" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3189" s="44"/>
     </row>
-    <row r="3190" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3190" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3190" s="44"/>
     </row>
-    <row r="3191" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3191" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3191" s="44"/>
     </row>
-    <row r="3192" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3192" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3192" s="44"/>
     </row>
-    <row r="3193" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3193" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3193" s="44"/>
     </row>
-    <row r="3194" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3194" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3194" s="44"/>
     </row>
-    <row r="3195" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3195" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3195" s="44"/>
     </row>
-    <row r="3196" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3196" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3196" s="44"/>
     </row>
-    <row r="3197" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3197" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3197" s="44"/>
     </row>
-    <row r="3198" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3198" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3198" s="44"/>
     </row>
-    <row r="3199" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3199" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3199" s="44"/>
     </row>
-    <row r="3200" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3200" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3200" s="44"/>
     </row>
-    <row r="3201" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3201" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3201" s="44"/>
     </row>
-    <row r="3202" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3202" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3202" s="44"/>
     </row>
-    <row r="3203" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3203" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3203" s="44"/>
     </row>
-    <row r="3204" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3204" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3204" s="44"/>
     </row>
-    <row r="3205" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3205" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3205" s="44"/>
     </row>
-    <row r="3206" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3206" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3206" s="44"/>
     </row>
-    <row r="3207" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3207" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3207" s="44"/>
     </row>
-    <row r="3208" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3208" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3208" s="44"/>
     </row>
-    <row r="3209" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3209" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3209" s="44"/>
     </row>
-    <row r="3210" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3210" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3210" s="44"/>
     </row>
-    <row r="3211" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3211" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3211" s="44"/>
     </row>
-    <row r="3212" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3212" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3212" s="44"/>
     </row>
-    <row r="3213" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3213" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3213" s="44"/>
     </row>
-    <row r="3214" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3214" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3214" s="44"/>
     </row>
-    <row r="3215" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3215" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3215" s="44"/>
     </row>
-    <row r="3216" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3216" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3216" s="44"/>
     </row>
-    <row r="3217" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3217" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3217" s="44"/>
     </row>
-    <row r="3218" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3218" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3218" s="44"/>
     </row>
-    <row r="3219" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3219" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3219" s="44"/>
     </row>
-    <row r="3220" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3220" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3220" s="44"/>
     </row>
-    <row r="3221" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3221" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3221" s="44"/>
     </row>
-    <row r="3222" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3222" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3222" s="44"/>
     </row>
-    <row r="3223" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3223" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3223" s="44"/>
     </row>
-    <row r="3224" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3224" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3224" s="44"/>
     </row>
-    <row r="3225" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3225" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3225" s="44"/>
     </row>
-    <row r="3226" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3226" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3226" s="44"/>
     </row>
-    <row r="3227" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3227" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3227" s="44"/>
     </row>
-    <row r="3228" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3228" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3228" s="44"/>
     </row>
-    <row r="3229" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3229" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3229" s="44"/>
     </row>
-    <row r="3230" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3230" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3230" s="44"/>
     </row>
-    <row r="3231" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3231" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3231" s="44"/>
     </row>
-    <row r="3232" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3232" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3232" s="44"/>
     </row>
-    <row r="3233" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3233" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3233" s="44"/>
     </row>
-    <row r="3234" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3234" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3234" s="44"/>
     </row>
-    <row r="3235" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3235" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3235" s="44"/>
     </row>
-    <row r="3236" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3236" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3236" s="44"/>
     </row>
-    <row r="3237" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3237" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3237" s="44"/>
     </row>
-    <row r="3238" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3238" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3238" s="44"/>
     </row>
-    <row r="3239" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3239" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3239" s="49"/>
     </row>
-    <row r="3240" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3240" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3240" s="49"/>
     </row>
-    <row r="3241" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3241" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3241" s="49"/>
     </row>
-    <row r="3242" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3242" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3242" s="49"/>
     </row>
-    <row r="3243" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3243" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3243" s="49"/>
     </row>
-    <row r="3244" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3244" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3244" s="49"/>
     </row>
-    <row r="3245" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3245" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3245" s="49"/>
     </row>
-    <row r="3246" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3246" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3246" s="49"/>
     </row>
-    <row r="3247" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3247" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3247" s="49"/>
     </row>
-    <row r="3248" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3248" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3248" s="49"/>
     </row>
-    <row r="3249" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3249" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3249" s="49"/>
     </row>
-    <row r="3250" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3250" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3250" s="49"/>
     </row>
-    <row r="3251" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3251" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3251" s="49"/>
     </row>
-    <row r="3252" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3252" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3252" s="49"/>
     </row>
-    <row r="3253" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3253" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3253" s="49"/>
     </row>
-    <row r="3254" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3254" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3254" s="49"/>
     </row>
-    <row r="3255" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3255" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3255" s="49"/>
     </row>
-    <row r="3256" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3256" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3256" s="49"/>
     </row>
-    <row r="3257" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3257" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3257" s="49"/>
     </row>
-    <row r="3258" spans="1:1" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="3258" spans="1:1" ht="15" x14ac:dyDescent="0.2">
       <c r="A3258" s="49"/>
     </row>
-    <row r="3259" spans="1:1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="3259" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3259" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="44">
     <mergeCell ref="AS12:AS17"/>
     <mergeCell ref="AT12:AT17"/>
     <mergeCell ref="Y13:Y17"/>
     <mergeCell ref="Z13:Z17"/>
     <mergeCell ref="AA13:AA17"/>
     <mergeCell ref="AJ12:AJ17"/>
     <mergeCell ref="AK12:AK17"/>
     <mergeCell ref="AL12:AL17"/>
     <mergeCell ref="AM12:AP14"/>
     <mergeCell ref="AQ12:AQ17"/>
     <mergeCell ref="AE12:AE17"/>
     <mergeCell ref="AF12:AF17"/>
     <mergeCell ref="AG12:AG17"/>
     <mergeCell ref="AH12:AH17"/>
     <mergeCell ref="AI12:AI17"/>
     <mergeCell ref="N12:N17"/>
     <mergeCell ref="I12:I17"/>
     <mergeCell ref="J12:J17"/>
     <mergeCell ref="K12:K17"/>
     <mergeCell ref="AR12:AR17"/>
     <mergeCell ref="X12:X17"/>