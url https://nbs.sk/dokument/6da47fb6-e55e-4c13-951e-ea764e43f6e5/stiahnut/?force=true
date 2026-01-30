--- v0 (2025-12-13)
+++ v1 (2026-01-30)
@@ -15,73 +15,73 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\buchtas\AppData\Local\Temp\63ab776a84c5458d952608a85e22a68c\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="3120" yWindow="3120" windowWidth="21600" windowHeight="11385" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Slovakia_01_2009" sheetId="1" r:id="rId3"/>
     <sheet name="Euro area_01_2009" sheetId="3" r:id="rId4"/>
     <sheet name="Notes" sheetId="4" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Euro area_01_2009'!$A$7:$F$211</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Slovakia_01_2009!$A$7:$F$215</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Euro area_01_2009'!$A$7:$F$212</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Slovakia_01_2009!$A$7:$F$216</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="216">
   <si>
     <t>Period</t>
   </si>
   <si>
     <t>Over 1 and up to 5 years</t>
   </si>
   <si>
     <t>Over 5 years</t>
   </si>
   <si>
     <t>2009-10</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Interest rates on loans (outstanding amounts) - EUR in  [%p.a.]</t>
   </si>
   <si>
     <t>Loans to households (S.14+S.15)</t>
   </si>
   <si>
     <t>Loans to non-financial corporations (S.11)</t>
   </si>
   <si>
@@ -717,50 +717,53 @@
     <t>2025-02</t>
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
+  </si>
+  <si>
+    <t>2025-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="yyyy\ \/\ mm"/>
   </numFmts>
   <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1331,51 +1334,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J216"/>
+  <dimension ref="A1:J217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.5714285714286" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.42857142857143" style="1" customWidth="1"/>
     <col min="3" max="6" width="12.5714285714286" style="1" customWidth="1"/>
     <col min="7" max="16384" width="9.14285714285714" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75">
       <c r="A1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1" s="1"/>
@@ -7929,119 +7932,151 @@
       <c r="C209" s="13">
         <v>2.87</v>
       </c>
       <c r="D209" s="13">
         <v>3.05</v>
       </c>
       <c r="E209" s="13">
         <v>13.99</v>
       </c>
       <c r="F209" s="13">
         <v>9.5500000000000007</v>
       </c>
       <c r="G209" s="13">
         <v>5.68</v>
       </c>
       <c r="H209" s="13">
         <v>4.02</v>
       </c>
       <c r="I209" s="13">
         <v>4.28</v>
       </c>
       <c r="J209" s="13">
         <v>3.99</v>
       </c>
     </row>
-    <row r="210" spans="1:10" ht="2.1" customHeight="1">
-[...11 lines deleted...]
-    <row r="211" spans="7:10" ht="15">
+    <row r="210" spans="1:10" ht="15">
+      <c r="A210" s="13" t="s">
+        <v>215</v>
+      </c>
+      <c r="B210" s="13">
+        <v>4.57</v>
+      </c>
+      <c r="C210" s="13">
+        <v>2.88</v>
+      </c>
+      <c r="D210" s="13">
+        <v>3.04</v>
+      </c>
+      <c r="E210" s="13">
+        <v>14.08</v>
+      </c>
+      <c r="F210" s="13">
+        <v>9.60</v>
+      </c>
+      <c r="G210" s="13">
+        <v>5.68</v>
+      </c>
+      <c r="H210" s="13">
+        <v>4.06</v>
+      </c>
+      <c r="I210" s="13">
+        <v>4.30</v>
+      </c>
+      <c r="J210" s="13">
+        <v>4.01</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" ht="2.1" customHeight="1">
+      <c r="A211" s="3"/>
+      <c r="B211" s="4"/>
+      <c r="C211" s="4"/>
+      <c r="D211" s="4"/>
+      <c r="E211" s="4"/>
+      <c r="F211" s="4"/>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
     </row>
     <row r="212" spans="7:10" ht="15">
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1"/>
       <c r="J212" s="1"/>
     </row>
     <row r="213" spans="7:10" ht="15">
       <c r="G213" s="1"/>
       <c r="H213" s="1"/>
       <c r="I213" s="1"/>
       <c r="J213" s="1"/>
     </row>
     <row r="214" spans="7:10" ht="15">
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1"/>
       <c r="J214" s="1"/>
     </row>
     <row r="215" spans="7:10" ht="15">
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1"/>
       <c r="J215" s="1"/>
     </row>
     <row r="216" spans="7:10" ht="15">
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1"/>
       <c r="J216" s="1"/>
+    </row>
+    <row r="217" spans="7:10" ht="15">
+      <c r="G217" s="1"/>
+      <c r="H217" s="1"/>
+      <c r="I217" s="1"/>
+      <c r="J217" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="A4:A6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="1.14173228346457" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="73" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA6148F0-ACA5-4D36-972B-DE4286C10FF5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J212"/>
+  <dimension ref="A1:J213"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.5714285714286" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.42857142857143" style="1" customWidth="1"/>
     <col min="3" max="6" width="12.5714285714286" style="1" customWidth="1"/>
     <col min="7" max="16384" width="9.14285714285714" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75">
       <c r="A1" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1" s="1"/>
@@ -11543,51 +11578,51 @@
       </c>
       <c r="J113" s="13">
         <v>2.23</v>
       </c>
     </row>
     <row r="114" spans="1:10" ht="15">
       <c r="A114" s="13" t="s">
         <v>119</v>
       </c>
       <c r="B114" s="13">
         <v>2.15</v>
       </c>
       <c r="C114" s="13">
         <v>2.06</v>
       </c>
       <c r="D114" s="13">
         <v>2.28</v>
       </c>
       <c r="E114" s="13">
         <v>6.35</v>
       </c>
       <c r="F114" s="13">
         <v>5.33</v>
       </c>
       <c r="G114" s="13">
-        <v>4.08</v>
+        <v>4.09</v>
       </c>
       <c r="H114" s="13">
         <v>2.19</v>
       </c>
       <c r="I114" s="13">
         <v>1.84</v>
       </c>
       <c r="J114" s="13">
         <v>2.22</v>
       </c>
     </row>
     <row r="115" spans="1:10" ht="15">
       <c r="A115" s="13" t="s">
         <v>120</v>
       </c>
       <c r="B115" s="13">
         <v>2.14</v>
       </c>
       <c r="C115" s="13">
         <v>2.05</v>
       </c>
       <c r="D115" s="13">
         <v>2.26</v>
       </c>
       <c r="E115" s="13">
@@ -11976,51 +12011,51 @@
       </c>
       <c r="E127" s="13">
         <v>6.03</v>
       </c>
       <c r="F127" s="13">
         <v>5.07</v>
       </c>
       <c r="G127" s="13">
         <v>3.93</v>
       </c>
       <c r="H127" s="13">
         <v>1.98</v>
       </c>
       <c r="I127" s="13">
         <v>1.72</v>
       </c>
       <c r="J127" s="13">
         <v>2.06</v>
       </c>
     </row>
     <row r="128" spans="1:10" ht="15">
       <c r="A128" s="13" t="s">
         <v>133</v>
       </c>
       <c r="B128" s="13">
-        <v>2.14</v>
+        <v>2.13</v>
       </c>
       <c r="C128" s="13">
         <v>1.93</v>
       </c>
       <c r="D128" s="13">
         <v>2.10</v>
       </c>
       <c r="E128" s="13">
         <v>6.09</v>
       </c>
       <c r="F128" s="13">
         <v>5.07</v>
       </c>
       <c r="G128" s="13">
         <v>3.93</v>
       </c>
       <c r="H128" s="13">
         <v>2.03</v>
       </c>
       <c r="I128" s="13">
         <v>1.72</v>
       </c>
       <c r="J128" s="13">
         <v>2.05</v>
       </c>
@@ -12145,51 +12180,51 @@
       </c>
       <c r="H132" s="13">
         <v>1.97</v>
       </c>
       <c r="I132" s="13">
         <v>1.69</v>
       </c>
       <c r="J132" s="13">
         <v>2.02</v>
       </c>
     </row>
     <row r="133" spans="1:10" ht="15">
       <c r="A133" s="13" t="s">
         <v>138</v>
       </c>
       <c r="B133" s="13">
         <v>2.08</v>
       </c>
       <c r="C133" s="13">
         <v>1.89</v>
       </c>
       <c r="D133" s="13">
         <v>2.06</v>
       </c>
       <c r="E133" s="13">
-        <v>6.03</v>
+        <v>6.04</v>
       </c>
       <c r="F133" s="13">
         <v>5.04</v>
       </c>
       <c r="G133" s="13">
         <v>3.93</v>
       </c>
       <c r="H133" s="13">
         <v>1.98</v>
       </c>
       <c r="I133" s="13">
         <v>1.69</v>
       </c>
       <c r="J133" s="13">
         <v>2.01</v>
       </c>
     </row>
     <row r="134" spans="1:10" ht="15">
       <c r="A134" s="13" t="s">
         <v>139</v>
       </c>
       <c r="B134" s="13">
         <v>2.05</v>
       </c>
       <c r="C134" s="13">
@@ -12200,51 +12235,51 @@
       </c>
       <c r="E134" s="13">
         <v>6.03</v>
       </c>
       <c r="F134" s="13">
         <v>5.03</v>
       </c>
       <c r="G134" s="13">
         <v>3.92</v>
       </c>
       <c r="H134" s="13">
         <v>1.93</v>
       </c>
       <c r="I134" s="13">
         <v>1.68</v>
       </c>
       <c r="J134" s="13">
         <v>1.99</v>
       </c>
     </row>
     <row r="135" spans="1:10" ht="15">
       <c r="A135" s="13" t="s">
         <v>140</v>
       </c>
       <c r="B135" s="13">
-        <v>2.03</v>
+        <v>2.02</v>
       </c>
       <c r="C135" s="13">
         <v>1.86</v>
       </c>
       <c r="D135" s="13">
         <v>2.02</v>
       </c>
       <c r="E135" s="13">
         <v>6.08</v>
       </c>
       <c r="F135" s="13">
         <v>5.02</v>
       </c>
       <c r="G135" s="13">
         <v>3.91</v>
       </c>
       <c r="H135" s="13">
         <v>1.91</v>
       </c>
       <c r="I135" s="13">
         <v>1.68</v>
       </c>
       <c r="J135" s="13">
         <v>1.97</v>
       </c>
@@ -13489,74 +13524,74 @@
       </c>
       <c r="H174" s="13">
         <v>2.86</v>
       </c>
       <c r="I174" s="13">
         <v>2.45</v>
       </c>
       <c r="J174" s="13">
         <v>2.17</v>
       </c>
     </row>
     <row r="175" spans="1:10" ht="15">
       <c r="A175" s="13" t="s">
         <v>180</v>
       </c>
       <c r="B175" s="13">
         <v>2.78</v>
       </c>
       <c r="C175" s="13">
         <v>2.28</v>
       </c>
       <c r="D175" s="13">
         <v>1.89</v>
       </c>
       <c r="E175" s="13">
-        <v>6.13</v>
+        <v>6.12</v>
       </c>
       <c r="F175" s="13">
         <v>4.8500000000000014</v>
       </c>
       <c r="G175" s="13">
         <v>3.98</v>
       </c>
       <c r="H175" s="13">
         <v>3.18</v>
       </c>
       <c r="I175" s="13">
         <v>2.78</v>
       </c>
       <c r="J175" s="13">
         <v>2.34</v>
       </c>
     </row>
     <row r="176" spans="1:10" ht="15">
       <c r="A176" s="13" t="s">
         <v>181</v>
       </c>
       <c r="B176" s="13">
-        <v>3.13</v>
+        <v>3.14</v>
       </c>
       <c r="C176" s="13">
         <v>2.45</v>
       </c>
       <c r="D176" s="13">
         <v>1.97</v>
       </c>
       <c r="E176" s="13">
         <v>6.49</v>
       </c>
       <c r="F176" s="13">
         <v>4.94</v>
       </c>
       <c r="G176" s="13">
         <v>4.09</v>
       </c>
       <c r="H176" s="13">
         <v>3.51</v>
       </c>
       <c r="I176" s="13">
         <v>3.04</v>
       </c>
       <c r="J176" s="13">
         <v>2.51</v>
       </c>
@@ -14097,51 +14132,51 @@
       </c>
       <c r="H193" s="13">
         <v>5.18</v>
       </c>
       <c r="I193" s="13">
         <v>4.74</v>
       </c>
       <c r="J193" s="13">
         <v>3.48</v>
       </c>
     </row>
     <row r="194" spans="1:10" ht="15">
       <c r="A194" s="13" t="s">
         <v>199</v>
       </c>
       <c r="B194" s="13">
         <v>4.83</v>
       </c>
       <c r="C194" s="13">
         <v>3.74</v>
       </c>
       <c r="D194" s="13">
         <v>2.45</v>
       </c>
       <c r="E194" s="13">
-        <v>7.69</v>
+        <v>7.70</v>
       </c>
       <c r="F194" s="13">
         <v>6.45</v>
       </c>
       <c r="G194" s="13">
         <v>5.01</v>
       </c>
       <c r="H194" s="13">
         <v>5.19</v>
       </c>
       <c r="I194" s="13">
         <v>4.74</v>
       </c>
       <c r="J194" s="13">
         <v>3.47</v>
       </c>
     </row>
     <row r="195" spans="1:10" ht="15">
       <c r="A195" s="13" t="s">
         <v>200</v>
       </c>
       <c r="B195" s="13">
         <v>4.79</v>
       </c>
       <c r="C195" s="13">
@@ -14152,51 +14187,51 @@
       </c>
       <c r="E195" s="13">
         <v>7.71</v>
       </c>
       <c r="F195" s="13">
         <v>6.40</v>
       </c>
       <c r="G195" s="13">
         <v>5.04</v>
       </c>
       <c r="H195" s="13">
         <v>5.13</v>
       </c>
       <c r="I195" s="13">
         <v>4.75</v>
       </c>
       <c r="J195" s="13">
         <v>3.47</v>
       </c>
     </row>
     <row r="196" spans="1:10" ht="15">
       <c r="A196" s="13" t="s">
         <v>201</v>
       </c>
       <c r="B196" s="13">
-        <v>4.77</v>
+        <v>4.76</v>
       </c>
       <c r="C196" s="13">
         <v>3.80</v>
       </c>
       <c r="D196" s="13">
         <v>2.45</v>
       </c>
       <c r="E196" s="13">
         <v>7.78</v>
       </c>
       <c r="F196" s="13">
         <v>6.49</v>
       </c>
       <c r="G196" s="13">
         <v>5.08</v>
       </c>
       <c r="H196" s="13">
         <v>5.05</v>
       </c>
       <c r="I196" s="13">
         <v>4.68</v>
       </c>
       <c r="J196" s="13">
         <v>3.47</v>
       </c>
@@ -14231,51 +14266,51 @@
       </c>
       <c r="J197" s="13">
         <v>3.41</v>
       </c>
     </row>
     <row r="198" spans="1:10" ht="15">
       <c r="A198" s="13" t="s">
         <v>203</v>
       </c>
       <c r="B198" s="13">
         <v>4.63</v>
       </c>
       <c r="C198" s="13">
         <v>3.82</v>
       </c>
       <c r="D198" s="13">
         <v>2.44</v>
       </c>
       <c r="E198" s="13">
         <v>7.39</v>
       </c>
       <c r="F198" s="13">
         <v>6.59</v>
       </c>
       <c r="G198" s="13">
-        <v>5.06</v>
+        <v>5.07</v>
       </c>
       <c r="H198" s="13">
         <v>4.78</v>
       </c>
       <c r="I198" s="13">
         <v>4.57</v>
       </c>
       <c r="J198" s="13">
         <v>3.40</v>
       </c>
     </row>
     <row r="199" spans="1:10" ht="15">
       <c r="A199" s="13" t="s">
         <v>204</v>
       </c>
       <c r="B199" s="13">
         <v>4.56</v>
       </c>
       <c r="C199" s="13">
         <v>3.81</v>
       </c>
       <c r="D199" s="13">
         <v>2.42</v>
       </c>
       <c r="E199" s="13">
@@ -14525,51 +14560,51 @@
       <c r="A207" s="13" t="s">
         <v>212</v>
       </c>
       <c r="B207" s="13">
         <v>3.86</v>
       </c>
       <c r="C207" s="13">
         <v>3.62</v>
       </c>
       <c r="D207" s="13">
         <v>2.37</v>
       </c>
       <c r="E207" s="13">
         <v>6.90</v>
       </c>
       <c r="F207" s="13">
         <v>6.68</v>
       </c>
       <c r="G207" s="13">
         <v>5.03</v>
       </c>
       <c r="H207" s="13">
         <v>3.60</v>
       </c>
       <c r="I207" s="13">
-        <v>3.82</v>
+        <v>3.83</v>
       </c>
       <c r="J207" s="13">
         <v>3.02</v>
       </c>
     </row>
     <row r="208" spans="1:10" ht="15">
       <c r="A208" s="13" t="s">
         <v>213</v>
       </c>
       <c r="B208" s="13">
         <v>3.91</v>
       </c>
       <c r="C208" s="13">
         <v>3.63</v>
       </c>
       <c r="D208" s="13">
         <v>2.38</v>
       </c>
       <c r="E208" s="13">
         <v>7.09</v>
       </c>
       <c r="F208" s="13">
         <v>6.69</v>
       </c>
       <c r="G208" s="13">
@@ -14577,91 +14612,123 @@
       </c>
       <c r="H208" s="13">
         <v>3.61</v>
       </c>
       <c r="I208" s="13">
         <v>3.82</v>
       </c>
       <c r="J208" s="13">
         <v>3.03</v>
       </c>
     </row>
     <row r="209" spans="1:10" ht="15">
       <c r="A209" s="13" t="s">
         <v>214</v>
       </c>
       <c r="B209" s="13">
         <v>3.87</v>
       </c>
       <c r="C209" s="13">
         <v>3.64</v>
       </c>
       <c r="D209" s="13">
         <v>2.39</v>
       </c>
       <c r="E209" s="13">
-        <v>7.07</v>
+        <v>7.06</v>
       </c>
       <c r="F209" s="13">
-        <v>6.69</v>
+        <v>6.68</v>
       </c>
       <c r="G209" s="13">
-        <v>5.07</v>
+        <v>5.06</v>
       </c>
       <c r="H209" s="13">
-        <v>3.60</v>
+        <v>3.61</v>
       </c>
       <c r="I209" s="13">
-        <v>3.85</v>
+        <v>3.84</v>
       </c>
       <c r="J209" s="13">
         <v>3.02</v>
       </c>
     </row>
-    <row r="210" spans="1:10" ht="2.1" customHeight="1">
-[...11 lines deleted...]
-    <row r="211" spans="7:10" ht="15">
+    <row r="210" spans="1:10" ht="15">
+      <c r="A210" s="13" t="s">
+        <v>215</v>
+      </c>
+      <c r="B210" s="13">
+        <v>3.88</v>
+      </c>
+      <c r="C210" s="13">
+        <v>3.66</v>
+      </c>
+      <c r="D210" s="13">
+        <v>2.40</v>
+      </c>
+      <c r="E210" s="13">
+        <v>6.87</v>
+      </c>
+      <c r="F210" s="13">
+        <v>6.71</v>
+      </c>
+      <c r="G210" s="13">
+        <v>5.09</v>
+      </c>
+      <c r="H210" s="13">
+        <v>3.62</v>
+      </c>
+      <c r="I210" s="13">
+        <v>3.85</v>
+      </c>
+      <c r="J210" s="13">
+        <v>3.03</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" ht="2.1" customHeight="1">
+      <c r="A211" s="3"/>
+      <c r="B211" s="4"/>
+      <c r="C211" s="4"/>
+      <c r="D211" s="4"/>
+      <c r="E211" s="4"/>
+      <c r="F211" s="4"/>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1"/>
       <c r="J211" s="1"/>
     </row>
     <row r="212" spans="7:10" ht="15">
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1"/>
       <c r="J212" s="1"/>
+    </row>
+    <row r="213" spans="7:10" ht="15">
+      <c r="G213" s="1"/>
+      <c r="H213" s="1"/>
+      <c r="I213" s="1"/>
+      <c r="J213" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="A4:A6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="1.14173228346457" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="73" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2D6CADF-BCEC-48F1-8E69-2ABF9FC96BDF}">
   <dimension ref="A3:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="3" spans="1:9" ht="15">