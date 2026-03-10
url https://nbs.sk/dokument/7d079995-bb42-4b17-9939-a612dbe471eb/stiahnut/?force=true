--- v0 (2025-12-15)
+++ v1 (2026-03-10)
@@ -5,63 +5,63 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Temy\SDDSPlus\SDMX Data Conversion\FSI\WEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4EE787FC-58C5-4FB8-9466-7AEC9886DBA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F913E7F1-4F98-4B11-99D3-817AD7F37B1D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>Indikátor</t>
   </si>
   <si>
     <t>2010-Q4</t>
   </si>
   <si>
     <t>2011-Q1</t>
   </si>
   <si>
     <t>2011-Q2</t>
   </si>
   <si>
     <t>2011-Q3</t>
   </si>
   <si>
     <t>2011-Q4</t>
   </si>
   <si>
     <t>2012-Q1</t>
   </si>
   <si>
     <t>2012-Q2</t>
   </si>
   <si>
@@ -221,50 +221,53 @@
     <t>2023-Q3</t>
   </si>
   <si>
     <t>2023-Q4</t>
   </si>
   <si>
     <t>2024-Q1</t>
   </si>
   <si>
     <t>2024-Q2</t>
   </si>
   <si>
     <t>2024-Q3</t>
   </si>
   <si>
     <t>2024-Q4</t>
   </si>
   <si>
     <t>2025-Q1</t>
   </si>
   <si>
     <t>Čistá otvorená pozícia v cudzej mene voči kapitálu</t>
   </si>
   <si>
     <t>2025-Q2</t>
+  </si>
+  <si>
+    <t>2025-Q3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -288,52 +291,52 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table2" displayName="Table2" ref="A1:BH9" totalsRowShown="0">
-  <tableColumns count="60">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table2" displayName="Table2" ref="A1:BI9" totalsRowShown="0">
+  <tableColumns count="61">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Indikátor"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="2010-Q4"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="2011-Q1"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="2011-Q2"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="2011-Q3"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="2011-Q4"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="2012-Q1"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="2012-Q2"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="2012-Q3"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="2012-Q4"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="2013-Q1"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="2013-Q2"/>
     <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="2013-Q3"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="2013-Q4"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="2014-Q1"/>
     <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="2014-Q2"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="2014-Q3"/>
     <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="2014-Q4"/>
     <tableColumn id="19" xr3:uid="{00000000-0010-0000-0000-000013000000}" name="2015-Q1"/>
     <tableColumn id="20" xr3:uid="{00000000-0010-0000-0000-000014000000}" name="2015-Q2"/>
     <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="2015-Q3"/>
     <tableColumn id="22" xr3:uid="{00000000-0010-0000-0000-000016000000}" name="2015-Q4"/>
     <tableColumn id="23" xr3:uid="{00000000-0010-0000-0000-000017000000}" name="2016-Q1"/>
     <tableColumn id="24" xr3:uid="{00000000-0010-0000-0000-000018000000}" name="2016-Q2"/>
     <tableColumn id="25" xr3:uid="{00000000-0010-0000-0000-000019000000}" name="2016-Q3"/>
@@ -350,50 +353,51 @@
     <tableColumn id="36" xr3:uid="{9D3C8EF2-3553-4C27-9E0A-6B891CE0B962}" name="2019-Q2"/>
     <tableColumn id="37" xr3:uid="{FF8A5F6F-61F1-487D-B5C9-DC947FBCB384}" name="2019-Q3"/>
     <tableColumn id="38" xr3:uid="{F417EC5E-C003-42A9-951C-1289F58A28DB}" name="2019-Q4"/>
     <tableColumn id="39" xr3:uid="{A83D5235-87E0-4A84-8536-C78F3DC033EA}" name="2020-Q1"/>
     <tableColumn id="40" xr3:uid="{4FA8DB18-059F-4886-B1F0-DD6BF3F16C3E}" name="2020-Q2"/>
     <tableColumn id="41" xr3:uid="{84023A6F-B1B5-492E-9BB8-60B16418457C}" name="2020-Q3"/>
     <tableColumn id="42" xr3:uid="{7B8A6F43-7B5F-4B77-A734-CF90A7AA9F4D}" name="2020-Q4"/>
     <tableColumn id="43" xr3:uid="{97688CF8-BB71-4436-86E1-86C193126A41}" name="2021-Q1"/>
     <tableColumn id="44" xr3:uid="{DDAE58E4-BA1C-49A6-801D-2851BC56625B}" name="2021-Q2"/>
     <tableColumn id="45" xr3:uid="{AC65D77A-0E8C-4699-A0E8-FA94994D8A2A}" name="2021-Q3"/>
     <tableColumn id="46" xr3:uid="{D4E12213-CD0B-4496-987F-A51CC953AEA2}" name="2021-Q4"/>
     <tableColumn id="47" xr3:uid="{0112D7FC-8C7B-4DDE-8B33-70974F62F129}" name="2022-Q1"/>
     <tableColumn id="48" xr3:uid="{50247EDA-A372-4912-AA07-0FF03C24C06F}" name="2022-Q2"/>
     <tableColumn id="49" xr3:uid="{C5D619AA-D90D-4E99-B680-C54AE6451585}" name="2022-Q3"/>
     <tableColumn id="50" xr3:uid="{01523EE6-883E-4FED-AF8C-78E58AB15015}" name="2022-Q4"/>
     <tableColumn id="51" xr3:uid="{4B85FFCE-853E-4831-A8D0-A518BBCEE18E}" name="2023-Q1"/>
     <tableColumn id="52" xr3:uid="{BF8D991A-8EF7-4333-9F4D-FA3112D7BA2A}" name="2023-Q2"/>
     <tableColumn id="53" xr3:uid="{8141BCDA-B846-4008-BA6B-429CB4F11997}" name="2023-Q3"/>
     <tableColumn id="54" xr3:uid="{0B3C20C3-26DD-4DB1-9D9A-840DFB230313}" name="2023-Q4"/>
     <tableColumn id="55" xr3:uid="{B4F9F25E-192D-4183-B8AA-D2C1DCD30D44}" name="2024-Q1"/>
     <tableColumn id="56" xr3:uid="{87C05AB6-49EA-4B34-A5A6-5EC7A45913DF}" name="2024-Q2"/>
     <tableColumn id="57" xr3:uid="{E8F21CC6-46EA-4792-A76C-A1A8EE5D8E03}" name="2024-Q3"/>
     <tableColumn id="58" xr3:uid="{D6F5193A-19F1-4CD0-AE80-3CBD9695DA97}" name="2024-Q4"/>
     <tableColumn id="59" xr3:uid="{F56D318C-14CC-4B0E-89E1-F6141A6A6BA8}" name="2025-Q1"/>
     <tableColumn id="60" xr3:uid="{628FEE54-7EFF-4965-A976-40722DB90B99}" name="2025-Q2"/>
+    <tableColumn id="61" xr3:uid="{3C62CA01-D2A9-4585-81DA-EE844CAA0EDA}" name="2025-Q3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -646,63 +650,63 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:BH9"/>
+  <dimension ref="A1:BI9"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="AL1" workbookViewId="0">
-      <selection activeCell="BH2" sqref="BH2"/>
+    <sheetView tabSelected="1" topLeftCell="AQ1" workbookViewId="0">
+      <selection activeCell="BI2" sqref="BI2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="63.85546875" bestFit="1" customWidth="1"/>
-    <col min="2" max="29" width="10.28515625" customWidth="1"/>
+    <col min="1" max="1" width="63.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="29" width="10.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -839,52 +843,55 @@
       </c>
       <c r="BA1" t="s">
         <v>59</v>
       </c>
       <c r="BB1" t="s">
         <v>60</v>
       </c>
       <c r="BC1" t="s">
         <v>61</v>
       </c>
       <c r="BD1" t="s">
         <v>62</v>
       </c>
       <c r="BE1" t="s">
         <v>63</v>
       </c>
       <c r="BF1" t="s">
         <v>64</v>
       </c>
       <c r="BG1" t="s">
         <v>65</v>
       </c>
       <c r="BH1" t="s">
         <v>67</v>
       </c>
+      <c r="BI1" t="s">
+        <v>68</v>
+      </c>
     </row>
-    <row r="2" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2">
         <v>11.5792898572154</v>
       </c>
       <c r="C2">
         <v>11.4503092609879</v>
       </c>
       <c r="D2">
         <v>11.6195258358364</v>
       </c>
       <c r="E2">
         <v>11.935288926134501</v>
       </c>
       <c r="F2">
         <v>12.388409469362401</v>
       </c>
       <c r="G2">
         <v>13.859009968016201</v>
       </c>
       <c r="H2">
         <v>14.104220882204199</v>
       </c>
       <c r="I2">
@@ -1021,52 +1028,55 @@
       </c>
       <c r="BA2">
         <v>18.450011020998392</v>
       </c>
       <c r="BB2">
         <v>18.985342062330698</v>
       </c>
       <c r="BC2">
         <v>19.367167173914396</v>
       </c>
       <c r="BD2">
         <v>19.518085896395867</v>
       </c>
       <c r="BE2">
         <v>19.410647765324452</v>
       </c>
       <c r="BF2">
         <v>18.976234007619347</v>
       </c>
       <c r="BG2">
         <v>20.051678825868148</v>
       </c>
       <c r="BH2">
         <v>19.815632487804507</v>
       </c>
+      <c r="BI2">
+        <v>19.79828563956546</v>
+      </c>
     </row>
-    <row r="3" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3">
         <v>7.7762174004580924</v>
       </c>
       <c r="C3">
         <v>7.8076948052133837</v>
       </c>
       <c r="D3">
         <v>7.8449872496581428</v>
       </c>
       <c r="E3">
         <v>7.895098989879255</v>
       </c>
       <c r="F3">
         <v>8.0145513265905617</v>
       </c>
       <c r="G3">
         <v>8.5546928885773745</v>
       </c>
       <c r="H3">
         <v>8.7023780277880718</v>
       </c>
       <c r="I3">
@@ -1203,52 +1213,55 @@
       </c>
       <c r="BA3">
         <v>7.8698139549131367</v>
       </c>
       <c r="BB3">
         <v>7.9559851721703243</v>
       </c>
       <c r="BC3">
         <v>8.2846721368422678</v>
       </c>
       <c r="BD3">
         <v>8.5941310835782616</v>
       </c>
       <c r="BE3">
         <v>8.4787653257178448</v>
       </c>
       <c r="BF3">
         <v>8.3595810659836864</v>
       </c>
       <c r="BG3">
         <v>8.3781587783356919</v>
       </c>
       <c r="BH3">
         <v>8.3204546454604706</v>
       </c>
+      <c r="BI3">
+        <v>8.1219379025410916</v>
+      </c>
     </row>
-    <row r="4" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4">
         <v>20.409126245921247</v>
       </c>
       <c r="C4">
         <v>20.160472449186372</v>
       </c>
       <c r="D4">
         <v>20.394155283561169</v>
       </c>
       <c r="E4">
         <v>20.569670245820515</v>
       </c>
       <c r="F4">
         <v>20.744354985223627</v>
       </c>
       <c r="G4">
         <v>18.712171877713001</v>
       </c>
       <c r="H4">
         <v>18.877077376183756</v>
       </c>
       <c r="I4">
@@ -1385,52 +1398,55 @@
       </c>
       <c r="BA4">
         <v>8.849523685719527</v>
       </c>
       <c r="BB4">
         <v>8.8163685849331141</v>
       </c>
       <c r="BC4">
         <v>8.934499848008544</v>
       </c>
       <c r="BD4">
         <v>8.2149126102014414</v>
       </c>
       <c r="BE4">
         <v>8.0854827158610494</v>
       </c>
       <c r="BF4">
         <v>8.5256148992155119</v>
       </c>
       <c r="BG4">
         <v>8.9127633997547981</v>
       </c>
       <c r="BH4">
         <v>8.8426444136298041</v>
       </c>
+      <c r="BI4">
+        <v>9.0504244781000462</v>
+      </c>
     </row>
-    <row r="5" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5">
         <v>5.3685491803466778</v>
       </c>
       <c r="C5">
         <v>5.196660462002229</v>
       </c>
       <c r="D5">
         <v>5.1279210749743882</v>
       </c>
       <c r="E5">
         <v>5.2116661245276923</v>
       </c>
       <c r="F5">
         <v>5.3057146358203768</v>
       </c>
       <c r="G5">
         <v>5.0710847182124388</v>
       </c>
       <c r="H5">
         <v>5.1146019935910063</v>
       </c>
       <c r="I5">
@@ -1567,52 +1583,55 @@
       </c>
       <c r="BA5">
         <v>2.0578114877640838</v>
       </c>
       <c r="BB5">
         <v>1.9925079659929266</v>
       </c>
       <c r="BC5">
         <v>2.0437933521301974</v>
       </c>
       <c r="BD5">
         <v>2.0017028496586162</v>
       </c>
       <c r="BE5">
         <v>1.9558527961160348</v>
       </c>
       <c r="BF5">
         <v>1.9217551001218882</v>
       </c>
       <c r="BG5">
         <v>1.9834575103796608</v>
       </c>
       <c r="BH5">
         <v>1.9349872625469939</v>
       </c>
+      <c r="BI5">
+        <v>1.9618345114304232</v>
+      </c>
     </row>
-    <row r="6" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6">
         <v>1.2295806204362669</v>
       </c>
       <c r="C6">
         <v>1.5862656172055529</v>
       </c>
       <c r="D6">
         <v>1.8724906614379742</v>
       </c>
       <c r="E6">
         <v>1.7227389540264835</v>
       </c>
       <c r="F6">
         <v>1.4727952973536365</v>
       </c>
       <c r="G6">
         <v>1.2609136925783255</v>
       </c>
       <c r="H6">
         <v>1.2123920591999748</v>
       </c>
       <c r="I6">
@@ -1749,52 +1768,55 @@
       </c>
       <c r="BA6">
         <v>1.2903609044147744</v>
       </c>
       <c r="BB6">
         <v>1.3205290505193465</v>
       </c>
       <c r="BC6">
         <v>1.4079271046257771</v>
       </c>
       <c r="BD6">
         <v>1.4968201997914492</v>
       </c>
       <c r="BE6">
         <v>1.4874486535654587</v>
       </c>
       <c r="BF6">
         <v>1.4663208013537601</v>
       </c>
       <c r="BG6">
         <v>1.4057823242419503</v>
       </c>
       <c r="BH6">
         <v>1.40947019512571</v>
       </c>
+      <c r="BI6">
+        <v>1.4278577393459253</v>
+      </c>
     </row>
-    <row r="7" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7">
         <v>56.454325689878203</v>
       </c>
       <c r="C7">
         <v>57.6277365768754</v>
       </c>
       <c r="D7">
         <v>55.655024119185597</v>
       </c>
       <c r="E7">
         <v>55.820391011722698</v>
       </c>
       <c r="F7">
         <v>52.858219012801698</v>
       </c>
       <c r="G7">
         <v>57.893194988276399</v>
       </c>
       <c r="H7">
         <v>57.297607715345301</v>
       </c>
       <c r="I7">
@@ -1931,52 +1953,55 @@
       </c>
       <c r="BA7">
         <v>39.799765014866239</v>
       </c>
       <c r="BB7">
         <v>43.415590884910522</v>
       </c>
       <c r="BC7">
         <v>42.104923670593728</v>
       </c>
       <c r="BD7">
         <v>41.930969432190622</v>
       </c>
       <c r="BE7">
         <v>40.695635396047841</v>
       </c>
       <c r="BF7">
         <v>41.966320943244703</v>
       </c>
       <c r="BG7">
         <v>40.562021154113928</v>
       </c>
       <c r="BH7">
         <v>39.527697926923508</v>
       </c>
+      <c r="BI7">
+        <v>41.165781482867672</v>
+      </c>
     </row>
-    <row r="8" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>41</v>
       </c>
       <c r="B8">
         <v>214</v>
       </c>
       <c r="C8">
         <v>212.8</v>
       </c>
       <c r="D8">
         <v>211.3</v>
       </c>
       <c r="E8">
         <v>210.3</v>
       </c>
       <c r="F8">
         <v>208.8</v>
       </c>
       <c r="G8">
         <v>208.4</v>
       </c>
       <c r="H8">
         <v>206.8</v>
       </c>
       <c r="I8">
@@ -2113,87 +2138,93 @@
       </c>
       <c r="BA8">
         <v>412</v>
       </c>
       <c r="BB8">
         <v>411</v>
       </c>
       <c r="BC8">
         <v>409</v>
       </c>
       <c r="BD8">
         <v>416</v>
       </c>
       <c r="BE8">
         <v>426</v>
       </c>
       <c r="BF8">
         <v>439</v>
       </c>
       <c r="BG8">
         <v>456</v>
       </c>
       <c r="BH8">
         <v>469</v>
       </c>
+      <c r="BI8">
+        <v>475</v>
+      </c>
     </row>
-    <row r="9" spans="1:60" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:61" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="AX9">
         <v>2.1554614395013538</v>
       </c>
       <c r="AY9">
         <v>7.7171199961916948</v>
       </c>
       <c r="AZ9">
         <v>6.0361329684358669</v>
       </c>
       <c r="BA9">
         <v>5.211792668975634</v>
       </c>
       <c r="BB9">
         <v>3.1763640013790786</v>
       </c>
       <c r="BC9">
         <v>3.949869785114926</v>
       </c>
       <c r="BD9">
         <v>2.5316968374869555</v>
       </c>
       <c r="BE9">
         <v>0.85513698096066526</v>
       </c>
       <c r="BF9">
         <v>-0.8788318926329497</v>
       </c>
       <c r="BG9">
         <v>3.7608864243507472</v>
       </c>
       <c r="BH9">
         <v>-4.3185401173809232</v>
+      </c>
+      <c r="BI9">
+        <v>-6.0184773796748718</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>