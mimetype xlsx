--- v0 (2026-01-29)
+++ v1 (2026-03-31)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{08514BB4-00BC-4A9E-85BA-5DC89E173CAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{790D8F2C-D92F-4950-A20C-AC6F1DF3EEEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="bilancia" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">bilancia!$A$1:$H$242</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="213">
   <si>
     <t>Banky celkom</t>
   </si>
   <si>
     <t>A K T Í V A</t>
   </si>
   <si>
     <t>Cudzia mena</t>
   </si>
   <si>
     <t>CELKOM</t>
   </si>
@@ -2030,120 +2030,120 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:H242"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" topLeftCell="A85" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="N103" sqref="N103"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="68.44140625" customWidth="1"/>
+    <col min="1" max="1" width="68.42578125" customWidth="1"/>
     <col min="2" max="2" width="5" style="126" customWidth="1"/>
-    <col min="3" max="3" width="11.88671875" customWidth="1"/>
-    <col min="4" max="4" width="12.44140625" customWidth="1"/>
+    <col min="3" max="3" width="11.85546875" customWidth="1"/>
+    <col min="4" max="4" width="12.42578125" customWidth="1"/>
     <col min="5" max="5" width="13" customWidth="1"/>
-    <col min="6" max="6" width="12.6640625" customWidth="1"/>
-    <col min="7" max="7" width="12.44140625" customWidth="1"/>
+    <col min="6" max="6" width="12.7109375" customWidth="1"/>
+    <col min="7" max="7" width="12.42578125" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="6"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="3" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="152" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="152"/>
       <c r="C2" s="153"/>
       <c r="D2" s="153"/>
       <c r="E2" s="153"/>
       <c r="F2" s="153"/>
       <c r="G2" s="153"/>
       <c r="H2" s="153"/>
     </row>
-    <row r="3" spans="1:8" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:8" s="2" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="32"/>
       <c r="B3" s="116"/>
       <c r="C3" s="34"/>
       <c r="D3" s="34"/>
       <c r="E3" s="34"/>
       <c r="F3" s="34"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
     </row>
     <row r="4" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="117"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="H4" s="31"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B5" s="6"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
     </row>
-    <row r="6" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1"/>
       <c r="B6" s="6"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="154" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="118"/>
       <c r="C7" s="159" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="169" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="170"/>
       <c r="F7" s="169" t="s">
         <v>2</v>
@@ -2289,77 +2289,77 @@
       <c r="A14" s="39" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="102">
         <v>5</v>
       </c>
       <c r="C14" s="80">
         <v>1621146</v>
       </c>
       <c r="D14" s="80">
         <v>104851309</v>
       </c>
       <c r="E14" s="83">
         <v>10129695</v>
       </c>
       <c r="F14" s="83">
         <v>47063</v>
       </c>
       <c r="G14" s="80">
         <v>2847631</v>
       </c>
       <c r="H14" s="81">
         <v>116254552</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="22.8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A15" s="39" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="102">
         <v>6</v>
       </c>
       <c r="C15" s="80">
         <v>158</v>
       </c>
       <c r="D15" s="80">
         <v>9695355</v>
       </c>
       <c r="E15" s="83">
         <v>0</v>
       </c>
       <c r="F15" s="83">
         <v>0</v>
       </c>
       <c r="G15" s="80">
         <v>0</v>
       </c>
       <c r="H15" s="81">
         <v>9695197</v>
       </c>
     </row>
-    <row r="16" spans="1:8" s="44" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" s="44" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="41" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="103">
         <v>7</v>
       </c>
       <c r="C16" s="91">
         <v>158</v>
       </c>
       <c r="D16" s="91">
         <v>9695355</v>
       </c>
       <c r="E16" s="92">
         <v>0</v>
       </c>
       <c r="F16" s="92">
         <v>0</v>
       </c>
       <c r="G16" s="91">
         <v>0</v>
       </c>
       <c r="H16" s="93">
         <v>9695197</v>
       </c>
     </row>
@@ -3355,51 +3355,51 @@
       <c r="A55" s="41" t="s">
         <v>49</v>
       </c>
       <c r="B55" s="103">
         <v>46</v>
       </c>
       <c r="C55" s="88">
         <v>0</v>
       </c>
       <c r="D55" s="88">
         <v>0</v>
       </c>
       <c r="E55" s="89">
         <v>0</v>
       </c>
       <c r="F55" s="89">
         <v>0</v>
       </c>
       <c r="G55" s="88">
         <v>0</v>
       </c>
       <c r="H55" s="90">
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:8" ht="22.8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A56" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B56" s="102">
         <v>47</v>
       </c>
       <c r="C56" s="80">
         <v>0</v>
       </c>
       <c r="D56" s="80">
         <v>47597</v>
       </c>
       <c r="E56" s="83">
         <v>128686</v>
       </c>
       <c r="F56" s="83">
         <v>0</v>
       </c>
       <c r="G56" s="80">
         <v>14604</v>
       </c>
       <c r="H56" s="81">
         <v>190887</v>
       </c>
     </row>
@@ -3693,77 +3693,77 @@
       <c r="A68" s="39" t="s">
         <v>56</v>
       </c>
       <c r="B68" s="102">
         <v>59</v>
       </c>
       <c r="C68" s="80">
         <v>0</v>
       </c>
       <c r="D68" s="80">
         <v>0</v>
       </c>
       <c r="E68" s="80">
         <v>338951</v>
       </c>
       <c r="F68" s="80">
         <v>0</v>
       </c>
       <c r="G68" s="80">
         <v>12298</v>
       </c>
       <c r="H68" s="81">
         <v>351249</v>
       </c>
     </row>
-    <row r="69" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="48" t="s">
         <v>61</v>
       </c>
       <c r="B69" s="119">
         <v>60</v>
       </c>
       <c r="C69" s="94">
         <v>0</v>
       </c>
       <c r="D69" s="94">
         <v>0</v>
       </c>
       <c r="E69" s="94">
         <v>0</v>
       </c>
       <c r="F69" s="94">
         <v>0</v>
       </c>
       <c r="G69" s="94">
         <v>0</v>
       </c>
       <c r="H69" s="84">
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="53"/>
       <c r="B70" s="104"/>
       <c r="C70" s="54"/>
       <c r="D70" s="54"/>
       <c r="E70" s="54"/>
       <c r="F70" s="54"/>
       <c r="G70" s="54"/>
       <c r="H70" s="52" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="45" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="47" t="s">
         <v>62</v>
       </c>
       <c r="B71" s="105">
         <v>61</v>
       </c>
       <c r="C71" s="58">
         <v>527</v>
       </c>
       <c r="D71" s="58">
         <v>1814071</v>
       </c>
       <c r="E71" s="58">
@@ -3783,51 +3783,51 @@
       <c r="A72" s="39" t="s">
         <v>55</v>
       </c>
       <c r="B72" s="102">
         <v>62</v>
       </c>
       <c r="C72" s="68">
         <v>0</v>
       </c>
       <c r="D72" s="68">
         <v>0</v>
       </c>
       <c r="E72" s="68">
         <v>0</v>
       </c>
       <c r="F72" s="68">
         <v>0</v>
       </c>
       <c r="G72" s="68">
         <v>0</v>
       </c>
       <c r="H72" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:8" s="46" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" s="46" customFormat="1" ht="24" x14ac:dyDescent="0.25">
       <c r="A73" s="42" t="s">
         <v>63</v>
       </c>
       <c r="B73" s="106">
         <v>63</v>
       </c>
       <c r="C73" s="62">
         <v>0</v>
       </c>
       <c r="D73" s="62">
         <v>0</v>
       </c>
       <c r="E73" s="62">
         <v>0</v>
       </c>
       <c r="F73" s="62">
         <v>0</v>
       </c>
       <c r="G73" s="62">
         <v>0</v>
       </c>
       <c r="H73" s="61">
         <v>0</v>
       </c>
     </row>
@@ -3939,51 +3939,51 @@
       <c r="A78" s="39" t="s">
         <v>56</v>
       </c>
       <c r="B78" s="102">
         <v>68</v>
       </c>
       <c r="C78" s="68">
         <v>516</v>
       </c>
       <c r="D78" s="68">
         <v>1811892</v>
       </c>
       <c r="E78" s="68">
         <v>847686</v>
       </c>
       <c r="F78" s="68">
         <v>0</v>
       </c>
       <c r="G78" s="68">
         <v>202794</v>
       </c>
       <c r="H78" s="69">
         <v>2861856</v>
       </c>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A79" s="41" t="s">
         <v>68</v>
       </c>
       <c r="B79" s="106">
         <v>69</v>
       </c>
       <c r="C79" s="63">
         <v>516</v>
       </c>
       <c r="D79" s="63">
         <v>1811892</v>
       </c>
       <c r="E79" s="63">
         <v>847686</v>
       </c>
       <c r="F79" s="63">
         <v>0</v>
       </c>
       <c r="G79" s="63">
         <v>202794</v>
       </c>
       <c r="H79" s="64">
         <v>2861856</v>
       </c>
     </row>
@@ -4121,51 +4121,51 @@
       <c r="A85" s="39" t="s">
         <v>73</v>
       </c>
       <c r="B85" s="102">
         <v>75</v>
       </c>
       <c r="C85" s="68">
         <v>0</v>
       </c>
       <c r="D85" s="68">
         <v>26</v>
       </c>
       <c r="E85" s="68">
         <v>375515</v>
       </c>
       <c r="F85" s="68">
         <v>0</v>
       </c>
       <c r="G85" s="68">
         <v>0</v>
       </c>
       <c r="H85" s="69">
         <v>375541</v>
       </c>
     </row>
-    <row r="86" spans="1:8" ht="22.8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A86" s="39" t="s">
         <v>74</v>
       </c>
       <c r="B86" s="102">
         <v>76</v>
       </c>
       <c r="C86" s="70">
         <v>0</v>
       </c>
       <c r="D86" s="70">
         <v>85640</v>
       </c>
       <c r="E86" s="70">
         <v>16241</v>
       </c>
       <c r="F86" s="70">
         <v>0</v>
       </c>
       <c r="G86" s="70">
         <v>0</v>
       </c>
       <c r="H86" s="69">
         <v>101881</v>
       </c>
     </row>
@@ -4511,51 +4511,51 @@
       <c r="A100" s="42" t="s">
         <v>88</v>
       </c>
       <c r="B100" s="103">
         <v>90</v>
       </c>
       <c r="C100" s="63">
         <v>0</v>
       </c>
       <c r="D100" s="63">
         <v>333034</v>
       </c>
       <c r="E100" s="63">
         <v>0</v>
       </c>
       <c r="F100" s="63">
         <v>0</v>
       </c>
       <c r="G100" s="63">
         <v>0</v>
       </c>
       <c r="H100" s="64">
         <v>333034</v>
       </c>
     </row>
-    <row r="101" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="39" t="s">
         <v>89</v>
       </c>
       <c r="B101" s="102">
         <v>91</v>
       </c>
       <c r="C101" s="68">
         <v>43</v>
       </c>
       <c r="D101" s="68">
         <v>407</v>
       </c>
       <c r="E101" s="68">
         <v>0</v>
       </c>
       <c r="F101" s="68">
         <v>0</v>
       </c>
       <c r="G101" s="68">
         <v>0</v>
       </c>
       <c r="H101" s="69">
         <v>364</v>
       </c>
     </row>
@@ -4605,119 +4605,119 @@
       <c r="A104" s="35" t="s">
         <v>91</v>
       </c>
       <c r="B104" s="106">
         <v>94</v>
       </c>
       <c r="C104" s="71">
         <v>0</v>
       </c>
       <c r="D104" s="71">
         <v>258524</v>
       </c>
       <c r="E104" s="71">
         <v>3725</v>
       </c>
       <c r="F104" s="71">
         <v>1549</v>
       </c>
       <c r="G104" s="71">
         <v>33957</v>
       </c>
       <c r="H104" s="72">
         <v>297755</v>
       </c>
     </row>
-    <row r="105" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A105" s="49" t="s">
         <v>92</v>
       </c>
       <c r="B105" s="119">
         <v>95</v>
       </c>
       <c r="C105" s="74">
         <v>0</v>
       </c>
       <c r="D105" s="114">
         <v>34437</v>
       </c>
       <c r="E105" s="114">
         <v>3725</v>
       </c>
       <c r="F105" s="114">
         <v>1549</v>
       </c>
       <c r="G105" s="114">
         <v>7928</v>
       </c>
       <c r="H105" s="115">
         <v>47639</v>
       </c>
     </row>
-    <row r="106" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A106" s="11"/>
       <c r="B106" s="107"/>
       <c r="C106" s="13"/>
       <c r="D106" s="14"/>
       <c r="E106" s="14"/>
       <c r="F106" s="14"/>
       <c r="G106" s="14"/>
       <c r="H106" s="15" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="154" t="s">
         <v>7</v>
       </c>
       <c r="B107" s="118"/>
       <c r="C107" s="159" t="s">
         <v>12</v>
       </c>
       <c r="D107" s="169" t="s">
         <v>11</v>
       </c>
       <c r="E107" s="170"/>
       <c r="F107" s="169" t="s">
         <v>2</v>
       </c>
       <c r="G107" s="170"/>
       <c r="H107" s="162" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="108" spans="1:8" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="157"/>
       <c r="B108" s="120"/>
       <c r="C108" s="165"/>
       <c r="D108" s="171"/>
       <c r="E108" s="172"/>
       <c r="F108" s="171"/>
       <c r="G108" s="172"/>
       <c r="H108" s="167"/>
     </row>
-    <row r="109" spans="1:8" ht="46.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:8" ht="48.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="158"/>
       <c r="B109" s="121"/>
       <c r="C109" s="166"/>
       <c r="D109" s="7" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="23" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G109" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="168"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" s="128" t="s">
         <v>93</v>
       </c>
       <c r="B110" s="129">
         <v>96</v>
       </c>
       <c r="C110" s="10"/>
@@ -5627,123 +5627,123 @@
     </row>
     <row r="148" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A148" s="37" t="s">
         <v>128</v>
       </c>
       <c r="B148" s="127">
         <v>134</v>
       </c>
       <c r="C148" s="56"/>
       <c r="D148" s="56">
         <v>0</v>
       </c>
       <c r="E148" s="56">
         <v>0</v>
       </c>
       <c r="F148" s="56">
         <v>0</v>
       </c>
       <c r="G148" s="56">
         <v>0</v>
       </c>
       <c r="H148" s="57">
         <v>0</v>
       </c>
     </row>
-    <row r="149" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A149" s="37" t="s">
         <v>129</v>
       </c>
       <c r="B149" s="127">
         <v>135</v>
       </c>
       <c r="C149" s="56"/>
       <c r="D149" s="55">
         <v>0</v>
       </c>
       <c r="E149" s="55">
         <v>0</v>
       </c>
       <c r="F149" s="55">
         <v>0</v>
       </c>
       <c r="G149" s="55">
         <v>0</v>
       </c>
       <c r="H149" s="57">
         <v>0</v>
       </c>
     </row>
-    <row r="150" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A150" s="37" t="s">
         <v>130</v>
       </c>
       <c r="B150" s="127">
         <v>136</v>
       </c>
       <c r="C150" s="56"/>
       <c r="D150" s="55">
         <v>27287</v>
       </c>
       <c r="E150" s="55">
         <v>127250</v>
       </c>
       <c r="F150" s="55">
         <v>0</v>
       </c>
       <c r="G150" s="55">
         <v>23</v>
       </c>
       <c r="H150" s="57">
         <v>154560</v>
       </c>
     </row>
-    <row r="151" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A151" s="37" t="s">
         <v>131</v>
       </c>
       <c r="B151" s="127">
         <v>137</v>
       </c>
       <c r="C151" s="56"/>
       <c r="D151" s="55">
         <v>0</v>
       </c>
       <c r="E151" s="55">
         <v>0</v>
       </c>
       <c r="F151" s="55">
         <v>0</v>
       </c>
       <c r="G151" s="55">
         <v>0</v>
       </c>
       <c r="H151" s="57">
         <v>0</v>
       </c>
     </row>
-    <row r="152" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A152" s="38" t="s">
         <v>132</v>
       </c>
       <c r="B152" s="130">
         <v>138</v>
       </c>
       <c r="C152" s="10"/>
       <c r="D152" s="8">
         <v>294710</v>
       </c>
       <c r="E152" s="8">
         <v>1250</v>
       </c>
       <c r="F152" s="8">
         <v>29352</v>
       </c>
       <c r="G152" s="8">
         <v>782</v>
       </c>
       <c r="H152" s="9">
         <v>326094</v>
       </c>
     </row>
     <row r="153" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A153" s="37" t="s">
@@ -5819,99 +5819,99 @@
     </row>
     <row r="156" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A156" s="37" t="s">
         <v>133</v>
       </c>
       <c r="B156" s="108">
         <v>142</v>
       </c>
       <c r="C156" s="56"/>
       <c r="D156" s="55">
         <v>0</v>
       </c>
       <c r="E156" s="55">
         <v>0</v>
       </c>
       <c r="F156" s="55">
         <v>0</v>
       </c>
       <c r="G156" s="55">
         <v>0</v>
       </c>
       <c r="H156" s="57">
         <v>0</v>
       </c>
     </row>
-    <row r="157" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A157" s="38" t="s">
         <v>134</v>
       </c>
       <c r="B157" s="130">
         <v>143</v>
       </c>
       <c r="C157" s="10"/>
       <c r="D157" s="8">
         <v>454</v>
       </c>
       <c r="E157" s="8">
         <v>628825</v>
       </c>
       <c r="F157" s="8">
         <v>0</v>
       </c>
       <c r="G157" s="8">
         <v>1142</v>
       </c>
       <c r="H157" s="9">
         <v>630421</v>
       </c>
     </row>
-    <row r="158" spans="1:8" s="95" customFormat="1" ht="22.8" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:8" s="95" customFormat="1" ht="24" x14ac:dyDescent="0.2">
       <c r="A158" s="38" t="s">
         <v>74</v>
       </c>
       <c r="B158" s="130">
         <v>144</v>
       </c>
       <c r="C158" s="10"/>
       <c r="D158" s="8">
         <v>-14113</v>
       </c>
       <c r="E158" s="8">
         <v>-6812</v>
       </c>
       <c r="F158" s="8">
         <v>0</v>
       </c>
       <c r="G158" s="8">
         <v>0</v>
       </c>
       <c r="H158" s="9">
         <v>-20925</v>
       </c>
     </row>
-    <row r="159" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A159" s="38" t="s">
         <v>135</v>
       </c>
       <c r="B159" s="130">
         <v>145</v>
       </c>
       <c r="C159" s="10"/>
       <c r="D159" s="8">
         <v>187348</v>
       </c>
       <c r="E159" s="8">
         <v>952</v>
       </c>
       <c r="F159" s="8">
         <v>149</v>
       </c>
       <c r="G159" s="8">
         <v>117</v>
       </c>
       <c r="H159" s="9">
         <v>188566</v>
       </c>
     </row>
     <row r="160" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A160" s="37" t="s">
@@ -5963,99 +5963,99 @@
     </row>
     <row r="162" spans="1:8" s="46" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A162" s="17" t="s">
         <v>138</v>
       </c>
       <c r="B162" s="108">
         <v>148</v>
       </c>
       <c r="C162" s="56"/>
       <c r="D162" s="56">
         <v>0</v>
       </c>
       <c r="E162" s="56">
         <v>0</v>
       </c>
       <c r="F162" s="56">
         <v>0</v>
       </c>
       <c r="G162" s="56">
         <v>0</v>
       </c>
       <c r="H162" s="57">
         <v>0</v>
       </c>
     </row>
-    <row r="163" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A163" s="38" t="s">
         <v>139</v>
       </c>
       <c r="B163" s="130">
         <v>149</v>
       </c>
       <c r="C163" s="10"/>
       <c r="D163" s="8">
         <v>748045</v>
       </c>
       <c r="E163" s="8">
         <v>98248</v>
       </c>
       <c r="F163" s="8">
         <v>49787</v>
       </c>
       <c r="G163" s="8">
         <v>634</v>
       </c>
       <c r="H163" s="9">
         <v>896714</v>
       </c>
     </row>
     <row r="164" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A164" s="37" t="s">
         <v>140</v>
       </c>
       <c r="B164" s="108">
         <v>150</v>
       </c>
       <c r="C164" s="56"/>
       <c r="D164" s="55">
         <v>204660</v>
       </c>
       <c r="E164" s="55">
         <v>-7003</v>
       </c>
       <c r="F164" s="55">
         <v>4889</v>
       </c>
       <c r="G164" s="55">
         <v>560</v>
       </c>
       <c r="H164" s="57">
         <v>203106</v>
       </c>
     </row>
-    <row r="165" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A165" s="38" t="s">
         <v>141</v>
       </c>
       <c r="B165" s="130">
         <v>151</v>
       </c>
       <c r="C165" s="10"/>
       <c r="D165" s="8">
         <v>65380</v>
       </c>
       <c r="E165" s="8">
         <v>0</v>
       </c>
       <c r="F165" s="8">
         <v>0</v>
       </c>
       <c r="G165" s="8">
         <v>0</v>
       </c>
       <c r="H165" s="9">
         <v>65380</v>
       </c>
     </row>
     <row r="166" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A166" s="37" t="s">
@@ -6083,75 +6083,75 @@
     </row>
     <row r="167" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A167" s="17" t="s">
         <v>143</v>
       </c>
       <c r="B167" s="108">
         <v>153</v>
       </c>
       <c r="C167" s="56"/>
       <c r="D167" s="55">
         <v>257</v>
       </c>
       <c r="E167" s="55">
         <v>0</v>
       </c>
       <c r="F167" s="55">
         <v>0</v>
       </c>
       <c r="G167" s="55">
         <v>0</v>
       </c>
       <c r="H167" s="57">
         <v>257</v>
       </c>
     </row>
-    <row r="168" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A168" s="38" t="s">
         <v>144</v>
       </c>
       <c r="B168" s="130">
         <v>154</v>
       </c>
       <c r="C168" s="10"/>
       <c r="D168" s="8">
         <v>0</v>
       </c>
       <c r="E168" s="8">
         <v>0</v>
       </c>
       <c r="F168" s="8">
         <v>0</v>
       </c>
       <c r="G168" s="8">
         <v>0</v>
       </c>
       <c r="H168" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="169" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A169" s="38" t="s">
         <v>145</v>
       </c>
       <c r="B169" s="130">
         <v>155</v>
       </c>
       <c r="C169" s="10"/>
       <c r="D169" s="8">
         <v>0</v>
       </c>
       <c r="E169" s="8">
         <v>0</v>
       </c>
       <c r="F169" s="8">
         <v>0</v>
       </c>
       <c r="G169" s="8">
         <v>0</v>
       </c>
       <c r="H169" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A170" s="38" t="s">
@@ -6347,99 +6347,99 @@
     </row>
     <row r="178" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A178" s="17" t="s">
         <v>154</v>
       </c>
       <c r="B178" s="108">
         <v>164</v>
       </c>
       <c r="C178" s="56"/>
       <c r="D178" s="55">
         <v>480000</v>
       </c>
       <c r="E178" s="55">
         <v>100000</v>
       </c>
       <c r="F178" s="55">
         <v>0</v>
       </c>
       <c r="G178" s="55">
         <v>0</v>
       </c>
       <c r="H178" s="57">
         <v>580000</v>
       </c>
     </row>
-    <row r="179" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A179" s="38" t="s">
         <v>155</v>
       </c>
       <c r="B179" s="130">
         <v>165</v>
       </c>
       <c r="C179" s="10"/>
       <c r="D179" s="8">
         <v>0</v>
       </c>
       <c r="E179" s="8">
         <v>4037969</v>
       </c>
       <c r="F179" s="8">
         <v>0</v>
       </c>
       <c r="G179" s="8">
         <v>46896</v>
       </c>
       <c r="H179" s="9">
         <v>4084865</v>
       </c>
     </row>
-    <row r="180" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A180" s="38" t="s">
         <v>156</v>
       </c>
       <c r="B180" s="130">
         <v>166</v>
       </c>
       <c r="C180" s="10"/>
       <c r="D180" s="8">
         <v>380239</v>
       </c>
       <c r="E180" s="8">
         <v>485091</v>
       </c>
       <c r="F180" s="8">
         <v>0</v>
       </c>
       <c r="G180" s="8">
         <v>0</v>
       </c>
       <c r="H180" s="9">
         <v>865330</v>
       </c>
     </row>
-    <row r="181" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A181" s="38" t="s">
         <v>157</v>
       </c>
       <c r="B181" s="130">
         <v>167</v>
       </c>
       <c r="C181" s="10"/>
       <c r="D181" s="8">
         <v>610253</v>
       </c>
       <c r="E181" s="8">
         <v>3966</v>
       </c>
       <c r="F181" s="8">
         <v>0</v>
       </c>
       <c r="G181" s="8">
         <v>0</v>
       </c>
       <c r="H181" s="9">
         <v>614219</v>
       </c>
     </row>
     <row r="182" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A182" s="17" t="s">
@@ -6467,75 +6467,75 @@
     </row>
     <row r="183" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A183" s="37" t="s">
         <v>159</v>
       </c>
       <c r="B183" s="108">
         <v>169</v>
       </c>
       <c r="C183" s="56"/>
       <c r="D183" s="55">
         <v>207968</v>
       </c>
       <c r="E183" s="55">
         <v>0</v>
       </c>
       <c r="F183" s="55">
         <v>0</v>
       </c>
       <c r="G183" s="55">
         <v>0</v>
       </c>
       <c r="H183" s="57">
         <v>207968</v>
       </c>
     </row>
-    <row r="184" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A184" s="38" t="s">
         <v>160</v>
       </c>
       <c r="B184" s="130">
         <v>170</v>
       </c>
       <c r="C184" s="10"/>
       <c r="D184" s="8">
         <v>-207413</v>
       </c>
       <c r="E184" s="8">
         <v>51080</v>
       </c>
       <c r="F184" s="8">
         <v>0</v>
       </c>
       <c r="G184" s="8">
         <v>0</v>
       </c>
       <c r="H184" s="9">
         <v>-156333</v>
       </c>
     </row>
-    <row r="185" spans="1:8" s="95" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A185" s="38" t="s">
         <v>161</v>
       </c>
       <c r="B185" s="130">
         <v>171</v>
       </c>
       <c r="C185" s="10"/>
       <c r="D185" s="8">
         <v>19009</v>
       </c>
       <c r="E185" s="8">
         <v>-70581</v>
       </c>
       <c r="F185" s="8">
         <v>206</v>
       </c>
       <c r="G185" s="8">
         <v>15642</v>
       </c>
       <c r="H185" s="9">
         <v>-35724</v>
       </c>
     </row>
     <row r="186" spans="1:8" s="46" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A186" s="17" t="s">
@@ -6683,75 +6683,75 @@
     </row>
     <row r="192" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A192" s="38" t="s">
         <v>168</v>
       </c>
       <c r="B192" s="130">
         <v>178</v>
       </c>
       <c r="C192" s="10"/>
       <c r="D192" s="10">
         <v>379718</v>
       </c>
       <c r="E192" s="10">
         <v>0</v>
       </c>
       <c r="F192" s="10">
         <v>0</v>
       </c>
       <c r="G192" s="10">
         <v>0</v>
       </c>
       <c r="H192" s="9">
         <v>379718</v>
       </c>
     </row>
-    <row r="193" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A193" s="131" t="s">
         <v>169</v>
       </c>
       <c r="B193" s="132">
         <v>179</v>
       </c>
       <c r="C193" s="74"/>
       <c r="D193" s="74">
         <v>26943</v>
       </c>
       <c r="E193" s="74">
         <v>0</v>
       </c>
       <c r="F193" s="74">
         <v>0</v>
       </c>
       <c r="G193" s="74">
         <v>0</v>
       </c>
       <c r="H193" s="75">
         <v>26943</v>
       </c>
     </row>
-    <row r="194" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A194" s="50"/>
       <c r="B194" s="122"/>
       <c r="C194" s="51"/>
       <c r="D194" s="51"/>
       <c r="E194" s="51"/>
       <c r="F194" s="51"/>
       <c r="G194" s="51"/>
       <c r="H194" s="52" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="195" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A195" s="148" t="s">
         <v>8</v>
       </c>
       <c r="B195" s="149">
         <v>180</v>
       </c>
       <c r="C195" s="150"/>
       <c r="D195" s="150">
         <v>92853064</v>
       </c>
       <c r="E195" s="150">
         <v>27306834</v>
       </c>
@@ -6807,95 +6807,95 @@
     </row>
     <row r="198" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A198" s="16" t="s">
         <v>172</v>
       </c>
       <c r="B198" s="109">
         <v>183</v>
       </c>
       <c r="C198" s="73"/>
       <c r="D198" s="71">
         <v>252178</v>
       </c>
       <c r="E198" s="71">
         <v>10245</v>
       </c>
       <c r="F198" s="71">
         <v>348</v>
       </c>
       <c r="G198" s="71">
         <v>3</v>
       </c>
       <c r="H198" s="72">
         <v>262774</v>
       </c>
     </row>
-    <row r="199" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A199" s="18" t="s">
         <v>173</v>
       </c>
       <c r="B199" s="110">
         <v>184</v>
       </c>
       <c r="C199" s="76"/>
       <c r="D199" s="77">
         <v>7339</v>
       </c>
       <c r="E199" s="77">
         <v>0</v>
       </c>
       <c r="F199" s="77">
         <v>172</v>
       </c>
       <c r="G199" s="77">
         <v>0</v>
       </c>
       <c r="H199" s="78">
         <v>7511</v>
       </c>
     </row>
     <row r="200" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A200" s="25"/>
       <c r="B200" s="111"/>
       <c r="C200" s="26"/>
       <c r="D200" s="12"/>
       <c r="E200" s="12"/>
       <c r="F200" s="12"/>
       <c r="G200" s="12"/>
       <c r="H200" s="26"/>
     </row>
-    <row r="201" spans="1:8" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="201" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="19"/>
       <c r="B201" s="123"/>
       <c r="C201" s="20"/>
       <c r="D201" s="20"/>
       <c r="E201" s="20"/>
       <c r="F201" s="20"/>
       <c r="G201" s="20"/>
       <c r="H201" s="3"/>
     </row>
-    <row r="202" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="202" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A202" s="21" t="s">
         <v>9</v>
       </c>
       <c r="B202" s="124"/>
       <c r="C202" s="24"/>
       <c r="D202" s="24"/>
       <c r="E202" s="24"/>
       <c r="F202" s="24"/>
       <c r="G202" s="24"/>
       <c r="H202" s="24"/>
     </row>
     <row r="203" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A203" s="133" t="s">
         <v>174</v>
       </c>
       <c r="B203" s="134">
         <v>185</v>
       </c>
       <c r="C203" s="79"/>
       <c r="D203" s="80">
         <v>15174793</v>
       </c>
       <c r="E203" s="80">
         <v>1065499</v>
       </c>
@@ -7295,95 +7295,95 @@
     </row>
     <row r="220" spans="1:8" s="46" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A220" s="99" t="s">
         <v>189</v>
       </c>
       <c r="B220" s="112">
         <v>202</v>
       </c>
       <c r="C220" s="98"/>
       <c r="D220" s="89">
         <v>185974</v>
       </c>
       <c r="E220" s="89">
         <v>0</v>
       </c>
       <c r="F220" s="89">
         <v>0</v>
       </c>
       <c r="G220" s="89">
         <v>0</v>
       </c>
       <c r="H220" s="90">
         <v>185974</v>
       </c>
     </row>
-    <row r="221" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A221" s="136" t="s">
         <v>190</v>
       </c>
       <c r="B221" s="137">
         <v>203</v>
       </c>
       <c r="C221" s="85"/>
       <c r="D221" s="86">
         <v>33054033</v>
       </c>
       <c r="E221" s="86">
         <v>31699382</v>
       </c>
       <c r="F221" s="86">
         <v>3807877</v>
       </c>
       <c r="G221" s="86">
         <v>556372</v>
       </c>
       <c r="H221" s="87">
         <v>69117664</v>
       </c>
     </row>
     <row r="222" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A222" s="27"/>
       <c r="B222" s="125"/>
       <c r="C222" s="30"/>
       <c r="D222" s="28"/>
       <c r="E222" s="28"/>
       <c r="F222" s="28"/>
       <c r="G222" s="28"/>
       <c r="H222" s="29"/>
     </row>
-    <row r="223" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A223" s="22"/>
       <c r="B223" s="113"/>
       <c r="C223" s="2"/>
       <c r="D223" s="2"/>
       <c r="E223" s="2"/>
       <c r="F223" s="2"/>
       <c r="G223" s="2"/>
       <c r="H223" s="2"/>
     </row>
-    <row r="224" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="224" spans="1:8" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A224" s="21" t="s">
         <v>10</v>
       </c>
       <c r="B224" s="124"/>
       <c r="C224" s="24"/>
       <c r="D224" s="24"/>
       <c r="E224" s="24"/>
       <c r="F224" s="24"/>
       <c r="G224" s="24"/>
       <c r="H224" s="24"/>
     </row>
     <row r="225" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A225" s="133" t="s">
         <v>191</v>
       </c>
       <c r="B225" s="134">
         <v>204</v>
       </c>
       <c r="C225" s="82"/>
       <c r="D225" s="80">
         <v>60000</v>
       </c>
       <c r="E225" s="80">
         <v>354244</v>
       </c>
@@ -7735,51 +7735,51 @@
     </row>
     <row r="240" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A240" s="133" t="s">
         <v>206</v>
       </c>
       <c r="B240" s="135">
         <v>219</v>
       </c>
       <c r="C240" s="82"/>
       <c r="D240" s="80">
         <v>11740</v>
       </c>
       <c r="E240" s="80">
         <v>1376</v>
       </c>
       <c r="F240" s="80">
         <v>11554</v>
       </c>
       <c r="G240" s="80">
         <v>1074</v>
       </c>
       <c r="H240" s="81">
         <v>25744</v>
       </c>
     </row>
-    <row r="241" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A241" s="138" t="s">
         <v>207</v>
       </c>
       <c r="B241" s="137">
         <v>220</v>
       </c>
       <c r="C241" s="85"/>
       <c r="D241" s="86">
         <v>426968</v>
       </c>
       <c r="E241" s="86">
         <v>715</v>
       </c>
       <c r="F241" s="86">
         <v>20787</v>
       </c>
       <c r="G241" s="86">
         <v>40</v>
       </c>
       <c r="H241" s="87">
         <v>448510</v>
       </c>
     </row>
     <row r="242" spans="1:8" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C242" s="139"/>