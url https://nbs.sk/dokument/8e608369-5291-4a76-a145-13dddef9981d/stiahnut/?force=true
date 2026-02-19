--- v0 (2025-12-15)
+++ v1 (2026-02-19)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{71BEBDEF-20E3-47F6-A095-2F44075CBB48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B42B10A4-B088-4184-9E30-960ADD83FD1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C7FC3ABE-D600-479C-9357-680592B2CAF2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E54ACBFD-20FE-406A-A66D-F5FBF704B75C}"/>
   </bookViews>
   <sheets>
     <sheet name="TS09" sheetId="1" r:id="rId1"/>
     <sheet name="TS0608" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'TS09'!$A$1:$BF$70</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'TS0608'!$A:$A,'TS0608'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'TS09'!$A:$A,'TS09'!$4:$6</definedName>
   </definedNames>
   <calcPr calcId="145621" fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1509,54 +1509,54 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="60" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="60" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="61" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="62" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="61" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="60" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="62" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
-    <cellStyle name="Comma_kody_pre_PB_CR09" xfId="1" xr:uid="{E5D862C1-0133-457A-88E4-12D685953F38}"/>
+    <cellStyle name="Comma_kody_pre_PB_CR09" xfId="1" xr:uid="{957955F4-CE3F-4FAC-873A-D37BE1EBFAA5}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2" xr:uid="{8AFF90D7-CE01-49A3-9EA3-5C0FA7629E73}"/>
-    <cellStyle name="Normal_kody_pre_PB_CR09" xfId="3" xr:uid="{3BBAFAB5-0245-4F04-871C-512A266047F0}"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{B8DDD9AF-BB2C-4AEE-8AAC-C1DE4D6FD165}"/>
+    <cellStyle name="Normal_kody_pre_PB_CR09" xfId="3" xr:uid="{850DB757-EFF2-44E6-8D39-C8A5C137F2A8}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1825,59 +1825,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B56E903A-642E-488D-B23B-24A29F5F6D38}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35AF76F6-F008-43CA-9E95-6038F1E18A16}">
   <sheetPr codeName="Sheet5"/>
-  <dimension ref="A1:BF208"/>
+  <dimension ref="A1:BF210"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="6" topLeftCell="B193" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="6" topLeftCell="B191" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="E215" sqref="E215"/>
+      <selection pane="bottomRight" activeCell="B212" sqref="B212"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.42578125" style="49" customWidth="1"/>
     <col min="2" max="3" width="11.42578125" style="50" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="5" customWidth="1"/>
     <col min="5" max="6" width="11.42578125" style="50" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="5" customWidth="1"/>
     <col min="8" max="9" width="11.42578125" style="50" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="5" customWidth="1"/>
     <col min="11" max="12" width="11.42578125" style="50" customWidth="1"/>
     <col min="13" max="13" width="11.42578125" style="5" customWidth="1"/>
     <col min="14" max="15" width="11.42578125" style="50" customWidth="1"/>
     <col min="16" max="16" width="11.42578125" style="5" customWidth="1"/>
     <col min="17" max="18" width="11.42578125" style="50" customWidth="1"/>
     <col min="19" max="19" width="11.42578125" style="5" customWidth="1"/>
     <col min="20" max="21" width="11.42578125" style="50" customWidth="1"/>
     <col min="22" max="22" width="11.42578125" style="5" customWidth="1"/>
     <col min="23" max="24" width="11.42578125" style="50" customWidth="1"/>
     <col min="25" max="25" width="11.42578125" style="5" customWidth="1"/>
     <col min="26" max="27" width="11.42578125" style="50" customWidth="1"/>
     <col min="28" max="28" width="11.42578125" style="5" customWidth="1"/>
     <col min="29" max="30" width="12.140625" style="50" customWidth="1"/>
     <col min="31" max="31" width="12.140625" style="5" customWidth="1"/>
@@ -37966,88 +37966,440 @@
       <c r="AY208" s="31">
         <v>0.68</v>
       </c>
       <c r="AZ208" s="29">
         <v>21.7</v>
       </c>
       <c r="BA208" s="30">
         <v>125.55</v>
       </c>
       <c r="BB208" s="31">
         <v>-2.39</v>
       </c>
       <c r="BC208" s="29">
         <v>-13.1</v>
       </c>
       <c r="BD208" s="30">
         <v>7401.39</v>
       </c>
       <c r="BE208" s="31">
         <v>53.72</v>
       </c>
       <c r="BF208" s="32">
         <v>5.7</v>
       </c>
     </row>
+    <row r="209" spans="1:58" x14ac:dyDescent="0.25">
+      <c r="A209" s="26">
+        <v>45962</v>
+      </c>
+      <c r="B209" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="C209" s="28">
+        <v>0</v>
+      </c>
+      <c r="D209" s="29">
+        <v>0</v>
+      </c>
+      <c r="E209" s="30">
+        <v>2129.29</v>
+      </c>
+      <c r="F209" s="31">
+        <v>15.09</v>
+      </c>
+      <c r="G209" s="29">
+        <v>38.6</v>
+      </c>
+      <c r="H209" s="30">
+        <v>25440.67</v>
+      </c>
+      <c r="I209" s="31">
+        <v>-250.11</v>
+      </c>
+      <c r="J209" s="29">
+        <v>4.7</v>
+      </c>
+      <c r="K209" s="30">
+        <v>5542.59</v>
+      </c>
+      <c r="L209" s="31">
+        <v>112.57</v>
+      </c>
+      <c r="M209" s="29">
+        <v>7.9</v>
+      </c>
+      <c r="N209" s="30">
+        <v>7363.91</v>
+      </c>
+      <c r="O209" s="31">
+        <v>-409.08</v>
+      </c>
+      <c r="P209" s="29">
+        <v>7.1</v>
+      </c>
+      <c r="Q209" s="30">
+        <v>12534.17</v>
+      </c>
+      <c r="R209" s="31">
+        <v>46.41</v>
+      </c>
+      <c r="S209" s="29">
+        <v>2</v>
+      </c>
+      <c r="T209" s="30">
+        <v>58054.95</v>
+      </c>
+      <c r="U209" s="31">
+        <v>311.33</v>
+      </c>
+      <c r="V209" s="29">
+        <v>7.1</v>
+      </c>
+      <c r="W209" s="30">
+        <v>6976.55</v>
+      </c>
+      <c r="X209" s="31">
+        <v>24.52</v>
+      </c>
+      <c r="Y209" s="29">
+        <v>7.6</v>
+      </c>
+      <c r="Z209" s="30">
+        <v>669.48</v>
+      </c>
+      <c r="AA209" s="31">
+        <v>-5.3</v>
+      </c>
+      <c r="AB209" s="29">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="AC209" s="30">
+        <v>521.47</v>
+      </c>
+      <c r="AD209" s="31">
+        <v>1.39</v>
+      </c>
+      <c r="AE209" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="AF209" s="30">
+        <v>5785.6</v>
+      </c>
+      <c r="AG209" s="31">
+        <v>28.43</v>
+      </c>
+      <c r="AH209" s="29">
+        <v>8.6</v>
+      </c>
+      <c r="AI209" s="30">
+        <v>43488.01</v>
+      </c>
+      <c r="AJ209" s="31">
+        <v>261.56</v>
+      </c>
+      <c r="AK209" s="29">
+        <v>7.3</v>
+      </c>
+      <c r="AL209" s="30">
+        <v>70.540000000000006</v>
+      </c>
+      <c r="AM209" s="31">
+        <v>1.02</v>
+      </c>
+      <c r="AN209" s="29">
+        <v>8.4</v>
+      </c>
+      <c r="AO209" s="30">
+        <v>193.96</v>
+      </c>
+      <c r="AP209" s="31">
+        <v>-1.91</v>
+      </c>
+      <c r="AQ209" s="29">
+        <v>-14.4</v>
+      </c>
+      <c r="AR209" s="30">
+        <v>43223.51</v>
+      </c>
+      <c r="AS209" s="31">
+        <v>262.44</v>
+      </c>
+      <c r="AT209" s="29">
+        <v>7.4</v>
+      </c>
+      <c r="AU209" s="30">
+        <v>7590.4</v>
+      </c>
+      <c r="AV209" s="31">
+        <v>25.25</v>
+      </c>
+      <c r="AW209" s="29">
+        <v>5.6</v>
+      </c>
+      <c r="AX209" s="30">
+        <v>38.68</v>
+      </c>
+      <c r="AY209" s="31">
+        <v>0.44</v>
+      </c>
+      <c r="AZ209" s="29">
+        <v>21.9</v>
+      </c>
+      <c r="BA209" s="30">
+        <v>120.4</v>
+      </c>
+      <c r="BB209" s="31">
+        <v>-5.62</v>
+      </c>
+      <c r="BC209" s="29">
+        <v>-13.9</v>
+      </c>
+      <c r="BD209" s="30">
+        <v>7431.31</v>
+      </c>
+      <c r="BE209" s="31">
+        <v>30.43</v>
+      </c>
+      <c r="BF209" s="32">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="210" spans="1:58" x14ac:dyDescent="0.25">
+      <c r="A210" s="26">
+        <v>45992</v>
+      </c>
+      <c r="B210" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="C210" s="28">
+        <v>0.02</v>
+      </c>
+      <c r="D210" s="29">
+        <v>0</v>
+      </c>
+      <c r="E210" s="30">
+        <v>2151.0100000000002</v>
+      </c>
+      <c r="F210" s="31">
+        <v>21.95</v>
+      </c>
+      <c r="G210" s="29">
+        <v>21.9</v>
+      </c>
+      <c r="H210" s="30">
+        <v>25254.45</v>
+      </c>
+      <c r="I210" s="31">
+        <v>-156.38999999999999</v>
+      </c>
+      <c r="J210" s="29">
+        <v>5.5</v>
+      </c>
+      <c r="K210" s="30">
+        <v>5514.83</v>
+      </c>
+      <c r="L210" s="31">
+        <v>-7.48</v>
+      </c>
+      <c r="M210" s="29">
+        <v>11.8</v>
+      </c>
+      <c r="N210" s="30">
+        <v>7247.31</v>
+      </c>
+      <c r="O210" s="31">
+        <v>-95.02</v>
+      </c>
+      <c r="P210" s="29">
+        <v>7.8</v>
+      </c>
+      <c r="Q210" s="30">
+        <v>12492.3</v>
+      </c>
+      <c r="R210" s="31">
+        <v>-53.89</v>
+      </c>
+      <c r="S210" s="29">
+        <v>1.5</v>
+      </c>
+      <c r="T210" s="30">
+        <v>58368.18</v>
+      </c>
+      <c r="U210" s="31">
+        <v>335.94</v>
+      </c>
+      <c r="V210" s="29">
+        <v>7.2</v>
+      </c>
+      <c r="W210" s="30">
+        <v>6952.27</v>
+      </c>
+      <c r="X210" s="31">
+        <v>-0.86</v>
+      </c>
+      <c r="Y210" s="29">
+        <v>7.2</v>
+      </c>
+      <c r="Z210" s="30">
+        <v>675.36</v>
+      </c>
+      <c r="AA210" s="31">
+        <v>7.01</v>
+      </c>
+      <c r="AB210" s="29">
+        <v>3.3</v>
+      </c>
+      <c r="AC210" s="30">
+        <v>523.27</v>
+      </c>
+      <c r="AD210" s="31">
+        <v>0.77</v>
+      </c>
+      <c r="AE210" s="29">
+        <v>2</v>
+      </c>
+      <c r="AF210" s="30">
+        <v>5753.64</v>
+      </c>
+      <c r="AG210" s="31">
+        <v>-8.64</v>
+      </c>
+      <c r="AH210" s="29">
+        <v>8.1</v>
+      </c>
+      <c r="AI210" s="30">
+        <v>43789.56</v>
+      </c>
+      <c r="AJ210" s="31">
+        <v>299.14999999999998</v>
+      </c>
+      <c r="AK210" s="29">
+        <v>7.4</v>
+      </c>
+      <c r="AL210" s="30">
+        <v>70.540000000000006</v>
+      </c>
+      <c r="AM210" s="31">
+        <v>0.31</v>
+      </c>
+      <c r="AN210" s="29">
+        <v>9.4</v>
+      </c>
+      <c r="AO210" s="30">
+        <v>191.61</v>
+      </c>
+      <c r="AP210" s="31">
+        <v>-3.79</v>
+      </c>
+      <c r="AQ210" s="29">
+        <v>-14.9</v>
+      </c>
+      <c r="AR210" s="30">
+        <v>43527.41</v>
+      </c>
+      <c r="AS210" s="31">
+        <v>302.63</v>
+      </c>
+      <c r="AT210" s="29">
+        <v>7.5</v>
+      </c>
+      <c r="AU210" s="30">
+        <v>7626.36</v>
+      </c>
+      <c r="AV210" s="31">
+        <v>37.64</v>
+      </c>
+      <c r="AW210" s="29">
+        <v>5.8</v>
+      </c>
+      <c r="AX210" s="30">
+        <v>37.14</v>
+      </c>
+      <c r="AY210" s="31">
+        <v>-0.86</v>
+      </c>
+      <c r="AZ210" s="29">
+        <v>18.7</v>
+      </c>
+      <c r="BA210" s="30">
+        <v>118.79</v>
+      </c>
+      <c r="BB210" s="31">
+        <v>-1.96</v>
+      </c>
+      <c r="BC210" s="29">
+        <v>-8.5</v>
+      </c>
+      <c r="BD210" s="30">
+        <v>7470.43</v>
+      </c>
+      <c r="BE210" s="31">
+        <v>40.46</v>
+      </c>
+      <c r="BF210" s="32">
+        <v>6</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="B4:D5"/>
     <mergeCell ref="E4:G5"/>
     <mergeCell ref="H4:J5"/>
     <mergeCell ref="K4:M5"/>
     <mergeCell ref="N4:P5"/>
     <mergeCell ref="Q4:S5"/>
     <mergeCell ref="T4:AE4"/>
     <mergeCell ref="AF4:AT4"/>
     <mergeCell ref="AU4:BF4"/>
     <mergeCell ref="T5:V5"/>
     <mergeCell ref="W5:Y5"/>
     <mergeCell ref="Z5:AB5"/>
     <mergeCell ref="AC5:AE5"/>
     <mergeCell ref="AF5:AH5"/>
     <mergeCell ref="AI5:AK5"/>
     <mergeCell ref="AL5:AN5"/>
     <mergeCell ref="AO5:AQ5"/>
     <mergeCell ref="AR5:AT5"/>
     <mergeCell ref="AU5:AW5"/>
     <mergeCell ref="AX5:AZ5"/>
     <mergeCell ref="BA5:BC5"/>
     <mergeCell ref="BD5:BF5"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="76" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="3" manualBreakCount="3">
     <brk id="16" max="1048575" man="1"/>
     <brk id="31" max="1048575" man="1"/>
     <brk id="46" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2E5B8D7-FC44-49FB-A34D-5EF4F61D0731}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C320D96-1063-44F9-AFFB-36ACA38145F6}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:BF42"/>
   <sheetViews>
     <sheetView topLeftCell="AK7" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="BF19" sqref="BF19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="49" customWidth="1"/>
     <col min="2" max="3" width="11.42578125" style="50" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="5" customWidth="1"/>
     <col min="5" max="6" width="11.42578125" style="50" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="5" customWidth="1"/>
     <col min="8" max="9" width="11.42578125" style="50" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="5" customWidth="1"/>
     <col min="11" max="12" width="11.42578125" style="50" customWidth="1"/>
     <col min="13" max="13" width="11.42578125" style="5" customWidth="1"/>
     <col min="14" max="15" width="11.42578125" style="50" customWidth="1"/>
     <col min="16" max="16" width="11.42578125" style="5" customWidth="1"/>
     <col min="17" max="18" width="11.42578125" style="50" customWidth="1"/>
     <col min="19" max="19" width="11.42578125" style="5" customWidth="1"/>
     <col min="20" max="21" width="11.42578125" style="50" customWidth="1"/>
     <col min="22" max="22" width="11.42578125" style="5" customWidth="1"/>
     <col min="23" max="24" width="11.42578125" style="50" customWidth="1"/>