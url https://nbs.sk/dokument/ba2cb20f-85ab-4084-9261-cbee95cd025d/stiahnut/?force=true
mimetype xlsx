--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -1,92 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1861B6A-87A3-47E4-A22E-ED5FFD231E2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96E7770A-39FD-415A-BD51-52899550956F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25320" yWindow="255" windowWidth="25440" windowHeight="15270" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="menova strukt. suvah. pol." sheetId="48" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="DatumOdeslani2" hidden="1">#REF!</definedName>
     <definedName name="DatumOdeslani3">#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="DatumVytVystup2" hidden="1">#REF!</definedName>
     <definedName name="DatumVytVystup3">#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="ObdobiKumulativu2" hidden="1">#REF!</definedName>
     <definedName name="ObdobiKumulativu3">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'menova strukt. suvah. pol.'!$A$2:$V$70</definedName>
     <definedName name="_xlnm.Print_Area">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="REFBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFBAN3">#REF!</definedName>
     <definedName name="REFNAZBAN1" hidden="1">'menova strukt. suvah. pol.'!#REF!</definedName>
     <definedName name="REFNAZBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFNAZBAN3">#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">'menova strukt. suvah. pol.'!$P$4</definedName>
     <definedName name="REFOBD2" hidden="1">#REF!</definedName>
     <definedName name="REFOBD3">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="62">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Súvahové položky</t>
   </si>
   <si>
     <t>Všetky
 meny</t>
   </si>
   <si>
     <t>spolu</t>
   </si>
   <si>
     <t>Spolu</t>
   </si>
   <si>
     <t>CZK</t>
   </si>
   <si>
@@ -2082,80 +2069,79 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A2:W72"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" showOutlineSymbols="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="43.25" style="1" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="17" max="16384" width="9.125" style="1"/>
+    <col min="1" max="1" width="43.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="16" width="9.85546875" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:23" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:23" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="182" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="182"/>
       <c r="C2" s="182"/>
       <c r="D2" s="182"/>
       <c r="E2" s="182"/>
       <c r="F2" s="182"/>
       <c r="G2" s="182"/>
       <c r="H2" s="182"/>
       <c r="I2" s="182"/>
       <c r="J2" s="182"/>
       <c r="K2" s="182"/>
       <c r="L2" s="182"/>
       <c r="M2" s="182"/>
       <c r="N2" s="182"/>
       <c r="O2" s="182"/>
       <c r="P2" s="182"/>
     </row>
-    <row r="3" spans="1:23" ht="15.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:23" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="43"/>
     </row>
     <row r="4" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
@@ -2165,71 +2151,71 @@
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="P4" s="45"/>
     </row>
     <row r="5" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A5" s="66" t="s">
         <v>61</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
     </row>
-    <row r="6" spans="1:23" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:23" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="66"/>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="V6" s="44"/>
       <c r="W6" s="44" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="7" spans="1:23" ht="21.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:23" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="183" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="8" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
@@ -2292,84 +2278,84 @@
       </c>
       <c r="R8" s="57" t="s">
         <v>42</v>
       </c>
       <c r="S8" s="57" t="s">
         <v>43</v>
       </c>
       <c r="T8" s="57" t="s">
         <v>44</v>
       </c>
       <c r="U8" s="57" t="s">
         <v>45</v>
       </c>
       <c r="V8" s="77" t="s">
         <v>46</v>
       </c>
       <c r="W8" s="72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="161" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="162">
-        <v>126058241</v>
+        <v>126039318</v>
       </c>
       <c r="C9" s="163">
-        <v>122464218</v>
+        <v>122451100</v>
       </c>
       <c r="D9" s="164">
-        <v>2537971</v>
+        <v>2533656</v>
       </c>
       <c r="E9" s="165">
         <v>1318</v>
       </c>
       <c r="F9" s="165">
-        <v>2189389</v>
+        <v>2189386</v>
       </c>
       <c r="G9" s="165">
         <v>667</v>
       </c>
       <c r="H9" s="166">
         <v>46728</v>
       </c>
       <c r="I9" s="166">
-        <v>293394</v>
+        <v>289083</v>
       </c>
       <c r="J9" s="166">
-        <v>5005</v>
+        <v>5004</v>
       </c>
       <c r="K9" s="165">
         <v>1469</v>
       </c>
       <c r="L9" s="167">
-        <v>1056053</v>
+        <v>1054563</v>
       </c>
       <c r="M9" s="165">
-        <v>954374</v>
+        <v>952884</v>
       </c>
       <c r="N9" s="165">
         <v>6812</v>
       </c>
       <c r="O9" s="165">
         <v>19853</v>
       </c>
       <c r="P9" s="168">
         <v>75014</v>
       </c>
       <c r="Q9" s="169">
         <v>1441</v>
       </c>
       <c r="R9" s="170">
         <v>8083</v>
       </c>
       <c r="S9" s="170">
         <v>1628</v>
       </c>
       <c r="T9" s="170">
         <v>3903</v>
       </c>
       <c r="U9" s="170">
         <v>1804</v>
       </c>
@@ -2713,51 +2699,51 @@
       <c r="P14" s="36">
         <v>4</v>
       </c>
       <c r="Q14" s="62">
         <v>0</v>
       </c>
       <c r="R14" s="63">
         <v>0</v>
       </c>
       <c r="S14" s="63">
         <v>0</v>
       </c>
       <c r="T14" s="63">
         <v>0</v>
       </c>
       <c r="U14" s="63">
         <v>0</v>
       </c>
       <c r="V14" s="63">
         <v>0</v>
       </c>
       <c r="W14" s="74">
         <v>4</v>
       </c>
     </row>
-    <row r="15" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A15" s="42" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="48">
         <v>9395196</v>
       </c>
       <c r="C15" s="17">
         <v>6643779</v>
       </c>
       <c r="D15" s="18">
         <v>1934783</v>
       </c>
       <c r="E15" s="19">
         <v>248</v>
       </c>
       <c r="F15" s="19">
         <v>1616858</v>
       </c>
       <c r="G15" s="19">
         <v>664</v>
       </c>
       <c r="H15" s="20">
         <v>32084</v>
       </c>
       <c r="I15" s="20">
@@ -3494,51 +3480,51 @@
       <c r="P25" s="35">
         <v>0</v>
       </c>
       <c r="Q25" s="145">
         <v>0</v>
       </c>
       <c r="R25" s="146">
         <v>0</v>
       </c>
       <c r="S25" s="146">
         <v>0</v>
       </c>
       <c r="T25" s="146">
         <v>0</v>
       </c>
       <c r="U25" s="146">
         <v>0</v>
       </c>
       <c r="V25" s="146">
         <v>0</v>
       </c>
       <c r="W25" s="73">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A26" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="49">
         <v>851379</v>
       </c>
       <c r="C26" s="23">
         <v>851379</v>
       </c>
       <c r="D26" s="24">
         <v>0</v>
       </c>
       <c r="E26" s="25">
         <v>0</v>
       </c>
       <c r="F26" s="25">
         <v>0</v>
       </c>
       <c r="G26" s="25">
         <v>0</v>
       </c>
       <c r="H26" s="26">
         <v>0</v>
       </c>
       <c r="I26" s="26">
@@ -3636,51 +3622,51 @@
       <c r="P27" s="36">
         <v>0</v>
       </c>
       <c r="Q27" s="62">
         <v>0</v>
       </c>
       <c r="R27" s="63">
         <v>0</v>
       </c>
       <c r="S27" s="63">
         <v>0</v>
       </c>
       <c r="T27" s="63">
         <v>0</v>
       </c>
       <c r="U27" s="63">
         <v>0</v>
       </c>
       <c r="V27" s="63">
         <v>0</v>
       </c>
       <c r="W27" s="74">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A28" s="42" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="48">
         <v>3778852</v>
       </c>
       <c r="C28" s="17">
         <v>3584475</v>
       </c>
       <c r="D28" s="18">
         <v>71578</v>
       </c>
       <c r="E28" s="19">
         <v>0</v>
       </c>
       <c r="F28" s="19">
         <v>71578</v>
       </c>
       <c r="G28" s="19">
         <v>0</v>
       </c>
       <c r="H28" s="20">
         <v>0</v>
       </c>
       <c r="I28" s="20">
@@ -3778,51 +3764,51 @@
       <c r="P29" s="37">
         <v>0</v>
       </c>
       <c r="Q29" s="62">
         <v>0</v>
       </c>
       <c r="R29" s="63">
         <v>0</v>
       </c>
       <c r="S29" s="63">
         <v>0</v>
       </c>
       <c r="T29" s="63">
         <v>0</v>
       </c>
       <c r="U29" s="63">
         <v>0</v>
       </c>
       <c r="V29" s="63">
         <v>0</v>
       </c>
       <c r="W29" s="75">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A30" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="49">
         <v>438804</v>
       </c>
       <c r="C30" s="23">
         <v>425807</v>
       </c>
       <c r="D30" s="24">
         <v>0</v>
       </c>
       <c r="E30" s="25">
         <v>0</v>
       </c>
       <c r="F30" s="25">
         <v>0</v>
       </c>
       <c r="G30" s="25">
         <v>0</v>
       </c>
       <c r="H30" s="26">
         <v>0</v>
       </c>
       <c r="I30" s="26">
@@ -3991,51 +3977,51 @@
       <c r="P32" s="37">
         <v>0</v>
       </c>
       <c r="Q32" s="62">
         <v>0</v>
       </c>
       <c r="R32" s="63">
         <v>0</v>
       </c>
       <c r="S32" s="63">
         <v>0</v>
       </c>
       <c r="T32" s="63">
         <v>0</v>
       </c>
       <c r="U32" s="63">
         <v>0</v>
       </c>
       <c r="V32" s="63">
         <v>0</v>
       </c>
       <c r="W32" s="75">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A33" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B33" s="49">
         <v>173721</v>
       </c>
       <c r="C33" s="23">
         <v>173721</v>
       </c>
       <c r="D33" s="24">
         <v>0</v>
       </c>
       <c r="E33" s="25">
         <v>0</v>
       </c>
       <c r="F33" s="25">
         <v>0</v>
       </c>
       <c r="G33" s="25">
         <v>0</v>
       </c>
       <c r="H33" s="26">
         <v>0</v>
       </c>
       <c r="I33" s="26">
@@ -4273,51 +4259,51 @@
       <c r="P36" s="38">
         <v>0</v>
       </c>
       <c r="Q36" s="145">
         <v>0</v>
       </c>
       <c r="R36" s="146">
         <v>0</v>
       </c>
       <c r="S36" s="146">
         <v>0</v>
       </c>
       <c r="T36" s="146">
         <v>0</v>
       </c>
       <c r="U36" s="146">
         <v>0</v>
       </c>
       <c r="V36" s="146">
         <v>0</v>
       </c>
       <c r="W36" s="76">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A37" s="42" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="48">
         <v>470620</v>
       </c>
       <c r="C37" s="17">
         <v>1185</v>
       </c>
       <c r="D37" s="18">
         <v>433609</v>
       </c>
       <c r="E37" s="19">
         <v>0</v>
       </c>
       <c r="F37" s="19">
         <v>433609</v>
       </c>
       <c r="G37" s="19">
         <v>0</v>
       </c>
       <c r="H37" s="20">
         <v>0</v>
       </c>
       <c r="I37" s="20">
@@ -4806,84 +4792,84 @@
       <c r="E44" s="119"/>
       <c r="F44" s="119"/>
       <c r="G44" s="119"/>
       <c r="H44" s="120"/>
       <c r="I44" s="120"/>
       <c r="J44" s="120"/>
       <c r="K44" s="119"/>
       <c r="L44" s="115"/>
       <c r="M44" s="119"/>
       <c r="N44" s="119"/>
       <c r="O44" s="119"/>
       <c r="P44" s="121"/>
       <c r="Q44" s="62"/>
       <c r="R44" s="63"/>
       <c r="S44" s="63"/>
       <c r="T44" s="63"/>
       <c r="U44" s="63"/>
       <c r="V44" s="63"/>
       <c r="W44" s="122"/>
     </row>
     <row r="45" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A45" s="85" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="123">
-        <v>1704633</v>
+        <v>1685710</v>
       </c>
       <c r="C45" s="124">
-        <v>1670394</v>
+        <v>1657276</v>
       </c>
       <c r="D45" s="125">
-        <v>35930</v>
+        <v>31615</v>
       </c>
       <c r="E45" s="126">
         <v>0</v>
       </c>
       <c r="F45" s="126">
-        <v>24958</v>
+        <v>24955</v>
       </c>
       <c r="G45" s="126">
         <v>-8</v>
       </c>
       <c r="H45" s="127">
         <v>310</v>
       </c>
       <c r="I45" s="127">
-        <v>10639</v>
+        <v>6328</v>
       </c>
       <c r="J45" s="127">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="K45" s="126">
         <v>33</v>
       </c>
       <c r="L45" s="128">
-        <v>-1690</v>
+        <v>-3180</v>
       </c>
       <c r="M45" s="126">
-        <v>-502</v>
+        <v>-1992</v>
       </c>
       <c r="N45" s="126">
         <v>383</v>
       </c>
       <c r="O45" s="126">
         <v>-31</v>
       </c>
       <c r="P45" s="129">
         <v>-1540</v>
       </c>
       <c r="Q45" s="128">
         <v>17</v>
       </c>
       <c r="R45" s="126">
         <v>6</v>
       </c>
       <c r="S45" s="126">
         <v>2</v>
       </c>
       <c r="T45" s="127">
         <v>-7</v>
       </c>
       <c r="U45" s="130">
         <v>1</v>
       </c>
@@ -4911,51 +4897,51 @@
       <c r="N46" s="52"/>
       <c r="O46" s="52"/>
       <c r="P46" s="52"/>
     </row>
     <row r="47" spans="1:23" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="50"/>
       <c r="B47" s="51"/>
       <c r="C47" s="52"/>
       <c r="D47" s="51"/>
       <c r="E47" s="52"/>
       <c r="F47" s="52"/>
       <c r="G47" s="52"/>
       <c r="H47" s="52"/>
       <c r="I47" s="52"/>
       <c r="J47" s="52"/>
       <c r="K47" s="52"/>
       <c r="L47" s="51"/>
       <c r="M47" s="52"/>
       <c r="N47" s="52"/>
       <c r="O47" s="52"/>
       <c r="P47" s="52"/>
     </row>
     <row r="48" spans="1:23" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="P48" s="4"/>
     </row>
-    <row r="49" spans="1:23" ht="21.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:23" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B49" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>39</v>
       </c>
       <c r="E49" s="7"/>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="8" t="s">
         <v>40</v>
       </c>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
@@ -5020,84 +5006,84 @@
       </c>
       <c r="R50" s="57" t="s">
         <v>42</v>
       </c>
       <c r="S50" s="57" t="s">
         <v>43</v>
       </c>
       <c r="T50" s="57" t="s">
         <v>44</v>
       </c>
       <c r="U50" s="57" t="s">
         <v>45</v>
       </c>
       <c r="V50" s="57" t="s">
         <v>46</v>
       </c>
       <c r="W50" s="81" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="149" t="s">
         <v>23</v>
       </c>
       <c r="B51" s="150">
-        <v>126058240.554418</v>
+        <v>126039317.55441847</v>
       </c>
       <c r="C51" s="151">
-        <v>122080441.554418</v>
+        <v>122067323.55441847</v>
       </c>
       <c r="D51" s="152">
-        <v>2493408</v>
+        <v>2489093</v>
       </c>
       <c r="E51" s="153">
         <v>342</v>
       </c>
       <c r="F51" s="153">
-        <v>2341596</v>
+        <v>2341594</v>
       </c>
       <c r="G51" s="153">
         <v>1096</v>
       </c>
       <c r="H51" s="154">
         <v>75981</v>
       </c>
       <c r="I51" s="154">
-        <v>64816</v>
+        <v>60503</v>
       </c>
       <c r="J51" s="154">
         <v>2369</v>
       </c>
       <c r="K51" s="153">
         <v>7206</v>
       </c>
       <c r="L51" s="155">
-        <v>1484391</v>
+        <v>1482901</v>
       </c>
       <c r="M51" s="153">
-        <v>1257522</v>
+        <v>1256032</v>
       </c>
       <c r="N51" s="153">
         <v>8352</v>
       </c>
       <c r="O51" s="153">
         <v>52443</v>
       </c>
       <c r="P51" s="156">
         <v>166073</v>
       </c>
       <c r="Q51" s="157">
         <v>9385</v>
       </c>
       <c r="R51" s="158">
         <v>8174</v>
       </c>
       <c r="S51" s="158">
         <v>3065</v>
       </c>
       <c r="T51" s="158">
         <v>14589</v>
       </c>
       <c r="U51" s="158">
         <v>22793</v>
       </c>
@@ -5512,51 +5498,51 @@
       <c r="P57" s="36">
         <v>95564</v>
       </c>
       <c r="Q57" s="67">
         <v>5831</v>
       </c>
       <c r="R57" s="68">
         <v>5151</v>
       </c>
       <c r="S57" s="68">
         <v>0</v>
       </c>
       <c r="T57" s="68">
         <v>8574</v>
       </c>
       <c r="U57" s="68">
         <v>10478</v>
       </c>
       <c r="V57" s="80">
         <v>16926</v>
       </c>
       <c r="W57" s="69">
         <v>48603</v>
       </c>
     </row>
-    <row r="58" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A58" s="42" t="s">
         <v>28</v>
       </c>
       <c r="B58" s="48">
         <v>13894650</v>
       </c>
       <c r="C58" s="17">
         <v>11917356</v>
       </c>
       <c r="D58" s="18">
         <v>1839997</v>
       </c>
       <c r="E58" s="19">
         <v>282</v>
       </c>
       <c r="F58" s="19">
         <v>1824505</v>
       </c>
       <c r="G58" s="19">
         <v>236</v>
       </c>
       <c r="H58" s="20">
         <v>10983</v>
       </c>
       <c r="I58" s="20">
@@ -6227,84 +6213,84 @@
       </c>
       <c r="R67" s="91">
         <v>0</v>
       </c>
       <c r="S67" s="91">
         <v>0</v>
       </c>
       <c r="T67" s="91">
         <v>0</v>
       </c>
       <c r="U67" s="91">
         <v>10717</v>
       </c>
       <c r="V67" s="92">
         <v>242</v>
       </c>
       <c r="W67" s="93">
         <v>650</v>
       </c>
     </row>
     <row r="68" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="83" t="s">
         <v>60</v>
       </c>
       <c r="B68" s="110">
-        <v>15274021</v>
+        <v>15310929</v>
       </c>
       <c r="C68" s="118">
-        <v>15185437</v>
+        <v>15223688</v>
       </c>
       <c r="D68" s="112">
-        <v>18045</v>
+        <v>18175</v>
       </c>
       <c r="E68" s="119">
         <v>0</v>
       </c>
       <c r="F68" s="119">
         <v>7103</v>
       </c>
       <c r="G68" s="119">
         <v>0</v>
       </c>
       <c r="H68" s="120">
         <v>1173</v>
       </c>
       <c r="I68" s="120">
-        <v>9740</v>
+        <v>9870</v>
       </c>
       <c r="J68" s="120">
         <v>28</v>
       </c>
       <c r="K68" s="119">
         <v>0</v>
       </c>
       <c r="L68" s="115">
-        <v>70539</v>
+        <v>69066</v>
       </c>
       <c r="M68" s="119">
-        <v>69786</v>
+        <v>68313</v>
       </c>
       <c r="N68" s="119">
         <v>21</v>
       </c>
       <c r="O68" s="119">
         <v>1</v>
       </c>
       <c r="P68" s="121">
         <v>731</v>
       </c>
       <c r="Q68" s="90">
         <v>5</v>
       </c>
       <c r="R68" s="91">
         <v>5</v>
       </c>
       <c r="S68" s="91">
         <v>0</v>
       </c>
       <c r="T68" s="91">
         <v>0</v>
       </c>
       <c r="U68" s="91">
         <v>0</v>
       </c>
@@ -6329,84 +6315,84 @@
       <c r="E69" s="136"/>
       <c r="F69" s="136"/>
       <c r="G69" s="136"/>
       <c r="H69" s="137"/>
       <c r="I69" s="137"/>
       <c r="J69" s="137"/>
       <c r="K69" s="136"/>
       <c r="L69" s="138"/>
       <c r="M69" s="136"/>
       <c r="N69" s="136"/>
       <c r="O69" s="136"/>
       <c r="P69" s="139"/>
       <c r="Q69" s="94"/>
       <c r="R69" s="95"/>
       <c r="S69" s="95"/>
       <c r="T69" s="95"/>
       <c r="U69" s="95"/>
       <c r="V69" s="96"/>
       <c r="W69" s="97"/>
     </row>
     <row r="70" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A70" s="140" t="s">
         <v>59</v>
       </c>
       <c r="B70" s="123">
-        <v>5069191.5544184698</v>
+        <v>5013360.5544184744</v>
       </c>
       <c r="C70" s="124">
-        <v>4991262.5544184698</v>
+        <v>4939893.5544184744</v>
       </c>
       <c r="D70" s="125">
-        <v>29031</v>
+        <v>24586</v>
       </c>
       <c r="E70" s="126">
         <v>19</v>
       </c>
       <c r="F70" s="126">
-        <v>19249</v>
+        <v>19247</v>
       </c>
       <c r="G70" s="126">
         <v>220</v>
       </c>
       <c r="H70" s="127">
         <v>1823</v>
       </c>
       <c r="I70" s="127">
-        <v>7490</v>
+        <v>3047</v>
       </c>
       <c r="J70" s="127">
         <v>194</v>
       </c>
       <c r="K70" s="126">
         <v>36</v>
       </c>
       <c r="L70" s="128">
-        <v>48898</v>
+        <v>48881</v>
       </c>
       <c r="M70" s="126">
-        <v>38279</v>
+        <v>38262</v>
       </c>
       <c r="N70" s="126">
         <v>3241</v>
       </c>
       <c r="O70" s="126">
         <v>1118</v>
       </c>
       <c r="P70" s="129">
         <v>6260</v>
       </c>
       <c r="Q70" s="98">
         <v>82</v>
       </c>
       <c r="R70" s="99">
         <v>2766</v>
       </c>
       <c r="S70" s="99">
         <v>3</v>
       </c>
       <c r="T70" s="99">
         <v>523</v>
       </c>
       <c r="U70" s="99">
         <v>258</v>
       </c>