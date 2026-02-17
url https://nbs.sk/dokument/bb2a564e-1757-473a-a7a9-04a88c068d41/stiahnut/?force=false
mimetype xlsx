--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -17,138 +17,211 @@
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://is.nbs.sk/teams/ost/hfcs/Data/2021 - 4. vlna/4. HFCS Report/b. Tabuľky/Final HFCS web/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jurasekova\Documents\work\HFCS\HFCS5\report\web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49D8D285-C02A-4101-B860-E997C291CC40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4619D79F-5F66-4441-84CA-C067A6DFE101}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="859" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List of tables" sheetId="16" r:id="rId1"/>
     <sheet name="T1 RA participation" sheetId="1" r:id="rId2"/>
     <sheet name="T2 RA median values" sheetId="2" r:id="rId3"/>
     <sheet name="T3 RA components" sheetId="3" r:id="rId4"/>
     <sheet name="T4 FA participation" sheetId="4" r:id="rId5"/>
     <sheet name="T5 FA median values" sheetId="5" r:id="rId6"/>
     <sheet name="T6 FA components" sheetId="6" r:id="rId7"/>
     <sheet name="T7 Debt participation" sheetId="7" r:id="rId8"/>
     <sheet name="T8 Debt median values" sheetId="8" r:id="rId9"/>
     <sheet name="T9 Debt components" sheetId="9" r:id="rId10"/>
     <sheet name="T10 Debt indicators" sheetId="10" r:id="rId11"/>
     <sheet name="T11 Net wealth" sheetId="11" r:id="rId12"/>
     <sheet name="T12 Income" sheetId="12" r:id="rId13"/>
     <sheet name="T13 Food consumption" sheetId="13" r:id="rId14"/>
     <sheet name="T14 Credit constraints" sheetId="14" r:id="rId15"/>
     <sheet name="T15 Savings" sheetId="15" r:id="rId16"/>
   </sheets>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1470" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1428" uniqueCount="132">
+  <si>
+    <t>T1 RA participation</t>
+  </si>
+  <si>
+    <t>T2 RA median values</t>
+  </si>
+  <si>
+    <t>T3 RA components</t>
+  </si>
+  <si>
+    <t>Shares of main real asset types on total real assets (% of total real assests)</t>
+  </si>
+  <si>
+    <t>T4 FA participation</t>
+  </si>
+  <si>
+    <t>T5 FA median values</t>
+  </si>
+  <si>
+    <t>T6 FA components</t>
+  </si>
+  <si>
+    <t>T7 Debt participation</t>
+  </si>
+  <si>
+    <t>Percentage of households holding debt (% of households)</t>
+  </si>
+  <si>
+    <t>T8 Debt median values</t>
+  </si>
+  <si>
+    <t>T9 Debt components</t>
+  </si>
+  <si>
+    <t>T10 Debt indicators</t>
+  </si>
+  <si>
+    <t>T11 Net wealth</t>
+  </si>
+  <si>
+    <t>T12 Income</t>
+  </si>
+  <si>
+    <t>T13 Food consumption</t>
+  </si>
+  <si>
+    <t>Annual food consumption conditional median and mean values (EUR), share on income (%)</t>
+  </si>
+  <si>
+    <t>T14 Credit constraints</t>
+  </si>
+  <si>
+    <t>T15 Savings</t>
+  </si>
+  <si>
+    <t>Any real assets</t>
+  </si>
+  <si>
+    <t>Household main residence</t>
+  </si>
+  <si>
+    <t>Other real estate property</t>
+  </si>
   <si>
     <t>Vehicles</t>
   </si>
   <si>
     <t>Valuables</t>
+  </si>
+  <si>
+    <t>Self-employment business wealth</t>
+  </si>
+  <si>
+    <t>Regional breakdown</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5+</t>
-  </si>
-[...7 lines deleted...]
-    <t>Renter or other</t>
   </si>
   <si>
     <t>Less than 20</t>
   </si>
   <si>
     <t>20-39</t>
   </si>
   <si>
     <t>40-59</t>
   </si>
   <si>
     <t>60-79</t>
   </si>
   <si>
     <t>80-100</t>
   </si>
   <si>
     <t>16-34</t>
   </si>
   <si>
     <t>35-44</t>
   </si>
   <si>
     <t>45-54</t>
   </si>
@@ -161,608 +234,572 @@
   <si>
     <t>75+</t>
   </si>
   <si>
     <t>Employee</t>
   </si>
   <si>
     <t>Self-employed</t>
   </si>
   <si>
     <t>Other not working</t>
   </si>
   <si>
     <t>Retired</t>
   </si>
   <si>
     <t>Primary or lower secondary</t>
   </si>
   <si>
     <t>Upper secondary, non-tertiary</t>
   </si>
   <si>
     <t>Tertiary</t>
   </si>
   <si>
-    <t>Self-Employed</t>
-[...2 lines deleted...]
-    <t>Other Not Working</t>
+    <t>Note: NA - descriptive statistics  could not be computed owing to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
     <t>Primary or No Education</t>
   </si>
   <si>
     <t>Secondary</t>
+  </si>
+  <si>
+    <t>Note: NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
     <t>Financial assets</t>
   </si>
   <si>
     <t>Deposits</t>
   </si>
   <si>
     <t>Mutual funds</t>
   </si>
   <si>
     <t>Bonds</t>
   </si>
   <si>
     <t>Money owed to a household</t>
   </si>
   <si>
     <t>Primary or no education</t>
   </si>
   <si>
+    <t>Total debt</t>
+  </si>
+  <si>
+    <t>Mortgage debt</t>
+  </si>
+  <si>
     <t>HMR mortgage</t>
   </si>
   <si>
     <t>Other property mortgage</t>
   </si>
   <si>
     <t>Non-mortgage debt</t>
   </si>
   <si>
+    <t>Credit line /overdraft debt</t>
+  </si>
+  <si>
     <t>Credit card debt</t>
   </si>
   <si>
     <t>Non-mortgage loans</t>
   </si>
   <si>
-    <t>Total debt</t>
-[...208 lines deleted...]
-  <si>
     <t>Credit line/ overdraft debt</t>
-  </si>
-[...1 lines deleted...]
-    <t>Note: HMR stands for household main residence. NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
     <t>Debt to asset ratio</t>
   </si>
   <si>
     <t>Debt to income ratio</t>
   </si>
   <si>
     <t>Debt service to income ratio</t>
   </si>
   <si>
     <t>Loan to value ratio of HMR</t>
   </si>
   <si>
     <t>Net liquid assets to income ratio</t>
   </si>
   <si>
-    <t>Mortgage Debt Service to Income Ratio</t>
+    <t>Median</t>
   </si>
   <si>
-    <t>NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
+    <t>Mean</t>
+  </si>
+  <si>
+    <t>Share of total net wealth</t>
+  </si>
+  <si>
+    <t>Share of total gross income</t>
+  </si>
+  <si>
+    <t>Household size</t>
+  </si>
+  <si>
+    <t>Housing status</t>
+  </si>
+  <si>
+    <t>Renters / other</t>
+  </si>
+  <si>
+    <t>Owners - outright</t>
+  </si>
+  <si>
+    <t>Owners - with mortgage</t>
+  </si>
+  <si>
+    <t>Net wealth quintiles</t>
+  </si>
+  <si>
+    <t>Income quintiles</t>
+  </si>
+  <si>
+    <t>Age of reference person</t>
+  </si>
+  <si>
+    <t>Education of reference person</t>
+  </si>
+  <si>
+    <t>Ownership of real assets (% of households)</t>
+  </si>
+  <si>
+    <t>Real assets - conditional medians (EUR)</t>
+  </si>
+  <si>
+    <t>Voluntary penson / whole life insurance</t>
+  </si>
+  <si>
+    <t>Shares, publicly traded</t>
+  </si>
+  <si>
+    <t>Shares of  financial asset types on total financial assets (% of total financial assests)</t>
+  </si>
+  <si>
+    <t>Shares of financial asset types on total financial assets (% of total financial assests)</t>
+  </si>
+  <si>
+    <t>Financial assets, conditional medians (EUR)</t>
+  </si>
+  <si>
+    <t>Financial assets - participation rates (% of households)</t>
+  </si>
+  <si>
+    <t>Debt - conditional medians (EUR)</t>
+  </si>
+  <si>
+    <t>Shares of  debt types on total liabilities (% of total liabilities)</t>
+  </si>
+  <si>
+    <t>Financial burden indicators, median ratios (ratio in %)</t>
+  </si>
+  <si>
+    <t>Net wealth median and mean values (EUR), distribution of net wealth by cathegory (%)</t>
+  </si>
+  <si>
+    <t>Annual gross income per household - median and mean values (EUR), distribution of gross income by cathegory (%)</t>
+  </si>
+  <si>
+    <t>Monthly savings/dissavings - median and mean values (EUR), savings rate (%)</t>
+  </si>
+  <si>
+    <t>Credit constraints (% of households)</t>
+  </si>
+  <si>
+    <t>Overall</t>
+  </si>
+  <si>
+    <t>Employment status of reference person</t>
+  </si>
+  <si>
+    <t>Note: HMR stands for household main residence</t>
   </si>
   <si>
     <t>Net wealth median and mean values (EUR), distribution of net wealth by category (%)</t>
   </si>
   <si>
     <t>Annual gross income per household - median and mean values (EUR), distribution of gross income by category (%)</t>
   </si>
   <si>
     <t>Median food expenditure to income ratio (%)</t>
   </si>
   <si>
-    <t>Note:</t>
+    <t>Median savings to income ratio (%)</t>
   </si>
   <si>
-    <t>DOCREDITAPPL Applied for credit within last 3 years</t>
+    <t>Financial assets - conditional medians (EUR)</t>
   </si>
   <si>
-    <t>DOCREDITNOTAPPL Not applying for credit due to perceived credit constraint</t>
+    <t>NA</t>
   </si>
   <si>
-    <t>DOCREDITREFUSED Refused or  only reduced credit (among those applying in last 3 years)</t>
+    <t>NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
   </si>
   <si>
-    <t>DOCREDITC Credit constrained household</t>
+    <t>Source: HFCS 2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Note: HMR stands for household main residence. </t>
+  </si>
+  <si>
+    <r>
+      <t>Applied for credit</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>¹</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Perceived credit constraint</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Credit refusal</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Credit constrained households</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>4</t>
+    </r>
+  </si>
+  <si>
+    <t>Note:  NA - descriptive statistics  not computed due to a lack of observations, fewer than 20 in the sample</t>
+  </si>
+  <si>
+    <t>1) Applied for credit within last 3 years</t>
+  </si>
+  <si>
+    <t>2) Not applying for credit due to perceived credit constraint</t>
+  </si>
+  <si>
+    <t>3) Refused or only reduced credit (among those applying in last 3 years)</t>
+  </si>
+  <si>
+    <t>4) The following households are considered as credit constraint households:</t>
+  </si>
+  <si>
+    <t>- applied for credit and were turned down and do not report successful later re-application, or</t>
+  </si>
+  <si>
+    <t>- applied for credit and were not given as much as applied for, or</t>
+  </si>
+  <si>
+    <t>- did not apply for credit due to perceived credit constraint.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
-    <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="10">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="14"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="4"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <b/>
-      <sz val="14"/>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <u/>
       <sz val="11"/>
-      <color theme="10"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -824,51 +861,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -966,16555 +1003,16268 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C49D4D7B-9FBB-4CD9-A37C-90873A1A3E67}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0119A9C8-60CB-4FE0-9989-C97F222954CF}">
   <dimension ref="B2:C16"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="20.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="101.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:3">
-[...1 lines deleted...]
-        <v>67</v>
+    <row r="2" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B2" s="24" t="s">
+        <v>0</v>
       </c>
       <c r="C2" t="s">
-        <v>68</v>
-[...12 lines deleted...]
-        <v>71</v>
+        <v>93</v>
+      </c>
+    </row>
+    <row r="3" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B3" s="24" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="19" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="4" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B4" s="24" t="s">
+        <v>2</v>
       </c>
       <c r="C4" t="s">
-        <v>72</v>
-[...28 lines deleted...]
-        <v>79</v>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B5" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B6" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="7" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B7" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="19" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="8" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B8" s="24" t="s">
+        <v>7</v>
       </c>
       <c r="C8" t="s">
-        <v>80</v>
-[...44 lines deleted...]
-        <v>91</v>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B9" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="19" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="10" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B10" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="11" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B11" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="19" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B12" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="19" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B13" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="19" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B14" s="24" t="s">
+        <v>14</v>
       </c>
       <c r="C14" t="s">
-        <v>92</v>
-[...15 lines deleted...]
-        <v>96</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B15" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="C15" s="19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B16" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B2" location="'T1 RA participation'!A1" display="T1 RA participation" xr:uid="{9A52A2A3-0C3F-4474-9787-E939D4DDF2A1}"/>
-[...13 lines deleted...]
-    <hyperlink ref="B16" location="'T15 Savings'!A1" display="T15 Savings" xr:uid="{01A5D420-07A3-4E2B-8758-9CAADD24B620}"/>
+    <hyperlink ref="B2" location="'T1 RA participation'!A1" display="T1 RA participation" xr:uid="{E5A12FE6-6605-4A3F-9E3F-40EB25B85507}"/>
+    <hyperlink ref="B3" location="'T2 RA median values'!A1" display="T2 RA median values" xr:uid="{64D015FC-1AF9-4A30-B3B0-F0E167CE854A}"/>
+    <hyperlink ref="B4" location="'T3 RA components'!A1" display="T3 RA components" xr:uid="{A2C911A5-9713-4032-980F-A10F8A328052}"/>
+    <hyperlink ref="B5" location="'T4 FA participation'!A1" display="T4 FA participation" xr:uid="{C1F061D3-D8EF-4F93-B554-C2697B796DFE}"/>
+    <hyperlink ref="B6" location="'T5 FA median values'!A1" display="T5 FA median values" xr:uid="{1BCB1F89-CA83-41AE-A134-1F993D5FE621}"/>
+    <hyperlink ref="B7" location="'T6 FA components'!A1" display="T6 FA components" xr:uid="{0A70962C-BFAF-4103-86BD-E815A37E3CF7}"/>
+    <hyperlink ref="B8" location="'T7 Debt participation'!A1" display="T7 Debt participation" xr:uid="{C5A25ED3-4BF3-49D4-9B13-4A906D4510EB}"/>
+    <hyperlink ref="B9" location="'T8 Debt median values'!A1" display="T8 Debt median values" xr:uid="{78DE3AC6-4207-41F6-85C2-735480FDA4F3}"/>
+    <hyperlink ref="B10" location="'T9 Debt components'!A1" display="T9 Debt components" xr:uid="{EEF4BFCC-CA07-4DA6-9F64-95EB16AB27BC}"/>
+    <hyperlink ref="B11" location="'T10 Debt indicators'!A1" display="T10 Debt indicators" xr:uid="{DF9C4505-57AF-486A-A57A-C6638ED58EFC}"/>
+    <hyperlink ref="B12" location="'T11 Net wealth'!A1" display="T11 Net wealth" xr:uid="{9A6E57A0-F50A-424B-900C-278C514FB39B}"/>
+    <hyperlink ref="B13" location="'T12 Income'!A1" display="T12 Income" xr:uid="{B83E954D-0D89-4EE8-906E-7BB59ACC3BAD}"/>
+    <hyperlink ref="B14" location="'T13 Food consumption'!A1" display="T13 Food consumption" xr:uid="{E94AE79D-FD96-440A-9948-92C1B73A8086}"/>
+    <hyperlink ref="B15" location="'T14 Credit constraints'!A1" display="T14 Credit constraints" xr:uid="{25748CC6-DE78-4BCE-8F2C-C0A436BB1109}"/>
+    <hyperlink ref="B16" location="'T15 Savings'!A1" display="T15 Savings" xr:uid="{DA8C0E33-0B63-46F1-AAD4-2E2611F116E3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:H63"/>
   <sheetViews>
-    <sheetView topLeftCell="A40" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.109375" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="14.44140625" customWidth="1"/>
+    <col min="1" max="1" width="29.5703125" customWidth="1"/>
+    <col min="2" max="8" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.6">
-[...5 lines deleted...]
-      <c r="A2" s="10" t="s">
+    <row r="1" spans="1:8" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:8" s="16" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="8"/>
+      <c r="B3" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" s="23" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="28">
+        <v>89.000786888166914</v>
+      </c>
+      <c r="C4" s="28">
+        <v>82.167636847830096</v>
+      </c>
+      <c r="D4" s="28">
+        <v>6.8331500403368359</v>
+      </c>
+      <c r="E4" s="28">
+        <v>10.999213111833066</v>
+      </c>
+      <c r="F4" s="28">
+        <v>0.26316354885432652</v>
+      </c>
+      <c r="G4" s="28">
+        <v>0.16242291543901871</v>
+      </c>
+      <c r="H4" s="28">
+        <v>10.573626647539722</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B5" s="29"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="29"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="29"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="29"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="29"/>
+      <c r="G6" s="29"/>
+      <c r="H6" s="29"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="28">
+        <v>89.70312966732314</v>
+      </c>
+      <c r="C7" s="28">
+        <v>83.915480653160273</v>
+      </c>
+      <c r="D7" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E7" s="28">
+        <v>10.296870332676869</v>
+      </c>
+      <c r="F7" s="28">
+        <v>0.7188371714911187</v>
+      </c>
+      <c r="G7" s="28">
+        <v>0.33738333119822173</v>
+      </c>
+      <c r="H7" s="28">
+        <v>9.2406498299875288</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="28">
+        <v>92.093067111557119</v>
+      </c>
+      <c r="C8" s="28">
+        <v>89.185479121991179</v>
+      </c>
+      <c r="D8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E8" s="28">
+        <v>7.9069328884428858</v>
+      </c>
+      <c r="F8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H8" s="28">
+        <v>7.6847935493575426</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="28">
+        <v>89.803659794859868</v>
+      </c>
+      <c r="C9" s="28">
+        <v>87.167364305504336</v>
+      </c>
+      <c r="D9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E9" s="28">
+        <v>10.196340205140125</v>
+      </c>
+      <c r="F9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H9" s="28">
+        <v>9.9032429486470051</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="28">
+        <v>90.322461954131342</v>
+      </c>
+      <c r="C10" s="28">
+        <v>88.560859290206849</v>
+      </c>
+      <c r="D10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E10" s="28">
+        <v>9.6775380458686673</v>
+      </c>
+      <c r="F10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" s="28">
+        <v>9.311442248168003</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="28">
+        <v>79.727258205088717</v>
+      </c>
+      <c r="C11" s="28">
+        <v>73.556260816916776</v>
+      </c>
+      <c r="D11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E11" s="28">
+        <v>20.27274179491129</v>
+      </c>
+      <c r="F11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H11" s="28">
+        <v>19.923195704973313</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="28">
+        <v>83.861356274377215</v>
+      </c>
+      <c r="C12" s="28">
+        <v>70.441484463913412</v>
+      </c>
+      <c r="D12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E12" s="28">
+        <v>16.138643725622796</v>
+      </c>
+      <c r="F12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H12" s="28">
+        <v>15.888516485284585</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="28">
+        <v>86.955983335554123</v>
+      </c>
+      <c r="C13" s="28">
+        <v>64.222498933006108</v>
+      </c>
+      <c r="D13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E13" s="28">
+        <v>13.044016664445882</v>
+      </c>
+      <c r="F13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H13" s="28">
+        <v>12.813960986746336</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="28">
+        <v>93.60218352887631</v>
+      </c>
+      <c r="C14" s="28">
+        <v>92.076323362061956</v>
+      </c>
+      <c r="D14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" s="28">
+        <v>6.3978164711237042</v>
+      </c>
+      <c r="F14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14" s="28">
+        <v>6.0541241506288737</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="28"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="28"/>
+      <c r="G15" s="28"/>
+      <c r="H15" s="28"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
         <v>84</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B3" s="13" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="28"/>
+      <c r="G16" s="28"/>
+      <c r="H16" s="28"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="28">
+        <v>89.96118325317012</v>
+      </c>
+      <c r="C17" s="28">
+        <v>80.095821381046719</v>
+      </c>
+      <c r="D17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" s="28">
+        <v>10.03881674682988</v>
+      </c>
+      <c r="F17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H17" s="28">
+        <v>9.5811435639342886</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="28">
+        <v>85.608799379901512</v>
+      </c>
+      <c r="C18" s="28">
+        <v>79.53297206773037</v>
+      </c>
+      <c r="D18" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" s="28">
+        <v>14.391200620098493</v>
+      </c>
+      <c r="F18" s="28">
+        <v>0.40411624557783699</v>
+      </c>
+      <c r="G18" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H18" s="28">
+        <v>13.829642906664031</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="28">
+        <v>93.834615683413034</v>
+      </c>
+      <c r="C19" s="28">
+        <v>91.49314302563424</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" s="28">
+        <v>6.165384316586958</v>
+      </c>
+      <c r="F19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H19" s="28">
+        <v>5.958181844199907</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="28">
+        <v>88.241712286951213</v>
+      </c>
+      <c r="C20" s="28">
+        <v>77.776351075378471</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" s="28">
+        <v>11.758287713048786</v>
+      </c>
+      <c r="F20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H20" s="28">
+        <v>11.257094149281713</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="28">
+        <v>82.979898535519496</v>
+      </c>
+      <c r="C21" s="28">
+        <v>75.464746758669406</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" s="28">
+        <v>17.020101464480511</v>
+      </c>
+      <c r="F21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" s="28">
+        <v>16.442395239036557</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B22" s="28"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="28"/>
+      <c r="G22" s="28"/>
+      <c r="H22" s="28"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
+      <c r="G23" s="28"/>
+      <c r="H23" s="28"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" s="28">
+        <v>56.946646044358687</v>
+      </c>
+      <c r="F24" s="28">
+        <v>1.3144944369077569</v>
+      </c>
+      <c r="G24" s="28">
+        <v>0.82737845961843148</v>
+      </c>
+      <c r="H24" s="28">
+        <v>54.804773147832485</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="28">
+        <v>96.846887735706744</v>
+      </c>
+      <c r="C25" s="28">
+        <v>96.328697032792348</v>
+      </c>
+      <c r="D25" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E25" s="28">
+        <v>3.1531122642932479</v>
+      </c>
+      <c r="F25" s="28">
+        <v>9.7779715203458031E-2</v>
+      </c>
+      <c r="G25" s="28">
+        <v>6.511739865358232E-2</v>
+      </c>
+      <c r="H25" s="28">
+        <v>2.9902151504362076</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E26" s="28">
+        <v>54.974476929967743</v>
+      </c>
+      <c r="F26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H26" s="28">
+        <v>53.726176326217399</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="28"/>
+      <c r="G27" s="28"/>
+      <c r="H27" s="28"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
+      <c r="G28" s="28"/>
+      <c r="H28" s="28"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="28">
+        <v>82.8991691712841</v>
+      </c>
+      <c r="C29" s="28">
+        <v>79.619862808822205</v>
+      </c>
+      <c r="D29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E29" s="28">
+        <v>17.100830828715889</v>
+      </c>
+      <c r="F29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H29" s="28">
+        <v>16.649387130134748</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="28">
+        <v>87.955434340550255</v>
+      </c>
+      <c r="C30" s="28">
+        <v>86.1540974875834</v>
+      </c>
+      <c r="D30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" s="28">
+        <v>12.044565659449749</v>
+      </c>
+      <c r="F30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H30" s="28">
+        <v>11.741900510175423</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="28">
+        <v>83.737068988444861</v>
+      </c>
+      <c r="C31" s="28">
+        <v>76.07818651289972</v>
+      </c>
+      <c r="D31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" s="28">
+        <v>16.262931011555157</v>
+      </c>
+      <c r="F31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H31" s="28">
+        <v>15.88521658408213</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="28">
+        <v>87.296605512846568</v>
+      </c>
+      <c r="C32" s="28">
+        <v>80.092452327056122</v>
+      </c>
+      <c r="D32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" s="28">
+        <v>12.703394487153453</v>
+      </c>
+      <c r="F32" s="28">
+        <v>0.58878506093312155</v>
+      </c>
+      <c r="G32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H32" s="28">
+        <v>11.889356620890283</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="28">
+        <v>93.159298578753763</v>
+      </c>
+      <c r="C33" s="28">
+        <v>85.107605036953842</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" s="28">
+        <v>6.8407014212462478</v>
+      </c>
+      <c r="F33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H33" s="28">
+        <v>6.5743237766765317</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="28"/>
+      <c r="G34" s="28"/>
+      <c r="H34" s="28"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="28"/>
+      <c r="G35" s="28"/>
+      <c r="H35" s="28"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="28">
+        <v>89.723272441033359</v>
+      </c>
+      <c r="C36" s="28">
+        <v>85.756252697179121</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" s="28">
+        <v>10.276727558966648</v>
+      </c>
+      <c r="F36" s="28">
+        <v>0.24834426224180309</v>
+      </c>
+      <c r="G36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H36" s="28">
+        <v>9.9439386126900011</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="28">
+        <v>91.175159303614691</v>
+      </c>
+      <c r="C37" s="28">
+        <v>88.689952655967502</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E37" s="28">
+        <v>8.8248406963853228</v>
+      </c>
+      <c r="F37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H37" s="28">
+        <v>8.5389171076617032</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="28">
+        <v>87.364622623679054</v>
+      </c>
+      <c r="C38" s="28">
+        <v>83.571759026515466</v>
+      </c>
+      <c r="D38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E38" s="28">
+        <v>12.635377376320964</v>
+      </c>
+      <c r="F38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H38" s="28">
+        <v>12.251938891085766</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="28">
+        <v>86.43463850882992</v>
+      </c>
+      <c r="C39" s="28">
+        <v>77.276863856008177</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E39" s="28">
+        <v>13.565361491170078</v>
+      </c>
+      <c r="F39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H39" s="28">
+        <v>12.997158030322483</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="28">
+        <v>88.834436104535925</v>
+      </c>
+      <c r="C40" s="28">
+        <v>75.05380387526948</v>
+      </c>
+      <c r="D40" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E40" s="28">
+        <v>11.165563895464084</v>
+      </c>
+      <c r="F40" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G40" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H40" s="28">
+        <v>10.583213564066469</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
+      <c r="G41" s="28"/>
+      <c r="H41" s="28"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="28"/>
+      <c r="H42" s="28"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="28">
+        <v>94.692340096801061</v>
+      </c>
+      <c r="C43" s="28">
+        <v>91.316698069523071</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E43" s="28">
+        <v>5.3076599031989469</v>
+      </c>
+      <c r="F43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H43" s="28">
+        <v>5.201831769890676</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="28">
+        <v>90.199208028587705</v>
+      </c>
+      <c r="C44" s="28">
+        <v>79.901837322522894</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E44" s="28">
+        <v>9.8007919714122878</v>
+      </c>
+      <c r="F44" s="28">
+        <v>0.26937578201587681</v>
+      </c>
+      <c r="G44" s="28">
+        <v>0.1665727741930921</v>
+      </c>
+      <c r="H44" s="28">
+        <v>9.3648434152033193</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="28">
+        <v>85.391645425401848</v>
+      </c>
+      <c r="C45" s="28">
+        <v>82.627672903395606</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E45" s="28">
+        <v>14.608354574598156</v>
+      </c>
+      <c r="F45" s="28">
+        <v>0.42525815482962259</v>
+      </c>
+      <c r="G45" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H45" s="28">
+        <v>13.977849767253856</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="28">
+        <v>77.403458924080894</v>
+      </c>
+      <c r="C46" s="28">
+        <v>70.366328519588308</v>
+      </c>
+      <c r="D46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E46" s="28">
+        <v>22.596541075919099</v>
+      </c>
+      <c r="F46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H46" s="28">
+        <v>21.939381849832579</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E47" s="28">
+        <v>33.609373624029502</v>
+      </c>
+      <c r="F47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H47" s="28">
+        <v>32.476803608937651</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H48" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+      <c r="F49" s="28"/>
+      <c r="G49" s="28"/>
+      <c r="H49" s="28"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="28"/>
+      <c r="G50" s="28"/>
+      <c r="H50" s="28"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="28">
+        <v>89.496501771322244</v>
+      </c>
+      <c r="C51" s="28">
+        <v>82.721563414404471</v>
+      </c>
+      <c r="D51" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E51" s="28">
+        <v>10.503498228677763</v>
+      </c>
+      <c r="F51" s="28">
+        <v>0.29814365759658007</v>
+      </c>
+      <c r="G51" s="28">
+        <v>0.16505314018346692</v>
+      </c>
+      <c r="H51" s="28">
+        <v>10.040301430897717</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="28">
+        <v>91.730956116235632</v>
+      </c>
+      <c r="C52" s="28">
+        <v>84.664149054214022</v>
+      </c>
+      <c r="D52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E52" s="28">
+        <v>8.2690438837643825</v>
+      </c>
+      <c r="F52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H52" s="28">
+        <v>8.1183844795522955</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E53" s="28">
+        <v>49.130510875508818</v>
+      </c>
+      <c r="F53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H53" s="28">
+        <v>47.597145870026921</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="C3" s="13" t="s">
-[...1109 lines deleted...]
-      <c r="B54" s="20">
+      <c r="B54" s="28">
         <v>73.885003619940818</v>
       </c>
-      <c r="C54" s="33" t="s">
-[...5 lines deleted...]
-      <c r="E54" s="20">
+      <c r="C54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E54" s="28">
         <v>26.114996380059203</v>
       </c>
-      <c r="F54" s="33" t="s">
-[...5 lines deleted...]
-      <c r="H54" s="20">
+      <c r="F54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H54" s="28">
         <v>25.242227464864346</v>
       </c>
     </row>
-    <row r="55" spans="1:8">
-[...9 lines deleted...]
-    <row r="56" spans="1:8">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B55" s="28"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="28"/>
+      <c r="G55" s="28"/>
+      <c r="H55" s="28"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>109</v>
-[...22 lines deleted...]
-      <c r="E57" s="20">
+        <v>92</v>
+      </c>
+      <c r="B56" s="28"/>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="28"/>
+      <c r="G56" s="28"/>
+      <c r="H56" s="28"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E57" s="28">
         <v>40.661891850692797</v>
       </c>
-      <c r="F57" s="33" t="s">
-[...5 lines deleted...]
-      <c r="H57" s="20">
+      <c r="F57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H57" s="28">
         <v>40.311684591298743</v>
       </c>
     </row>
-    <row r="58" spans="1:8">
-[...3 lines deleted...]
-      <c r="B58" s="20">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="28">
         <v>88.026581982539582</v>
       </c>
-      <c r="C58" s="20">
+      <c r="C58" s="28">
         <v>80.237837810322958</v>
       </c>
-      <c r="D58" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="20">
+      <c r="D58" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E58" s="28">
         <v>11.973418017460407</v>
       </c>
-      <c r="F58" s="20">
+      <c r="F58" s="28">
         <v>0.34129062848598785</v>
       </c>
-      <c r="G58" s="20">
+      <c r="G58" s="28">
         <v>0.16649828946429152</v>
       </c>
-      <c r="H58" s="20">
+      <c r="H58" s="28">
         <v>11.465629099510128</v>
       </c>
     </row>
-    <row r="59" spans="1:8">
-[...3 lines deleted...]
-      <c r="B59" s="20">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="28">
         <v>91.511580224042703</v>
       </c>
-      <c r="C59" s="20">
+      <c r="C59" s="28">
         <v>86.885175360768727</v>
       </c>
-      <c r="D59" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="20">
+      <c r="D59" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E59" s="28">
         <v>8.4884197759573112</v>
       </c>
-      <c r="F59" s="20">
+      <c r="F59" s="28">
         <v>0.14074035704889917</v>
       </c>
-      <c r="G59" s="20">
+      <c r="G59" s="28">
         <v>0.15094204399721992</v>
       </c>
-      <c r="H59" s="20">
+      <c r="H59" s="28">
         <v>8.1967373749111925</v>
       </c>
     </row>
-    <row r="61" spans="1:8">
-[...33 lines deleted...]
-      <c r="H63" s="16"/>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+      <c r="H61" s="4"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A62" s="30" t="s">
+        <v>119</v>
+      </c>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A63" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="4"/>
+      <c r="F63" s="4"/>
+      <c r="G63" s="4"/>
+      <c r="H63" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:G63"/>
   <sheetViews>
-    <sheetView topLeftCell="A46" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="19.6640625" customWidth="1"/>
+    <col min="1" max="1" width="45.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.140625" customWidth="1"/>
+    <col min="3" max="3" width="13.140625" customWidth="1"/>
+    <col min="4" max="4" width="15" customWidth="1"/>
+    <col min="5" max="5" width="13.7109375" customWidth="1"/>
+    <col min="6" max="6" width="16.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="15.6">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:6" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="8"/>
+      <c r="B3" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="28">
+        <v>18.900000000000002</v>
+      </c>
+      <c r="C4" s="28">
+        <v>61.120000000000005</v>
+      </c>
+      <c r="D4" s="28">
+        <v>10.8</v>
+      </c>
+      <c r="E4" s="28">
+        <v>41.5</v>
+      </c>
+      <c r="F4" s="28">
+        <v>8.3137825339410281</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B5" s="29"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="29"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="29"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="29"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="28">
+        <v>11.76</v>
+      </c>
+      <c r="C7" s="28">
+        <v>51.460000000000008</v>
+      </c>
+      <c r="D7" s="28">
+        <v>12.4</v>
+      </c>
+      <c r="E7" s="28">
+        <v>55.440000000000012</v>
+      </c>
+      <c r="F7" s="28">
+        <v>11.368707036744899</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="28">
+        <v>33.840000000000003</v>
+      </c>
+      <c r="C8" s="28">
+        <v>79.02000000000001</v>
+      </c>
+      <c r="D8" s="28">
+        <v>11.060000000000002</v>
+      </c>
+      <c r="E8" s="28">
+        <v>42.860000000000007</v>
+      </c>
+      <c r="F8" s="28">
+        <v>8.2399581934544397</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="28">
+        <v>19.440000000000001</v>
+      </c>
+      <c r="C9" s="28">
+        <v>91.600000000000009</v>
+      </c>
+      <c r="D9" s="28">
+        <v>12.4</v>
+      </c>
+      <c r="E9" s="28">
+        <v>48.820000000000007</v>
+      </c>
+      <c r="F9" s="28">
+        <v>7.4498969737294125</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="28">
+        <v>8.379999999999999</v>
+      </c>
+      <c r="C10" s="28">
+        <v>40.18</v>
+      </c>
+      <c r="D10" s="28">
+        <v>10.979999999999999</v>
+      </c>
+      <c r="E10" s="28">
+        <v>40.520000000000003</v>
+      </c>
+      <c r="F10" s="28">
+        <v>1.982244925883585</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="28">
+        <v>10.4</v>
+      </c>
+      <c r="C11" s="28">
+        <v>37.78</v>
+      </c>
+      <c r="D11" s="28">
+        <v>10.540000000000001</v>
+      </c>
+      <c r="E11" s="28">
+        <v>36.92</v>
+      </c>
+      <c r="F11" s="28">
+        <v>13.081579190019408</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="28">
+        <v>22.119999999999997</v>
+      </c>
+      <c r="C12" s="28">
+        <v>75</v>
+      </c>
+      <c r="D12" s="28">
+        <v>12.940000000000001</v>
+      </c>
+      <c r="E12" s="28">
+        <v>40.599999999999994</v>
+      </c>
+      <c r="F12" s="28">
+        <v>9.5238095238095237</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="28">
+        <v>22.84</v>
+      </c>
+      <c r="C13" s="28">
+        <v>83.14</v>
+      </c>
+      <c r="D13" s="28">
+        <v>12.78</v>
+      </c>
+      <c r="E13" s="28">
+        <v>40.459999999999994</v>
+      </c>
+      <c r="F13" s="28">
+        <v>11.062154133306642</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="28">
+        <v>22.680000000000003</v>
+      </c>
+      <c r="C14" s="28">
+        <v>59.060000000000009</v>
+      </c>
+      <c r="D14" s="28">
+        <v>13.760000000000003</v>
+      </c>
+      <c r="E14" s="28">
+        <v>37.340000000000003</v>
+      </c>
+      <c r="F14" s="28">
+        <v>8.4322548812769131</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B15" s="28"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="28"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="28"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="28">
+        <v>18.260000000000002</v>
+      </c>
+      <c r="C17" s="28">
+        <v>72.080000000000013</v>
+      </c>
+      <c r="D17" s="28">
+        <v>17.680000000000003</v>
+      </c>
+      <c r="E17" s="28">
+        <v>14.88</v>
+      </c>
+      <c r="F17" s="28">
+        <v>7.8728424901656702</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="28">
+        <v>20.7</v>
+      </c>
+      <c r="C18" s="28">
+        <v>65.42</v>
+      </c>
+      <c r="D18" s="28">
+        <v>12.98</v>
+      </c>
+      <c r="E18" s="28">
+        <v>11.88</v>
+      </c>
+      <c r="F18" s="28">
+        <v>11.952807381926945</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="28">
+        <v>27.02</v>
+      </c>
+      <c r="C19" s="28">
+        <v>79.02</v>
+      </c>
+      <c r="D19" s="28">
+        <v>13.18</v>
+      </c>
+      <c r="E19" s="28">
+        <v>12.78</v>
+      </c>
+      <c r="F19" s="28">
+        <v>8.5239742831507481</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="28">
+        <v>15.700000000000003</v>
+      </c>
+      <c r="C20" s="28">
+        <v>55.300000000000004</v>
+      </c>
+      <c r="D20" s="28">
+        <v>10.860000000000001</v>
+      </c>
+      <c r="E20" s="28">
+        <v>9.0399999999999991</v>
+      </c>
+      <c r="F20" s="28">
+        <v>6.6091581881429287</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="28">
+        <v>12.920000000000002</v>
+      </c>
+      <c r="C21" s="28">
+        <v>42.76</v>
+      </c>
+      <c r="D21" s="28">
+        <v>9.58</v>
+      </c>
+      <c r="E21" s="28">
+        <v>8.6000000000000014</v>
+      </c>
+      <c r="F21" s="28">
+        <v>5.3528899731617434</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B22" s="28"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="28"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
         <v>85</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="10" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="28">
+        <v>3.8000000000000007</v>
+      </c>
+      <c r="C24" s="28">
+        <v>15.64</v>
+      </c>
+      <c r="D24" s="28">
+        <v>8.4400000000000013</v>
+      </c>
+      <c r="E24" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F24" s="28">
+        <v>10.468578243970233</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="28">
+        <v>33.540000000000006</v>
+      </c>
+      <c r="C25" s="28">
+        <v>139.88000000000002</v>
+      </c>
+      <c r="D25" s="28">
+        <v>14.499999999999998</v>
+      </c>
+      <c r="E25" s="28">
+        <v>41.5</v>
+      </c>
+      <c r="F25" s="28">
+        <v>5.6891282978364623</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
         <v>86</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="D4" s="18">
+      <c r="B26" s="28">
+        <v>95.22</v>
+      </c>
+      <c r="C26" s="28">
+        <v>17.34</v>
+      </c>
+      <c r="D26" s="28">
+        <v>11.100000000000001</v>
+      </c>
+      <c r="E26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F26" s="28">
+        <v>2.4196397671064056</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="28"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="28">
+        <v>18.180000000000003</v>
+      </c>
+      <c r="C29" s="28">
+        <v>43.08</v>
+      </c>
+      <c r="D29" s="28">
+        <v>20.94</v>
+      </c>
+      <c r="E29" s="28">
+        <v>41.54</v>
+      </c>
+      <c r="F29" s="28">
+        <v>3.5059354723847269</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="28">
+        <v>33.339999999999996</v>
+      </c>
+      <c r="C30" s="28">
+        <v>85.24</v>
+      </c>
+      <c r="D30" s="28">
+        <v>17.599999999999998</v>
+      </c>
+      <c r="E30" s="28">
+        <v>56.92</v>
+      </c>
+      <c r="F30" s="28">
+        <v>8.6252189773330965</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="28">
+        <v>18.880000000000006</v>
+      </c>
+      <c r="C31" s="28">
+        <v>73.5</v>
+      </c>
+      <c r="D31" s="28">
+        <v>13.48</v>
+      </c>
+      <c r="E31" s="28">
+        <v>35.099999999999994</v>
+      </c>
+      <c r="F31" s="28">
+        <v>6.959306888338082</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="28">
+        <v>15.120000000000001</v>
+      </c>
+      <c r="C32" s="28">
+        <v>51.78</v>
+      </c>
+      <c r="D32" s="28">
         <v>10.8</v>
       </c>
-      <c r="E4" s="18">
-[...315 lines deleted...]
-      <c r="E20" s="20">
+      <c r="E32" s="28">
+        <v>37.32</v>
+      </c>
+      <c r="F32" s="28">
+        <v>9.4192801373888546</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="28">
+        <v>17.660000000000004</v>
+      </c>
+      <c r="C33" s="28">
+        <v>58.160000000000011</v>
+      </c>
+      <c r="D33" s="28">
+        <v>8.4600000000000009</v>
+      </c>
+      <c r="E33" s="28">
+        <v>45.26</v>
+      </c>
+      <c r="F33" s="28">
+        <v>12.074711127620203</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="28"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="28"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="28">
+        <v>73.220000000000013</v>
+      </c>
+      <c r="C36" s="28">
+        <v>97.179999999999993</v>
+      </c>
+      <c r="D36" s="28">
+        <v>13.740000000000002</v>
+      </c>
+      <c r="E36" s="28">
+        <v>79.78</v>
+      </c>
+      <c r="F36" s="28">
+        <v>1.1379962850058343</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="28">
+        <v>22.62</v>
+      </c>
+      <c r="C37" s="28">
+        <v>66.62</v>
+      </c>
+      <c r="D37" s="28">
+        <v>13.22</v>
+      </c>
+      <c r="E37" s="28">
+        <v>44.7</v>
+      </c>
+      <c r="F37" s="28">
+        <v>4.8537174442496784</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="28">
+        <v>12.560000000000002</v>
+      </c>
+      <c r="C38" s="28">
+        <v>56.899999999999991</v>
+      </c>
+      <c r="D38" s="28">
+        <v>11.159999999999998</v>
+      </c>
+      <c r="E38" s="28">
+        <v>39.460000000000008</v>
+      </c>
+      <c r="F38" s="28">
+        <v>9.5482222184781449</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="28">
+        <v>7.9800000000000013</v>
+      </c>
+      <c r="C39" s="28">
+        <v>40.619999999999997</v>
+      </c>
+      <c r="D39" s="28">
+        <v>8.94</v>
+      </c>
+      <c r="E39" s="28">
+        <v>19.759999999999998</v>
+      </c>
+      <c r="F39" s="28">
+        <v>15.527135323323968</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="28">
+        <v>6.9800000000000013</v>
+      </c>
+      <c r="C40" s="28">
+        <v>53.66</v>
+      </c>
+      <c r="D40" s="28">
+        <v>10.260000000000002</v>
+      </c>
+      <c r="E40" s="28">
+        <v>20.6</v>
+      </c>
+      <c r="F40" s="28">
+        <v>25.66147288114508</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="28">
+        <v>43.56</v>
+      </c>
+      <c r="C43" s="28">
+        <v>109.32</v>
+      </c>
+      <c r="D43" s="28">
+        <v>12.960000000000003</v>
+      </c>
+      <c r="E43" s="28">
+        <v>71.58</v>
+      </c>
+      <c r="F43" s="28">
+        <v>6.1637403781527826</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="28">
+        <v>24.459999999999997</v>
+      </c>
+      <c r="C44" s="28">
+        <v>92.47999999999999</v>
+      </c>
+      <c r="D44" s="28">
+        <v>12.16</v>
+      </c>
+      <c r="E44" s="28">
+        <v>41.32</v>
+      </c>
+      <c r="F44" s="28">
+        <v>6.8455390432525309</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="28">
         <v>12.340000000000002</v>
       </c>
-      <c r="F20" s="20">
-[...22 lines deleted...]
-      <c r="F21" s="20">
+      <c r="C45" s="28">
+        <v>49.38000000000001</v>
+      </c>
+      <c r="D45" s="28">
+        <v>11.18</v>
+      </c>
+      <c r="E45" s="28">
+        <v>25.700000000000006</v>
+      </c>
+      <c r="F45" s="28">
+        <v>5.8154774637125906</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="28">
+        <v>4.9399999999999995</v>
+      </c>
+      <c r="C46" s="28">
+        <v>21.240000000000002</v>
+      </c>
+      <c r="D46" s="28">
+        <v>9.9</v>
+      </c>
+      <c r="E46" s="28">
+        <v>28.000000000000004</v>
+      </c>
+      <c r="F46" s="28">
+        <v>12.98913581700741</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="28">
         <v>8.6000000000000014</v>
       </c>
-      <c r="G21" s="20">
-[...478 lines deleted...]
-      <c r="B47" s="20">
+      <c r="C47" s="28">
+        <v>35.380000000000003</v>
+      </c>
+      <c r="D47" s="28">
+        <v>12.9</v>
+      </c>
+      <c r="E47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F47" s="28">
         <v>14.310263245501162</v>
       </c>
-      <c r="C47" s="35" t="s">
-[...19 lines deleted...]
-      <c r="B48" s="20">
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F48" s="28">
         <v>5.5332002270671792</v>
       </c>
-      <c r="C48" s="35" t="s">
-[...24 lines deleted...]
-    <row r="50" spans="1:7">
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+      <c r="F49" s="28"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>108</v>
-[...12 lines deleted...]
-      <c r="B51" s="20">
+        <v>109</v>
+      </c>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="28"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="28">
         <v>21.740000000000002</v>
       </c>
-      <c r="C51" s="20">
+      <c r="C51" s="28">
         <v>70.819999999999993</v>
       </c>
-      <c r="D51" s="20">
+      <c r="D51" s="28">
+        <v>12.22</v>
+      </c>
+      <c r="E51" s="28">
+        <v>42.18</v>
+      </c>
+      <c r="F51" s="28">
         <v>7.5393919538576686</v>
       </c>
-      <c r="E51" s="35" t="s">
-[...13 lines deleted...]
-      <c r="B52" s="20">
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="28">
         <v>15.72</v>
       </c>
-      <c r="C52" s="20">
+      <c r="C52" s="28">
         <v>87.46</v>
       </c>
-      <c r="D52" s="20">
+      <c r="D52" s="28">
+        <v>9.76</v>
+      </c>
+      <c r="E52" s="28">
+        <v>38.480000000000004</v>
+      </c>
+      <c r="F52" s="28">
         <v>10.577241754272814</v>
       </c>
-      <c r="E52" s="35" t="s">
-[...13 lines deleted...]
-      <c r="B53" s="20">
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="28">
         <v>21.6</v>
       </c>
-      <c r="C53" s="20">
+      <c r="C53" s="28">
         <v>31.44</v>
       </c>
-      <c r="D53" s="20">
+      <c r="D53" s="28">
+        <v>13.88</v>
+      </c>
+      <c r="E53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F53" s="28">
         <v>0</v>
       </c>
-      <c r="E53" s="35" t="s">
-[...13 lines deleted...]
-      <c r="B54" s="20">
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="28">
         <v>7.3400000000000007</v>
       </c>
-      <c r="C54" s="20">
+      <c r="C54" s="28">
         <v>29.560000000000002</v>
       </c>
-      <c r="D54" s="20">
+      <c r="D54" s="28">
+        <v>12.82</v>
+      </c>
+      <c r="E54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F54" s="28">
         <v>11.799794666338943</v>
       </c>
-      <c r="E54" s="35" t="s">
-[...18 lines deleted...]
-    <row r="56" spans="1:7">
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B55" s="28"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="28"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>109</v>
-[...12 lines deleted...]
-      <c r="B57" s="20">
+        <v>92</v>
+      </c>
+      <c r="B56" s="28"/>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="28"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="28">
         <v>11.84</v>
       </c>
-      <c r="C57" s="20">
+      <c r="C57" s="28">
         <v>17.700000000000003</v>
       </c>
-      <c r="D57" s="20">
+      <c r="D57" s="28">
         <v>9.66</v>
       </c>
-      <c r="E57" s="35" t="s">
-[...13 lines deleted...]
-      <c r="B58" s="20">
+      <c r="E57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F57" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="28">
         <v>19.14</v>
       </c>
-      <c r="C58" s="20">
+      <c r="C58" s="28">
         <v>55.82</v>
       </c>
-      <c r="D58" s="20">
+      <c r="D58" s="28">
         <v>11.799999999999999</v>
       </c>
-      <c r="E58" s="35" t="s">
-[...13 lines deleted...]
-      <c r="B59" s="20">
+      <c r="E58" s="28">
+        <v>39.6</v>
+      </c>
+      <c r="F58" s="28">
+        <v>39.6</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="28">
         <v>21.9</v>
       </c>
-      <c r="C59" s="20">
+      <c r="C59" s="28">
         <v>101.38000000000001</v>
       </c>
-      <c r="D59" s="20">
+      <c r="D59" s="28">
         <v>13.260000000000002</v>
       </c>
-      <c r="E59" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A61" s="15" t="s">
+      <c r="E59" s="28">
+        <v>51.1</v>
+      </c>
+      <c r="F59" s="28">
+        <v>51.1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="30" t="s">
         <v>110</v>
       </c>
-      <c r="B61" s="16"/>
-[...26 lines deleted...]
-      <c r="G63" s="16"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="4"/>
+      <c r="F63" s="4"/>
+      <c r="G63" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
-  <dimension ref="A1:I62"/>
+  <dimension ref="A1:D62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.21875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="9.6640625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="33" customWidth="1"/>
+    <col min="2" max="3" width="14.7109375" customWidth="1"/>
+    <col min="4" max="4" width="13.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="15.6">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:4" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>111</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="12">
+        <v>70302</v>
+      </c>
+      <c r="C4" s="12">
+        <v>103479.24238738537</v>
+      </c>
+      <c r="D4" s="11">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="12">
+        <v>110071.8</v>
+      </c>
+      <c r="C7" s="12">
+        <v>121007.90727697618</v>
+      </c>
+      <c r="D7" s="11">
+        <v>15.532978425467816</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="12">
+        <v>64393.760000000002</v>
+      </c>
+      <c r="C8" s="12">
+        <v>105614.02345279521</v>
+      </c>
+      <c r="D8" s="11">
+        <v>10.536446869103919</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="12">
+        <v>80536.600000000006</v>
+      </c>
+      <c r="C9" s="12">
+        <v>113467.42000653993</v>
+      </c>
+      <c r="D9" s="11">
+        <v>12.366739808726496</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="12">
+        <v>50820</v>
+      </c>
+      <c r="C10" s="12">
+        <v>87819.733319884457</v>
+      </c>
+      <c r="D10" s="11">
+        <v>11.351863026823823</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="12">
+        <v>76927.487999999998</v>
+      </c>
+      <c r="C11" s="12">
+        <v>92585.435272842718</v>
+      </c>
+      <c r="D11" s="11">
+        <v>10.570053604654184</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="12">
+        <v>52034</v>
+      </c>
+      <c r="C12" s="12">
+        <v>101796.35763651319</v>
+      </c>
+      <c r="D12" s="11">
+        <v>12.758331879023388</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="12">
+        <v>67671.600000000006</v>
+      </c>
+      <c r="C13" s="12">
+        <v>105603.06918134703</v>
+      </c>
+      <c r="D13" s="11">
+        <v>13.085279253688292</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="12">
+        <v>65223.4</v>
+      </c>
+      <c r="C14" s="12">
+        <v>101020.12714503938</v>
+      </c>
+      <c r="D14" s="11">
+        <v>13.798307132512093</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="11"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="11"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="12">
+        <v>42009.200000000004</v>
+      </c>
+      <c r="C17" s="12">
+        <v>58349.274988903679</v>
+      </c>
+      <c r="D17" s="11">
+        <v>9.9610242851321065</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="12">
+        <v>71134.400000000009</v>
+      </c>
+      <c r="C18" s="12">
+        <v>107324.25158398935</v>
+      </c>
+      <c r="D18" s="11">
+        <v>30.806861181706587</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="12">
+        <v>76974.2</v>
+      </c>
+      <c r="C19" s="12">
+        <v>115989.68960414092</v>
+      </c>
+      <c r="D19" s="11">
+        <v>24.294227515331745</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="12">
+        <v>87393</v>
+      </c>
+      <c r="C20" s="12">
+        <v>117571.34498827097</v>
+      </c>
+      <c r="D20" s="11">
+        <v>21.972703139620279</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="12">
+        <v>86046.6</v>
+      </c>
+      <c r="C21" s="12">
+        <v>115473.73023670845</v>
+      </c>
+      <c r="D21" s="11">
+        <v>12.965183878209292</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="11"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="11"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
         <v>87</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="B3" s="13" t="s">
+      <c r="B24" s="12">
+        <v>82040</v>
+      </c>
+      <c r="C24" s="12">
+        <v>122797.62243222672</v>
+      </c>
+      <c r="D24" s="11">
+        <v>82.118714066991487</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="12">
+        <v>57675.8</v>
+      </c>
+      <c r="C25" s="12">
+        <v>87475.362147659645</v>
+      </c>
+      <c r="D25" s="11">
+        <v>16.585878344581722</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="12">
+        <v>2242.2000000000003</v>
+      </c>
+      <c r="C26" s="12">
+        <v>11987.210354332747</v>
+      </c>
+      <c r="D26" s="11">
+        <v>1.2954075884267959</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="11"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="11"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="12">
+        <v>36918.400000000001</v>
+      </c>
+      <c r="C29" s="12">
+        <v>48271.530114431822</v>
+      </c>
+      <c r="D29" s="11">
+        <v>9.3405198463349741</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="12">
+        <v>57002.400000000001</v>
+      </c>
+      <c r="C30" s="12">
+        <v>76714.419927980736</v>
+      </c>
+      <c r="D30" s="11">
+        <v>14.846907419982035</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="12">
+        <v>61010</v>
+      </c>
+      <c r="C31" s="12">
+        <v>83367.003551509173</v>
+      </c>
+      <c r="D31" s="11">
+        <v>16.093662182018996</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="12">
+        <v>88622</v>
+      </c>
+      <c r="C32" s="12">
+        <v>107836.51988940778</v>
+      </c>
+      <c r="D32" s="11">
+        <v>20.844639809159524</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="12">
+        <v>127270</v>
+      </c>
+      <c r="C33" s="12">
+        <v>201411.56607876957</v>
+      </c>
+      <c r="D33" s="11">
+        <v>38.874270742504478</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="11"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="11"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="12">
+        <v>7803.2000000000007</v>
+      </c>
+      <c r="C36" s="12">
+        <v>8708.3277188880729</v>
+      </c>
+      <c r="D36" s="11">
+        <v>1.6931978079338013</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="12">
+        <v>39980</v>
+      </c>
+      <c r="C37" s="12">
+        <v>39582.497322900046</v>
+      </c>
+      <c r="D37" s="11">
+        <v>7.6155327394632097</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="12">
+        <v>70328.600000000006</v>
+      </c>
+      <c r="C38" s="12">
+        <v>69811.624892661974</v>
+      </c>
+      <c r="D38" s="11">
+        <v>13.500809111881551</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="12">
+        <v>104795.8</v>
+      </c>
+      <c r="C39" s="12">
+        <v>107314.82509124088</v>
+      </c>
+      <c r="D39" s="11">
+        <v>20.742206415719263</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="12">
+        <v>200787.80000000002</v>
+      </c>
+      <c r="C40" s="12">
+        <v>292589.76955220301</v>
+      </c>
+      <c r="D40" s="11">
+        <v>56.448253925002177</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="11"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="11"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="12">
+        <v>33634.800000000003</v>
+      </c>
+      <c r="C43" s="12">
+        <v>56827.758030211873</v>
+      </c>
+      <c r="D43" s="11">
+        <v>6.7165353241585315</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="12">
+        <v>66987.8</v>
+      </c>
+      <c r="C44" s="12">
+        <v>94866.253875564566</v>
+      </c>
+      <c r="D44" s="11">
+        <v>21.339393539903082</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="12">
+        <v>80003.600000000006</v>
+      </c>
+      <c r="C45" s="12">
+        <v>109189.35550550227</v>
+      </c>
+      <c r="D45" s="11">
+        <v>21.232535714777008</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="12">
+        <v>95045</v>
+      </c>
+      <c r="C46" s="12">
+        <v>162842.27018061589</v>
+      </c>
+      <c r="D46" s="11">
+        <v>32.392383493210041</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="12">
+        <v>70586.8</v>
+      </c>
+      <c r="C47" s="12">
+        <v>90641.137261363619</v>
+      </c>
+      <c r="D47" s="11">
+        <v>13.519364272517647</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="12">
+        <v>46484.4</v>
+      </c>
+      <c r="C48" s="12">
+        <v>59404.785507154804</v>
+      </c>
+      <c r="D48" s="11">
+        <v>4.7997876554336978</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="11"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="11"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="12">
+        <v>70579.600000000006</v>
+      </c>
+      <c r="C51" s="12">
+        <v>90349.316816020393</v>
+      </c>
+      <c r="D51" s="11">
+        <v>47.233189721871902</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="12">
+        <v>117961.40000000001</v>
+      </c>
+      <c r="C52" s="12">
+        <v>231322.40003471423</v>
+      </c>
+      <c r="D52" s="11">
+        <v>29.370831579445721</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="12">
+        <v>24907.600000000002</v>
+      </c>
+      <c r="C53" s="12">
+        <v>46777.450586614243</v>
+      </c>
+      <c r="D53" s="11">
+        <v>1.7902388705241048</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="12">
+        <v>60994.600000000006</v>
+      </c>
+      <c r="C54" s="12">
+        <v>77593.691841725653</v>
+      </c>
+      <c r="D54" s="11">
+        <v>21.605739828158274</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="11"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="11"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B57" s="12">
+        <v>31223.600000000002</v>
+      </c>
+      <c r="C57" s="12">
+        <v>39315.33929941462</v>
+      </c>
+      <c r="D57" s="11">
+        <v>3.4106984120078794</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B58" s="12">
+        <v>67094.8</v>
+      </c>
+      <c r="C58" s="12">
+        <v>89587.044064050016</v>
+      </c>
+      <c r="D58" s="11">
+        <v>58.305773910207634</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="C3" s="13" t="s">
-[...669 lines deleted...]
-      <c r="B59" s="24">
+      <c r="B59" s="12">
         <v>101892.20000000001</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C59" s="12">
         <v>167283.72001492075</v>
       </c>
-      <c r="D59" s="38">
+      <c r="D59" s="11">
         <v>38.283527677784491</v>
       </c>
     </row>
-    <row r="61" spans="1:4">
-[...11 lines deleted...]
-      <c r="D62" s="16"/>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="4"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
-  <dimension ref="A1:I62"/>
+  <dimension ref="A1:D62"/>
   <sheetViews>
-    <sheetView topLeftCell="A40" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.6640625" customWidth="1"/>
-    <col min="4" max="4" width="15.21875" customWidth="1"/>
+    <col min="1" max="1" width="29.5703125" customWidth="1"/>
+    <col min="2" max="4" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="15.6">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:4" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="12">
+        <v>16018.6</v>
+      </c>
+      <c r="C4" s="12">
+        <v>20278.229609988201</v>
+      </c>
+      <c r="D4" s="11">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="12">
+        <v>20947</v>
+      </c>
+      <c r="C7" s="12">
+        <v>22999.617304821531</v>
+      </c>
+      <c r="D7" s="11">
+        <v>15.064628245492271</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="12">
+        <v>17510.8</v>
+      </c>
+      <c r="C8" s="12">
+        <v>21936.902126644723</v>
+      </c>
+      <c r="D8" s="11">
+        <v>11.170651437799103</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="12">
+        <v>17250.600000000002</v>
+      </c>
+      <c r="C9" s="12">
+        <v>21270.656011033749</v>
+      </c>
+      <c r="D9" s="11">
+        <v>11.827702962847077</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="12">
+        <v>14071.800000000001</v>
+      </c>
+      <c r="C10" s="12">
+        <v>17703.48479569735</v>
+      </c>
+      <c r="D10" s="11">
+        <v>11.676896359514995</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="12">
+        <v>14723</v>
+      </c>
+      <c r="C11" s="12">
+        <v>18523.581163428014</v>
+      </c>
+      <c r="D11" s="11">
+        <v>10.790939906041194</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="12">
+        <v>14024</v>
+      </c>
+      <c r="C12" s="12">
+        <v>21893.346115362467</v>
+      </c>
+      <c r="D12" s="11">
+        <v>14.001610323854756</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="12">
+        <v>15789.6</v>
+      </c>
+      <c r="C13" s="12">
+        <v>19227.427163963806</v>
+      </c>
+      <c r="D13" s="11">
+        <v>12.157229374089553</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="12">
+        <v>15996.400000000001</v>
+      </c>
+      <c r="C14" s="12">
+        <v>19091.671125514527</v>
+      </c>
+      <c r="D14" s="11">
+        <v>13.310341390361046</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="11"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="11"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="12">
+        <v>6009.6</v>
+      </c>
+      <c r="C17" s="12">
+        <v>8259.898919371115</v>
+      </c>
+      <c r="D17" s="11">
+        <v>7.1950161754421078</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="12">
+        <v>12645.800000000001</v>
+      </c>
+      <c r="C18" s="12">
+        <v>16187.511492641166</v>
+      </c>
+      <c r="D18" s="11">
+        <v>23.713956627920044</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="12">
+        <v>20490.400000000001</v>
+      </c>
+      <c r="C19" s="12">
+        <v>25855.960086843304</v>
+      </c>
+      <c r="D19" s="11">
+        <v>27.640844232480358</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="12">
+        <v>23142.800000000003</v>
+      </c>
+      <c r="C20" s="12">
+        <v>27272.817387922423</v>
+      </c>
+      <c r="D20" s="11">
+        <v>26.007065077425519</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="12">
+        <v>23932.800000000003</v>
+      </c>
+      <c r="C21" s="12">
+        <v>26964.882903286561</v>
+      </c>
+      <c r="D21" s="11">
+        <v>15.443117886731969</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="11"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="11"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="12">
+        <v>15238.800000000001</v>
+      </c>
+      <c r="C24" s="12">
+        <v>19948.712633994011</v>
+      </c>
+      <c r="D24" s="11">
+        <v>68.076090555953087</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="12">
+        <v>20994.800000000003</v>
+      </c>
+      <c r="C25" s="12">
+        <v>25527.393207133915</v>
+      </c>
+      <c r="D25" s="11">
+        <v>24.697362786235377</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="12">
+        <v>11728.400000000001</v>
+      </c>
+      <c r="C26" s="12">
+        <v>13106.958467427969</v>
+      </c>
+      <c r="D26" s="11">
+        <v>7.2265466578115181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="11"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="11"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="12">
+        <v>5543.2000000000007</v>
+      </c>
+      <c r="C29" s="12">
+        <v>5511.4316476687573</v>
+      </c>
+      <c r="D29" s="11">
+        <v>5.4420806336911127</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="12">
+        <v>10690.400000000001</v>
+      </c>
+      <c r="C30" s="12">
+        <v>10845.716348339003</v>
+      </c>
+      <c r="D30" s="11">
+        <v>10.711846997266818</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="12">
+        <v>16022</v>
+      </c>
+      <c r="C31" s="12">
+        <v>16179.704767506521</v>
+      </c>
+      <c r="D31" s="11">
+        <v>15.938105915517667</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="12">
+        <v>22634.600000000002</v>
+      </c>
+      <c r="C32" s="12">
+        <v>22995.094596677896</v>
+      </c>
+      <c r="D32" s="11">
+        <v>22.681957224896131</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="12">
+        <v>36311.200000000004</v>
+      </c>
+      <c r="C33" s="12">
+        <v>45918.045952601067</v>
+      </c>
+      <c r="D33" s="11">
+        <v>45.226009228628271</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="11"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
         <v>89</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="B3" s="13" t="s">
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="11"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="12">
+        <v>11564.400000000001</v>
+      </c>
+      <c r="C36" s="12">
+        <v>13237.91306937216</v>
+      </c>
+      <c r="D36" s="11">
+        <v>13.132599278657205</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="12">
+        <v>12265.800000000001</v>
+      </c>
+      <c r="C37" s="12">
+        <v>14314.161826792564</v>
+      </c>
+      <c r="D37" s="11">
+        <v>14.051418010929508</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="12">
+        <v>14289.800000000001</v>
+      </c>
+      <c r="C38" s="12">
+        <v>17452.574374286356</v>
+      </c>
+      <c r="D38" s="11">
+        <v>17.222583346909509</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="12">
+        <v>20323</v>
+      </c>
+      <c r="C39" s="12">
+        <v>21732.247346453558</v>
+      </c>
+      <c r="D39" s="11">
+        <v>21.432066283437891</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="12">
+        <v>26437.600000000002</v>
+      </c>
+      <c r="C40" s="12">
+        <v>34695.739534391309</v>
+      </c>
+      <c r="D40" s="11">
+        <v>34.161333080065887</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="11"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="11"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="12">
+        <v>15722.800000000001</v>
+      </c>
+      <c r="C43" s="12">
+        <v>18612.446491405022</v>
+      </c>
+      <c r="D43" s="11">
+        <v>11.222344946597293</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="12">
+        <v>19031</v>
+      </c>
+      <c r="C44" s="12">
+        <v>21816.996597251044</v>
+      </c>
+      <c r="D44" s="11">
+        <v>25.043396686935488</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="12">
+        <v>22418.600000000002</v>
+      </c>
+      <c r="C45" s="12">
+        <v>24205.292478783434</v>
+      </c>
+      <c r="D45" s="11">
+        <v>24.012536500956667</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="12">
+        <v>19021.400000000001</v>
+      </c>
+      <c r="C46" s="12">
+        <v>26073.464465935431</v>
+      </c>
+      <c r="D46" s="11">
+        <v>26.472657781696356</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="12">
+        <v>9398.2000000000007</v>
+      </c>
+      <c r="C47" s="12">
+        <v>12875.938003710085</v>
+      </c>
+      <c r="D47" s="11">
+        <v>9.7985683468550295</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="12">
+        <v>6981.6</v>
+      </c>
+      <c r="C48" s="12">
+        <v>8370.5273554286669</v>
+      </c>
+      <c r="D48" s="11">
+        <v>3.4504957369591667</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="11"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="11"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="12">
+        <v>19484.2</v>
+      </c>
+      <c r="C51" s="12">
+        <v>22234.56020550623</v>
+      </c>
+      <c r="D51" s="11">
+        <v>59.305421163048031</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="12">
+        <v>24510.400000000001</v>
+      </c>
+      <c r="C52" s="12">
+        <v>35328.662145448179</v>
+      </c>
+      <c r="D52" s="11">
+        <v>22.894755768593622</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="12">
+        <v>6360</v>
+      </c>
+      <c r="C53" s="12">
+        <v>9513.0694225036168</v>
+      </c>
+      <c r="D53" s="11">
+        <v>1.857600715465245</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="12">
+        <v>9012.4</v>
+      </c>
+      <c r="C54" s="12">
+        <v>11220.260789858583</v>
+      </c>
+      <c r="D54" s="11">
+        <v>15.942222352893101</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="11"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="11"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B57" s="12">
+        <v>6077</v>
+      </c>
+      <c r="C57" s="12">
+        <v>8601.2937141234561</v>
+      </c>
+      <c r="D57" s="11">
+        <v>3.8081326675294509</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B58" s="12">
+        <v>15788</v>
+      </c>
+      <c r="C58" s="12">
+        <v>18667.162452375578</v>
+      </c>
+      <c r="D58" s="11">
+        <v>61.993561336888256</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="C3" s="13" t="s">
-[...669 lines deleted...]
-      <c r="B59" s="24">
+      <c r="B59" s="12">
         <v>21910.800000000003</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C59" s="12">
         <v>29284.822305022182</v>
       </c>
-      <c r="D59" s="38">
+      <c r="D59" s="11">
         <v>34.198305995582295</v>
       </c>
     </row>
-    <row r="61" spans="1:4">
-[...11 lines deleted...]
-      <c r="D62" s="16"/>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="4"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:D62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.6640625" customWidth="1"/>
-    <col min="4" max="4" width="16.33203125" customWidth="1"/>
+    <col min="1" max="1" width="33.140625" customWidth="1"/>
+    <col min="2" max="3" width="15.5703125" customWidth="1"/>
+    <col min="4" max="4" width="20.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.6">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:4" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="12">
+        <v>4200</v>
+      </c>
+      <c r="C4" s="12">
+        <v>4503.7340035983143</v>
+      </c>
+      <c r="D4" s="11">
+        <v>26.020000000000003</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="12">
+        <v>4800</v>
+      </c>
+      <c r="C7" s="12">
+        <v>5350.5471890068548</v>
+      </c>
+      <c r="D7" s="11">
+        <v>24.84</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="12">
+        <v>4440</v>
+      </c>
+      <c r="C8" s="12">
+        <v>4634.262175732415</v>
+      </c>
+      <c r="D8" s="11">
+        <v>24.500000000000004</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="12">
+        <v>3897.6000000000004</v>
+      </c>
+      <c r="C9" s="12">
+        <v>4381.569531615085</v>
+      </c>
+      <c r="D9" s="11">
+        <v>23.96</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="12">
+        <v>3600</v>
+      </c>
+      <c r="C10" s="12">
+        <v>3895.3975165921024</v>
+      </c>
+      <c r="D10" s="11">
+        <v>23.94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="12">
+        <v>4320</v>
+      </c>
+      <c r="C11" s="12">
+        <v>4895.1829689576907</v>
+      </c>
+      <c r="D11" s="11">
+        <v>29.9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="12">
+        <v>3660</v>
+      </c>
+      <c r="C12" s="12">
+        <v>3919.7253439370888</v>
+      </c>
+      <c r="D12" s="11">
+        <v>26.38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="12">
+        <v>4440</v>
+      </c>
+      <c r="C13" s="12">
+        <v>4662.1842483601276</v>
+      </c>
+      <c r="D13" s="11">
+        <v>28.180000000000007</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="12">
+        <v>3864</v>
+      </c>
+      <c r="C14" s="12">
+        <v>4350.6772107712477</v>
+      </c>
+      <c r="D14" s="11">
+        <v>25.880000000000003</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="11"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="11"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="12">
+        <v>1927.2</v>
+      </c>
+      <c r="C17" s="12">
+        <v>2229.8554928634603</v>
+      </c>
+      <c r="D17" s="11">
+        <v>30.84</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="12">
+        <v>3600</v>
+      </c>
+      <c r="C18" s="12">
+        <v>3920.534756048331</v>
+      </c>
+      <c r="D18" s="11">
+        <v>27.1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="12">
+        <v>4800</v>
+      </c>
+      <c r="C19" s="12">
+        <v>5074.8324441042678</v>
+      </c>
+      <c r="D19" s="11">
+        <v>23.860000000000003</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="12">
+        <v>5400</v>
+      </c>
+      <c r="C20" s="12">
+        <v>5787.3523953293952</v>
+      </c>
+      <c r="D20" s="11">
+        <v>23.26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="12">
+        <v>6000</v>
+      </c>
+      <c r="C21" s="12">
+        <v>6250.9428571962198</v>
+      </c>
+      <c r="D21" s="11">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="11"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="11"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="12">
+        <v>4080</v>
+      </c>
+      <c r="C24" s="12">
+        <v>4468.3642663815453</v>
+      </c>
+      <c r="D24" s="11">
+        <v>26.6</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="12">
+        <v>4800</v>
+      </c>
+      <c r="C25" s="12">
+        <v>5250.0448073644757</v>
+      </c>
+      <c r="D25" s="11">
+        <v>22.82</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="12">
+        <v>3000</v>
+      </c>
+      <c r="C26" s="12">
+        <v>3413.0073305383225</v>
+      </c>
+      <c r="D26" s="11">
+        <v>27.860000000000003</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="11"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="11"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="12">
+        <v>2040</v>
+      </c>
+      <c r="C29" s="12">
+        <v>2289.4861699923454</v>
+      </c>
+      <c r="D29" s="11">
+        <v>37.9</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="12">
+        <v>3552</v>
+      </c>
+      <c r="C30" s="12">
+        <v>3603.5738627365827</v>
+      </c>
+      <c r="D30" s="11">
+        <v>32.120000000000005</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="12">
+        <v>4200</v>
+      </c>
+      <c r="C31" s="12">
+        <v>4381.9143488297477</v>
+      </c>
+      <c r="D31" s="11">
+        <v>25.94</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="12">
+        <v>5328</v>
+      </c>
+      <c r="C32" s="12">
+        <v>5465.0565280045357</v>
+      </c>
+      <c r="D32" s="11">
+        <v>22.900000000000002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="12">
+        <v>6408</v>
+      </c>
+      <c r="C33" s="12">
+        <v>6785.2293058408341</v>
+      </c>
+      <c r="D33" s="11">
+        <v>16.46</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="11"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="11"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="12">
+        <v>3000</v>
+      </c>
+      <c r="C36" s="12">
+        <v>3270.2796018150007</v>
+      </c>
+      <c r="D36" s="11">
+        <v>27.700000000000003</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="12">
+        <v>3552</v>
+      </c>
+      <c r="C37" s="12">
+        <v>3676.6218801753321</v>
+      </c>
+      <c r="D37" s="11">
+        <v>28.7</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="12">
+        <v>4044</v>
+      </c>
+      <c r="C38" s="12">
+        <v>4307.151304559542</v>
+      </c>
+      <c r="D38" s="11">
+        <v>27.1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="12">
+        <v>4800</v>
+      </c>
+      <c r="C39" s="12">
+        <v>5081.1647163444031</v>
+      </c>
+      <c r="D39" s="11">
+        <v>24.459999999999997</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="12">
+        <v>5640</v>
+      </c>
+      <c r="C40" s="12">
+        <v>6190.0435242175417</v>
+      </c>
+      <c r="D40" s="11">
+        <v>22.02</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="11"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
         <v>91</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="10" t="s">
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="11"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="12">
+        <v>3760.8</v>
+      </c>
+      <c r="C43" s="12">
+        <v>4175.9133711186796</v>
+      </c>
+      <c r="D43" s="11">
+        <v>24.340000000000003</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="12">
+        <v>4800</v>
+      </c>
+      <c r="C44" s="12">
+        <v>5116.2292037646403</v>
+      </c>
+      <c r="D44" s="11">
+        <v>25.600000000000005</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="12">
+        <v>4800</v>
+      </c>
+      <c r="C45" s="12">
+        <v>5258.2438274493597</v>
+      </c>
+      <c r="D45" s="11">
+        <v>23.52</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="12">
+        <v>4320</v>
+      </c>
+      <c r="C46" s="12">
+        <v>4715.8672343099852</v>
+      </c>
+      <c r="D46" s="11">
+        <v>24.240000000000002</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="12">
+        <v>3120</v>
+      </c>
+      <c r="C47" s="12">
+        <v>3547.1530451978247</v>
+      </c>
+      <c r="D47" s="11">
+        <v>30.9</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="12">
+        <v>2400</v>
+      </c>
+      <c r="C48" s="12">
+        <v>2704.1382997515061</v>
+      </c>
+      <c r="D48" s="11">
+        <v>32.320000000000007</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="11"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="11"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="12">
+        <v>4440</v>
+      </c>
+      <c r="C51" s="12">
+        <v>4901.1976111713511</v>
+      </c>
+      <c r="D51" s="11">
+        <v>23.659999999999997</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="12">
+        <v>5400</v>
+      </c>
+      <c r="C52" s="12">
+        <v>5997.0758172457736</v>
+      </c>
+      <c r="D52" s="11">
+        <v>22.3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="12">
+        <v>2400</v>
+      </c>
+      <c r="C53" s="12">
+        <v>2640.4967669653361</v>
+      </c>
+      <c r="D53" s="11">
+        <v>33.520000000000003</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="12">
+        <v>3000</v>
+      </c>
+      <c r="C54" s="12">
+        <v>3332.3525657113869</v>
+      </c>
+      <c r="D54" s="11">
+        <v>31.6</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="11"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
         <v>92</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B3" s="13" t="s">
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="11"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B57" s="12">
+        <v>2400</v>
+      </c>
+      <c r="C57" s="12">
+        <v>2730.7605512062642</v>
+      </c>
+      <c r="D57" s="11">
+        <v>33.28</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B58" s="12">
+        <v>4200</v>
+      </c>
+      <c r="C58" s="12">
+        <v>4572.1625714263928</v>
+      </c>
+      <c r="D58" s="11">
+        <v>26.419999999999998</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="C3" s="13" t="s">
-[...38 lines deleted...]
-      <c r="B7" s="24">
+      <c r="B59" s="12">
         <v>4800</v>
       </c>
-      <c r="C7" s="24">
-[...632 lines deleted...]
-      <c r="D59" s="32">
+      <c r="C59" s="12">
+        <v>4981.1781639642541</v>
+      </c>
+      <c r="D59" s="11">
         <v>21.26</v>
       </c>
     </row>
-    <row r="61" spans="1:4">
-[...11 lines deleted...]
-      <c r="D62" s="16"/>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="4"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
-  <dimension ref="A1:E66"/>
+  <dimension ref="A1:F69"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.33203125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="13.77734375" customWidth="1"/>
+    <col min="1" max="1" width="44.42578125" customWidth="1"/>
+    <col min="2" max="2" width="15.28515625" customWidth="1"/>
+    <col min="3" max="3" width="18.5703125" customWidth="1"/>
+    <col min="4" max="4" width="18.42578125" customWidth="1"/>
+    <col min="5" max="5" width="17.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.6">
-[...28 lines deleted...]
-      <c r="B4" s="4">
+    <row r="1" spans="1:5" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:5" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>122</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="28">
         <v>15.368870190988758</v>
       </c>
-      <c r="C4" s="4">
+      <c r="C4" s="28">
         <v>4.9991503377594029</v>
       </c>
-      <c r="D4" s="4">
+      <c r="D4" s="28">
         <v>16.851254035778407</v>
       </c>
-      <c r="E4" s="4">
+      <c r="E4" s="28">
         <v>6.9455954798533757</v>
       </c>
     </row>
-    <row r="5" spans="1:5">
-[...6 lines deleted...]
-    <row r="6" spans="1:5">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B5" s="29"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>102</v>
-[...12 lines deleted...]
-      <c r="D7" s="5">
+        <v>24</v>
+      </c>
+      <c r="B6" s="29"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="28">
+        <v>13.810544965683974</v>
+      </c>
+      <c r="C7" s="28">
+        <v>13.228166571867165</v>
+      </c>
+      <c r="D7" s="28">
         <v>23.690967808091575</v>
       </c>
-      <c r="E7" s="5">
-[...10 lines deleted...]
-      <c r="C8" s="5">
+      <c r="E7" s="28">
+        <v>15.016513415174714</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="28">
+        <v>17.917200279413166</v>
+      </c>
+      <c r="C8" s="28">
         <v>1.416276641545211</v>
       </c>
-      <c r="D8" s="5">
-[...2 lines deleted...]
-      <c r="E8" s="5">
+      <c r="D8" s="28">
+        <v>6.2935261262145614</v>
+      </c>
+      <c r="E8" s="28">
         <v>2.5439003222162673</v>
       </c>
     </row>
-    <row r="9" spans="1:5">
-[...6 lines deleted...]
-      <c r="C9" s="5">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="28">
+        <v>16.861453249146432</v>
+      </c>
+      <c r="C9" s="28">
         <v>2.6414998562312366</v>
       </c>
-      <c r="D9" s="5">
+      <c r="D9" s="28">
         <v>15.266966663454159</v>
       </c>
-      <c r="E9" s="5">
+      <c r="E9" s="28">
         <v>5.1673926325610289</v>
       </c>
     </row>
-    <row r="10" spans="1:5">
-[...37 lines deleted...]
-      <c r="B12" s="5">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="28">
+        <v>13.858676365505771</v>
+      </c>
+      <c r="C10" s="28">
+        <v>0.13793103307957183</v>
+      </c>
+      <c r="D10" s="28">
+        <v>12.55895785698044</v>
+      </c>
+      <c r="E10" s="28">
+        <v>1.8093691014908331</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="28">
+        <v>11.239733467395155</v>
+      </c>
+      <c r="C11" s="28">
+        <v>4.482449700844354</v>
+      </c>
+      <c r="D11" s="28">
+        <v>13.437073699938129</v>
+      </c>
+      <c r="E11" s="28">
+        <v>5.865023143342623</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="28">
         <v>17.2833473369549</v>
       </c>
-      <c r="C12" s="5">
+      <c r="C12" s="28">
         <v>2.5298707114485386</v>
       </c>
-      <c r="D12" s="5">
+      <c r="D12" s="28">
         <v>20.449988901263474</v>
       </c>
-      <c r="E12" s="5">
-[...37 lines deleted...]
-    <row r="16" spans="1:5">
+      <c r="E12" s="28">
+        <v>5.9608650485803407</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="28">
+        <v>15.86810150690885</v>
+      </c>
+      <c r="C13" s="28">
+        <v>6.6643032205522017</v>
+      </c>
+      <c r="D13" s="28">
+        <v>9.9061083939260381</v>
+      </c>
+      <c r="E13" s="28">
+        <v>7.2576852527903339</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="28">
+        <v>16.451135234465781</v>
+      </c>
+      <c r="C14" s="28">
+        <v>7.5514061034612796</v>
+      </c>
+      <c r="D14" s="28">
+        <v>29.109688958127748</v>
+      </c>
+      <c r="E14" s="28">
+        <v>10.379012849563907</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B15" s="28"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>103</v>
-[...29 lines deleted...]
-      <c r="D18" s="5">
+        <v>84</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="28">
+        <v>6.6104194861221472</v>
+      </c>
+      <c r="C17" s="28">
+        <v>3.7431474643939278</v>
+      </c>
+      <c r="D17" s="28">
+        <v>12.492706355845835</v>
+      </c>
+      <c r="E17" s="28">
+        <v>4.2707576873174569</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="28">
+        <v>10.325988505608402</v>
+      </c>
+      <c r="C18" s="28">
+        <v>5.3415137320126229</v>
+      </c>
+      <c r="D18" s="28">
         <v>17.875093675077032</v>
       </c>
-      <c r="E18" s="5">
-[...7 lines deleted...]
-      <c r="B19" s="5">
+      <c r="E18" s="28">
+        <v>6.4613537079836432</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="28">
         <v>18.86960953329746</v>
       </c>
-      <c r="C19" s="5">
+      <c r="C19" s="28">
         <v>4.2987653267226138</v>
       </c>
-      <c r="D19" s="5">
+      <c r="D19" s="28">
         <v>19.212840877425052</v>
       </c>
-      <c r="E19" s="5">
+      <c r="E19" s="28">
         <v>6.9148907515382501</v>
       </c>
     </row>
-    <row r="20" spans="1:5">
-[...9 lines deleted...]
-      <c r="D20" s="5">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="28">
+        <v>24.699516763136149</v>
+      </c>
+      <c r="C20" s="28">
+        <v>5.4029076030188525</v>
+      </c>
+      <c r="D20" s="28">
         <v>13.588226061831444</v>
       </c>
-      <c r="E20" s="5">
-[...13 lines deleted...]
-      <c r="D21" s="5">
+      <c r="E20" s="28">
+        <v>8.3540389803573873</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="28">
+        <v>19.519970820884524</v>
+      </c>
+      <c r="C21" s="28">
+        <v>6.6689795666736567</v>
+      </c>
+      <c r="D21" s="28">
         <v>20.3033859666807</v>
       </c>
-      <c r="E21" s="5">
-[...3 lines deleted...]
-    <row r="23" spans="1:5">
+      <c r="E21" s="28">
+        <v>9.965075726732362</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B22" s="28"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>104</v>
-[...32 lines deleted...]
-      <c r="E25" s="5">
+        <v>85</v>
+      </c>
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="28">
+        <v>8.0328041637889633</v>
+      </c>
+      <c r="C24" s="28">
+        <v>3.656791776311509</v>
+      </c>
+      <c r="D24" s="28">
+        <v>14.83910081360106</v>
+      </c>
+      <c r="E24" s="28">
+        <v>4.5643115273855521</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="28">
+        <v>41.920897193568742</v>
+      </c>
+      <c r="C25" s="28">
+        <v>2.9324755477733206</v>
+      </c>
+      <c r="D25" s="28">
+        <v>12.91242186581186</v>
+      </c>
+      <c r="E25" s="28">
         <v>8.2373640303383073</v>
       </c>
     </row>
-    <row r="26" spans="1:5">
-[...9 lines deleted...]
-      <c r="D26" s="5">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="28">
+        <v>14.182089039841122</v>
+      </c>
+      <c r="C26" s="28">
+        <v>16.934114440514648</v>
+      </c>
+      <c r="D26" s="28">
         <v>44.354674212069845</v>
       </c>
-      <c r="E26" s="5">
-[...3 lines deleted...]
-    <row r="28" spans="1:5">
+      <c r="E26" s="28">
+        <v>19.41738138308731</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>105</v>
-[...29 lines deleted...]
-      <c r="D30" s="5">
+        <v>90</v>
+      </c>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="28">
+        <v>6.2088330086524905</v>
+      </c>
+      <c r="C29" s="28">
+        <v>4.8924109311768378</v>
+      </c>
+      <c r="D29" s="28">
+        <v>20.187668285087501</v>
+      </c>
+      <c r="E29" s="28">
+        <v>5.8852932743522821</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="28">
+        <v>13.321314085300845</v>
+      </c>
+      <c r="C30" s="28">
+        <v>5.2357604189751488</v>
+      </c>
+      <c r="D30" s="28">
         <v>35.151313644593543</v>
       </c>
-      <c r="E30" s="5">
-[...16 lines deleted...]
-      <c r="E31" s="5">
+      <c r="E30" s="28">
+        <v>8.6818793975714676</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="28">
+        <v>18.606124522287555</v>
+      </c>
+      <c r="C31" s="28">
+        <v>4.9031299717200518</v>
+      </c>
+      <c r="D31" s="28">
+        <v>13.045426218417333</v>
+      </c>
+      <c r="E31" s="28">
         <v>6.5335892934761048</v>
       </c>
     </row>
-    <row r="32" spans="1:5">
-[...6 lines deleted...]
-      <c r="C32" s="5">
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="28">
+        <v>17.401826912212378</v>
+      </c>
+      <c r="C32" s="28">
         <v>5.6578912783165212</v>
       </c>
-      <c r="D32" s="5">
+      <c r="D32" s="28">
         <v>19.905049871829466</v>
       </c>
-      <c r="E32" s="5">
+      <c r="E32" s="28">
         <v>8.254579507052128</v>
       </c>
     </row>
-    <row r="33" spans="1:5">
-[...3 lines deleted...]
-      <c r="B33" s="5">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="28">
         <v>21.332399651939699</v>
       </c>
-      <c r="C33" s="5">
+      <c r="C33" s="28">
         <v>4.305898343030286</v>
       </c>
-      <c r="D33" s="5">
+      <c r="D33" s="28">
         <v>5.0910646991936845</v>
       </c>
-      <c r="E33" s="5">
-[...3 lines deleted...]
-    <row r="35" spans="1:5">
+      <c r="E33" s="28">
+        <v>5.3694928913280418</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>106</v>
-[...9 lines deleted...]
-      <c r="C36" s="5">
+        <v>89</v>
+      </c>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="28">
+        <v>23.312137329784022</v>
+      </c>
+      <c r="C36" s="28">
         <v>10.585432219776058</v>
       </c>
-      <c r="D36" s="5">
-[...2 lines deleted...]
-      <c r="E36" s="5">
+      <c r="D36" s="28">
+        <v>20.925731721283661</v>
+      </c>
+      <c r="E36" s="28">
         <v>13.297244378706747</v>
       </c>
     </row>
-    <row r="37" spans="1:5">
-[...40 lines deleted...]
-      <c r="C39" s="5">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="28">
+        <v>15.699974290795849</v>
+      </c>
+      <c r="C37" s="28">
+        <v>5.3391209157445845</v>
+      </c>
+      <c r="D37" s="28">
+        <v>19.625252866723148</v>
+      </c>
+      <c r="E37" s="28">
+        <v>8.1959670571561745</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="28">
+        <v>15.647745997573569</v>
+      </c>
+      <c r="C38" s="28">
+        <v>2.6717075883505048</v>
+      </c>
+      <c r="D38" s="28">
+        <v>18.564630873685282</v>
+      </c>
+      <c r="E38" s="28">
+        <v>5.0034114674373127</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="28">
+        <v>11.162979392193723</v>
+      </c>
+      <c r="C39" s="28">
         <v>2.7536401940858304</v>
       </c>
-      <c r="D39" s="5">
+      <c r="D39" s="28">
         <v>9.1222622493510421</v>
       </c>
-      <c r="E39" s="5">
+      <c r="E39" s="28">
         <v>3.5374202915005428</v>
       </c>
     </row>
-    <row r="40" spans="1:5">
-[...9 lines deleted...]
-      <c r="D40" s="5">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="28">
+        <v>10.970309119651533</v>
+      </c>
+      <c r="C40" s="28">
+        <v>3.6119253103815039</v>
+      </c>
+      <c r="D40" s="28">
         <v>9.8056138346066586</v>
       </c>
-      <c r="E40" s="5">
-[...3 lines deleted...]
-    <row r="42" spans="1:5">
+      <c r="E40" s="28">
+        <v>4.6577957218624686</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>107</v>
-[...12 lines deleted...]
-      <c r="D43" s="5">
+        <v>91</v>
+      </c>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="28">
         <v>17.479661589142339</v>
       </c>
-      <c r="E43" s="5">
+      <c r="C43" s="28">
+        <v>12.564295861000558</v>
+      </c>
+      <c r="D43" s="28">
+        <v>17.479661589142339</v>
+      </c>
+      <c r="E43" s="28">
         <v>15.361010136968241</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="D45" s="5">
+      <c r="F43" s="26"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="28">
+        <v>11.558953840250881</v>
+      </c>
+      <c r="C44" s="28">
+        <v>4.7601054413643071</v>
+      </c>
+      <c r="D44" s="28">
+        <v>11.558953840250881</v>
+      </c>
+      <c r="E44" s="28">
+        <v>6.6688186713591708</v>
+      </c>
+      <c r="F44" s="26"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="28">
         <v>20.372810794565652</v>
       </c>
-      <c r="E45" s="5">
-[...16 lines deleted...]
-      <c r="E46" s="5">
+      <c r="C45" s="28">
+        <v>6.2378428271162605</v>
+      </c>
+      <c r="D45" s="28">
+        <v>20.372810794565652</v>
+      </c>
+      <c r="E45" s="28">
+        <v>9.4894611517712271</v>
+      </c>
+      <c r="F45" s="26"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="28">
+        <v>15.121725834927222</v>
+      </c>
+      <c r="C46" s="28">
+        <v>3.9860921332957893</v>
+      </c>
+      <c r="D46" s="28">
+        <v>15.121725834927222</v>
+      </c>
+      <c r="E46" s="28">
         <v>5.4674771018911823</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="C48" s="5">
+      <c r="F46" s="26"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C47" s="28">
+        <v>1.8059252704212867</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E47" s="28">
+        <v>2.9908211609062585</v>
+      </c>
+      <c r="F47" s="26"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="C48" s="28">
         <v>0</v>
       </c>
-      <c r="D48" s="5">
-[...6 lines deleted...]
-    <row r="50" spans="1:5">
+      <c r="D48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E48" s="28">
+        <v>0.22208935406405431</v>
+      </c>
+      <c r="F48" s="26"/>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>108</v>
-[...6 lines deleted...]
-      <c r="B51" s="5">
+        <v>109</v>
+      </c>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="28">
         <v>20.092463612564373</v>
       </c>
-      <c r="C51" s="5">
+      <c r="C51" s="28">
         <v>5.6675739861282919</v>
       </c>
-      <c r="D51" s="5">
-[...2 lines deleted...]
-      <c r="E51" s="5">
+      <c r="D51" s="28">
+        <v>14.528532673414347</v>
+      </c>
+      <c r="E51" s="28">
         <v>7.9737633523463538</v>
       </c>
     </row>
-    <row r="52" spans="1:5">
-[...9 lines deleted...]
-      <c r="D52" s="5">
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="28">
+        <v>17.541030360460855</v>
+      </c>
+      <c r="C52" s="28">
+        <v>5.0504788616530583</v>
+      </c>
+      <c r="D52" s="28">
         <v>16.634088265962884</v>
       </c>
-      <c r="E52" s="5">
-[...37 lines deleted...]
-    <row r="56" spans="1:5">
+      <c r="E52" s="28">
+        <v>6.8470346832671529</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="28">
+        <v>15.48093571813245</v>
+      </c>
+      <c r="C53" s="28">
+        <v>13.215457111736567</v>
+      </c>
+      <c r="D53" s="28">
+        <v>41.462177970284422</v>
+      </c>
+      <c r="E53" s="28">
+        <v>17.981890430991566</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="28">
+        <v>5.4953596649673742</v>
+      </c>
+      <c r="C54" s="28">
+        <v>2.5911124500405287</v>
+      </c>
+      <c r="D54" s="28">
+        <v>23.589168507237993</v>
+      </c>
+      <c r="E54" s="28">
+        <v>3.5432968138782015</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B55" s="28"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>109</v>
-[...12 lines deleted...]
-      <c r="D57" s="5">
+        <v>92</v>
+      </c>
+      <c r="B56" s="28"/>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B57" s="28">
+        <v>9.1000012220004969</v>
+      </c>
+      <c r="C57" s="28">
+        <v>8.1449924603389228</v>
+      </c>
+      <c r="D57" s="28">
         <v>37.780764797256516</v>
       </c>
-      <c r="E57" s="5">
-[...33 lines deleted...]
-      <c r="E59" s="5">
+      <c r="E57" s="28">
+        <v>10.497309051355778</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="28">
+        <v>15.583489405169249</v>
+      </c>
+      <c r="C58" s="28">
+        <v>4.3877636099431916</v>
+      </c>
+      <c r="D58" s="28">
+        <v>18.020572469777651</v>
+      </c>
+      <c r="E58" s="28">
+        <v>6.5237108479863624</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="28">
+        <v>17.135943673569319</v>
+      </c>
+      <c r="C59" s="28">
+        <v>5.5453940348425768</v>
+      </c>
+      <c r="D59" s="28">
+        <v>9.6129113675192439</v>
+      </c>
+      <c r="E59" s="28">
         <v>6.7983908981299006</v>
       </c>
     </row>
-    <row r="61" spans="1:5">
-[...51 lines deleted...]
-      <c r="E66" s="15"/>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="30"/>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A63" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="30"/>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A64" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B64" s="4"/>
+      <c r="C64" s="4"/>
+      <c r="D64" s="4"/>
+      <c r="E64" s="4"/>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" s="30" t="s">
+        <v>127</v>
+      </c>
+      <c r="B65" s="4"/>
+      <c r="C65" s="4"/>
+      <c r="D65" s="4"/>
+      <c r="E65" s="30"/>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B66" s="4"/>
+      <c r="C66" s="4"/>
+      <c r="D66" s="4"/>
+      <c r="E66" s="4"/>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" s="30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B67" s="4"/>
+      <c r="C67" s="4"/>
+      <c r="D67" s="4"/>
+      <c r="E67" s="30"/>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B68" s="4"/>
+      <c r="C68" s="4"/>
+      <c r="D68" s="4"/>
+      <c r="E68" s="4"/>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="30" t="s">
+        <v>131</v>
+      </c>
+      <c r="B69" s="4"/>
+      <c r="C69" s="4"/>
+      <c r="D69" s="4"/>
+      <c r="E69" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
-  <dimension ref="A1:E62"/>
+  <dimension ref="A1:D62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.44140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="15" customWidth="1"/>
+    <col min="1" max="1" width="28.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" customWidth="1"/>
+    <col min="3" max="3" width="11.140625" customWidth="1"/>
+    <col min="4" max="4" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.6">
-[...26 lines deleted...]
-        <v>111</v>
+    <row r="1" spans="1:4" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
       </c>
       <c r="B4" s="25">
         <v>50</v>
       </c>
       <c r="C4" s="25">
         <v>89.610177018564698</v>
       </c>
-      <c r="D4" s="18">
+      <c r="D4" s="25">
         <v>5.8571485430002213</v>
       </c>
-      <c r="E4" s="18">
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" s="3"/>
+      <c r="C5" s="3"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="3"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="26">
+        <v>78</v>
+      </c>
+      <c r="C7" s="26">
+        <v>86.816241428842034</v>
+      </c>
+      <c r="D7" s="26">
+        <v>4.9639854580163956</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="26">
         <v>100</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="C8" s="27">
+      <c r="C8" s="26">
         <v>175.68812686978629</v>
       </c>
-      <c r="D8" s="20">
+      <c r="D8" s="26">
         <v>8.395083099603653</v>
       </c>
-      <c r="E8" s="20">
-[...7 lines deleted...]
-      <c r="B9" s="27">
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="26">
         <v>70</v>
       </c>
-      <c r="C9" s="27">
+      <c r="C9" s="26">
         <v>124.88006442461409</v>
       </c>
-      <c r="D9" s="20">
+      <c r="D9" s="26">
         <v>7.1848936378955841</v>
       </c>
-      <c r="E9" s="20">
-[...7 lines deleted...]
-      <c r="B10" s="27">
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="26">
         <v>15</v>
       </c>
-      <c r="C10" s="27">
+      <c r="C10" s="26">
         <v>21.448983768188505</v>
       </c>
-      <c r="D10" s="20">
+      <c r="D10" s="26">
         <v>2.1126760169863701</v>
       </c>
-      <c r="E10" s="20">
-[...7 lines deleted...]
-      <c r="B11" s="27">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="26">
         <v>70</v>
       </c>
-      <c r="C11" s="27">
+      <c r="C11" s="26">
         <v>118.82806517634727</v>
       </c>
-      <c r="D11" s="20">
+      <c r="D11" s="26">
         <v>7.3427443206310272</v>
       </c>
-      <c r="E11" s="20">
-[...7 lines deleted...]
-      <c r="B12" s="27">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="27">
+      <c r="B12" s="26">
+        <v>30</v>
+      </c>
+      <c r="C12" s="26">
         <v>48.927448981813043</v>
       </c>
-      <c r="D12" s="20">
+      <c r="D12" s="26">
         <v>3.4482758492231369</v>
       </c>
-      <c r="E12" s="20">
-[...7 lines deleted...]
-      <c r="B13" s="27">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="26">
         <v>50</v>
       </c>
-      <c r="C13" s="27">
+      <c r="C13" s="26">
         <v>99.954924882856005</v>
       </c>
-      <c r="D13" s="20">
+      <c r="D13" s="26">
         <v>6.7775280773639688</v>
       </c>
-      <c r="E13" s="20">
-[...7 lines deleted...]
-      <c r="B14" s="27">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="26">
         <v>60</v>
       </c>
-      <c r="C14" s="27">
+      <c r="C14" s="26">
         <v>69.232917658826707</v>
       </c>
-      <c r="D14" s="20">
+      <c r="D14" s="26">
         <v>6.25</v>
       </c>
-      <c r="E14" s="20">
-[...10 lines deleted...]
-    <row r="16" spans="1:5">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B15" s="15"/>
+      <c r="C15" s="15"/>
+      <c r="D15" s="9"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>103</v>
-[...7 lines deleted...]
-      <c r="A17" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="15"/>
+      <c r="C16" s="15"/>
+      <c r="D16" s="9"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="26">
+        <v>30</v>
+      </c>
+      <c r="C17" s="26">
+        <v>46.968676893448901</v>
+      </c>
+      <c r="D17" s="26">
+        <v>5.9403969347476968</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="26">
+        <v>74</v>
+      </c>
+      <c r="C18" s="26">
+        <v>95.400122342750549</v>
+      </c>
+      <c r="D18" s="26">
+        <v>7.5391386449337014</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="26">
+        <v>73</v>
+      </c>
+      <c r="C19" s="26">
+        <v>108.7575096189582</v>
+      </c>
+      <c r="D19" s="26">
+        <v>5.4059399664402017</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="26">
+        <v>70</v>
+      </c>
+      <c r="C20" s="26">
+        <v>105.07642466071843</v>
+      </c>
+      <c r="D20" s="26">
+        <v>4.8268426954746246</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="26">
+        <v>50</v>
+      </c>
+      <c r="C21" s="26">
+        <v>78.167972411770222</v>
+      </c>
+      <c r="D21" s="26">
+        <v>4.1929826140403748</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B22" s="15"/>
+      <c r="C22" s="15"/>
+      <c r="D22" s="9"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="15"/>
+      <c r="C23" s="15"/>
+      <c r="D23" s="9"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="26">
+        <v>54</v>
+      </c>
+      <c r="C24" s="26">
+        <v>91.181478305828804</v>
+      </c>
+      <c r="D24" s="26">
+        <v>6.0989900678396225</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="26">
+        <v>60</v>
+      </c>
+      <c r="C25" s="26">
+        <v>118.66578764913908</v>
+      </c>
+      <c r="D25" s="26">
+        <v>5.0544536858797073</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="26">
+        <v>30</v>
+      </c>
+      <c r="C26" s="26">
+        <v>28.835235976462673</v>
+      </c>
+      <c r="D26" s="26">
+        <v>5.000000074505806</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B27" s="15"/>
+      <c r="C27" s="15"/>
+      <c r="D27" s="9"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="15"/>
+      <c r="C28" s="15"/>
+      <c r="D28" s="9"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="26">
         <v>10</v>
       </c>
-      <c r="B17" s="27">
+      <c r="C29" s="26">
+        <v>-29.874735376387594</v>
+      </c>
+      <c r="D29" s="26">
+        <v>2.4037955328822136</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="26">
+        <v>40</v>
+      </c>
+      <c r="C30" s="26">
+        <v>1.2606316016988783</v>
+      </c>
+      <c r="D30" s="26">
+        <v>4.5679713785648346</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="26">
+        <v>50</v>
+      </c>
+      <c r="C31" s="26">
+        <v>44.31913928979538</v>
+      </c>
+      <c r="D31" s="26">
+        <v>5.0297350436449051</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="26">
+        <v>150</v>
+      </c>
+      <c r="C32" s="26">
+        <v>131.03734901746313</v>
+      </c>
+      <c r="D32" s="26">
+        <v>9.0068976581096649</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="26">
+        <v>200</v>
+      </c>
+      <c r="C33" s="26">
+        <v>301.64781118930517</v>
+      </c>
+      <c r="D33" s="26">
+        <v>10.506439805030823</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="15"/>
+      <c r="C34" s="15"/>
+      <c r="D34" s="9"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="15"/>
+      <c r="C35" s="15"/>
+      <c r="D35" s="9"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="26">
+        <v>20</v>
+      </c>
+      <c r="C36" s="26">
+        <v>-11.353456667085034</v>
+      </c>
+      <c r="D36" s="26">
+        <v>2.6735813543200497</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="26">
         <v>30</v>
       </c>
-      <c r="C17" s="27">
-[...47 lines deleted...]
-      <c r="B20" s="27">
+      <c r="C37" s="26">
+        <v>23.826349231258718</v>
+      </c>
+      <c r="D37" s="26">
+        <v>4.166778177022934</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="26">
+        <v>50</v>
+      </c>
+      <c r="C38" s="26">
+        <v>48.073977189159542</v>
+      </c>
+      <c r="D38" s="26">
+        <v>5.4935131222009659</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="26">
+        <v>120</v>
+      </c>
+      <c r="C39" s="26">
+        <v>144.6827221513486</v>
+      </c>
+      <c r="D39" s="26">
+        <v>10.149056762456894</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="26">
+        <v>150</v>
+      </c>
+      <c r="C40" s="26">
+        <v>243.2796484227637</v>
+      </c>
+      <c r="D40" s="26">
+        <v>9.8432540893554688</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="15"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="9"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="15"/>
+      <c r="C42" s="15"/>
+      <c r="D42" s="9"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="26">
+        <v>40</v>
+      </c>
+      <c r="C43" s="26">
+        <v>56.902024048924467</v>
+      </c>
+      <c r="D43" s="26">
+        <v>4.4363637268543243</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="26">
+        <v>59</v>
+      </c>
+      <c r="C44" s="26">
+        <v>108.14897564940394</v>
+      </c>
+      <c r="D44" s="26">
+        <v>5.5216114968061447</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="26">
         <v>70</v>
       </c>
-      <c r="C20" s="27">
-[...13 lines deleted...]
-      <c r="B21" s="27">
+      <c r="C45" s="26">
+        <v>69.949350523285418</v>
+      </c>
+      <c r="D45" s="26">
+        <v>5.1261790841817856</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="26">
+        <v>80</v>
+      </c>
+      <c r="C46" s="26">
+        <v>126.85803147181953</v>
+      </c>
+      <c r="D46" s="26">
+        <v>6.5478904545307168</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="26">
         <v>50</v>
       </c>
-      <c r="C21" s="27">
-[...63 lines deleted...]
-      <c r="B26" s="27">
+      <c r="C47" s="26">
+        <v>88.61275667995524</v>
+      </c>
+      <c r="D47" s="26">
+        <v>7.8451345860958099</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="26">
         <v>30</v>
       </c>
-      <c r="C26" s="27">
-[...29 lines deleted...]
-      <c r="B29" s="27">
+      <c r="C48" s="26">
+        <v>43.247524247584721</v>
+      </c>
+      <c r="D48" s="26">
+        <v>5.4693251103162766</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="15"/>
+      <c r="C49" s="15"/>
+      <c r="D49" s="9"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="15"/>
+      <c r="C50" s="15"/>
+      <c r="D50" s="9"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="26">
+        <v>80</v>
+      </c>
+      <c r="C51" s="26">
+        <v>105.19797516800075</v>
+      </c>
+      <c r="D51" s="26">
+        <v>6.2876905500888824</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="26">
+        <v>98</v>
+      </c>
+      <c r="C52" s="26">
+        <v>187.17333761115671</v>
+      </c>
+      <c r="D52" s="26">
+        <v>5.6412111222743988</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="26">
+        <v>-140</v>
+      </c>
+      <c r="C53" s="26">
+        <v>-163.67977689939516</v>
+      </c>
+      <c r="D53" s="26">
+        <v>-29.230770468711853</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="26">
+        <v>45</v>
+      </c>
+      <c r="C54" s="26">
+        <v>50.387843498024374</v>
+      </c>
+      <c r="D54" s="26">
+        <v>5.9639151394367218</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B55" s="15"/>
+      <c r="C55" s="15"/>
+      <c r="D55" s="9"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B56" s="15"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="9"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="26">
         <v>10</v>
       </c>
-      <c r="C29" s="27">
-[...30 lines deleted...]
-      <c r="B31" s="27">
+      <c r="C57" s="26">
+        <v>-32.737684914733016</v>
+      </c>
+      <c r="D57" s="26">
+        <v>2.6920663565397263</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="26">
         <v>50</v>
       </c>
-      <c r="C31" s="27">
-[...386 lines deleted...]
-      <c r="C58" s="27">
+      <c r="C58" s="26">
         <v>69.085235244388102</v>
       </c>
-      <c r="D58" s="20">
+      <c r="D58" s="26">
         <v>5.2881743758916855</v>
       </c>
-      <c r="E58" s="20">
-[...7 lines deleted...]
-      <c r="B59" s="27">
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="26">
         <v>110</v>
       </c>
-      <c r="C59" s="27">
+      <c r="C59" s="26">
         <v>195.56852381643964</v>
       </c>
-      <c r="D59" s="20">
+      <c r="D59" s="26">
         <v>9.3179453909397143</v>
       </c>
-      <c r="E59" s="20">
-[...17 lines deleted...]
-      <c r="E62" s="16"/>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="4"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
-    <sheetView topLeftCell="A37" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.33203125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="16.77734375" customWidth="1"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="6" width="14.7109375" customWidth="1"/>
+    <col min="7" max="7" width="18.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18">
-[...31 lines deleted...]
-      <c r="E3" s="13" t="s">
+    <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="F3" s="13" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="13" t="s">
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+    </row>
+    <row r="2" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" s="17"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="18"/>
+      <c r="G2" s="18"/>
+    </row>
+    <row r="3" spans="1:7" s="16" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="8"/>
+      <c r="B3" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="11">
+        <v>95.624526060320008</v>
+      </c>
+      <c r="C4" s="11">
+        <v>88.819968634623407</v>
+      </c>
+      <c r="D4" s="11">
+        <v>28.027332660994634</v>
+      </c>
+      <c r="E4" s="11">
+        <v>68.023423705071295</v>
+      </c>
+      <c r="F4" s="11">
+        <v>29.884670727793299</v>
+      </c>
+      <c r="G4" s="11">
+        <v>15.000734255765991</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="11">
+        <v>97.072375721200487</v>
+      </c>
+      <c r="C7" s="11">
+        <v>87.226384112897279</v>
+      </c>
+      <c r="D7" s="11">
+        <v>21.714093978568023</v>
+      </c>
+      <c r="E7" s="11">
+        <v>75.905230684120937</v>
+      </c>
+      <c r="F7" s="11">
+        <v>37.323359306730261</v>
+      </c>
+      <c r="G7" s="11">
+        <v>12.388081365013576</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="11">
+        <v>95.623719392606745</v>
+      </c>
+      <c r="C8" s="11">
+        <v>88.000407010241403</v>
+      </c>
+      <c r="D8" s="11">
+        <v>18.497155752819012</v>
+      </c>
+      <c r="E8" s="11">
+        <v>72.531781843504021</v>
+      </c>
+      <c r="F8" s="11">
+        <v>9.1736822982655237</v>
+      </c>
+      <c r="G8" s="11">
+        <v>15.769879872819418</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="11">
+        <v>97.63420222194145</v>
+      </c>
+      <c r="C9" s="11">
+        <v>90.846533545955097</v>
+      </c>
+      <c r="D9" s="11">
+        <v>39.775231925448161</v>
+      </c>
+      <c r="E9" s="11">
+        <v>70.562967670324809</v>
+      </c>
+      <c r="F9" s="11">
+        <v>55.154203538113244</v>
+      </c>
+      <c r="G9" s="11">
+        <v>17.302749237182891</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="11">
+        <v>94.979261515752341</v>
+      </c>
+      <c r="C10" s="11">
+        <v>92.270995956150998</v>
+      </c>
+      <c r="D10" s="11">
+        <v>24.254577657288291</v>
+      </c>
+      <c r="E10" s="11">
+        <v>59.394000086831156</v>
+      </c>
+      <c r="F10" s="11">
+        <v>12.578465714368555</v>
+      </c>
+      <c r="G10" s="11">
+        <v>17.414645759426392</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="11">
+        <v>93.60736980645467</v>
+      </c>
+      <c r="C11" s="11">
+        <v>86.905717093661067</v>
+      </c>
+      <c r="D11" s="11">
+        <v>34.320187855271605</v>
+      </c>
+      <c r="E11" s="11">
+        <v>59.829204200561506</v>
+      </c>
+      <c r="F11" s="11">
+        <v>44.965501833997088</v>
+      </c>
+      <c r="G11" s="11">
+        <v>13.651269203092761</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="11">
+        <v>96.248727251249903</v>
+      </c>
+      <c r="C12" s="11">
+        <v>92.018764169687572</v>
+      </c>
+      <c r="D12" s="11">
+        <v>27.196989565017944</v>
+      </c>
+      <c r="E12" s="11">
+        <v>65.086027041826398</v>
+      </c>
+      <c r="F12" s="11">
+        <v>28.678464815293918</v>
+      </c>
+      <c r="G12" s="11">
+        <v>10.929605607806257</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="11">
+        <v>95.447975036692227</v>
+      </c>
+      <c r="C13" s="11">
+        <v>87.846867002866063</v>
+      </c>
+      <c r="D13" s="11">
+        <v>33.161190683848524</v>
+      </c>
+      <c r="E13" s="11">
+        <v>71.127384478500403</v>
+      </c>
+      <c r="F13" s="11">
+        <v>22.334873732709841</v>
+      </c>
+      <c r="G13" s="11">
+        <v>19.601993500822388</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="11">
+        <v>94.545394116774929</v>
+      </c>
+      <c r="C14" s="11">
+        <v>85.582162917572035</v>
+      </c>
+      <c r="D14" s="11">
+        <v>25.966868631781796</v>
+      </c>
+      <c r="E14" s="11">
+        <v>70.190287255534116</v>
+      </c>
+      <c r="F14" s="11">
+        <v>29.594307234612042</v>
+      </c>
+      <c r="G14" s="11">
+        <v>13.462922685951529</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="11">
+        <v>88.933142024958215</v>
+      </c>
+      <c r="C17" s="11">
+        <v>81.092592631514918</v>
+      </c>
+      <c r="D17" s="11">
+        <v>17.080100448552173</v>
+      </c>
+      <c r="E17" s="11">
+        <v>27.680017443331572</v>
+      </c>
+      <c r="F17" s="11">
+        <v>20.780195350441183</v>
+      </c>
+      <c r="G17" s="11">
+        <v>5.4498935196355651</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="11">
+        <v>96.243238369643194</v>
+      </c>
+      <c r="C18" s="11">
+        <v>88.904353659640648</v>
+      </c>
+      <c r="D18" s="11">
+        <v>29.053855821088092</v>
+      </c>
+      <c r="E18" s="11">
+        <v>64.755829854607327</v>
+      </c>
+      <c r="F18" s="11">
+        <v>29.486423635444925</v>
+      </c>
+      <c r="G18" s="11">
+        <v>11.407876560715074</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="11">
+        <v>95.90434044426172</v>
+      </c>
+      <c r="C19" s="11">
+        <v>89.423177640004397</v>
+      </c>
+      <c r="D19" s="11">
+        <v>27.711807872796907</v>
+      </c>
+      <c r="E19" s="11">
+        <v>76.810068770760182</v>
+      </c>
+      <c r="F19" s="11">
+        <v>33.52758185920414</v>
+      </c>
+      <c r="G19" s="11">
+        <v>18.092320348833081</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="11">
+        <v>98.995012719660849</v>
+      </c>
+      <c r="C20" s="11">
+        <v>93.415335223117182</v>
+      </c>
+      <c r="D20" s="11">
+        <v>32.02710710502987</v>
+      </c>
+      <c r="E20" s="11">
+        <v>89.008469934465822</v>
+      </c>
+      <c r="F20" s="11">
+        <v>35.175529698791628</v>
+      </c>
+      <c r="G20" s="11">
+        <v>20.640154602998408</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="11">
+        <v>98.085724754501342</v>
+      </c>
+      <c r="C21" s="11">
+        <v>91.580631229507944</v>
+      </c>
+      <c r="D21" s="11">
+        <v>35.982322094155109</v>
+      </c>
+      <c r="E21" s="11">
+        <v>86.404686170773005</v>
+      </c>
+      <c r="F21" s="11">
+        <v>29.14250423889299</v>
+      </c>
+      <c r="G21" s="11">
+        <v>23.557789709405267</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="11"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="11">
         <v>100</v>
       </c>
-    </row>
-[...386 lines deleted...]
-      <c r="B24" s="20">
+      <c r="C24" s="11">
         <v>100</v>
       </c>
-      <c r="C24" s="20">
+      <c r="D24" s="11">
+        <v>31.665486164962747</v>
+      </c>
+      <c r="E24" s="11">
+        <v>67.298848555180228</v>
+      </c>
+      <c r="F24" s="11">
+        <v>31.504234751805178</v>
+      </c>
+      <c r="G24" s="11">
+        <v>14.252076411419857</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="11">
         <v>100</v>
       </c>
-      <c r="D24" s="20">
-[...16 lines deleted...]
-      <c r="B25" s="20">
+      <c r="C25" s="11">
         <v>100</v>
       </c>
-      <c r="C25" s="20">
+      <c r="D25" s="11">
+        <v>23.292936633205851</v>
+      </c>
+      <c r="E25" s="11">
+        <v>81.522125619078238</v>
+      </c>
+      <c r="F25" s="11">
+        <v>27.983570001677531</v>
+      </c>
+      <c r="G25" s="11">
+        <v>19.914561017391115</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="11">
+        <v>60.863491374179858</v>
+      </c>
+      <c r="C26" s="11">
+        <v>0</v>
+      </c>
+      <c r="D26" s="11">
+        <v>13.816665866792821</v>
+      </c>
+      <c r="E26" s="11">
+        <v>48.820514634101485</v>
+      </c>
+      <c r="F26" s="11">
+        <v>23.197385720813713</v>
+      </c>
+      <c r="G26" s="11">
+        <v>11.011744326392819</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="11"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="11"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="11">
+        <v>86.84503702381275</v>
+      </c>
+      <c r="C29" s="11">
+        <v>80.4804294678041</v>
+      </c>
+      <c r="D29" s="11">
+        <v>17.965148533133434</v>
+      </c>
+      <c r="E29" s="11">
+        <v>24.821672858655035</v>
+      </c>
+      <c r="F29" s="11">
+        <v>19.906411267035161</v>
+      </c>
+      <c r="G29" s="11">
+        <v>3.2456303917042897</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="11">
+        <v>93.747785215331092</v>
+      </c>
+      <c r="C30" s="11">
+        <v>87.481945478446946</v>
+      </c>
+      <c r="D30" s="11">
+        <v>22.702342583270273</v>
+      </c>
+      <c r="E30" s="11">
+        <v>57.637195342568489</v>
+      </c>
+      <c r="F30" s="11">
+        <v>23.195589485062964</v>
+      </c>
+      <c r="G30" s="11">
+        <v>7.0884184825231493</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="11">
+        <v>97.760323578915504</v>
+      </c>
+      <c r="C31" s="11">
+        <v>87.272599486517294</v>
+      </c>
+      <c r="D31" s="11">
+        <v>26.872004097500561</v>
+      </c>
+      <c r="E31" s="11">
+        <v>77.562809142172412</v>
+      </c>
+      <c r="F31" s="11">
+        <v>26.613884442640963</v>
+      </c>
+      <c r="G31" s="11">
+        <v>12.746984978454048</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="11">
+        <v>99.796943186002096</v>
+      </c>
+      <c r="C32" s="11">
+        <v>92.11311011960359</v>
+      </c>
+      <c r="D32" s="11">
+        <v>27.927187943774967</v>
+      </c>
+      <c r="E32" s="11">
+        <v>88.038740343102347</v>
+      </c>
+      <c r="F32" s="11">
+        <v>38.16638590386065</v>
+      </c>
+      <c r="G32" s="11">
+        <v>18.683426409919825</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="11">
+        <v>99.993098102549922</v>
+      </c>
+      <c r="C33" s="11">
+        <v>96.771338899765126</v>
+      </c>
+      <c r="D33" s="11">
+        <v>44.711619405918299</v>
+      </c>
+      <c r="E33" s="11">
+        <v>92.164950479247381</v>
+      </c>
+      <c r="F33" s="11">
+        <v>41.57306188290125</v>
+      </c>
+      <c r="G33" s="11">
+        <v>33.284898804523486</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B34" s="11"/>
+      <c r="C34" s="11"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="11"/>
+      <c r="F34" s="11"/>
+      <c r="G34" s="11"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="11"/>
+      <c r="C35" s="11"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="11"/>
+      <c r="F35" s="11"/>
+      <c r="G35" s="11"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="11">
+        <v>78.736791253115612</v>
+      </c>
+      <c r="C36" s="11">
+        <v>52.086602032136312</v>
+      </c>
+      <c r="D36" s="11">
+        <v>7.6340151001152021</v>
+      </c>
+      <c r="E36" s="11">
+        <v>43.389502047796917</v>
+      </c>
+      <c r="F36" s="11">
+        <v>18.262402592243699</v>
+      </c>
+      <c r="G36" s="11">
+        <v>3.7723466077240171</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="11">
+        <v>99.93563171851612</v>
+      </c>
+      <c r="C37" s="11">
+        <v>95.436569264786243</v>
+      </c>
+      <c r="D37" s="11">
+        <v>14.427228473451176</v>
+      </c>
+      <c r="E37" s="11">
+        <v>56.6716666652162</v>
+      </c>
+      <c r="F37" s="11">
+        <v>18.612464642658665</v>
+      </c>
+      <c r="G37" s="11">
+        <v>7.1466620837062749</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="11">
+        <v>99.659703929273505</v>
+      </c>
+      <c r="C38" s="11">
+        <v>98.301787117389935</v>
+      </c>
+      <c r="D38" s="11">
+        <v>25.690588318406398</v>
+      </c>
+      <c r="E38" s="11">
+        <v>66.29188638068851</v>
+      </c>
+      <c r="F38" s="11">
+        <v>34.65364591536742</v>
+      </c>
+      <c r="G38" s="11">
+        <v>10.558300742824404</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="11">
+        <v>99.915068889727891</v>
+      </c>
+      <c r="C39" s="11">
+        <v>99.20810848026062</v>
+      </c>
+      <c r="D39" s="11">
+        <v>39.955073052320053</v>
+      </c>
+      <c r="E39" s="11">
+        <v>82.606351454775023</v>
+      </c>
+      <c r="F39" s="11">
+        <v>34.427348317287567</v>
+      </c>
+      <c r="G39" s="11">
+        <v>15.037246909213655</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="11">
         <v>100</v>
       </c>
-      <c r="D25" s="20">
-[...286 lines deleted...]
-      <c r="B40" s="20">
+      <c r="C40" s="11">
+        <v>99.328639755710284</v>
+      </c>
+      <c r="D40" s="11">
+        <v>52.536241991447952</v>
+      </c>
+      <c r="E40" s="11">
+        <v>91.293464299775721</v>
+      </c>
+      <c r="F40" s="11">
+        <v>43.505290059275481</v>
+      </c>
+      <c r="G40" s="11">
+        <v>38.560333823902624</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B41" s="11"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="11">
+        <v>92.375524420497968</v>
+      </c>
+      <c r="C43" s="11">
+        <v>76.130396292788433</v>
+      </c>
+      <c r="D43" s="11">
+        <v>22.523786717400377</v>
+      </c>
+      <c r="E43" s="11">
+        <v>71.462592207871438</v>
+      </c>
+      <c r="F43" s="11">
+        <v>24.989122187508393</v>
+      </c>
+      <c r="G43" s="11">
+        <v>10.980851490854418</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="11">
+        <v>96.012681760429075</v>
+      </c>
+      <c r="C44" s="11">
+        <v>86.911742647529579</v>
+      </c>
+      <c r="D44" s="11">
+        <v>22.299594312000249</v>
+      </c>
+      <c r="E44" s="11">
+        <v>74.984361523203717</v>
+      </c>
+      <c r="F44" s="11">
+        <v>33.000684900889496</v>
+      </c>
+      <c r="G44" s="11">
+        <v>17.345956944128339</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="11">
+        <v>98.529394066760972</v>
+      </c>
+      <c r="C45" s="11">
+        <v>91.699505841991979</v>
+      </c>
+      <c r="D45" s="11">
+        <v>27.977011075504805</v>
+      </c>
+      <c r="E45" s="11">
+        <v>77.977612841139404</v>
+      </c>
+      <c r="F45" s="11">
+        <v>28.729014339624197</v>
+      </c>
+      <c r="G45" s="11">
+        <v>22.835860439131668</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="11">
+        <v>97.553276381535213</v>
+      </c>
+      <c r="C46" s="11">
+        <v>95.763034216976834</v>
+      </c>
+      <c r="D46" s="11">
+        <v>37.360674639701976</v>
+      </c>
+      <c r="E46" s="11">
+        <v>76.360157045696297</v>
+      </c>
+      <c r="F46" s="11">
+        <v>33.668022676549448</v>
+      </c>
+      <c r="G46" s="11">
+        <v>20.933884200521568</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="11">
+        <v>95.561499190057944</v>
+      </c>
+      <c r="C47" s="11">
+        <v>91.328578841951611</v>
+      </c>
+      <c r="D47" s="11">
+        <v>33.236797520733731</v>
+      </c>
+      <c r="E47" s="11">
+        <v>55.191803200093837</v>
+      </c>
+      <c r="F47" s="11">
+        <v>30.293072310439946</v>
+      </c>
+      <c r="G47" s="11">
+        <v>3.5212937612652055</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="11">
+        <v>87.667941237288488</v>
+      </c>
+      <c r="C48" s="11">
+        <v>84.03123384511585</v>
+      </c>
+      <c r="D48" s="11">
+        <v>19.549935564185983</v>
+      </c>
+      <c r="E48" s="11">
+        <v>22.801072006909394</v>
+      </c>
+      <c r="F48" s="11">
+        <v>21.076581602244474</v>
+      </c>
+      <c r="G48" s="11">
+        <v>2.0620507435735238</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B49" s="11"/>
+      <c r="C49" s="11"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="11"/>
+      <c r="C50" s="11"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="11"/>
+      <c r="G50" s="11"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="11">
+        <v>96.650404516077472</v>
+      </c>
+      <c r="C51" s="11">
+        <v>88.173138533742531</v>
+      </c>
+      <c r="D51" s="11">
+        <v>26.576470840793711</v>
+      </c>
+      <c r="E51" s="11">
+        <v>77.222675272672163</v>
+      </c>
+      <c r="F51" s="11">
+        <v>31.294625994282043</v>
+      </c>
+      <c r="G51" s="11">
+        <v>8.1168705507376391</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="11">
         <v>100</v>
       </c>
-      <c r="C40" s="20">
-[...255 lines deleted...]
-      <c r="F53" s="20">
+      <c r="C52" s="11">
+        <v>92.986643181392637</v>
+      </c>
+      <c r="D52" s="11">
+        <v>36.996288050435645</v>
+      </c>
+      <c r="E52" s="11">
+        <v>88.51362189566818</v>
+      </c>
+      <c r="F52" s="11">
+        <v>33.223643313040377</v>
+      </c>
+      <c r="G52" s="11">
+        <v>73.121318851610241</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="11">
+        <v>85.160427446114355</v>
+      </c>
+      <c r="C53" s="11">
+        <v>78.458696612101406</v>
+      </c>
+      <c r="D53" s="11">
+        <v>20.006791318112846</v>
+      </c>
+      <c r="E53" s="11">
+        <v>39.356213269679571</v>
+      </c>
+      <c r="F53" s="11">
         <v>14.912230272183738</v>
       </c>
-      <c r="G53" s="20">
+      <c r="G53" s="11">
         <v>3.9339952738775636</v>
       </c>
     </row>
-    <row r="54" spans="1:7">
-[...6 lines deleted...]
-      <c r="C54" s="20">
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="11">
+        <v>93.140829337948702</v>
+      </c>
+      <c r="C54" s="11">
         <v>89.557244377760242</v>
       </c>
-      <c r="D54" s="20">
-[...21 lines deleted...]
-    <row r="56" spans="1:7">
+      <c r="D54" s="11">
+        <v>27.764032866400925</v>
+      </c>
+      <c r="E54" s="11">
+        <v>45.347053189403923</v>
+      </c>
+      <c r="F54" s="11">
+        <v>27.771855919959147</v>
+      </c>
+      <c r="G54" s="11">
+        <v>2.9346163497702635</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B55" s="11"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="11"/>
+      <c r="G55" s="11"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>109</v>
-[...47 lines deleted...]
-      <c r="F58" s="20">
+        <v>92</v>
+      </c>
+      <c r="B56" s="11"/>
+      <c r="C56" s="11"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="11"/>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B57" s="11">
+        <v>88.416424146790291</v>
+      </c>
+      <c r="C57" s="11">
+        <v>83.196176245386212</v>
+      </c>
+      <c r="D57" s="11">
+        <v>18.204228620188132</v>
+      </c>
+      <c r="E57" s="11">
+        <v>21.771003963914403</v>
+      </c>
+      <c r="F57" s="11">
+        <v>17.288889774184582</v>
+      </c>
+      <c r="G57" s="11">
+        <v>3.5883363843771132</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B58" s="11">
+        <v>95.725576195795441</v>
+      </c>
+      <c r="C58" s="11">
+        <v>89.513162349367377</v>
+      </c>
+      <c r="D58" s="11">
+        <v>25.848633222467321</v>
+      </c>
+      <c r="E58" s="11">
+        <v>69.281392083039833</v>
+      </c>
+      <c r="F58" s="11">
         <v>29.051765545579126</v>
       </c>
-      <c r="G58" s="20">
-[...7 lines deleted...]
-      <c r="B59" s="20">
+      <c r="G58" s="11">
+        <v>14.19981208461803</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="11">
         <v>98.069535883153463</v>
       </c>
-      <c r="C59" s="20">
+      <c r="C59" s="11">
         <v>88.979891028957269</v>
       </c>
-      <c r="D59" s="20">
+      <c r="D59" s="11">
         <v>37.948164363595204</v>
       </c>
-      <c r="E59" s="20">
-[...5 lines deleted...]
-      <c r="G59" s="20">
+      <c r="E59" s="11">
+        <v>81.979989382764501</v>
+      </c>
+      <c r="F59" s="11">
+        <v>37.032428623112693</v>
+      </c>
+      <c r="G59" s="11">
         <v>21.604450524416034</v>
       </c>
     </row>
-    <row r="61" spans="1:7">
-[...17 lines deleted...]
-      <c r="G62" s="16"/>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="4"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
-    <sheetView topLeftCell="A46" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.77734375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="16.44140625" customWidth="1"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="6" width="14.7109375" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="15.6">
-[...23 lines deleted...]
-      <c r="F3" s="13" t="s">
+    <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="G3" s="13" t="s">
-[...7 lines deleted...]
-      <c r="B4" s="25">
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+    </row>
+    <row r="2" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B2" s="17"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="18"/>
+      <c r="G2" s="18"/>
+    </row>
+    <row r="3" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="13">
         <v>73937.400000000009</v>
       </c>
-      <c r="C4" s="25">
+      <c r="C4" s="13">
         <v>70000</v>
       </c>
-      <c r="D4" s="25">
+      <c r="D4" s="13">
         <v>16593</v>
       </c>
-      <c r="E4" s="25">
+      <c r="E4" s="13">
         <v>5000</v>
       </c>
-      <c r="F4" s="25">
+      <c r="F4" s="13">
         <v>598.80000000000007</v>
       </c>
-      <c r="G4" s="25">
+      <c r="G4" s="13">
         <v>5736.4000000000005</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
-[...8 lines deleted...]
-    <row r="6" spans="1:7">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="27"/>
+      <c r="C5" s="27"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>102</v>
-[...12 lines deleted...]
-      <c r="B7" s="27">
+        <v>24</v>
+      </c>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="27"/>
+      <c r="F6" s="27"/>
+      <c r="G6" s="27"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="13">
         <v>112529.8</v>
       </c>
-      <c r="C7" s="27">
+      <c r="C7" s="13">
         <v>100000</v>
       </c>
-      <c r="D7" s="27">
+      <c r="D7" s="13">
         <v>27937</v>
       </c>
-      <c r="E7" s="27">
+      <c r="E7" s="13">
         <v>6120</v>
       </c>
-      <c r="F7" s="27">
+      <c r="F7" s="13">
         <v>1490.4</v>
       </c>
-      <c r="G7" s="27">
+      <c r="G7" s="13">
         <v>5903.8</v>
       </c>
     </row>
-    <row r="8" spans="1:7">
-[...3 lines deleted...]
-      <c r="B8" s="27">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="13">
         <v>74150.400000000009</v>
       </c>
-      <c r="C8" s="27">
+      <c r="C8" s="13">
         <v>70000</v>
       </c>
-      <c r="D8" s="27">
+      <c r="D8" s="13">
         <v>20000</v>
       </c>
-      <c r="E8" s="27">
+      <c r="E8" s="13">
         <v>4000</v>
       </c>
-      <c r="F8" s="27">
+      <c r="F8" s="13">
         <v>810</v>
       </c>
-      <c r="G8" s="27">
+      <c r="G8" s="13">
         <v>14064.6</v>
       </c>
     </row>
-    <row r="9" spans="1:7">
-[...3 lines deleted...]
-      <c r="B9" s="27">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="13">
         <v>83288</v>
       </c>
-      <c r="C9" s="27">
+      <c r="C9" s="13">
         <v>72400</v>
       </c>
-      <c r="D9" s="27">
+      <c r="D9" s="13">
         <v>16576.8</v>
       </c>
-      <c r="E9" s="27">
+      <c r="E9" s="13">
         <v>4000</v>
       </c>
-      <c r="F9" s="27">
+      <c r="F9" s="13">
         <v>456.6</v>
       </c>
-      <c r="G9" s="27">
+      <c r="G9" s="13">
         <v>6562.2000000000007</v>
       </c>
     </row>
-    <row r="10" spans="1:7">
-[...3 lines deleted...]
-      <c r="B10" s="27">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="13">
         <v>57807.4</v>
       </c>
-      <c r="C10" s="27">
+      <c r="C10" s="13">
         <v>50000</v>
       </c>
-      <c r="D10" s="27">
+      <c r="D10" s="13">
         <v>19400</v>
       </c>
-      <c r="E10" s="27">
+      <c r="E10" s="13">
         <v>5000</v>
       </c>
-      <c r="F10" s="27">
+      <c r="F10" s="13">
         <v>880.2</v>
       </c>
-      <c r="G10" s="27">
+      <c r="G10" s="13">
         <v>3838</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
-[...3 lines deleted...]
-      <c r="B11" s="27">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="13">
         <v>80000</v>
       </c>
-      <c r="C11" s="27">
+      <c r="C11" s="13">
         <v>70000</v>
       </c>
-      <c r="D11" s="27">
+      <c r="D11" s="13">
         <v>11052.1</v>
       </c>
-      <c r="E11" s="27">
+      <c r="E11" s="13">
         <v>6000</v>
       </c>
-      <c r="F11" s="27">
+      <c r="F11" s="13">
         <v>339</v>
       </c>
-      <c r="G11" s="27">
+      <c r="G11" s="13">
         <v>9041.6</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
-[...3 lines deleted...]
-      <c r="B12" s="27">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="13">
         <v>55000</v>
       </c>
-      <c r="C12" s="27">
+      <c r="C12" s="13">
         <v>48400</v>
       </c>
-      <c r="D12" s="27">
+      <c r="D12" s="13">
         <v>16399</v>
       </c>
-      <c r="E12" s="27">
+      <c r="E12" s="13">
         <v>5000</v>
       </c>
-      <c r="F12" s="27">
+      <c r="F12" s="13">
         <v>550</v>
       </c>
-      <c r="G12" s="27">
+      <c r="G12" s="13">
         <v>69617.400000000009</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
-[...3 lines deleted...]
-      <c r="B13" s="27">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="13">
         <v>70553.8</v>
       </c>
-      <c r="C13" s="27">
+      <c r="C13" s="13">
         <v>65000</v>
       </c>
-      <c r="D13" s="27">
+      <c r="D13" s="13">
         <v>17679.400000000001</v>
       </c>
-      <c r="E13" s="27">
+      <c r="E13" s="13">
         <v>5000</v>
       </c>
-      <c r="F13" s="27">
+      <c r="F13" s="13">
         <v>550</v>
       </c>
-      <c r="G13" s="27">
+      <c r="G13" s="13">
         <v>5392.2000000000007</v>
       </c>
     </row>
-    <row r="14" spans="1:7">
-[...3 lines deleted...]
-      <c r="B14" s="27">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="13">
         <v>70000</v>
       </c>
-      <c r="C14" s="27">
+      <c r="C14" s="13">
         <v>68000</v>
       </c>
-      <c r="D14" s="27">
+      <c r="D14" s="13">
         <v>18093.600000000002</v>
       </c>
-      <c r="E14" s="27">
+      <c r="E14" s="13">
         <v>3500</v>
       </c>
-      <c r="F14" s="27">
+      <c r="F14" s="13">
         <v>852.40000000000009</v>
       </c>
-      <c r="G14" s="27">
+      <c r="G14" s="13">
         <v>2744</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
-[...8 lines deleted...]
-    <row r="16" spans="1:7">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B15" s="13"/>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="13"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>103</v>
-[...12 lines deleted...]
-      <c r="B17" s="27">
+        <v>84</v>
+      </c>
+      <c r="B16" s="13"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="13"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="13">
         <v>49900</v>
       </c>
-      <c r="C17" s="27">
+      <c r="C17" s="13">
         <v>45676.200000000004</v>
       </c>
-      <c r="D17" s="27">
+      <c r="D17" s="13">
         <v>14037</v>
       </c>
-      <c r="E17" s="27">
+      <c r="E17" s="13">
         <v>3000</v>
       </c>
-      <c r="F17" s="27">
+      <c r="F17" s="13">
         <v>510</v>
       </c>
-      <c r="G17" s="27">
+      <c r="G17" s="13">
         <v>5319.6</v>
       </c>
     </row>
-    <row r="18" spans="1:7">
-[...3 lines deleted...]
-      <c r="B18" s="27">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="13">
         <v>73478.8</v>
       </c>
-      <c r="C18" s="27">
+      <c r="C18" s="13">
         <v>68400</v>
       </c>
-      <c r="D18" s="27">
+      <c r="D18" s="13">
         <v>14179.900000000001</v>
       </c>
-      <c r="E18" s="27">
+      <c r="E18" s="13">
         <v>4000</v>
       </c>
-      <c r="F18" s="27">
+      <c r="F18" s="13">
         <v>553.6</v>
       </c>
-      <c r="G18" s="27">
+      <c r="G18" s="13">
         <v>4994.6000000000004</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
-[...3 lines deleted...]
-      <c r="B19" s="27">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="13">
         <v>84773</v>
       </c>
-      <c r="C19" s="27">
+      <c r="C19" s="13">
         <v>70000</v>
       </c>
-      <c r="D19" s="27">
+      <c r="D19" s="13">
         <v>20055.800000000003</v>
       </c>
-      <c r="E19" s="27">
+      <c r="E19" s="13">
         <v>6000</v>
       </c>
-      <c r="F19" s="27">
+      <c r="F19" s="13">
         <v>500</v>
       </c>
-      <c r="G19" s="27">
+      <c r="G19" s="13">
         <v>11526.800000000001</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
-[...3 lines deleted...]
-      <c r="B20" s="27">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="13">
         <v>93600</v>
       </c>
-      <c r="C20" s="27">
+      <c r="C20" s="13">
         <v>80000</v>
       </c>
-      <c r="D20" s="27">
+      <c r="D20" s="13">
         <v>20000</v>
       </c>
-      <c r="E20" s="27">
+      <c r="E20" s="13">
         <v>6000</v>
       </c>
-      <c r="F20" s="27">
+      <c r="F20" s="13">
         <v>872</v>
       </c>
-      <c r="G20" s="27">
+      <c r="G20" s="13">
         <v>5426.8</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
-[...3 lines deleted...]
-      <c r="B21" s="27">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="13">
         <v>88304.6</v>
       </c>
-      <c r="C21" s="27">
+      <c r="C21" s="13">
         <v>75000</v>
       </c>
-      <c r="D21" s="27">
+      <c r="D21" s="13">
         <v>17600</v>
       </c>
-      <c r="E21" s="27">
+      <c r="E21" s="13">
         <v>6000</v>
       </c>
-      <c r="F21" s="27">
+      <c r="F21" s="13">
         <v>700</v>
       </c>
-      <c r="G21" s="27">
+      <c r="G21" s="13">
         <v>5413.2000000000007</v>
       </c>
     </row>
-    <row r="22" spans="1:7">
-[...8 lines deleted...]
-    <row r="23" spans="1:7">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B22" s="13"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>104</v>
-[...12 lines deleted...]
-      <c r="B24" s="27">
+        <v>85</v>
+      </c>
+      <c r="B23" s="13"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="13">
         <v>76947.05</v>
       </c>
-      <c r="C24" s="27">
+      <c r="C24" s="13">
         <v>65000</v>
       </c>
-      <c r="D24" s="27">
+      <c r="D24" s="13">
         <v>15518</v>
       </c>
-      <c r="E24" s="27">
+      <c r="E24" s="13">
         <v>5000</v>
       </c>
-      <c r="F24" s="27">
+      <c r="F24" s="13">
         <v>600</v>
       </c>
-      <c r="G24" s="27">
+      <c r="G24" s="13">
         <v>8355.8000000000011</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
-[...3 lines deleted...]
-      <c r="B25" s="27">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="13">
         <v>92695.400000000009</v>
       </c>
-      <c r="C25" s="27">
+      <c r="C25" s="13">
         <v>80000</v>
       </c>
-      <c r="D25" s="27">
+      <c r="D25" s="13">
         <v>22029.200000000001</v>
       </c>
-      <c r="E25" s="27">
+      <c r="E25" s="13">
         <v>5040</v>
       </c>
-      <c r="F25" s="27">
+      <c r="F25" s="13">
         <v>700</v>
       </c>
-      <c r="G25" s="27">
+      <c r="G25" s="13">
         <v>6042</v>
       </c>
     </row>
-    <row r="26" spans="1:7">
-[...3 lines deleted...]
-      <c r="B26" s="27">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="13">
         <v>6895</v>
       </c>
-      <c r="C26" s="27"/>
-      <c r="D26" s="27">
+      <c r="C26" s="13"/>
+      <c r="D26" s="13">
         <v>34457.599999999999</v>
       </c>
-      <c r="E26" s="27">
+      <c r="E26" s="13">
         <v>5000</v>
       </c>
-      <c r="F26" s="27">
+      <c r="F26" s="13">
         <v>503.6</v>
       </c>
-      <c r="G26" s="27">
+      <c r="G26" s="13">
         <v>2390</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
-[...8 lines deleted...]
-    <row r="28" spans="1:7">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B27" s="13"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>105</v>
-[...12 lines deleted...]
-      <c r="B29" s="27">
+        <v>90</v>
+      </c>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="13">
         <v>42166</v>
       </c>
-      <c r="C29" s="27">
+      <c r="C29" s="13">
         <v>41700</v>
       </c>
-      <c r="D29" s="27">
+      <c r="D29" s="13">
         <v>8600</v>
       </c>
-      <c r="E29" s="27">
+      <c r="E29" s="13">
         <v>2580</v>
       </c>
-      <c r="F29" s="27">
+      <c r="F29" s="13">
         <v>436</v>
       </c>
-      <c r="G29" s="27" t="s">
-[...7 lines deleted...]
-      <c r="B30" s="27">
+      <c r="G29" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="13">
         <v>64530</v>
       </c>
-      <c r="C30" s="27">
+      <c r="C30" s="13">
         <v>60000</v>
       </c>
-      <c r="D30" s="27">
+      <c r="D30" s="13">
         <v>11600</v>
       </c>
-      <c r="E30" s="27">
+      <c r="E30" s="13">
         <v>3000</v>
       </c>
-      <c r="F30" s="27">
+      <c r="F30" s="13">
         <v>510</v>
       </c>
-      <c r="G30" s="27">
+      <c r="G30" s="13">
         <v>5444.8</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
-[...3 lines deleted...]
-      <c r="B31" s="27">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="13">
         <v>64757.200000000004</v>
       </c>
-      <c r="C31" s="27">
+      <c r="C31" s="13">
         <v>60000</v>
       </c>
-      <c r="D31" s="27">
+      <c r="D31" s="13">
         <v>17033.674999999999</v>
       </c>
-      <c r="E31" s="27">
+      <c r="E31" s="13">
         <v>4140</v>
       </c>
-      <c r="F31" s="27">
+      <c r="F31" s="13">
         <v>500</v>
       </c>
-      <c r="G31" s="27">
+      <c r="G31" s="13">
         <v>4869</v>
       </c>
     </row>
-    <row r="32" spans="1:7">
-[...3 lines deleted...]
-      <c r="B32" s="27">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="13">
         <v>88282.200000000012</v>
       </c>
-      <c r="C32" s="27">
+      <c r="C32" s="13">
         <v>76600</v>
       </c>
-      <c r="D32" s="27">
+      <c r="D32" s="13">
         <v>18272.2</v>
       </c>
-      <c r="E32" s="27">
+      <c r="E32" s="13">
         <v>5000</v>
       </c>
-      <c r="F32" s="27">
+      <c r="F32" s="13">
         <v>568.6</v>
       </c>
-      <c r="G32" s="27">
+      <c r="G32" s="13">
         <v>5394.8</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
-[...3 lines deleted...]
-      <c r="B33" s="27">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="13">
         <v>130400</v>
       </c>
-      <c r="C33" s="27">
+      <c r="C33" s="13">
         <v>100000</v>
       </c>
-      <c r="D33" s="27">
+      <c r="D33" s="13">
         <v>29402.2</v>
       </c>
-      <c r="E33" s="27">
+      <c r="E33" s="13">
         <v>9030.6</v>
       </c>
-      <c r="F33" s="27">
+      <c r="F33" s="13">
         <v>1000</v>
       </c>
-      <c r="G33" s="27">
+      <c r="G33" s="13">
         <v>8563.8000000000011</v>
       </c>
     </row>
-    <row r="34" spans="1:7">
-[...8 lines deleted...]
-    <row r="35" spans="1:7">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B34" s="13"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>106</v>
-[...12 lines deleted...]
-      <c r="B36" s="27">
+        <v>89</v>
+      </c>
+      <c r="B35" s="13"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="13"/>
+      <c r="G35" s="13"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="13">
         <v>15595.800000000001</v>
       </c>
-      <c r="C36" s="27">
+      <c r="C36" s="13">
         <v>20600</v>
       </c>
-      <c r="D36" s="27">
+      <c r="D36" s="13">
         <v>5500</v>
       </c>
-      <c r="E36" s="27">
+      <c r="E36" s="13">
         <v>2950</v>
       </c>
-      <c r="F36" s="27">
+      <c r="F36" s="13">
         <v>500</v>
       </c>
-      <c r="G36" s="27" t="s">
-[...7 lines deleted...]
-      <c r="B37" s="27">
+      <c r="G36" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="13">
         <v>41239.800000000003</v>
       </c>
-      <c r="C37" s="27">
+      <c r="C37" s="13">
         <v>40000</v>
       </c>
-      <c r="D37" s="27">
+      <c r="D37" s="13">
         <v>9400</v>
       </c>
-      <c r="E37" s="27">
+      <c r="E37" s="13">
         <v>2819.4</v>
       </c>
-      <c r="F37" s="27">
+      <c r="F37" s="13">
         <v>386</v>
       </c>
-      <c r="G37" s="27">
+      <c r="G37" s="13">
         <v>3075.4</v>
       </c>
     </row>
-    <row r="38" spans="1:7">
-[...3 lines deleted...]
-      <c r="B38" s="27">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="13">
         <v>69244.650000000009</v>
       </c>
-      <c r="C38" s="27">
+      <c r="C38" s="13">
         <v>60000</v>
       </c>
-      <c r="D38" s="27">
+      <c r="D38" s="13">
         <v>10308.800000000001</v>
       </c>
-      <c r="E38" s="27">
+      <c r="E38" s="13">
         <v>4400</v>
       </c>
-      <c r="F38" s="27">
+      <c r="F38" s="13">
         <v>524.20000000000005</v>
       </c>
-      <c r="G38" s="27">
+      <c r="G38" s="13">
         <v>1910.4</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
-[...3 lines deleted...]
-      <c r="B39" s="27">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="13">
         <v>101560</v>
       </c>
-      <c r="C39" s="27">
+      <c r="C39" s="13">
         <v>90000</v>
       </c>
-      <c r="D39" s="27">
+      <c r="D39" s="13">
         <v>12500.800000000001</v>
       </c>
-      <c r="E39" s="27">
+      <c r="E39" s="13">
         <v>5819.6</v>
       </c>
-      <c r="F39" s="27">
+      <c r="F39" s="13">
         <v>500</v>
       </c>
-      <c r="G39" s="27">
+      <c r="G39" s="13">
         <v>3443.6000000000004</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
-[...3 lines deleted...]
-      <c r="B40" s="27">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="13">
         <v>202226.6</v>
       </c>
-      <c r="C40" s="27">
+      <c r="C40" s="13">
         <v>150000</v>
       </c>
-      <c r="D40" s="27">
+      <c r="D40" s="13">
         <v>54000</v>
       </c>
-      <c r="E40" s="27">
+      <c r="E40" s="13">
         <v>10000</v>
       </c>
-      <c r="F40" s="27">
+      <c r="F40" s="13">
         <v>1103.6000000000001</v>
       </c>
-      <c r="G40" s="27">
+      <c r="G40" s="13">
         <v>27410.800000000003</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
-[...8 lines deleted...]
-    <row r="42" spans="1:7">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B41" s="13"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>107</v>
-[...12 lines deleted...]
-      <c r="B43" s="27">
+        <v>91</v>
+      </c>
+      <c r="B42" s="13"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="13">
         <v>60800</v>
       </c>
-      <c r="C43" s="27">
+      <c r="C43" s="13">
         <v>60000</v>
       </c>
-      <c r="D43" s="27">
+      <c r="D43" s="13">
         <v>12000</v>
       </c>
-      <c r="E43" s="27">
+      <c r="E43" s="13">
         <v>5000</v>
       </c>
-      <c r="F43" s="27">
+      <c r="F43" s="13">
         <v>500</v>
       </c>
-      <c r="G43" s="27" t="s">
-[...7 lines deleted...]
-      <c r="B44" s="27">
+      <c r="G43" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="13">
         <v>80000</v>
       </c>
-      <c r="C44" s="27">
+      <c r="C44" s="13">
         <v>70000</v>
       </c>
-      <c r="D44" s="27">
+      <c r="D44" s="13">
         <v>23800</v>
       </c>
-      <c r="E44" s="27">
+      <c r="E44" s="13">
         <v>6000</v>
       </c>
-      <c r="F44" s="27">
+      <c r="F44" s="13">
         <v>572.4</v>
       </c>
-      <c r="G44" s="27">
+      <c r="G44" s="13">
         <v>5049.8</v>
       </c>
     </row>
-    <row r="45" spans="1:7">
-[...3 lines deleted...]
-      <c r="B45" s="27">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="13">
         <v>84780</v>
       </c>
-      <c r="C45" s="27">
+      <c r="C45" s="13">
         <v>76591.400000000009</v>
       </c>
-      <c r="D45" s="27">
+      <c r="D45" s="13">
         <v>20320</v>
       </c>
-      <c r="E45" s="27">
+      <c r="E45" s="13">
         <v>5600</v>
       </c>
-      <c r="F45" s="27">
+      <c r="F45" s="13">
         <v>624</v>
       </c>
-      <c r="G45" s="27">
+      <c r="G45" s="13">
         <v>6289.2000000000007</v>
       </c>
     </row>
-    <row r="46" spans="1:7">
-[...3 lines deleted...]
-      <c r="B46" s="27">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="13">
         <v>89486.200000000012</v>
       </c>
-      <c r="C46" s="27">
+      <c r="C46" s="13">
         <v>74269.600000000006</v>
       </c>
-      <c r="D46" s="27">
+      <c r="D46" s="13">
         <v>17003.600000000002</v>
       </c>
-      <c r="E46" s="27">
+      <c r="E46" s="13">
         <v>5000</v>
       </c>
-      <c r="F46" s="27">
+      <c r="F46" s="13">
         <v>1000</v>
       </c>
-      <c r="G46" s="27">
+      <c r="G46" s="13">
         <v>14659.400000000001</v>
       </c>
     </row>
-    <row r="47" spans="1:7">
-[...3 lines deleted...]
-      <c r="B47" s="27">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="13">
         <v>70000</v>
       </c>
-      <c r="C47" s="27">
+      <c r="C47" s="13">
         <v>60000</v>
       </c>
-      <c r="D47" s="27">
+      <c r="D47" s="13">
         <v>11814.550000000001</v>
       </c>
-      <c r="E47" s="27">
+      <c r="E47" s="13">
         <v>3490.4</v>
       </c>
-      <c r="F47" s="27">
+      <c r="F47" s="13">
         <v>550</v>
       </c>
-      <c r="G47" s="27" t="s">
-[...7 lines deleted...]
-      <c r="B48" s="27">
+      <c r="G47" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="13">
         <v>54085.600000000006</v>
       </c>
-      <c r="C48" s="27">
+      <c r="C48" s="13">
         <v>51035.4</v>
       </c>
-      <c r="D48" s="27">
+      <c r="D48" s="13">
         <v>10200</v>
       </c>
-      <c r="E48" s="27">
+      <c r="E48" s="13">
         <v>2000</v>
       </c>
-      <c r="F48" s="27">
+      <c r="F48" s="13">
         <v>550</v>
       </c>
-      <c r="G48" s="27" t="s">
-[...12 lines deleted...]
-    <row r="50" spans="1:7">
+      <c r="G48" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>108</v>
-[...12 lines deleted...]
-      <c r="B51" s="27">
+        <v>109</v>
+      </c>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="13">
         <v>75624.600000000006</v>
       </c>
-      <c r="C51" s="27">
+      <c r="C51" s="13">
         <v>70000</v>
       </c>
-      <c r="D51" s="27">
+      <c r="D51" s="13">
         <v>18861.2</v>
       </c>
-      <c r="E51" s="27">
+      <c r="E51" s="13">
         <v>5000</v>
       </c>
-      <c r="F51" s="27">
+      <c r="F51" s="13">
         <v>582.4</v>
       </c>
-      <c r="G51" s="27">
+      <c r="G51" s="13">
         <v>4444.4000000000005</v>
       </c>
     </row>
-    <row r="52" spans="1:7">
-[...3 lines deleted...]
-      <c r="B52" s="27">
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="13">
         <v>121048.8</v>
       </c>
-      <c r="C52" s="27">
+      <c r="C52" s="13">
         <v>91000</v>
       </c>
-      <c r="D52" s="27">
+      <c r="D52" s="13">
         <v>31355</v>
       </c>
-      <c r="E52" s="27">
+      <c r="E52" s="13">
         <v>9800</v>
       </c>
-      <c r="F52" s="27">
+      <c r="F52" s="13">
         <v>800</v>
       </c>
-      <c r="G52" s="27">
+      <c r="G52" s="13">
         <v>8455.4</v>
       </c>
     </row>
-    <row r="53" spans="1:7">
-[...3 lines deleted...]
-      <c r="B53" s="27">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="13">
         <v>31800</v>
       </c>
-      <c r="C53" s="27">
+      <c r="C53" s="13">
         <v>36000</v>
       </c>
-      <c r="D53" s="27">
+      <c r="D53" s="13">
         <v>10852.1</v>
       </c>
-      <c r="E53" s="27">
+      <c r="E53" s="13">
         <v>3000</v>
       </c>
-      <c r="F53" s="27" t="s">
-[...10 lines deleted...]
-      <c r="B54" s="27">
+      <c r="F53" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="G53" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="13">
         <v>62000</v>
       </c>
-      <c r="C54" s="27">
+      <c r="C54" s="13">
         <v>60000</v>
       </c>
-      <c r="D54" s="27">
+      <c r="D54" s="13">
         <v>11288.2</v>
       </c>
-      <c r="E54" s="27">
+      <c r="E54" s="13">
         <v>3000</v>
       </c>
-      <c r="F54" s="27">
+      <c r="F54" s="13">
         <v>594.4</v>
       </c>
-      <c r="G54" s="27" t="s">
-[...12 lines deleted...]
-    <row r="56" spans="1:7">
+      <c r="G54" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B55" s="13"/>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>109</v>
-[...12 lines deleted...]
-      <c r="B57" s="27">
+        <v>92</v>
+      </c>
+      <c r="B56" s="13"/>
+      <c r="C56" s="13"/>
+      <c r="D56" s="13"/>
+      <c r="E56" s="13"/>
+      <c r="F56" s="13"/>
+      <c r="G56" s="13"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B57" s="13">
         <v>35160</v>
       </c>
-      <c r="C57" s="27">
+      <c r="C57" s="13">
         <v>35000</v>
       </c>
-      <c r="D57" s="27">
+      <c r="D57" s="13">
         <v>11751</v>
       </c>
-      <c r="E57" s="27">
+      <c r="E57" s="13">
         <v>3000</v>
       </c>
-      <c r="F57" s="27">
+      <c r="F57" s="13">
         <v>301</v>
       </c>
-      <c r="G57" s="27" t="s">
-[...7 lines deleted...]
-      <c r="B58" s="27">
+      <c r="G57" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B58" s="13">
         <v>72820</v>
       </c>
-      <c r="C58" s="27">
+      <c r="C58" s="13">
         <v>67600</v>
       </c>
-      <c r="D58" s="27">
+      <c r="D58" s="13">
         <v>14670</v>
       </c>
-      <c r="E58" s="27">
+      <c r="E58" s="13">
         <v>5000</v>
       </c>
-      <c r="F58" s="27">
+      <c r="F58" s="13">
         <v>500</v>
       </c>
-      <c r="G58" s="27">
+      <c r="G58" s="13">
         <v>4580</v>
       </c>
     </row>
-    <row r="59" spans="1:7">
-[...3 lines deleted...]
-      <c r="B59" s="27">
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="13">
         <v>102470</v>
       </c>
-      <c r="C59" s="27">
+      <c r="C59" s="13">
         <v>90000</v>
       </c>
-      <c r="D59" s="27">
+      <c r="D59" s="13">
         <v>29102</v>
       </c>
-      <c r="E59" s="27">
+      <c r="E59" s="13">
         <v>6000</v>
       </c>
-      <c r="F59" s="27">
+      <c r="F59" s="13">
         <v>1000</v>
       </c>
-      <c r="G59" s="27">
+      <c r="G59" s="13">
         <v>19533.2</v>
       </c>
     </row>
-    <row r="61" spans="1:7">
-[...19 lines deleted...]
-      <c r="G62" s="16"/>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:F62"/>
+  <dimension ref="A1:H62"/>
   <sheetViews>
-    <sheetView topLeftCell="A46" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.77734375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="20.109375" customWidth="1"/>
+    <col min="1" max="1" width="27.140625" customWidth="1"/>
+    <col min="2" max="5" width="14.7109375" customWidth="1"/>
+    <col min="6" max="6" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="18">
-[...40 lines deleted...]
-      <c r="B4" s="18">
+    <row r="1" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+    </row>
+    <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="17"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="18"/>
+    </row>
+    <row r="3" spans="1:8" s="16" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="8"/>
+      <c r="B3" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="28">
         <v>70.734713724222757</v>
       </c>
-      <c r="C4" s="18">
+      <c r="C4" s="28">
         <v>11.471973050318962</v>
       </c>
-      <c r="D4" s="18">
+      <c r="D4" s="28">
         <v>5.9783320493382934</v>
       </c>
-      <c r="E4" s="18">
+      <c r="E4" s="28">
         <v>0.59314751276120448</v>
       </c>
-      <c r="F4" s="18">
+      <c r="F4" s="28">
         <v>11.221833663358789</v>
       </c>
     </row>
-    <row r="5" spans="1:6">
-[...7 lines deleted...]
-    <row r="6" spans="1:6">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B5" s="29"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="29"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>102</v>
-[...11 lines deleted...]
-      <c r="B7" s="20">
+        <v>24</v>
+      </c>
+      <c r="B6" s="29"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="29"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="28">
         <v>80.808712022119565</v>
       </c>
-      <c r="C7" s="20">
+      <c r="C7" s="28">
         <v>7.7923869553893965</v>
       </c>
-      <c r="D7" s="20">
+      <c r="D7" s="28">
         <v>7.9068653967881817</v>
       </c>
-      <c r="E7" s="20">
+      <c r="E7" s="28">
         <v>1.0348723842052183</v>
       </c>
-      <c r="F7" s="20">
+      <c r="F7" s="28">
         <v>2.4571632414976374</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
-[...3 lines deleted...]
-      <c r="B8" s="20">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="28">
         <v>69.149251479336797</v>
       </c>
-      <c r="C8" s="20">
+      <c r="C8" s="28">
         <v>9.3976277795900351</v>
       </c>
-      <c r="D8" s="20">
+      <c r="D8" s="28">
         <v>4.7134123012373994</v>
       </c>
-      <c r="E8" s="20">
+      <c r="E8" s="28">
         <v>0.16552898241416364</v>
       </c>
-      <c r="F8" s="20">
+      <c r="F8" s="28">
         <v>16.574179457421611</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="20">
+      <c r="H8" s="2"/>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="28">
         <v>75.745596654678977</v>
       </c>
-      <c r="C9" s="20">
+      <c r="C9" s="28">
         <v>12.580730019650415</v>
       </c>
-      <c r="D9" s="20">
+      <c r="D9" s="28">
         <v>5.0013319173523598</v>
       </c>
-      <c r="E9" s="20">
+      <c r="E9" s="28">
         <v>0.80845917303139758</v>
       </c>
-      <c r="F9" s="20">
+      <c r="F9" s="28">
         <v>5.8638822352868578</v>
       </c>
     </row>
-    <row r="10" spans="1:6">
-[...3 lines deleted...]
-      <c r="B10" s="20">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="28">
         <v>75.063847894427255</v>
       </c>
-      <c r="C10" s="20">
+      <c r="C10" s="28">
         <v>10.371026371779253</v>
       </c>
-      <c r="D10" s="20">
+      <c r="D10" s="28">
         <v>5.9986671637093441</v>
       </c>
-      <c r="E10" s="20">
+      <c r="E10" s="28">
         <v>0.53087134246957479</v>
       </c>
-      <c r="F10" s="20">
+      <c r="F10" s="28">
         <v>8.0355872276145703</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
-[...3 lines deleted...]
-      <c r="B11" s="20">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="28">
         <v>76.33813642403274</v>
       </c>
-      <c r="C11" s="20">
+      <c r="C11" s="28">
         <v>8.9714945561266948</v>
       </c>
-      <c r="D11" s="20">
+      <c r="D11" s="28">
         <v>5.5043979707741917</v>
       </c>
-      <c r="E11" s="20">
+      <c r="E11" s="28">
         <v>0.50814731815010361</v>
       </c>
-      <c r="F11" s="20">
+      <c r="F11" s="28">
         <v>8.6778237309162751</v>
       </c>
     </row>
-    <row r="12" spans="1:6">
-[...3 lines deleted...]
-      <c r="B12" s="20">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="28">
         <v>55.269168424719815</v>
       </c>
-      <c r="C12" s="20">
+      <c r="C12" s="28">
         <v>13.472613704195602</v>
       </c>
-      <c r="D12" s="20">
+      <c r="D12" s="28">
         <v>5.3756871858542477</v>
       </c>
-      <c r="E12" s="20">
+      <c r="E12" s="28">
         <v>0.93509876456869934</v>
       </c>
-      <c r="F12" s="20">
+      <c r="F12" s="28">
         <v>24.947431920661629</v>
       </c>
     </row>
-    <row r="13" spans="1:6">
-[...3 lines deleted...]
-      <c r="B13" s="20">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="28">
         <v>68.65813670722028</v>
       </c>
-      <c r="C13" s="20">
+      <c r="C13" s="28">
         <v>11.375603398097477</v>
       </c>
-      <c r="D13" s="20">
+      <c r="D13" s="28">
         <v>6.1130880944468782</v>
       </c>
-      <c r="E13" s="20">
+      <c r="E13" s="28">
         <v>0.26703449729095924</v>
       </c>
-      <c r="F13" s="20">
+      <c r="F13" s="28">
         <v>13.586137302944401</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
-[...3 lines deleted...]
-      <c r="B14" s="20">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="28">
         <v>64.826585057828581</v>
       </c>
-      <c r="C14" s="20">
+      <c r="C14" s="28">
         <v>17.188027843273389</v>
       </c>
-      <c r="D14" s="20">
+      <c r="D14" s="28">
         <v>6.4776394647031497</v>
       </c>
-      <c r="E14" s="20">
+      <c r="E14" s="28">
         <v>0.36690785621730249</v>
       </c>
-      <c r="F14" s="20">
+      <c r="F14" s="28">
         <v>11.140839777977588</v>
       </c>
     </row>
-    <row r="15" spans="1:6">
-[...7 lines deleted...]
-    <row r="16" spans="1:6">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B15" s="28"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="28"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>103</v>
-[...11 lines deleted...]
-      <c r="B17" s="20">
+        <v>84</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="28"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="28">
         <v>80.38352191875569</v>
       </c>
-      <c r="C17" s="20">
+      <c r="C17" s="28">
         <v>9.3090546151118883</v>
       </c>
-      <c r="D17" s="20">
+      <c r="D17" s="28">
         <v>3.375393840291351</v>
       </c>
-      <c r="E17" s="20">
+      <c r="E17" s="28">
         <v>0.56964126793911363</v>
       </c>
-      <c r="F17" s="20">
+      <c r="F17" s="28">
         <v>6.3623883579019536</v>
       </c>
     </row>
-    <row r="18" spans="1:6">
-[...3 lines deleted...]
-      <c r="B18" s="20">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="28">
         <v>68.207075755742437</v>
       </c>
-      <c r="C18" s="20">
+      <c r="C18" s="28">
         <v>13.826825910647262</v>
       </c>
-      <c r="D18" s="20">
+      <c r="D18" s="28">
         <v>5.7243570714256533</v>
       </c>
-      <c r="E18" s="20">
+      <c r="E18" s="28">
         <v>0.67184394315364004</v>
       </c>
-      <c r="F18" s="20">
+      <c r="F18" s="28">
         <v>11.569897319031025</v>
       </c>
     </row>
-    <row r="19" spans="1:6">
-[...3 lines deleted...]
-      <c r="B19" s="20">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="28">
         <v>65.332726082384667</v>
       </c>
-      <c r="C19" s="20">
+      <c r="C19" s="28">
         <v>11.545609651150864</v>
       </c>
-      <c r="D19" s="20">
+      <c r="D19" s="28">
         <v>6.0943657743630979</v>
       </c>
-      <c r="E19" s="20">
+      <c r="E19" s="28">
         <v>0.72551295998288112</v>
       </c>
-      <c r="F19" s="20">
+      <c r="F19" s="28">
         <v>16.301785532118497</v>
       </c>
     </row>
-    <row r="20" spans="1:6">
-[...3 lines deleted...]
-      <c r="B20" s="20">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="28">
         <v>76.017396898604346</v>
       </c>
-      <c r="C20" s="20">
+      <c r="C20" s="28">
         <v>9.9720569174871514</v>
       </c>
-      <c r="D20" s="20">
+      <c r="D20" s="28">
         <v>7.1025111258397029</v>
       </c>
-      <c r="E20" s="20">
+      <c r="E20" s="28">
         <v>0.54202814539863631</v>
       </c>
-      <c r="F20" s="20">
+      <c r="F20" s="28">
         <v>6.3660069126701799</v>
       </c>
     </row>
-    <row r="21" spans="1:6">
-[...3 lines deleted...]
-      <c r="B21" s="20">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="28">
         <v>71.008673983287565</v>
       </c>
-      <c r="C21" s="20">
+      <c r="C21" s="28">
         <v>10.36044989963759</v>
       </c>
-      <c r="D21" s="20">
+      <c r="D21" s="28">
         <v>6.2834195973702167</v>
       </c>
-      <c r="E21" s="20">
+      <c r="E21" s="28">
         <v>0.28092503872762092</v>
       </c>
-      <c r="F21" s="20">
+      <c r="F21" s="28">
         <v>12.066531480977019</v>
       </c>
     </row>
-    <row r="22" spans="1:6">
-[...7 lines deleted...]
-    <row r="23" spans="1:6">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B22" s="28"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="28"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>104</v>
-[...11 lines deleted...]
-      <c r="B24" s="20">
+        <v>85</v>
+      </c>
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="28">
         <v>69.103498545223374</v>
       </c>
-      <c r="C24" s="20">
+      <c r="C24" s="28">
         <v>12.045383928179476</v>
       </c>
-      <c r="D24" s="20">
+      <c r="D24" s="28">
         <v>5.5365998704924451</v>
       </c>
-      <c r="E24" s="20">
+      <c r="E24" s="28">
         <v>0.64295273034887834</v>
       </c>
-      <c r="F24" s="20">
+      <c r="F24" s="28">
         <v>12.671564925755845</v>
       </c>
     </row>
-    <row r="25" spans="1:6">
-[...3 lines deleted...]
-      <c r="B25" s="20">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="28">
         <v>79.609929453240852</v>
       </c>
-      <c r="C25" s="20">
+      <c r="C25" s="28">
         <v>7.2674973454016509</v>
       </c>
-      <c r="D25" s="20">
+      <c r="D25" s="28">
         <v>6.365889225727364</v>
       </c>
-      <c r="E25" s="20">
+      <c r="E25" s="28">
         <v>0.37225582049992162</v>
       </c>
-      <c r="F25" s="20">
+      <c r="F25" s="28">
         <v>6.384428155130216</v>
       </c>
     </row>
-    <row r="26" spans="1:6">
-[...1 lines deleted...]
-        <v>17</v>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
       </c>
       <c r="B26" s="28" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="C26" s="20">
+        <v>116</v>
+      </c>
+      <c r="C26" s="28">
         <v>59.669534512972334</v>
       </c>
-      <c r="D26" s="20">
+      <c r="D26" s="28">
         <v>29.461706505237977</v>
       </c>
-      <c r="E26" s="20">
+      <c r="E26" s="28">
         <v>1.7109667925227119</v>
       </c>
-      <c r="F26" s="20">
+      <c r="F26" s="28">
         <v>9.1577921892669725</v>
       </c>
     </row>
-    <row r="27" spans="1:6">
-[...7 lines deleted...]
-    <row r="28" spans="1:6">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="28"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>105</v>
-[...11 lines deleted...]
-      <c r="B29" s="20">
+        <v>90</v>
+      </c>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="28">
         <v>88.195408059288496</v>
       </c>
-      <c r="C29" s="20">
+      <c r="C29" s="28">
         <v>6.0817778768750692</v>
       </c>
-      <c r="D29" s="20">
+      <c r="D29" s="28">
         <v>2.7553274368233427</v>
       </c>
-      <c r="E29" s="20">
+      <c r="E29" s="28">
         <v>0.48351418290487169</v>
       </c>
       <c r="F29" s="28" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      <c r="B30" s="20">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="28">
         <v>82.741151695293198</v>
       </c>
-      <c r="C30" s="20">
+      <c r="C30" s="28">
         <v>8.0337037843656844</v>
       </c>
-      <c r="D30" s="20">
+      <c r="D30" s="28">
         <v>4.1573945992632995</v>
       </c>
-      <c r="E30" s="20">
+      <c r="E30" s="28">
         <v>0.42235475130958117</v>
       </c>
-      <c r="F30" s="20">
+      <c r="F30" s="28">
         <v>4.6453951697682587</v>
       </c>
     </row>
-    <row r="31" spans="1:6">
-[...3 lines deleted...]
-      <c r="B31" s="20">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="28">
         <v>75.375319386085977</v>
       </c>
-      <c r="C31" s="20">
+      <c r="C31" s="28">
         <v>8.959181846558554</v>
       </c>
-      <c r="D31" s="20">
+      <c r="D31" s="28">
         <v>6.1037289214047492</v>
       </c>
-      <c r="E31" s="20">
+      <c r="E31" s="28">
         <v>0.31821048968180676</v>
       </c>
-      <c r="F31" s="20">
+      <c r="F31" s="28">
         <v>9.2435593562689178</v>
       </c>
     </row>
-    <row r="32" spans="1:6">
-[...3 lines deleted...]
-      <c r="B32" s="20">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="28">
         <v>76.664932638780343</v>
       </c>
-      <c r="C32" s="20">
+      <c r="C32" s="28">
         <v>8.1110577107554267</v>
       </c>
-      <c r="D32" s="20">
+      <c r="D32" s="28">
         <v>6.7858471991330385</v>
       </c>
-      <c r="E32" s="20">
+      <c r="E32" s="28">
         <v>0.56485635947772816</v>
       </c>
-      <c r="F32" s="20">
+      <c r="F32" s="28">
         <v>7.8733060918534852</v>
       </c>
     </row>
-    <row r="33" spans="1:6">
-[...3 lines deleted...]
-      <c r="B33" s="20">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="28">
         <v>56.931632960100245</v>
       </c>
-      <c r="C33" s="20">
+      <c r="C33" s="28">
         <v>16.941384809979631</v>
       </c>
-      <c r="D33" s="20">
+      <c r="D33" s="28">
         <v>6.935000035261643</v>
       </c>
-      <c r="E33" s="20">
+      <c r="E33" s="28">
         <v>0.81671459641855082</v>
       </c>
-      <c r="F33" s="20">
+      <c r="F33" s="28">
         <v>18.375267598239933</v>
       </c>
     </row>
-    <row r="34" spans="1:6">
-[...7 lines deleted...]
-    <row r="35" spans="1:6">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="28"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>106</v>
-[...11 lines deleted...]
-      <c r="B36" s="20">
+        <v>89</v>
+      </c>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="28"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="28">
         <v>83.921242564032454</v>
       </c>
-      <c r="C36" s="20">
+      <c r="C36" s="28">
         <v>5.2499994483007306</v>
       </c>
-      <c r="D36" s="20">
+      <c r="D36" s="28">
         <v>9.6446442745120446</v>
       </c>
-      <c r="E36" s="20">
+      <c r="E36" s="28">
         <v>0.607375578698928</v>
       </c>
       <c r="F36" s="28" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      <c r="B37" s="20">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="28">
         <v>89.538582647917167</v>
       </c>
-      <c r="C37" s="20">
+      <c r="C37" s="28">
         <v>4.0428607485571177</v>
       </c>
-      <c r="D37" s="20">
+      <c r="D37" s="28">
         <v>5.2746918501174926</v>
       </c>
-      <c r="E37" s="20">
+      <c r="E37" s="28">
         <v>0.31173274991425209</v>
       </c>
-      <c r="F37" s="20">
+      <c r="F37" s="28">
         <v>0.83213200349396454</v>
       </c>
     </row>
-    <row r="38" spans="1:6">
-[...3 lines deleted...]
-      <c r="B38" s="20">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="28">
         <v>87.571770942205092</v>
       </c>
-      <c r="C38" s="20">
+      <c r="C38" s="28">
         <v>5.5301826860548546</v>
       </c>
-      <c r="D38" s="20">
+      <c r="D38" s="28">
         <v>5.6422444897419819</v>
       </c>
-      <c r="E38" s="20">
+      <c r="E38" s="28">
         <v>0.48377970064765091</v>
       </c>
-      <c r="F38" s="20">
+      <c r="F38" s="28">
         <v>0.77202218135042622</v>
       </c>
     </row>
-    <row r="39" spans="1:6">
-[...3 lines deleted...]
-      <c r="B39" s="20">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="28">
         <v>83.870327212254097</v>
       </c>
-      <c r="C39" s="20">
+      <c r="C39" s="28">
         <v>7.8450691253644438</v>
       </c>
-      <c r="D39" s="20">
+      <c r="D39" s="28">
         <v>6.1094812694337399</v>
       </c>
-      <c r="E39" s="20">
+      <c r="E39" s="28">
         <v>0.47080782284915068</v>
       </c>
-      <c r="F39" s="20">
+      <c r="F39" s="28">
         <v>1.7043145700985745</v>
       </c>
     </row>
-    <row r="40" spans="1:6">
-[...3 lines deleted...]
-      <c r="B40" s="20">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="28">
         <v>57.611476081598227</v>
       </c>
-      <c r="C40" s="20">
+      <c r="C40" s="28">
         <v>15.96549683474244</v>
       </c>
-      <c r="D40" s="20">
+      <c r="D40" s="28">
         <v>5.8809881782399156</v>
       </c>
-      <c r="E40" s="20">
+      <c r="E40" s="28">
         <v>0.71123866981435868</v>
       </c>
-      <c r="F40" s="20">
+      <c r="F40" s="28">
         <v>19.830800235605071</v>
       </c>
     </row>
-    <row r="41" spans="1:6">
-[...7 lines deleted...]
-    <row r="42" spans="1:6">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>107</v>
-[...11 lines deleted...]
-      <c r="B43" s="20">
+        <v>91</v>
+      </c>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="28">
         <v>78.334214285367509</v>
       </c>
-      <c r="C43" s="20">
+      <c r="C43" s="28">
         <v>8.5050935429319985</v>
       </c>
-      <c r="D43" s="20">
+      <c r="D43" s="28">
         <v>8.9920496016469222</v>
       </c>
-      <c r="E43" s="20">
+      <c r="E43" s="28">
         <v>0.43293300202009477</v>
       </c>
       <c r="F43" s="28" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      <c r="B44" s="20">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="28">
         <v>76.724530151992724</v>
       </c>
-      <c r="C44" s="20">
+      <c r="C44" s="28">
         <v>8.9385229126962251</v>
       </c>
-      <c r="D44" s="20">
+      <c r="D44" s="28">
         <v>6.7004407937186148</v>
       </c>
-      <c r="E44" s="20">
+      <c r="E44" s="28">
         <v>0.6722234066784224</v>
       </c>
-      <c r="F44" s="20">
+      <c r="F44" s="28">
         <v>6.9642827349140219</v>
       </c>
     </row>
-    <row r="45" spans="1:6">
-[...3 lines deleted...]
-      <c r="B45" s="20">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="28">
         <v>71.575550953325035</v>
       </c>
-      <c r="C45" s="20">
+      <c r="C45" s="28">
         <v>9.5123169054641874</v>
       </c>
-      <c r="D45" s="20">
+      <c r="D45" s="28">
         <v>6.9843681380040783</v>
       </c>
-      <c r="E45" s="20">
+      <c r="E45" s="28">
         <v>0.37313108314329135</v>
       </c>
-      <c r="F45" s="20">
+      <c r="F45" s="28">
         <v>11.554632920063419</v>
       </c>
     </row>
-    <row r="46" spans="1:6">
-[...3 lines deleted...]
-      <c r="B46" s="20">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="28">
         <v>57.684826336087546</v>
       </c>
-      <c r="C46" s="20">
+      <c r="C46" s="28">
         <v>15.863032132080868</v>
       </c>
-      <c r="D46" s="20">
+      <c r="D46" s="28">
         <v>5.6113349815680866</v>
       </c>
-      <c r="E46" s="20">
+      <c r="E46" s="28">
         <v>0.71448735216876713</v>
       </c>
-      <c r="F46" s="20">
+      <c r="F46" s="28">
         <v>20.126319198094734</v>
       </c>
     </row>
-    <row r="47" spans="1:6">
-[...3 lines deleted...]
-      <c r="B47" s="20">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="28">
         <v>79.628867621189059</v>
       </c>
-      <c r="C47" s="20">
+      <c r="C47" s="28">
         <v>12.295320390676348</v>
       </c>
-      <c r="D47" s="20">
+      <c r="D47" s="28">
         <v>3.6128724265382099</v>
       </c>
-      <c r="E47" s="20">
+      <c r="E47" s="28">
         <v>0.59435782644260193</v>
       </c>
       <c r="F47" s="28" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      <c r="B48" s="20">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="28">
         <v>87.049141976168727</v>
       </c>
-      <c r="C48" s="20">
+      <c r="C48" s="28">
         <v>7.1014814991456552</v>
       </c>
-      <c r="D48" s="20">
+      <c r="D48" s="28">
         <v>1.4739970173276578</v>
       </c>
-      <c r="E48" s="20">
+      <c r="E48" s="28">
         <v>0.68406660146152798</v>
       </c>
       <c r="F48" s="28" t="s">
-        <v>113</v>
-[...10 lines deleted...]
-    <row r="50" spans="1:6">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+      <c r="F49" s="28"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>108</v>
-[...11 lines deleted...]
-      <c r="B51" s="20">
+        <v>109</v>
+      </c>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="28"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="28">
         <v>78.332265312019288</v>
       </c>
-      <c r="C51" s="20">
+      <c r="C51" s="28">
         <v>9.697268728702694</v>
       </c>
-      <c r="D51" s="20">
+      <c r="D51" s="28">
         <v>6.6695333834099051</v>
       </c>
-      <c r="E51" s="20">
+      <c r="E51" s="28">
         <v>0.79067244913127221</v>
       </c>
-      <c r="F51" s="20">
+      <c r="F51" s="28">
         <v>4.5102601267368332</v>
       </c>
     </row>
-    <row r="52" spans="1:6">
-[...3 lines deleted...]
-      <c r="B52" s="20">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="28">
         <v>48.117119630319415</v>
       </c>
-      <c r="C52" s="20">
+      <c r="C52" s="28">
         <v>14.995799800375989</v>
       </c>
-      <c r="D52" s="20">
+      <c r="D52" s="28">
         <v>6.9369483637045537</v>
       </c>
-      <c r="E52" s="20">
+      <c r="E52" s="28">
         <v>0.22805677264361152</v>
       </c>
-      <c r="F52" s="20">
+      <c r="F52" s="28">
         <v>29.722075432956434</v>
       </c>
     </row>
-    <row r="53" spans="1:6">
-[...3 lines deleted...]
-      <c r="B53" s="20">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="28">
         <v>83.272923661458464</v>
       </c>
-      <c r="C53" s="20">
+      <c r="C53" s="28">
         <v>12.298215525304764</v>
       </c>
-      <c r="D53" s="20">
+      <c r="D53" s="28">
         <v>3.7342819094309663</v>
       </c>
       <c r="E53" s="28" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F53" s="28" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      <c r="B54" s="20">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="28">
         <v>83.506349645784937</v>
       </c>
-      <c r="C54" s="20">
+      <c r="C54" s="28">
         <v>10.734856692868547</v>
       </c>
-      <c r="D54" s="20">
+      <c r="D54" s="28">
         <v>3.1537393412122929</v>
       </c>
-      <c r="E54" s="20">
+      <c r="E54" s="28">
         <v>0.63088697339746436</v>
       </c>
       <c r="F54" s="28" t="s">
-        <v>113</v>
-[...10 lines deleted...]
-    <row r="56" spans="1:6">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B55" s="28"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="28"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>109</v>
-[...11 lines deleted...]
-      <c r="B57" s="20">
+        <v>92</v>
+      </c>
+      <c r="B56" s="28"/>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="28"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B57" s="28">
         <v>86.789459226976746</v>
       </c>
-      <c r="C57" s="20">
+      <c r="C57" s="28">
         <v>7.1350630276888634</v>
       </c>
-      <c r="D57" s="20">
+      <c r="D57" s="28">
         <v>2.5749955443098473</v>
       </c>
-      <c r="E57" s="20">
+      <c r="E57" s="28">
         <v>0.21744395471551778</v>
       </c>
       <c r="F57" s="28" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      <c r="B58" s="20">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="28">
         <v>76.358787544583336</v>
       </c>
-      <c r="C58" s="20">
+      <c r="C58" s="28">
         <v>10.048624881673206</v>
       </c>
-      <c r="D58" s="20">
+      <c r="D58" s="28">
         <v>6.1379644221466574</v>
       </c>
-      <c r="E58" s="20">
+      <c r="E58" s="28">
         <v>0.42558274652018407</v>
       </c>
-      <c r="F58" s="20">
+      <c r="F58" s="28">
         <v>7.029040405076616</v>
       </c>
     </row>
-    <row r="59" spans="1:6">
-[...3 lines deleted...]
-      <c r="B59" s="20">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="28">
         <v>60.460219155627094</v>
       </c>
-      <c r="C59" s="20">
+      <c r="C59" s="28">
         <v>14.123168380855505</v>
       </c>
-      <c r="D59" s="20">
+      <c r="D59" s="28">
         <v>6.035001479044503</v>
       </c>
-      <c r="E59" s="20">
+      <c r="E59" s="28">
         <v>0.89268408374935837</v>
       </c>
-      <c r="F59" s="20">
+      <c r="F59" s="28">
         <v>18.488926900723541</v>
       </c>
     </row>
-    <row r="61" spans="1:6">
-[...17 lines deleted...]
-      <c r="F62" s="16"/>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:H62"/>
+  <dimension ref="A1:K62"/>
   <sheetViews>
-    <sheetView topLeftCell="A37" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="17.5546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="14" customWidth="1"/>
+    <col min="1" max="1" width="29.140625" customWidth="1"/>
+    <col min="2" max="8" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="9" customFormat="1" ht="18">
-[...12 lines deleted...]
-      <c r="B3" s="13" t="s">
+    <row r="1" spans="1:11" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>100</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:11" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" s="23" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="11">
+        <v>92.133730388257888</v>
+      </c>
+      <c r="C4" s="11">
+        <v>91.63459725815764</v>
+      </c>
+      <c r="D4" s="11">
+        <v>4.1315944677504133</v>
+      </c>
+      <c r="E4" s="11">
+        <v>0.80992576676878536</v>
+      </c>
+      <c r="F4" s="11">
+        <v>1.7503873973236519</v>
+      </c>
+      <c r="G4" s="11">
+        <v>4.8040535572994045</v>
+      </c>
+      <c r="H4" s="11">
+        <v>15.610944684783599</v>
+      </c>
+      <c r="I4" s="2"/>
+      <c r="K4" s="2"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="11">
+        <v>98.623198980498913</v>
+      </c>
+      <c r="C7" s="11">
+        <v>97.769528490109252</v>
+      </c>
+      <c r="D7" s="11">
+        <v>2.5450422683210827</v>
+      </c>
+      <c r="E7" s="11">
+        <v>0.72106497104733569</v>
+      </c>
+      <c r="F7" s="11">
+        <v>4.4084993356027118</v>
+      </c>
+      <c r="G7" s="11">
+        <v>8.6910429321330813</v>
+      </c>
+      <c r="H7" s="11">
+        <v>6.9050919619416495</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="11">
+        <v>95.973858529946071</v>
+      </c>
+      <c r="C8" s="11">
+        <v>95.973858529946071</v>
+      </c>
+      <c r="D8" s="11">
+        <v>4.149303524076001</v>
+      </c>
+      <c r="E8" s="11">
+        <v>0</v>
+      </c>
+      <c r="F8" s="11">
+        <v>0.78279667582648849</v>
+      </c>
+      <c r="G8" s="11">
+        <v>3.200062444905543</v>
+      </c>
+      <c r="H8" s="11">
+        <v>20.282828114473716</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="11">
+        <v>93.852487979503991</v>
+      </c>
+      <c r="C9" s="11">
+        <v>93.531239927714978</v>
+      </c>
+      <c r="D9" s="11">
+        <v>6.5551662941581403</v>
+      </c>
+      <c r="E9" s="11">
+        <v>0.83404939550602486</v>
+      </c>
+      <c r="F9" s="11">
+        <v>1.8745317289582595</v>
+      </c>
+      <c r="G9" s="11">
+        <v>2.7396991272755824</v>
+      </c>
+      <c r="H9" s="11">
+        <v>18.862865999157233</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="11">
+        <v>82.716667867136024</v>
+      </c>
+      <c r="C10" s="11">
+        <v>82.494542923222852</v>
+      </c>
+      <c r="D10" s="11">
+        <v>5.099032612257524</v>
+      </c>
+      <c r="E10" s="11">
+        <v>0</v>
+      </c>
+      <c r="F10" s="11">
+        <v>1.1855405816797713</v>
+      </c>
+      <c r="G10" s="11">
+        <v>2.7081138632762833</v>
+      </c>
+      <c r="H10" s="11">
+        <v>21.126115836699615</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="11">
+        <v>93.849285729421354</v>
+      </c>
+      <c r="C11" s="11">
+        <v>93.494792805071526</v>
+      </c>
+      <c r="D11" s="11">
+        <v>6.2027588433619565</v>
+      </c>
+      <c r="E11" s="11">
+        <v>2.3321225961062617</v>
+      </c>
+      <c r="F11" s="11">
+        <v>1.2455066171972582</v>
+      </c>
+      <c r="G11" s="11">
+        <v>5.7185935943171797</v>
+      </c>
+      <c r="H11" s="11">
+        <v>14.864123340292048</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="11">
+        <v>90.052224369428558</v>
+      </c>
+      <c r="C12" s="11">
+        <v>89.466348240593746</v>
+      </c>
+      <c r="D12" s="11">
+        <v>4.6402562629133222</v>
+      </c>
+      <c r="E12" s="11">
+        <v>1.4419336989713323</v>
+      </c>
+      <c r="F12" s="11">
+        <v>2.0351750493379019</v>
+      </c>
+      <c r="G12" s="11">
+        <v>3.9671009301484843</v>
+      </c>
+      <c r="H12" s="11">
+        <v>11.015752137898074</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="11">
+        <v>89.813049258272457</v>
+      </c>
+      <c r="C13" s="11">
+        <v>88.326662378253189</v>
+      </c>
+      <c r="D13" s="11">
+        <v>3.45281967237189</v>
+      </c>
+      <c r="E13" s="11">
+        <v>0.34709642309076072</v>
+      </c>
+      <c r="F13" s="11">
+        <v>0.6638838684248054</v>
+      </c>
+      <c r="G13" s="11">
+        <v>5.9760233798404876</v>
+      </c>
+      <c r="H13" s="11">
+        <v>16.457492815888759</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="11">
+        <v>93.350453076316867</v>
+      </c>
+      <c r="C14" s="11">
+        <v>93.269915094541346</v>
+      </c>
+      <c r="D14" s="11">
+        <v>1.1791327004708294</v>
+      </c>
+      <c r="E14" s="11">
+        <v>0.80008482839170947</v>
+      </c>
+      <c r="F14" s="11">
+        <v>1.5411819780776916</v>
+      </c>
+      <c r="G14" s="11">
+        <v>4.8939846886897618</v>
+      </c>
+      <c r="H14" s="11">
+        <v>16.637667246571656</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="11"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="11">
+        <v>77.152317607243575</v>
+      </c>
+      <c r="C17" s="11">
+        <v>75.840204684502723</v>
+      </c>
+      <c r="D17" s="11">
+        <v>3.4179858201767748</v>
+      </c>
+      <c r="E17" s="11">
+        <v>1.0213427817439196</v>
+      </c>
+      <c r="F17" s="11">
+        <v>1.1056651676750184</v>
+      </c>
+      <c r="G17" s="11">
+        <v>4.7742592706748868</v>
+      </c>
+      <c r="H17" s="11">
+        <v>9.4913093179134993</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="11">
+        <v>93.464513425211564</v>
+      </c>
+      <c r="C18" s="11">
+        <v>92.765829542938675</v>
+      </c>
+      <c r="D18" s="11">
+        <v>3.0789366788310431</v>
+      </c>
+      <c r="E18" s="11">
+        <v>0.52855662782350632</v>
+      </c>
+      <c r="F18" s="11">
+        <v>2.4298486937980734</v>
+      </c>
+      <c r="G18" s="11">
+        <v>4.0333190386738345</v>
+      </c>
+      <c r="H18" s="11">
+        <v>10.762378943521259</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="11">
+        <v>96.875606444653656</v>
+      </c>
+      <c r="C19" s="11">
+        <v>96.694849218457477</v>
+      </c>
+      <c r="D19" s="11">
+        <v>4.6440710259969276</v>
+      </c>
+      <c r="E19" s="11">
+        <v>1.1840778412954462</v>
+      </c>
+      <c r="F19" s="11">
+        <v>1.7267972659642614</v>
+      </c>
+      <c r="G19" s="11">
+        <v>4.591217489355218</v>
+      </c>
+      <c r="H19" s="11">
+        <v>21.319961628614674</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="11">
+        <v>96.950184408519888</v>
+      </c>
+      <c r="C20" s="11">
+        <v>96.902482072681536</v>
+      </c>
+      <c r="D20" s="11">
+        <v>6.0536641970639309</v>
+      </c>
+      <c r="E20" s="11">
+        <v>1.0802267249058595</v>
+      </c>
+      <c r="F20" s="11">
+        <v>2.3374608499866123</v>
+      </c>
+      <c r="G20" s="11">
+        <v>5.0899649674446534</v>
+      </c>
+      <c r="H20" s="11">
+        <v>20.809432372730519</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="11">
+        <v>94.646611421433363</v>
+      </c>
+      <c r="C21" s="11">
+        <v>94.548574805023804</v>
+      </c>
+      <c r="D21" s="11">
+        <v>3.7527512727000225</v>
+      </c>
+      <c r="E21" s="11">
+        <v>5.9601138559291236E-2</v>
+      </c>
+      <c r="F21" s="11">
+        <v>5.9601138559291236E-2</v>
+      </c>
+      <c r="G21" s="11">
+        <v>6.7420772107687998</v>
+      </c>
+      <c r="H21" s="11">
+        <v>18.009268728361693</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="11"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="11"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="11">
+        <v>91.497680323799074</v>
+      </c>
+      <c r="C24" s="11">
+        <v>90.947411475255961</v>
+      </c>
+      <c r="D24" s="11">
+        <v>4.286876985523361</v>
+      </c>
+      <c r="E24" s="11">
+        <v>0.84958207409479414</v>
+      </c>
+      <c r="F24" s="11">
+        <v>1.9075844880326112</v>
+      </c>
+      <c r="G24" s="11">
+        <v>4.49204240940721</v>
+      </c>
+      <c r="H24" s="11">
+        <v>13.876025198691233</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="11">
+        <v>98.262780501728514</v>
+      </c>
+      <c r="C25" s="11">
+        <v>98.262780501728514</v>
+      </c>
+      <c r="D25" s="11">
+        <v>4.4414594545792054</v>
+      </c>
+      <c r="E25" s="11">
+        <v>0.61179066861542408</v>
+      </c>
+      <c r="F25" s="11">
+        <v>1.3098084038240663</v>
+      </c>
+      <c r="G25" s="11">
+        <v>4.6160295051325564</v>
+      </c>
+      <c r="H25" s="11">
+        <v>23.851385651140376</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="11">
+        <v>85.315082069854014</v>
+      </c>
+      <c r="C26" s="11">
+        <v>84.256557138107894</v>
+      </c>
+      <c r="D26" s="11">
+        <v>2.627402763034592</v>
+      </c>
+      <c r="E26" s="11">
+        <v>0.91216754133582167</v>
+      </c>
+      <c r="F26" s="11">
+        <v>1.5499011035176153</v>
+      </c>
+      <c r="G26" s="11">
+        <v>7.0653898200149783</v>
+      </c>
+      <c r="H26" s="11">
+        <v>11.888359236750793</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+      <c r="H27" s="11"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="11"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="11"/>
+      <c r="H28" s="11"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="11">
+        <v>74.280840270665166</v>
+      </c>
+      <c r="C29" s="11">
+        <v>72.878643746102341</v>
+      </c>
+      <c r="D29" s="11">
+        <v>1.0490103349390885</v>
+      </c>
+      <c r="E29" s="11">
+        <v>0.74303909899203391</v>
+      </c>
+      <c r="F29" s="11">
+        <v>3.4430525233206104E-2</v>
+      </c>
+      <c r="G29" s="11">
+        <v>4.1141586516647282</v>
+      </c>
+      <c r="H29" s="11">
+        <v>4.5756777714447079</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="11">
+        <v>91.799302199202131</v>
+      </c>
+      <c r="C30" s="11">
+        <v>91.172396868005151</v>
+      </c>
+      <c r="D30" s="11">
+        <v>2.734659007770452</v>
+      </c>
+      <c r="E30" s="11">
+        <v>0</v>
+      </c>
+      <c r="F30" s="11">
+        <v>0.4614725426812491</v>
+      </c>
+      <c r="G30" s="11">
+        <v>5.2395074459227198</v>
+      </c>
+      <c r="H30" s="11">
+        <v>8.9390132451693116</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="C3" s="13" t="s">
+      <c r="B31" s="11">
+        <v>96.378029222243384</v>
+      </c>
+      <c r="C31" s="11">
+        <v>96.378029222243384</v>
+      </c>
+      <c r="D31" s="11">
+        <v>2.7526666143882039</v>
+      </c>
+      <c r="E31" s="11">
+        <v>3.4652379821944461E-2</v>
+      </c>
+      <c r="F31" s="11">
+        <v>0.91949515685035066</v>
+      </c>
+      <c r="G31" s="11">
+        <v>3.5987428401779091</v>
+      </c>
+      <c r="H31" s="11">
+        <v>22.165784779000589</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="B32" s="11">
+        <v>98.353044646140916</v>
+      </c>
+      <c r="C32" s="11">
+        <v>97.961481181544471</v>
+      </c>
+      <c r="D32" s="11">
+        <v>4.8335729164922849</v>
+      </c>
+      <c r="E32" s="11">
+        <v>1.3821981515994946</v>
+      </c>
+      <c r="F32" s="11">
+        <v>2.857263893957203</v>
+      </c>
+      <c r="G32" s="11">
+        <v>3.6834920863731102</v>
+      </c>
+      <c r="H32" s="11">
+        <v>17.236411976189292</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="E3" s="13" t="s">
+      <c r="B33" s="11">
+        <v>99.893456788396577</v>
+      </c>
+      <c r="C33" s="11">
+        <v>99.820923731149051</v>
+      </c>
+      <c r="D33" s="11">
+        <v>9.297892226420263</v>
+      </c>
+      <c r="E33" s="11">
+        <v>1.8917890934524864</v>
+      </c>
+      <c r="F33" s="11">
+        <v>4.4856988557497424</v>
+      </c>
+      <c r="G33" s="11">
+        <v>7.3870897448660555</v>
+      </c>
+      <c r="H33" s="11">
+        <v>25.180293973492805</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B34" s="11"/>
+      <c r="C34" s="11"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="11"/>
+      <c r="F34" s="11"/>
+      <c r="G34" s="11"/>
+      <c r="H34" s="11"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="11"/>
+      <c r="C35" s="11"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="11"/>
+      <c r="F35" s="11"/>
+      <c r="G35" s="11"/>
+      <c r="H35" s="11"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="11">
+        <v>82.405013839848024</v>
+      </c>
+      <c r="C36" s="11">
+        <v>81.529046881078699</v>
+      </c>
+      <c r="D36" s="11">
+        <v>0.78762527026437745</v>
+      </c>
+      <c r="E36" s="11">
+        <v>0.30422016267687513</v>
+      </c>
+      <c r="F36" s="11">
+        <v>0.37156434469103727</v>
+      </c>
+      <c r="G36" s="11">
+        <v>3.8423519329167948</v>
+      </c>
+      <c r="H36" s="11">
+        <v>10.368230822782131</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="11">
+        <v>87.43034597133925</v>
+      </c>
+      <c r="C37" s="11">
+        <v>86.559797304341572</v>
+      </c>
+      <c r="D37" s="11">
+        <v>1.1548126069940494</v>
+      </c>
+      <c r="E37" s="11">
+        <v>0.33932815529589111</v>
+      </c>
+      <c r="F37" s="11">
+        <v>0.17739495556471963</v>
+      </c>
+      <c r="G37" s="11">
+        <v>3.4671651217331325</v>
+      </c>
+      <c r="H37" s="11">
+        <v>11.441562907546963</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="11">
+        <v>94.531818548447134</v>
+      </c>
+      <c r="C38" s="11">
+        <v>93.965177921569889</v>
+      </c>
+      <c r="D38" s="11">
+        <v>4.1054943948623253</v>
+      </c>
+      <c r="E38" s="11">
+        <v>8.9037686642169447E-2</v>
+      </c>
+      <c r="F38" s="11">
+        <v>1.0379762545429529</v>
+      </c>
+      <c r="G38" s="11">
+        <v>3.8305826300222319</v>
+      </c>
+      <c r="H38" s="11">
+        <v>14.005586706233379</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="11">
+        <v>97.466488811712225</v>
+      </c>
+      <c r="C39" s="11">
+        <v>97.466488811712225</v>
+      </c>
+      <c r="D39" s="11">
+        <v>6.2131096064326812</v>
+      </c>
+      <c r="E39" s="11">
+        <v>0.22426440460077945</v>
+      </c>
+      <c r="F39" s="11">
+        <v>1.7989273679666209</v>
+      </c>
+      <c r="G39" s="11">
+        <v>3.2208490178500986</v>
+      </c>
+      <c r="H39" s="11">
+        <v>21.321843230660928</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="11">
+        <v>98.879830088815595</v>
+      </c>
+      <c r="C40" s="11">
+        <v>98.69839193290008</v>
+      </c>
+      <c r="D40" s="11">
+        <v>8.410439390855883</v>
+      </c>
+      <c r="E40" s="11">
+        <v>3.0984226299010311</v>
+      </c>
+      <c r="F40" s="11">
+        <v>5.3733629690046945</v>
+      </c>
+      <c r="G40" s="11">
+        <v>9.6685077897277587</v>
+      </c>
+      <c r="H40" s="11">
+        <v>20.94407565243359</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B41" s="11"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="11"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="F3" s="13" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="13" t="s">
+      <c r="B43" s="11">
+        <v>97.340614538248985</v>
+      </c>
+      <c r="C43" s="11">
+        <v>96.877687116570314</v>
+      </c>
+      <c r="D43" s="11">
+        <v>6.085418551428238</v>
+      </c>
+      <c r="E43" s="11">
+        <v>0.75616832951651969</v>
+      </c>
+      <c r="F43" s="11">
+        <v>0.90504185261010872</v>
+      </c>
+      <c r="G43" s="11">
+        <v>3.658757416630066</v>
+      </c>
+      <c r="H43" s="11">
+        <v>19.522250224161557</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="H3" s="13" t="s">
-[...83 lines deleted...]
-      <c r="E8" s="5">
+      <c r="B44" s="11">
+        <v>94.924566613157069</v>
+      </c>
+      <c r="C44" s="11">
+        <v>94.72030383844907</v>
+      </c>
+      <c r="D44" s="11">
+        <v>4.4884152074377077</v>
+      </c>
+      <c r="E44" s="11">
+        <v>0.48591292545964815</v>
+      </c>
+      <c r="F44" s="11">
+        <v>2.0030546558685831</v>
+      </c>
+      <c r="G44" s="11">
+        <v>6.3923294936183623</v>
+      </c>
+      <c r="H44" s="11">
+        <v>19.831496349719888</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="11">
+        <v>96.974117565546663</v>
+      </c>
+      <c r="C45" s="11">
+        <v>96.546003444874316</v>
+      </c>
+      <c r="D45" s="11">
+        <v>2.9116988635001735</v>
+      </c>
+      <c r="E45" s="11">
+        <v>1.255021645620465</v>
+      </c>
+      <c r="F45" s="11">
+        <v>1.3630289637248452</v>
+      </c>
+      <c r="G45" s="11">
+        <v>5.2717944884066812</v>
+      </c>
+      <c r="H45" s="11">
+        <v>18.955800456500281</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="11">
+        <v>93.862013700045324</v>
+      </c>
+      <c r="C46" s="11">
+        <v>93.862013700045324</v>
+      </c>
+      <c r="D46" s="11">
+        <v>5.2043414568396855</v>
+      </c>
+      <c r="E46" s="11">
+        <v>1.7075931385178527</v>
+      </c>
+      <c r="F46" s="11">
+        <v>3.010576166523057</v>
+      </c>
+      <c r="G46" s="11">
+        <v>4.0658949065462853</v>
+      </c>
+      <c r="H46" s="11">
+        <v>15.344982030026877</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="11">
+        <v>88.295166137484642</v>
+      </c>
+      <c r="C47" s="11">
+        <v>86.953392790164841</v>
+      </c>
+      <c r="D47" s="11">
+        <v>4.1545326594522152</v>
+      </c>
+      <c r="E47" s="11">
         <v>0</v>
       </c>
-      <c r="F8" s="5">
-[...48 lines deleted...]
-      <c r="E10" s="5">
+      <c r="F47" s="11">
+        <v>1.5748110313050383</v>
+      </c>
+      <c r="G47" s="11">
+        <v>4.0815842623136502</v>
+      </c>
+      <c r="H47" s="11">
+        <v>9.0746079890764388</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="11">
+        <v>67.919455281089384</v>
+      </c>
+      <c r="C48" s="11">
+        <v>66.702426994049972</v>
+      </c>
+      <c r="D48" s="11">
+        <v>0.53603593770851565</v>
+      </c>
+      <c r="E48" s="11">
         <v>0</v>
       </c>
-      <c r="F10" s="5">
-[...405 lines deleted...]
-      <c r="E30" s="5">
+      <c r="F48" s="11">
+        <v>0.42761637889053661</v>
+      </c>
+      <c r="G48" s="11">
+        <v>4.0677461608565162</v>
+      </c>
+      <c r="H48" s="11">
+        <v>2.8115802076229448</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B49" s="11"/>
+      <c r="C49" s="11"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
+      <c r="H49" s="11"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="11"/>
+      <c r="C50" s="11"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="11"/>
+      <c r="G50" s="11"/>
+      <c r="H50" s="11"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="11">
+        <v>97.80328964378802</v>
+      </c>
+      <c r="C51" s="11">
+        <v>97.698371119370009</v>
+      </c>
+      <c r="D51" s="11">
+        <v>4.9316520198235541</v>
+      </c>
+      <c r="E51" s="11">
+        <v>1.0792715601868377</v>
+      </c>
+      <c r="F51" s="11">
+        <v>1.602427083438418</v>
+      </c>
+      <c r="G51" s="11">
+        <v>4.2212532079108067</v>
+      </c>
+      <c r="H51" s="11">
+        <v>18.651155743301651</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="11">
+        <v>98.959522493629521</v>
+      </c>
+      <c r="C52" s="11">
+        <v>98.528806119328593</v>
+      </c>
+      <c r="D52" s="11">
+        <v>3.2591121665622427</v>
+      </c>
+      <c r="E52" s="11">
+        <v>1.3903928545377331</v>
+      </c>
+      <c r="F52" s="11">
+        <v>3.1487922454308279</v>
+      </c>
+      <c r="G52" s="11">
+        <v>10.063526787508929</v>
+      </c>
+      <c r="H52" s="11">
+        <v>22.746608180472361</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="11">
+        <v>67.493379911246237</v>
+      </c>
+      <c r="C53" s="11">
+        <v>65.54717082822674</v>
+      </c>
+      <c r="D53" s="11">
+        <v>5.3997966618561488</v>
+      </c>
+      <c r="E53" s="11">
         <v>0</v>
       </c>
-      <c r="F30" s="5">
-[...364 lines deleted...]
-      <c r="E47" s="5">
+      <c r="F53" s="11">
         <v>0</v>
       </c>
-      <c r="F47" s="5">
-[...22 lines deleted...]
-      <c r="E48" s="5">
+      <c r="G53" s="11">
+        <v>6.8291134802071811</v>
+      </c>
+      <c r="H53" s="11">
+        <v>4.7475021047149033</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="11">
+        <v>81.763042767139666</v>
+      </c>
+      <c r="C54" s="11">
+        <v>80.691344902112277</v>
+      </c>
+      <c r="D54" s="11">
+        <v>2.8529148464516152</v>
+      </c>
+      <c r="E54" s="11">
+        <v>0.15085398353011942</v>
+      </c>
+      <c r="F54" s="11">
+        <v>1.6296160214457951</v>
+      </c>
+      <c r="G54" s="11">
+        <v>3.2210397053607789</v>
+      </c>
+      <c r="H54" s="11">
+        <v>8.1427964329339577</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B55" s="11"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="11"/>
+      <c r="G55" s="11"/>
+      <c r="H55" s="11"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B56" s="11"/>
+      <c r="C56" s="11"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="11"/>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="11">
+        <v>69.19407785556804</v>
+      </c>
+      <c r="C57" s="11">
+        <v>66.757324381480018</v>
+      </c>
+      <c r="D57" s="11">
+        <v>0.34960617022370838</v>
+      </c>
+      <c r="E57" s="11">
         <v>0</v>
       </c>
-      <c r="F48" s="5">
-[...199 lines deleted...]
-      <c r="B59" s="5">
+      <c r="F57" s="11">
+        <v>1.7919586748721728</v>
+      </c>
+      <c r="G57" s="11">
+        <v>5.6573757080493685</v>
+      </c>
+      <c r="H57" s="11">
+        <v>3.843663311750479</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="11">
+        <v>93.192616965066705</v>
+      </c>
+      <c r="C58" s="11">
+        <v>92.830118390378672</v>
+      </c>
+      <c r="D58" s="11">
+        <v>3.3967002112455327</v>
+      </c>
+      <c r="E58" s="11">
+        <v>0.30023960737570532</v>
+      </c>
+      <c r="F58" s="11">
+        <v>1.1795272434964996</v>
+      </c>
+      <c r="G58" s="11">
+        <v>4.2025858302979699</v>
+      </c>
+      <c r="H58" s="11">
+        <v>15.143768549263218</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="11">
         <v>97.81799788678299</v>
       </c>
-      <c r="C59" s="5">
+      <c r="C59" s="11">
         <v>97.665017816108573</v>
       </c>
-      <c r="D59" s="5">
+      <c r="D59" s="11">
         <v>7.6549702285911803</v>
       </c>
-      <c r="E59" s="5">
+      <c r="E59" s="11">
         <v>2.5667521581766573</v>
       </c>
-      <c r="F59" s="5">
-[...29 lines deleted...]
-      <c r="H62" s="16"/>
+      <c r="F59" s="11">
+        <v>3.3584474108951157</v>
+      </c>
+      <c r="G59" s="11">
+        <v>6.1891442512542429</v>
+      </c>
+      <c r="H59" s="11">
+        <v>21.401214308571259</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+      <c r="H61" s="4"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A62" s="4"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:H62"/>
   <sheetViews>
-    <sheetView topLeftCell="A40" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="14.21875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="17" customWidth="1"/>
+    <col min="1" max="1" width="30.42578125" customWidth="1"/>
+    <col min="2" max="8" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="9" customFormat="1" ht="18">
-[...12 lines deleted...]
-      <c r="B3" s="13" t="s">
+    <row r="1" spans="1:8" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:8" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" s="23" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="12">
+        <v>2789.4</v>
+      </c>
+      <c r="C4" s="12">
+        <v>2000</v>
+      </c>
+      <c r="D4" s="12">
+        <v>6031.6</v>
+      </c>
+      <c r="E4" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" s="13">
+        <v>831</v>
+      </c>
+      <c r="G4" s="13">
+        <v>1500</v>
+      </c>
+      <c r="H4" s="12">
+        <v>4230</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="6"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="12">
+        <v>3385.6000000000004</v>
+      </c>
+      <c r="C7" s="12">
+        <v>2712.6000000000004</v>
+      </c>
+      <c r="D7" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E7" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F7" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G7" s="13">
+        <v>700</v>
+      </c>
+      <c r="H7" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="12">
+        <v>2733.8</v>
+      </c>
+      <c r="C8" s="12">
+        <v>2100</v>
+      </c>
+      <c r="D8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H8" s="12">
+        <v>5072.4000000000005</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="12">
+        <v>3032</v>
+      </c>
+      <c r="C9" s="12">
+        <v>2002</v>
+      </c>
+      <c r="D9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H9" s="12">
+        <v>6286</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="12">
+        <v>1413.2</v>
+      </c>
+      <c r="C10" s="12">
+        <v>997</v>
+      </c>
+      <c r="D10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" s="12">
+        <v>4694.8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="12">
+        <v>2910.8</v>
+      </c>
+      <c r="C11" s="12">
+        <v>2116.2000000000003</v>
+      </c>
+      <c r="D11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H11" s="12">
+        <v>4095.6000000000004</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="12">
+        <v>2808.6000000000004</v>
+      </c>
+      <c r="C12" s="12">
+        <v>2500</v>
+      </c>
+      <c r="D12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H12" s="12">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="12">
+        <v>3721.4</v>
+      </c>
+      <c r="C13" s="12">
+        <v>2517.8000000000002</v>
+      </c>
+      <c r="D13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G13" s="13">
+        <v>1500</v>
+      </c>
+      <c r="H13" s="12">
+        <v>2790.6000000000004</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="12">
+        <v>2404</v>
+      </c>
+      <c r="C14" s="12">
+        <v>1773.6000000000001</v>
+      </c>
+      <c r="D14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14" s="12">
+        <v>4233.2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="13"/>
+      <c r="H15" s="12"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="13"/>
+      <c r="H16" s="12"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="12">
+        <v>2078.4</v>
+      </c>
+      <c r="C17" s="12">
+        <v>1546</v>
+      </c>
+      <c r="D17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G17" s="13">
+        <v>2864.2000000000003</v>
+      </c>
+      <c r="H17" s="12">
+        <v>3563</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="12">
+        <v>2537.4</v>
+      </c>
+      <c r="C18" s="12">
+        <v>2083.8000000000002</v>
+      </c>
+      <c r="D18" s="12">
+        <v>6462.6</v>
+      </c>
+      <c r="E18" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F18" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G18" s="13">
+        <v>1284.2</v>
+      </c>
+      <c r="H18" s="12">
+        <v>2340.8000000000002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="12">
+        <v>3123</v>
+      </c>
+      <c r="C19" s="12">
+        <v>2048.8000000000002</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H19" s="12">
+        <v>4698.6000000000004</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="12">
+        <v>3244.4</v>
+      </c>
+      <c r="C20" s="12">
+        <v>2110.2000000000003</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H20" s="12">
+        <v>5206.2000000000007</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="12">
+        <v>2858.4</v>
+      </c>
+      <c r="C21" s="12">
+        <v>2088.2000000000003</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" s="12">
+        <v>4731.4000000000005</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="H22" s="12"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+      <c r="H23" s="12"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="12">
+        <v>3000</v>
+      </c>
+      <c r="C24" s="12">
+        <v>2433.2000000000003</v>
+      </c>
+      <c r="D24" s="12">
+        <v>4716</v>
+      </c>
+      <c r="E24" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F24" s="13">
+        <v>831</v>
+      </c>
+      <c r="G24" s="13">
+        <v>600</v>
+      </c>
+      <c r="H24" s="12">
+        <v>4046.4</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="12">
+        <v>2680.8</v>
+      </c>
+      <c r="C25" s="12">
+        <v>1536.6000000000001</v>
+      </c>
+      <c r="D25" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E25" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F25" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G25" s="13">
+        <v>700</v>
+      </c>
+      <c r="H25" s="12">
+        <v>4609.4000000000005</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="12">
+        <v>1281.4000000000001</v>
+      </c>
+      <c r="C26" s="12">
+        <v>960</v>
+      </c>
+      <c r="D26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G26" s="13">
+        <v>503.6</v>
+      </c>
+      <c r="H26" s="12">
+        <v>4566.2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+      <c r="H27" s="12"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+      <c r="H28" s="12"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="12">
+        <v>1050</v>
+      </c>
+      <c r="C29" s="12">
+        <v>948.80000000000007</v>
+      </c>
+      <c r="D29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G29" s="13">
+        <v>900</v>
+      </c>
+      <c r="H29" s="12">
+        <v>1498.2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="12">
+        <v>1851.4</v>
+      </c>
+      <c r="C30" s="12">
+        <v>1181.2</v>
+      </c>
+      <c r="D30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H30" s="12">
+        <v>2655.4</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="C3" s="13" t="s">
+      <c r="B31" s="12">
+        <v>2406.4</v>
+      </c>
+      <c r="C31" s="12">
+        <v>1471.2</v>
+      </c>
+      <c r="D31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H31" s="12">
+        <v>4110.8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="B32" s="12">
+        <v>3485.4</v>
+      </c>
+      <c r="C32" s="12">
+        <v>2732.4</v>
+      </c>
+      <c r="D32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H32" s="12">
+        <v>4255</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="E3" s="13" t="s">
+      <c r="B33" s="12">
+        <v>7580.8</v>
+      </c>
+      <c r="C33" s="12">
+        <v>5041.4000000000005</v>
+      </c>
+      <c r="D33" s="12">
+        <v>7470.4000000000005</v>
+      </c>
+      <c r="E33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H33" s="12">
+        <v>5869.4000000000005</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="12"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+      <c r="H34" s="12"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="12"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="13"/>
+      <c r="G35" s="13"/>
+      <c r="H35" s="12"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="12">
+        <v>793.6</v>
+      </c>
+      <c r="C36" s="12">
+        <v>500</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H36" s="12">
+        <v>1033.4000000000001</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="12">
+        <v>1509.6000000000001</v>
+      </c>
+      <c r="C37" s="12">
+        <v>1101.2</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H37" s="12">
+        <v>2718.8</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="12">
+        <v>2391.6</v>
+      </c>
+      <c r="C38" s="12">
+        <v>2000</v>
+      </c>
+      <c r="D38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H38" s="12">
+        <v>3942.4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="12">
+        <v>5097.2000000000007</v>
+      </c>
+      <c r="C39" s="12">
+        <v>3373.2000000000003</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H39" s="12">
+        <v>5805.8</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="12">
+        <v>9967</v>
+      </c>
+      <c r="C40" s="12">
+        <v>6020.6</v>
+      </c>
+      <c r="D40" s="12">
+        <v>10000</v>
+      </c>
+      <c r="E40" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F40" s="13">
+        <v>1016.6</v>
+      </c>
+      <c r="G40" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H40" s="12">
+        <v>5403</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="12"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+      <c r="H41" s="12"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="12"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+      <c r="H42" s="12"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="F3" s="13" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="13" t="s">
+      <c r="B43" s="12">
+        <v>1562.8000000000002</v>
+      </c>
+      <c r="C43" s="12">
+        <v>1092.6000000000001</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H43" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="H3" s="13" t="s">
-[...10 lines deleted...]
-      <c r="C4" s="25">
+      <c r="B44" s="12">
+        <v>3104</v>
+      </c>
+      <c r="C44" s="12">
+        <v>2139.6</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H44" s="12">
+        <v>5154.4000000000005</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="12">
+        <v>2261.8000000000002</v>
+      </c>
+      <c r="C45" s="12">
+        <v>1745.8000000000002</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E45" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F45" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G45" s="13">
+        <v>1000</v>
+      </c>
+      <c r="H45" s="12">
+        <v>6508.6</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="12">
+        <v>3860.8</v>
+      </c>
+      <c r="C46" s="12">
+        <v>2951.4</v>
+      </c>
+      <c r="D46" s="12">
+        <v>5591.6</v>
+      </c>
+      <c r="E46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H46" s="12">
+        <v>17672</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="12">
+        <v>3013</v>
+      </c>
+      <c r="C47" s="12">
+        <v>2557.8000000000002</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H47" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="12">
         <v>2000</v>
       </c>
-      <c r="D4" s="25">
-[...6 lines deleted...]
-      <c r="G4" s="25">
+      <c r="C48" s="12">
+        <v>1986.4</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H48" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="12"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="12"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="12">
+        <v>2749</v>
+      </c>
+      <c r="C51" s="12">
+        <v>1987.2</v>
+      </c>
+      <c r="D51" s="12">
+        <v>7396</v>
+      </c>
+      <c r="E51" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F51" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G51" s="13">
+        <v>1281.6000000000001</v>
+      </c>
+      <c r="H51" s="12">
+        <v>4718.4000000000005</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="12">
+        <v>5386.6</v>
+      </c>
+      <c r="C52" s="12">
+        <v>2962.6000000000004</v>
+      </c>
+      <c r="D52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G52" s="13">
+        <v>4953.6000000000004</v>
+      </c>
+      <c r="H52" s="12">
+        <v>4953.4000000000005</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="12">
+        <v>564</v>
+      </c>
+      <c r="C53" s="12">
+        <v>282.8</v>
+      </c>
+      <c r="D53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H53" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="12">
+        <v>2296.6</v>
+      </c>
+      <c r="C54" s="12">
+        <v>2004</v>
+      </c>
+      <c r="D54" s="12">
+        <v>4000</v>
+      </c>
+      <c r="E54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G54" s="13">
+        <v>1020</v>
+      </c>
+      <c r="H54" s="12">
+        <v>2244.4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="12"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="13"/>
+      <c r="F56" s="13"/>
+      <c r="G56" s="13"/>
+      <c r="H56" s="12"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="12">
+        <v>842.6</v>
+      </c>
+      <c r="C57" s="12">
+        <v>607.20000000000005</v>
+      </c>
+      <c r="D57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F57" s="13">
+        <v>301</v>
+      </c>
+      <c r="G57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H57" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="12">
+        <v>2363.4</v>
+      </c>
+      <c r="C58" s="12">
+        <v>1792.6000000000001</v>
+      </c>
+      <c r="D58" s="12">
+        <v>5949.6</v>
+      </c>
+      <c r="E58" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F58" s="13">
+        <v>500</v>
+      </c>
+      <c r="G58" s="13">
         <v>1500</v>
       </c>
-      <c r="H4" s="25">
-[...882 lines deleted...]
-      <c r="G45" s="27">
+      <c r="H58" s="12">
+        <v>4120.2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="12">
+        <v>6891.8</v>
+      </c>
+      <c r="C59" s="12">
+        <v>5000</v>
+      </c>
+      <c r="D59" s="12">
+        <v>7634.2000000000007</v>
+      </c>
+      <c r="E59" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F59" s="13">
         <v>1000</v>
       </c>
-      <c r="H45" s="27">
-[...310 lines deleted...]
-      <c r="G59" s="27">
+      <c r="G59" s="13">
         <v>2247.2000000000003</v>
       </c>
-      <c r="H59" s="27">
+      <c r="H59" s="12">
         <v>5691.8</v>
       </c>
     </row>
-    <row r="61" spans="1:8">
-[...21 lines deleted...]
-      <c r="H62" s="16"/>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+      <c r="H61" s="4"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:G62"/>
   <sheetViews>
-    <sheetView topLeftCell="A40" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.77734375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="15.33203125" customWidth="1"/>
+    <col min="1" max="1" width="29.5703125" customWidth="1"/>
+    <col min="2" max="7" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="9" customFormat="1" ht="18">
-[...5 lines deleted...]
-      <c r="A2" s="10" t="s">
+    <row r="1" spans="1:7" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:7" s="16" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="8"/>
+      <c r="B3" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="28">
+        <v>68.142458242565581</v>
+      </c>
+      <c r="C4" s="28">
+        <v>5.9752349600011039</v>
+      </c>
+      <c r="D4" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E4" s="28">
+        <v>1.1910075992395357</v>
+      </c>
+      <c r="F4" s="28">
+        <v>2.1699485803769045</v>
+      </c>
+      <c r="G4" s="28">
+        <v>11.301755024544931</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="29"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="29"/>
+      <c r="G5" s="29"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="29"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="29"/>
+      <c r="G6" s="29"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="28">
+        <v>69.74781622904564</v>
+      </c>
+      <c r="C7" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D7" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E7" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F7" s="28">
+        <v>2.0121029317522372</v>
+      </c>
+      <c r="G7" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="28">
+        <v>67.413768197625359</v>
+      </c>
+      <c r="C8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F8" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G8" s="28">
+        <v>17.967479679124523</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="28">
+        <v>71.040309399514882</v>
+      </c>
+      <c r="C9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F9" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G9" s="28">
+        <v>14.767250185210287</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="28">
+        <v>67.37914215526267</v>
+      </c>
+      <c r="C10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F10" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G10" s="28">
+        <v>21.134423855256667</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="28">
+        <v>57.37407228014343</v>
+      </c>
+      <c r="C11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F11" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G11" s="28">
+        <v>10.094169604480214</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="28">
+        <v>68.187476678455482</v>
+      </c>
+      <c r="C12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F12" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G12" s="28">
+        <v>7.7057418032215619</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="28">
+        <v>68.463129473929499</v>
+      </c>
+      <c r="C13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E13" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F13" s="28">
+        <v>3.0910440706001499</v>
+      </c>
+      <c r="G13" s="28">
+        <v>10.402909438369718</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="28">
+        <v>76.328419789921867</v>
+      </c>
+      <c r="C14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F14" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G14" s="28">
+        <v>14.771436281214797</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B15" s="28"/>
+      <c r="C15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="28"/>
+      <c r="G15" s="28"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="28"/>
+      <c r="G16" s="28"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="28">
+        <v>55.859083044350697</v>
+      </c>
+      <c r="C17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" s="28">
+        <v>3.9889460195228708</v>
+      </c>
+      <c r="G17" s="28">
+        <v>8.2689115820189318</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="28">
+        <v>68.326229000253008</v>
+      </c>
+      <c r="C18" s="28">
+        <v>3.9307609082221253</v>
+      </c>
+      <c r="D18" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F18" s="28">
+        <v>1.5944375779480688</v>
+      </c>
+      <c r="G18" s="28">
+        <v>6.7037845175909103</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="28">
+        <v>66.765580713599633</v>
+      </c>
+      <c r="C19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F19" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G19" s="28">
+        <v>13.192075729642616</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="28">
+        <v>72.39205656164556</v>
+      </c>
+      <c r="C20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F20" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G20" s="28">
+        <v>16.563255476570969</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="28">
+        <v>76.734096827323469</v>
+      </c>
+      <c r="C21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F21" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G21" s="28">
+        <v>13.082042840907715</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B22" s="28"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="28"/>
+      <c r="G22" s="28"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
+      <c r="G23" s="28"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="28">
+        <v>68.373288570567695</v>
+      </c>
+      <c r="C24" s="28">
+        <v>5.4194476576828645</v>
+      </c>
+      <c r="D24" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" s="28">
+        <v>1.4647144521337589</v>
+      </c>
+      <c r="F24" s="28">
+        <v>1.7039969922861942</v>
+      </c>
+      <c r="G24" s="28">
+        <v>9.3849017000916586</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="28">
+        <v>67.394996036637991</v>
+      </c>
+      <c r="C25" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D25" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E25" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F25" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G25" s="28">
+        <v>17.966445806951167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="28">
+        <v>67.280862346116649</v>
+      </c>
+      <c r="C26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F26" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G26" s="28">
+        <v>15.556925296173274</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="28"/>
+      <c r="G27" s="28"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
+      <c r="G28" s="28"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="28">
+        <v>72.30612569475737</v>
+      </c>
+      <c r="C29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E29" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="28">
+        <v>1.5443824043183141</v>
+      </c>
+      <c r="G29" s="28">
+        <v>6.4290492926017961</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="28">
+        <v>79.190099339869718</v>
+      </c>
+      <c r="C30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G30" s="28">
+        <v>9.4887326736992073</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="28">
+        <v>71.960086858630405</v>
+      </c>
+      <c r="C31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F31" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G31" s="28">
+        <v>20.725133368328859</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="28">
+        <v>71.048593871357753</v>
+      </c>
+      <c r="C32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F32" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G32" s="28">
+        <v>12.384462108685074</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="28">
+        <v>61.764445671951073</v>
+      </c>
+      <c r="C33" s="28">
+        <v>7.2731261557005391</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F33" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G33" s="28">
+        <v>9.1491411633793938</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B34" s="28"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="28"/>
+      <c r="G34" s="28"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="28"/>
+      <c r="G35" s="28"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="28">
+        <v>77.204036985488656</v>
+      </c>
+      <c r="C36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F36" s="28">
+        <v>3.0538193923315977</v>
+      </c>
+      <c r="G36" s="28">
+        <v>16.618158165147651</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="28">
+        <v>75.008420392799565</v>
+      </c>
+      <c r="C37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F37" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G37" s="28">
+        <v>15.850793639977779</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="28">
+        <v>74.490894008032711</v>
+      </c>
+      <c r="C38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F38" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G38" s="28">
+        <v>15.222832200229803</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="28">
+        <v>76.725893302157615</v>
+      </c>
+      <c r="C39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F39" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G39" s="28">
+        <v>17.150684645030132</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="28">
+        <v>61.819358602468675</v>
+      </c>
+      <c r="C40" s="28">
+        <v>6.9364105837060004</v>
+      </c>
+      <c r="D40" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E40" s="28">
+        <v>2.0008067028599323</v>
+      </c>
+      <c r="F40" s="28">
+        <v>2.3085385931324502</v>
+      </c>
+      <c r="G40" s="28">
+        <v>7.141016193516327</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B41" s="28"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="28"/>
+      <c r="F41" s="28"/>
+      <c r="G41" s="28"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="28"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="28">
+        <v>59.228306921179673</v>
+      </c>
+      <c r="C43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F43" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G43" s="28">
+        <v>14.170762917382582</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="28">
+        <v>59.400740037033515</v>
+      </c>
+      <c r="C44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F44" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G44" s="28">
+        <v>14.364056903808493</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="28">
+        <v>71.055551355892447</v>
+      </c>
+      <c r="C45" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E45" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F45" s="28">
+        <v>2.7275979256279665</v>
+      </c>
+      <c r="G45" s="28">
+        <v>13.926101345948192</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="28">
+        <v>65.451546422051877</v>
+      </c>
+      <c r="C46" s="28">
+        <v>8.0757377887439805</v>
+      </c>
+      <c r="D46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F46" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G46" s="28">
+        <v>9.5264917311362058</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="28">
+        <v>89.032399719634626</v>
+      </c>
+      <c r="C47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F47" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G47" s="28">
+        <v>5.2921550606700203</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="28">
+        <v>92.897711965086657</v>
+      </c>
+      <c r="C48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F48" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G48" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+      <c r="F49" s="28"/>
+      <c r="G49" s="28"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="28"/>
+      <c r="G50" s="28"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="28">
+        <v>69.293136961514747</v>
+      </c>
+      <c r="C51" s="28">
+        <v>7.924296840106523</v>
+      </c>
+      <c r="D51" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E51" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F51" s="28">
+        <v>1.233998920200261</v>
+      </c>
+      <c r="G51" s="28">
+        <v>14.30082533789645</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="28">
+        <v>52.055876545007862</v>
+      </c>
+      <c r="C52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E52" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F52" s="28">
+        <v>4.8054431169100935</v>
+      </c>
+      <c r="G52" s="28">
+        <v>8.647685129462916</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="28">
+        <v>55.429820652919183</v>
+      </c>
+      <c r="C53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F53" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G53" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="28">
+        <v>88.70968242100497</v>
+      </c>
+      <c r="C54" s="28">
+        <v>3.4953598945613584</v>
+      </c>
+      <c r="D54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E54" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F54" s="28">
+        <v>1.2844366059864969</v>
+      </c>
+      <c r="G54" s="28">
+        <v>5.7735237002031052</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B55" s="28"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="28"/>
+      <c r="G55" s="28"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B56" s="28"/>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="28"/>
+      <c r="G56" s="28"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="28">
+        <v>83.558713120935877</v>
+      </c>
+      <c r="C57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F57" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="G57" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="28">
+        <v>73.869587838316761</v>
+      </c>
+      <c r="C58" s="28">
+        <v>4.9994747591481783</v>
+      </c>
+      <c r="D58" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E58" s="28">
+        <v>2.0024428809278296</v>
+      </c>
+      <c r="F58" s="28">
+        <v>2.5334559366279277</v>
+      </c>
+      <c r="G58" s="28">
+        <v>14.128236791088359</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="28">
+        <v>61.501759729166885</v>
+      </c>
+      <c r="C59" s="28">
+        <v>7.2455254614665119</v>
+      </c>
+      <c r="D59" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E59" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F59" s="28">
+        <v>1.7850593490537798</v>
+      </c>
+      <c r="G59" s="28">
+        <v>8.1877221849524595</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
         <v>118</v>
       </c>
-      <c r="B2" s="11"/>
-[...1117 lines deleted...]
-      <c r="G62" s="16"/>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="A1:I62"/>
+  <dimension ref="A1:K62"/>
   <sheetViews>
-    <sheetView topLeftCell="A46" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.109375" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="14.21875" customWidth="1"/>
+    <col min="1" max="1" width="28.140625" customWidth="1"/>
+    <col min="2" max="9" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="18">
-[...11 lines deleted...]
-      <c r="B3" s="13" t="s">
+    <row r="1" spans="1:11" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="17" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:11" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="8"/>
+      <c r="B3" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="I3" s="23" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="11">
+        <v>36.637891859786784</v>
+      </c>
+      <c r="C4" s="11">
+        <v>20.693372993907133</v>
+      </c>
+      <c r="D4" s="11">
+        <v>19.555600617030969</v>
+      </c>
+      <c r="E4" s="11">
+        <v>1.3567106779305171</v>
+      </c>
+      <c r="F4" s="11">
+        <v>21.435775615585513</v>
+      </c>
+      <c r="G4" s="11">
+        <v>3.9848704411717195</v>
+      </c>
+      <c r="H4" s="11">
+        <v>3.2975175891702118</v>
+      </c>
+      <c r="I4" s="11">
+        <v>18.428369501419045</v>
+      </c>
+      <c r="K4" s="2"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="11">
+        <v>42.947380444083279</v>
+      </c>
+      <c r="C7" s="11">
+        <v>22.564690114397884</v>
+      </c>
+      <c r="D7" s="11">
+        <v>21.622721953869366</v>
+      </c>
+      <c r="E7" s="11">
+        <v>1.4488485687325727</v>
+      </c>
+      <c r="F7" s="11">
+        <v>29.836876623990431</v>
+      </c>
+      <c r="G7" s="11">
+        <v>10.8509547743492</v>
+      </c>
+      <c r="H7" s="11">
+        <v>10.573356904139981</v>
+      </c>
+      <c r="I7" s="11">
+        <v>22.988737984141906</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="11">
+        <v>40.270423269868125</v>
+      </c>
+      <c r="C8" s="11">
+        <v>25.836811788383507</v>
+      </c>
+      <c r="D8" s="11">
+        <v>25.078176560343152</v>
+      </c>
+      <c r="E8" s="11">
+        <v>0.75863522804035488</v>
+      </c>
+      <c r="F8" s="11">
+        <v>17.143515224733708</v>
+      </c>
+      <c r="G8" s="11">
+        <v>1.9567116171012908</v>
+      </c>
+      <c r="H8" s="11">
+        <v>0</v>
+      </c>
+      <c r="I8" s="11">
+        <v>16.122142640965208</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="11">
+        <v>35.252473497103679</v>
+      </c>
+      <c r="C9" s="11">
+        <v>23.561067701691858</v>
+      </c>
+      <c r="D9" s="11">
+        <v>22.218525381866012</v>
+      </c>
+      <c r="E9" s="11">
+        <v>1.8200283297803095</v>
+      </c>
+      <c r="F9" s="11">
+        <v>18.913036350396418</v>
+      </c>
+      <c r="G9" s="11">
+        <v>3.1099617548040039</v>
+      </c>
+      <c r="H9" s="11">
+        <v>2.8272271175904433</v>
+      </c>
+      <c r="I9" s="11">
+        <v>16.00283800630633</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="11">
+        <v>35.393408790001438</v>
+      </c>
+      <c r="C10" s="11">
+        <v>17.919828823801502</v>
+      </c>
+      <c r="D10" s="11">
+        <v>17.397464020115226</v>
+      </c>
+      <c r="E10" s="11">
+        <v>0.52236480368627713</v>
+      </c>
+      <c r="F10" s="11">
+        <v>20.523980566349273</v>
+      </c>
+      <c r="G10" s="11">
+        <v>2.7195236254415263</v>
+      </c>
+      <c r="H10" s="11">
+        <v>1.9807258830849872</v>
+      </c>
+      <c r="I10" s="11">
+        <v>19.288707303072037</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="11">
+        <v>34.913690859491382</v>
+      </c>
+      <c r="C11" s="11">
+        <v>15.590768899746577</v>
+      </c>
+      <c r="D11" s="11">
+        <v>14.88647602323514</v>
+      </c>
+      <c r="E11" s="11">
+        <v>1.5319337427506656</v>
+      </c>
+      <c r="F11" s="11">
+        <v>22.282841139213584</v>
+      </c>
+      <c r="G11" s="11">
+        <v>3.8628707327003977</v>
+      </c>
+      <c r="H11" s="11">
+        <v>1.4483106327806872</v>
+      </c>
+      <c r="I11" s="11">
+        <v>19.503359380287595</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="11">
+        <v>33.500240114434007</v>
+      </c>
+      <c r="C12" s="11">
+        <v>17.888511916713757</v>
+      </c>
+      <c r="D12" s="11">
+        <v>15.681434738274636</v>
+      </c>
+      <c r="E12" s="11">
+        <v>2.2070771784391203</v>
+      </c>
+      <c r="F12" s="11">
+        <v>22.641249666861256</v>
+      </c>
+      <c r="G12" s="11">
+        <v>2.4251064856496742</v>
+      </c>
+      <c r="H12" s="11">
+        <v>1.4028275423456942</v>
+      </c>
+      <c r="I12" s="11">
+        <v>20.79619284438267</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="11">
+        <v>33.450428852253737</v>
+      </c>
+      <c r="C13" s="11">
+        <v>19.703418126283317</v>
+      </c>
+      <c r="D13" s="11">
+        <v>17.75428427184044</v>
+      </c>
+      <c r="E13" s="11">
+        <v>1.9491338544428762</v>
+      </c>
+      <c r="F13" s="11">
+        <v>19.810910999913787</v>
+      </c>
+      <c r="G13" s="11">
+        <v>2.350948589323123</v>
+      </c>
+      <c r="H13" s="11">
+        <v>3.3739465137346705</v>
+      </c>
+      <c r="I13" s="11">
+        <v>16.612849765115769</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="11">
+        <v>37.548581866858363</v>
+      </c>
+      <c r="C14" s="11">
+        <v>23.249309547661888</v>
+      </c>
+      <c r="D14" s="11">
+        <v>22.586238404103486</v>
+      </c>
+      <c r="E14" s="11">
+        <v>0.66307114355840446</v>
+      </c>
+      <c r="F14" s="11">
+        <v>19.212832369869666</v>
+      </c>
+      <c r="G14" s="11">
+        <v>3.9250375525364505</v>
+      </c>
+      <c r="H14" s="11">
+        <v>3.7053000848327264</v>
+      </c>
+      <c r="I14" s="11">
+        <v>15.525206301454633</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="11"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="11"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="11"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="11">
+        <v>19.120199711999089</v>
+      </c>
+      <c r="C17" s="11">
+        <v>8.9019816903171183</v>
+      </c>
+      <c r="D17" s="11">
+        <v>7.9278403835578608</v>
+      </c>
+      <c r="E17" s="11">
+        <v>1.1246509146142807</v>
+      </c>
+      <c r="F17" s="11">
+        <v>12.685411149372023</v>
+      </c>
+      <c r="G17" s="11">
+        <v>2.0259312419293858</v>
+      </c>
+      <c r="H17" s="11">
+        <v>2.3238869842475878</v>
+      </c>
+      <c r="I17" s="11">
+        <v>9.7068104936796988</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="11">
+        <v>22.58687589692293</v>
+      </c>
+      <c r="C18" s="11">
+        <v>11.98189884677547</v>
+      </c>
+      <c r="D18" s="11">
+        <v>11.167214889748973</v>
+      </c>
+      <c r="E18" s="11">
+        <v>1.0413208923823689</v>
+      </c>
+      <c r="F18" s="11">
+        <v>13.922624208656906</v>
+      </c>
+      <c r="G18" s="11">
+        <v>3.2928306941237135</v>
+      </c>
+      <c r="H18" s="11">
+        <v>1.7239179530973627</v>
+      </c>
+      <c r="I18" s="11">
+        <v>12.371633383880228</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="11">
+        <v>47.088294699176593</v>
+      </c>
+      <c r="C19" s="11">
+        <v>29.93516368140649</v>
+      </c>
+      <c r="D19" s="11">
+        <v>29.455325396807652</v>
+      </c>
+      <c r="E19" s="11">
+        <v>0.60555879874300134</v>
+      </c>
+      <c r="F19" s="11">
+        <v>23.055313821244656</v>
+      </c>
+      <c r="G19" s="11">
+        <v>3.4441202133724027</v>
+      </c>
+      <c r="H19" s="11">
+        <v>2.9581394670765295</v>
+      </c>
+      <c r="I19" s="11">
+        <v>20.291402947158833</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="11">
+        <v>55.703842229287801</v>
+      </c>
+      <c r="C20" s="11">
+        <v>31.360254837937362</v>
+      </c>
+      <c r="D20" s="11">
+        <v>29.51308504614536</v>
+      </c>
+      <c r="E20" s="11">
+        <v>1.8471697917920014</v>
+      </c>
+      <c r="F20" s="11">
+        <v>34.295379006460919</v>
+      </c>
+      <c r="G20" s="11">
+        <v>7.553607822057919</v>
+      </c>
+      <c r="H20" s="11">
+        <v>4.6887592113488159</v>
+      </c>
+      <c r="I20" s="11">
+        <v>29.932732904057218</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="11">
+        <v>47.972397869030097</v>
+      </c>
+      <c r="C21" s="11">
+        <v>25.900396682222727</v>
+      </c>
+      <c r="D21" s="11">
+        <v>23.640339748232783</v>
+      </c>
+      <c r="E21" s="11">
+        <v>3.1019272602935093</v>
+      </c>
+      <c r="F21" s="11">
+        <v>29.529023873019472</v>
+      </c>
+      <c r="G21" s="11">
+        <v>3.802086290186641</v>
+      </c>
+      <c r="H21" s="11">
+        <v>7.1206436709416607</v>
+      </c>
+      <c r="I21" s="11">
+        <v>24.554414811483813</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="11"/>
+      <c r="I22" s="11"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="11"/>
+      <c r="I23" s="11"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="11">
+        <v>19.319802730190411</v>
+      </c>
+      <c r="C24" s="11">
+        <v>1.2845457799619917</v>
+      </c>
+      <c r="D24" s="11">
+        <v>0</v>
+      </c>
+      <c r="E24" s="11">
+        <v>1.2845457799619917</v>
+      </c>
+      <c r="F24" s="11">
+        <v>18.311951156428396</v>
+      </c>
+      <c r="G24" s="11">
+        <v>2.657838353633672</v>
+      </c>
+      <c r="H24" s="11">
+        <v>2.3439950834410777</v>
+      </c>
+      <c r="I24" s="11">
+        <v>16.767511715979133</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="11">
+        <v>99.675788422570832</v>
+      </c>
+      <c r="C25" s="11">
+        <v>99.675788422570832</v>
+      </c>
+      <c r="D25" s="11">
+        <v>99.675788422570832</v>
+      </c>
+      <c r="E25" s="11">
+        <v>1.1159365944210748</v>
+      </c>
+      <c r="F25" s="11">
+        <v>26.658565770376946</v>
+      </c>
+      <c r="G25" s="11">
+        <v>8.1384474078930076</v>
+      </c>
+      <c r="H25" s="11">
+        <v>6.7516408250896092</v>
+      </c>
+      <c r="I25" s="11">
+        <v>19.194812523346446</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="11">
+        <v>33.209811031562623</v>
+      </c>
+      <c r="C26" s="11">
+        <v>2.2259162567815181</v>
+      </c>
+      <c r="D26" s="11">
+        <v>0</v>
+      </c>
+      <c r="E26" s="11">
+        <v>2.2259162567815181</v>
+      </c>
+      <c r="F26" s="11">
+        <v>31.606351291046526</v>
+      </c>
+      <c r="G26" s="11">
+        <v>4.9099404676893919</v>
+      </c>
+      <c r="H26" s="11">
+        <v>3.1378753520726854</v>
+      </c>
+      <c r="I26" s="11">
+        <v>27.3637896427648</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+      <c r="H27" s="11"/>
+      <c r="I27" s="11"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="11"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="11"/>
+      <c r="H28" s="11"/>
+      <c r="I28" s="11"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="11">
+        <v>17.198812487856156</v>
+      </c>
+      <c r="C29" s="11">
+        <v>5.5638528476244842</v>
+      </c>
+      <c r="D29" s="11">
+        <v>4.9137365568750679</v>
+      </c>
+      <c r="E29" s="11">
+        <v>0.65011629074941579</v>
+      </c>
+      <c r="F29" s="11">
+        <v>13.047951577713079</v>
+      </c>
+      <c r="G29" s="11">
+        <v>1.7789008524225343</v>
+      </c>
+      <c r="H29" s="11">
+        <v>0.43607790097167426</v>
+      </c>
+      <c r="I29" s="11">
+        <v>11.608959433824953</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="11">
+        <v>28.709268047134863</v>
+      </c>
+      <c r="C30" s="11">
+        <v>14.344665852509216</v>
+      </c>
+      <c r="D30" s="11">
+        <v>14.008416588709109</v>
+      </c>
+      <c r="E30" s="11">
+        <v>0.36272837362122734</v>
+      </c>
+      <c r="F30" s="11">
+        <v>17.384333781778562</v>
+      </c>
+      <c r="G30" s="11">
+        <v>2.3563002770996513</v>
+      </c>
+      <c r="H30" s="11">
+        <v>2.4456770698646073</v>
+      </c>
+      <c r="I30" s="11">
+        <v>15.455318676064303</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="11">
+        <v>43.610053624754826</v>
+      </c>
+      <c r="C31" s="11">
+        <v>25.21778777885017</v>
+      </c>
+      <c r="D31" s="11">
+        <v>23.756469659964981</v>
+      </c>
+      <c r="E31" s="11">
+        <v>1.555322628277934</v>
+      </c>
+      <c r="F31" s="11">
+        <v>24.421058029240623</v>
+      </c>
+      <c r="G31" s="11">
+        <v>3.7341337794772866</v>
+      </c>
+      <c r="H31" s="11">
+        <v>2.2036498252309396</v>
+      </c>
+      <c r="I31" s="11">
+        <v>22.892508785009834</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="11">
+        <v>46.878962230931499</v>
+      </c>
+      <c r="C32" s="11">
+        <v>26.21166264389857</v>
+      </c>
+      <c r="D32" s="11">
+        <v>24.364246463128083</v>
+      </c>
+      <c r="E32" s="11">
+        <v>2.1976237788618529</v>
+      </c>
+      <c r="F32" s="11">
+        <v>29.092054266950669</v>
+      </c>
+      <c r="G32" s="11">
+        <v>7.1871835734968315</v>
+      </c>
+      <c r="H32" s="11">
+        <v>5.2202128958667586</v>
+      </c>
+      <c r="I32" s="11">
+        <v>22.972405166095818</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="11">
+        <v>46.846644263423173</v>
+      </c>
+      <c r="C33" s="11">
+        <v>32.174572841801051</v>
+      </c>
+      <c r="D33" s="11">
+        <v>30.778404987250731</v>
+      </c>
+      <c r="E33" s="11">
+        <v>2.0207842731964023</v>
+      </c>
+      <c r="F33" s="11">
+        <v>23.254753409154915</v>
+      </c>
+      <c r="G33" s="11">
+        <v>4.8736388877175782</v>
+      </c>
+      <c r="H33" s="11">
+        <v>6.1891631330588224</v>
+      </c>
+      <c r="I33" s="11">
+        <v>19.230788188030594</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B34" s="11"/>
+      <c r="C34" s="11"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="11"/>
+      <c r="F34" s="11"/>
+      <c r="G34" s="11"/>
+      <c r="H34" s="11"/>
+      <c r="I34" s="11"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="11"/>
+      <c r="C35" s="11"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="11"/>
+      <c r="F35" s="11"/>
+      <c r="G35" s="11"/>
+      <c r="H35" s="11"/>
+      <c r="I35" s="11"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="11">
+        <v>46.33125473782534</v>
+      </c>
+      <c r="C36" s="11">
+        <v>25.239160151972946</v>
+      </c>
+      <c r="D36" s="11">
+        <v>24.39154105954756</v>
+      </c>
+      <c r="E36" s="11">
+        <v>0.84761909242538536</v>
+      </c>
+      <c r="F36" s="11">
+        <v>29.05009387929401</v>
+      </c>
+      <c r="G36" s="11">
+        <v>6.022483936723197</v>
+      </c>
+      <c r="H36" s="11">
+        <v>3.7413358789237594</v>
+      </c>
+      <c r="I36" s="11">
+        <v>24.511589960587788</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="11">
+        <v>39.355322766709662</v>
+      </c>
+      <c r="C37" s="11">
+        <v>23.251693201444429</v>
+      </c>
+      <c r="D37" s="11">
+        <v>22.666753349576581</v>
+      </c>
+      <c r="E37" s="11">
+        <v>0.58493985186784903</v>
+      </c>
+      <c r="F37" s="11">
+        <v>21.967523340743963</v>
+      </c>
+      <c r="G37" s="11">
+        <v>3.2454672474518755</v>
+      </c>
+      <c r="H37" s="11">
+        <v>2.316331610084184</v>
+      </c>
+      <c r="I37" s="11">
+        <v>20.001075255237005</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="11">
+        <v>31.217703114675714</v>
+      </c>
+      <c r="C38" s="11">
+        <v>17.045444964857399</v>
+      </c>
+      <c r="D38" s="11">
+        <v>16.195740785621769</v>
+      </c>
+      <c r="E38" s="11">
+        <v>1.3383037194041099</v>
+      </c>
+      <c r="F38" s="11">
+        <v>17.921443479745456</v>
+      </c>
+      <c r="G38" s="11">
+        <v>3.6846366294892046</v>
+      </c>
+      <c r="H38" s="11">
+        <v>1.8266621062862487</v>
+      </c>
+      <c r="I38" s="11">
+        <v>16.194327679238842</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="11">
+        <v>31.140728359942482</v>
+      </c>
+      <c r="C39" s="11">
+        <v>16.362211985844329</v>
+      </c>
+      <c r="D39" s="11">
+        <v>14.83749325022074</v>
+      </c>
+      <c r="E39" s="11">
+        <v>1.6576618119167705</v>
+      </c>
+      <c r="F39" s="11">
+        <v>19.890945439378839</v>
+      </c>
+      <c r="G39" s="11">
+        <v>3.4506458691491009</v>
+      </c>
+      <c r="H39" s="11">
+        <v>5.605652666041725</v>
+      </c>
+      <c r="I39" s="11">
+        <v>16.394743486369741</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="11">
+        <v>35.106383618617457</v>
+      </c>
+      <c r="C40" s="11">
+        <v>21.563783504938925</v>
+      </c>
+      <c r="D40" s="11">
+        <v>19.681928322846108</v>
+      </c>
+      <c r="E40" s="11">
+        <v>2.3555831877141604</v>
+      </c>
+      <c r="F40" s="11">
+        <v>18.303943578069685</v>
+      </c>
+      <c r="G40" s="11">
+        <v>3.5046048728088275</v>
+      </c>
+      <c r="H40" s="11">
+        <v>2.9905012445610546</v>
+      </c>
+      <c r="I40" s="11">
+        <v>15.008407591968975</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B41" s="11"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="11"/>
+      <c r="I41" s="11"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="11"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="11">
+        <v>56.870053359083151</v>
+      </c>
+      <c r="C43" s="11">
+        <v>36.417721925310701</v>
+      </c>
+      <c r="D43" s="11">
+        <v>34.654791477715222</v>
+      </c>
+      <c r="E43" s="11">
+        <v>1.7629304475954855</v>
+      </c>
+      <c r="F43" s="11">
+        <v>26.919593788956337</v>
+      </c>
+      <c r="G43" s="11">
+        <v>4.0795623013992071</v>
+      </c>
+      <c r="H43" s="11">
+        <v>1.9646470568177057</v>
+      </c>
+      <c r="I43" s="11">
+        <v>24.166629022760002</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="11">
+        <v>57.735288709472933</v>
+      </c>
+      <c r="C44" s="11">
+        <v>35.749855035162589</v>
+      </c>
+      <c r="D44" s="11">
+        <v>33.528298459950669</v>
+      </c>
+      <c r="E44" s="11">
+        <v>2.6415863205232428</v>
+      </c>
+      <c r="F44" s="11">
+        <v>31.516656142262274</v>
+      </c>
+      <c r="G44" s="11">
+        <v>6.5579491508441707</v>
+      </c>
+      <c r="H44" s="11">
+        <v>6.0468639737379384</v>
+      </c>
+      <c r="I44" s="11">
+        <v>25.741875826462525</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="11">
+        <v>48.396578974473812</v>
+      </c>
+      <c r="C45" s="11">
+        <v>29.610344540345928</v>
+      </c>
+      <c r="D45" s="11">
+        <v>29.001736095211943</v>
+      </c>
+      <c r="E45" s="11">
+        <v>0.99755550898932877</v>
+      </c>
+      <c r="F45" s="11">
+        <v>28.145783358444596</v>
+      </c>
+      <c r="G45" s="11">
+        <v>7.1760826172851511</v>
+      </c>
+      <c r="H45" s="11">
+        <v>5.2232547211504476</v>
+      </c>
+      <c r="I45" s="11">
+        <v>22.960597826456887</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="11">
+        <v>21.525232013426617</v>
+      </c>
+      <c r="C46" s="11">
+        <v>6.8628932906561291</v>
+      </c>
+      <c r="D46" s="11">
+        <v>6.1221138287246015</v>
+      </c>
+      <c r="E46" s="11">
+        <v>0.94946855312740985</v>
+      </c>
+      <c r="F46" s="11">
+        <v>16.978589283697524</v>
+      </c>
+      <c r="G46" s="11">
+        <v>1.7857509841076762</v>
+      </c>
+      <c r="H46" s="11">
+        <v>2.0964594515505341</v>
+      </c>
+      <c r="I46" s="11">
+        <v>15.986445302292369</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="11">
+        <v>11.326827399169851</v>
+      </c>
+      <c r="C47" s="11">
+        <v>2.7526686665803881</v>
+      </c>
+      <c r="D47" s="11">
+        <v>2.08016458841304</v>
+      </c>
+      <c r="E47" s="11">
+        <v>0.67250407816734847</v>
+      </c>
+      <c r="F47" s="11">
+        <v>9.2466628107568116</v>
+      </c>
+      <c r="G47" s="11">
+        <v>0.79041358370312542</v>
+      </c>
+      <c r="H47" s="11">
+        <v>1.0869055037100273</v>
+      </c>
+      <c r="I47" s="11">
+        <v>8.9044900121716513</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="11">
+        <v>3.9395585661566783</v>
+      </c>
+      <c r="C48" s="11">
+        <v>1.500465994848668</v>
+      </c>
+      <c r="D48" s="11">
+        <v>1.1846345684833457</v>
+      </c>
+      <c r="E48" s="11">
+        <v>0.3158314263653223</v>
+      </c>
+      <c r="F48" s="11">
+        <v>2.6611819253720652</v>
+      </c>
+      <c r="G48" s="11">
+        <v>0.3158314263653223</v>
+      </c>
+      <c r="H48" s="11">
+        <v>0</v>
+      </c>
+      <c r="I48" s="11">
+        <v>2.3453504990067424</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B49" s="11"/>
+      <c r="C49" s="11"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
+      <c r="H49" s="11"/>
+      <c r="I49" s="11"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="11"/>
+      <c r="C50" s="11"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="11"/>
+      <c r="G50" s="11"/>
+      <c r="H50" s="11"/>
+      <c r="I50" s="11"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="11">
+        <v>48.255254589232472</v>
+      </c>
+      <c r="C51" s="11">
+        <v>28.384183970059546</v>
+      </c>
+      <c r="D51" s="11">
+        <v>27.157967526918164</v>
+      </c>
+      <c r="E51" s="11">
+        <v>1.5516114077246275</v>
+      </c>
+      <c r="F51" s="11">
+        <v>28.031693933607176</v>
+      </c>
+      <c r="G51" s="11">
+        <v>5.6964858820991253</v>
+      </c>
+      <c r="H51" s="11">
+        <v>4.8790669654336076</v>
+      </c>
+      <c r="I51" s="11">
+        <v>23.384683779884849</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="11">
+        <v>45.085885523526038</v>
+      </c>
+      <c r="C52" s="11">
+        <v>33.121698968976574</v>
+      </c>
+      <c r="D52" s="11">
+        <v>31.028458312252415</v>
+      </c>
+      <c r="E52" s="11">
+        <v>2.4204138017746724</v>
+      </c>
+      <c r="F52" s="11">
+        <v>17.575705930067159</v>
+      </c>
+      <c r="G52" s="11">
+        <v>2.9447950121641222</v>
+      </c>
+      <c r="H52" s="11">
+        <v>2.5513736873885358</v>
+      </c>
+      <c r="I52" s="11">
+        <v>16.09197147605731</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="C3" s="13" t="s">
+      <c r="B53" s="11">
+        <v>37.546284084826212</v>
+      </c>
+      <c r="C53" s="11">
+        <v>6.0052690569307599</v>
+      </c>
+      <c r="D53" s="11">
+        <v>6.0052690569307599</v>
+      </c>
+      <c r="E53" s="11">
+        <v>0</v>
+      </c>
+      <c r="F53" s="11">
+        <v>34.627845919742725</v>
+      </c>
+      <c r="G53" s="11">
+        <v>8.2389546786250136</v>
+      </c>
+      <c r="H53" s="11">
+        <v>1.7368458632000217</v>
+      </c>
+      <c r="I53" s="11">
+        <v>30.614330541549386</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="D3" s="13" t="s">
-[...1270 lines deleted...]
-    <row r="56" spans="1:9">
+      <c r="B54" s="11">
+        <v>10.848525387340171</v>
+      </c>
+      <c r="C54" s="11">
+        <v>2.6053230545859671</v>
+      </c>
+      <c r="D54" s="11">
+        <v>1.912949263033642</v>
+      </c>
+      <c r="E54" s="11">
+        <v>0.69237379155232537</v>
+      </c>
+      <c r="F54" s="11">
+        <v>8.9992846496564578</v>
+      </c>
+      <c r="G54" s="11">
+        <v>0.66173113778763371</v>
+      </c>
+      <c r="H54" s="11">
+        <v>0.88376462180962934</v>
+      </c>
+      <c r="I54" s="11">
+        <v>8.5129713566199978</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B55" s="11"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="11"/>
+      <c r="G55" s="11"/>
+      <c r="H55" s="11"/>
+      <c r="I55" s="11"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>109</v>
-[...46 lines deleted...]
-      <c r="C58" s="32">
+        <v>92</v>
+      </c>
+      <c r="B56" s="11"/>
+      <c r="C56" s="11"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="11"/>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
+      <c r="I56" s="11"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="11">
+        <v>18.560006205871378</v>
+      </c>
+      <c r="C57" s="11">
+        <v>3.7919782786841281</v>
+      </c>
+      <c r="D57" s="11">
+        <v>1.7090786379351564</v>
+      </c>
+      <c r="E57" s="11">
+        <v>2.0828996407489719</v>
+      </c>
+      <c r="F57" s="11">
+        <v>16.616957753605263</v>
+      </c>
+      <c r="G57" s="11">
+        <v>0.82608968519397186</v>
+      </c>
+      <c r="H57" s="11">
+        <v>0.1494491669263858</v>
+      </c>
+      <c r="I57" s="11">
+        <v>16.616957753605263</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="11">
+        <v>38.30728217193515</v>
+      </c>
+      <c r="C58" s="11">
         <v>21.354383967099157</v>
       </c>
-      <c r="D58" s="32">
-[...14 lines deleted...]
-      <c r="I58" s="32">
+      <c r="D58" s="11">
+        <v>20.426956356250859</v>
+      </c>
+      <c r="E58" s="11">
+        <v>1.0911840347749477</v>
+      </c>
+      <c r="F58" s="11">
+        <v>22.144896020530009</v>
+      </c>
+      <c r="G58" s="11">
+        <v>4.4439820209678516</v>
+      </c>
+      <c r="H58" s="11">
+        <v>3.051644404045196</v>
+      </c>
+      <c r="I58" s="11">
         <v>19.238963633483891</v>
       </c>
     </row>
-    <row r="59" spans="1:9">
-[...15 lines deleted...]
-      <c r="F59" s="32">
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="11">
+        <v>38.743527390514991</v>
+      </c>
+      <c r="C59" s="11">
+        <v>25.220391116146612</v>
+      </c>
+      <c r="D59" s="11">
+        <v>23.842627133193094</v>
+      </c>
+      <c r="E59" s="11">
+        <v>1.8369183649317098</v>
+      </c>
+      <c r="F59" s="11">
         <v>21.246705463895633</v>
       </c>
-      <c r="G59" s="32">
-[...5 lines deleted...]
-      <c r="I59" s="32">
+      <c r="G59" s="11">
+        <v>3.8769445891764613</v>
+      </c>
+      <c r="H59" s="11">
+        <v>5.1902476660723629</v>
+      </c>
+      <c r="I59" s="11">
         <v>16.810531998234669</v>
       </c>
     </row>
-    <row r="61" spans="1:9">
-      <c r="A61" s="15" t="s">
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+      <c r="H61" s="4"/>
+      <c r="I61" s="4"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="B61" s="16"/>
-[...19 lines deleted...]
-      <c r="I62" s="16"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4"/>
+      <c r="I62" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:I63"/>
   <sheetViews>
-    <sheetView topLeftCell="A40" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="15.33203125" customWidth="1"/>
+    <col min="1" max="1" width="29.85546875" customWidth="1"/>
+    <col min="2" max="9" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="18">
-[...11 lines deleted...]
-      <c r="B3" s="13" t="s">
+    <row r="1" spans="1:9" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A2" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" s="17"/>
+    </row>
+    <row r="3" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="7"/>
+      <c r="B3" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D3" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="G3" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="H3" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="I3" s="23" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="12">
+        <v>11408</v>
+      </c>
+      <c r="C4" s="12">
+        <v>31731.4</v>
+      </c>
+      <c r="D4" s="12">
+        <v>30800</v>
+      </c>
+      <c r="E4" s="14">
+        <v>29192.800000000003</v>
+      </c>
+      <c r="F4" s="12">
+        <v>2005.4</v>
+      </c>
+      <c r="G4" s="14">
+        <v>300</v>
+      </c>
+      <c r="H4" s="12">
+        <v>333.40000000000003</v>
+      </c>
+      <c r="I4" s="12">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="6"/>
+      <c r="I6" s="6"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="12">
+        <v>12077.800000000001</v>
+      </c>
+      <c r="C7" s="12">
+        <v>53450.600000000006</v>
+      </c>
+      <c r="D7" s="12">
+        <v>52819</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F7" s="12">
+        <v>2000</v>
+      </c>
+      <c r="G7" s="14">
+        <v>218.8</v>
+      </c>
+      <c r="H7" s="12">
+        <v>200</v>
+      </c>
+      <c r="I7" s="12">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="12">
+        <v>26700</v>
+      </c>
+      <c r="C8" s="12">
+        <v>38724.6</v>
+      </c>
+      <c r="D8" s="12">
+        <v>38414.400000000001</v>
+      </c>
+      <c r="E8" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F8" s="12">
+        <v>2390</v>
+      </c>
+      <c r="G8" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I8" s="12">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="12">
+        <v>19068</v>
+      </c>
+      <c r="C9" s="12">
+        <v>30672.800000000003</v>
+      </c>
+      <c r="D9" s="12">
+        <v>35034.6</v>
+      </c>
+      <c r="E9" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F9" s="12">
+        <v>4770</v>
+      </c>
+      <c r="G9" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I9" s="12">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="12">
+        <v>6959.4000000000005</v>
+      </c>
+      <c r="C10" s="12">
+        <v>23000</v>
+      </c>
+      <c r="D10" s="12">
+        <v>22000</v>
+      </c>
+      <c r="E10" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F10" s="12">
+        <v>2000</v>
+      </c>
+      <c r="G10" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I10" s="12">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="12">
+        <v>6970.4000000000005</v>
+      </c>
+      <c r="C11" s="12">
+        <v>19227.2</v>
+      </c>
+      <c r="D11" s="12">
+        <v>17944</v>
+      </c>
+      <c r="E11" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F11" s="12">
+        <v>2000</v>
+      </c>
+      <c r="G11" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I11" s="12">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="12">
+        <v>11461.2</v>
+      </c>
+      <c r="C12" s="12">
+        <v>23434.800000000003</v>
+      </c>
+      <c r="D12" s="12">
+        <v>22504.2</v>
+      </c>
+      <c r="E12" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F12" s="12">
+        <v>2070</v>
+      </c>
+      <c r="G12" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I12" s="12">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="12">
+        <v>15600</v>
+      </c>
+      <c r="C13" s="12">
+        <v>37320.400000000001</v>
+      </c>
+      <c r="D13" s="12">
+        <v>32000</v>
+      </c>
+      <c r="E13" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F13" s="12">
+        <v>3500</v>
+      </c>
+      <c r="G13" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I13" s="12">
+        <v>4840</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="12">
+        <v>9667.4</v>
+      </c>
+      <c r="C14" s="12">
+        <v>24600</v>
+      </c>
+      <c r="D14" s="12">
+        <v>22000</v>
+      </c>
+      <c r="E14" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F14" s="12">
+        <v>1100</v>
+      </c>
+      <c r="G14" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I14" s="12">
+        <v>1774.8000000000002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="14"/>
+      <c r="F15" s="12"/>
+      <c r="G15" s="14"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="14"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="14"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="12">
+        <v>5800</v>
+      </c>
+      <c r="C17" s="12">
+        <v>27524.2</v>
+      </c>
+      <c r="D17" s="12">
+        <v>26034.800000000003</v>
+      </c>
+      <c r="E17" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" s="12">
+        <v>1000</v>
+      </c>
+      <c r="G17" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H17" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I17" s="12">
+        <v>1506.4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="12">
+        <v>10446</v>
+      </c>
+      <c r="C18" s="12">
+        <v>26804.2</v>
+      </c>
+      <c r="D18" s="12">
+        <v>27059.600000000002</v>
+      </c>
+      <c r="E18" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F18" s="12">
+        <v>1709.4</v>
+      </c>
+      <c r="G18" s="14">
+        <v>618</v>
+      </c>
+      <c r="H18" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I18" s="12">
+        <v>2297.6</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="12">
+        <v>15800</v>
+      </c>
+      <c r="C19" s="12">
+        <v>35479.800000000003</v>
+      </c>
+      <c r="D19" s="12">
+        <v>35169.800000000003</v>
+      </c>
+      <c r="E19" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F19" s="12">
+        <v>2200</v>
+      </c>
+      <c r="G19" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H19" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I19" s="12">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="12">
+        <v>12739</v>
+      </c>
+      <c r="C20" s="12">
+        <v>34940</v>
+      </c>
+      <c r="D20" s="12">
+        <v>33400.800000000003</v>
+      </c>
+      <c r="E20" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F20" s="12">
+        <v>2300</v>
+      </c>
+      <c r="G20" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H20" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I20" s="12">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="12">
+        <v>10730.2</v>
+      </c>
+      <c r="C21" s="12">
+        <v>20997.4</v>
+      </c>
+      <c r="D21" s="12">
+        <v>21000</v>
+      </c>
+      <c r="E21" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F21" s="12">
+        <v>3460</v>
+      </c>
+      <c r="G21" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I21" s="12">
+        <v>4786</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="14"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="12"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="14"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="12">
+        <v>2608.6000000000004</v>
+      </c>
+      <c r="C24" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F24" s="12">
+        <v>2320</v>
+      </c>
+      <c r="G24" s="14">
+        <v>300</v>
+      </c>
+      <c r="H24" s="12">
+        <v>420</v>
+      </c>
+      <c r="I24" s="12">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="12">
+        <v>32790.800000000003</v>
+      </c>
+      <c r="C25" s="12">
+        <v>30800</v>
+      </c>
+      <c r="D25" s="12">
+        <v>30800</v>
+      </c>
+      <c r="E25" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F25" s="12">
+        <v>1300</v>
+      </c>
+      <c r="G25" s="14">
+        <v>421.8</v>
+      </c>
+      <c r="H25" s="12">
+        <v>220</v>
+      </c>
+      <c r="I25" s="12">
+        <v>3920</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" s="12">
+        <v>2132.4</v>
+      </c>
+      <c r="C26" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E26" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F26" s="12">
+        <v>1956</v>
+      </c>
+      <c r="G26" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H26" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I26" s="12">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="14"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="14"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="12">
+        <v>2319.4</v>
+      </c>
+      <c r="C29" s="12">
+        <v>22935.4</v>
+      </c>
+      <c r="D29" s="12">
+        <v>26512.800000000003</v>
+      </c>
+      <c r="E29" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="12">
+        <v>1041.6000000000001</v>
+      </c>
+      <c r="G29" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H29" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I29" s="12">
+        <v>1214.6000000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="12">
+        <v>10100</v>
+      </c>
+      <c r="C30" s="12">
+        <v>27021.800000000003</v>
+      </c>
+      <c r="D30" s="12">
+        <v>26924.2</v>
+      </c>
+      <c r="E30" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30" s="12">
+        <v>2225.4</v>
+      </c>
+      <c r="G30" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H30" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I30" s="12">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="12">
+        <v>11318.800000000001</v>
+      </c>
+      <c r="C31" s="12">
+        <v>19800</v>
+      </c>
+      <c r="D31" s="12">
+        <v>19000</v>
+      </c>
+      <c r="E31" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F31" s="12">
+        <v>1904</v>
+      </c>
+      <c r="G31" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H31" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I31" s="12">
+        <v>2039.4</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="12">
+        <v>12636.6</v>
+      </c>
+      <c r="C32" s="12">
+        <v>31645.4</v>
+      </c>
+      <c r="D32" s="12">
+        <v>30811.600000000002</v>
+      </c>
+      <c r="E32" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F32" s="12">
+        <v>2380</v>
+      </c>
+      <c r="G32" s="14">
+        <v>340</v>
+      </c>
+      <c r="H32" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I32" s="12">
+        <v>3784.4</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="12">
+        <v>27940</v>
+      </c>
+      <c r="C33" s="12">
+        <v>45452.600000000006</v>
+      </c>
+      <c r="D33" s="12">
+        <v>44655.600000000006</v>
+      </c>
+      <c r="E33" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F33" s="12">
+        <v>3034.4</v>
+      </c>
+      <c r="G33" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H33" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I33" s="12">
+        <v>4960</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="12"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="12"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="12"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="12"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="12"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="12"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="12">
+        <v>13406</v>
+      </c>
+      <c r="C36" s="12">
+        <v>39213</v>
+      </c>
+      <c r="D36" s="12">
+        <v>38019.4</v>
+      </c>
+      <c r="E36" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F36" s="12">
+        <v>1900</v>
+      </c>
+      <c r="G36" s="14">
+        <v>326</v>
+      </c>
+      <c r="H36" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I36" s="12">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="12">
+        <v>11111.2</v>
+      </c>
+      <c r="C37" s="12">
+        <v>27161.4</v>
+      </c>
+      <c r="D37" s="12">
+        <v>26400</v>
+      </c>
+      <c r="E37" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F37" s="12">
+        <v>1720.6000000000001</v>
+      </c>
+      <c r="G37" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H37" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I37" s="12">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B38" s="12">
+        <v>9830.2000000000007</v>
+      </c>
+      <c r="C38" s="12">
+        <v>28843.200000000001</v>
+      </c>
+      <c r="D38" s="12">
+        <v>31043.200000000001</v>
+      </c>
+      <c r="E38" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F38" s="12">
+        <v>1928</v>
+      </c>
+      <c r="G38" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H38" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I38" s="12">
+        <v>2274.8000000000002</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="12">
+        <v>9234</v>
+      </c>
+      <c r="C39" s="12">
+        <v>21521.200000000001</v>
+      </c>
+      <c r="D39" s="12">
+        <v>20672.600000000002</v>
+      </c>
+      <c r="E39" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F39" s="12">
+        <v>2220</v>
+      </c>
+      <c r="G39" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H39" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I39" s="12">
+        <v>3410.4</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="12">
+        <v>15879.400000000001</v>
+      </c>
+      <c r="C40" s="12">
+        <v>41773</v>
+      </c>
+      <c r="D40" s="12">
+        <v>36274.800000000003</v>
+      </c>
+      <c r="E40" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F40" s="12">
+        <v>4338</v>
+      </c>
+      <c r="G40" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H40" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I40" s="12">
+        <v>6200</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="12"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="12"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="12"/>
+      <c r="I41" s="12"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="12"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="12"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="12"/>
+      <c r="I42" s="12"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="12">
+        <v>23649</v>
+      </c>
+      <c r="C43" s="12">
+        <v>44309.200000000004</v>
+      </c>
+      <c r="D43" s="12">
+        <v>47032.4</v>
+      </c>
+      <c r="E43" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F43" s="12">
+        <v>2000</v>
+      </c>
+      <c r="G43" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H43" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I43" s="12">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="12">
+        <v>18585.8</v>
+      </c>
+      <c r="C44" s="12">
+        <v>34583.200000000004</v>
+      </c>
+      <c r="D44" s="12">
+        <v>32600</v>
+      </c>
+      <c r="E44" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F44" s="12">
+        <v>1980</v>
+      </c>
+      <c r="G44" s="14">
+        <v>300</v>
+      </c>
+      <c r="H44" s="12">
+        <v>375</v>
+      </c>
+      <c r="I44" s="12">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="12">
+        <v>9819.8000000000011</v>
+      </c>
+      <c r="C45" s="12">
+        <v>17734.400000000001</v>
+      </c>
+      <c r="D45" s="12">
+        <v>17734.400000000001</v>
+      </c>
+      <c r="E45" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F45" s="12">
+        <v>2800</v>
+      </c>
+      <c r="G45" s="14">
+        <v>355.8</v>
+      </c>
+      <c r="H45" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I45" s="12">
+        <v>3998.2000000000003</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="12">
+        <v>4084.8</v>
+      </c>
+      <c r="C46" s="12">
+        <v>22767.600000000002</v>
+      </c>
+      <c r="D46" s="12">
+        <v>21270.2</v>
+      </c>
+      <c r="E46" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F46" s="12">
+        <v>2160</v>
+      </c>
+      <c r="G46" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H46" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I46" s="12">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="12">
+        <v>4225.4000000000005</v>
+      </c>
+      <c r="C47" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D47" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E47" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F47" s="12">
+        <v>2000</v>
+      </c>
+      <c r="G47" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H47" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I47" s="12">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="C48" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D48" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E48" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F48" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="G48" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H48" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I48" s="13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="12"/>
+      <c r="G49" s="14"/>
+      <c r="H49" s="12"/>
+      <c r="I49" s="12"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="12"/>
+      <c r="G50" s="14"/>
+      <c r="H50" s="12"/>
+      <c r="I50" s="12"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="12">
+        <v>13870</v>
+      </c>
+      <c r="C51" s="12">
+        <v>30600</v>
+      </c>
+      <c r="D51" s="12">
+        <v>30132.800000000003</v>
+      </c>
+      <c r="E51" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F51" s="12">
+        <v>2200</v>
+      </c>
+      <c r="G51" s="14">
+        <v>300</v>
+      </c>
+      <c r="H51" s="12">
+        <v>333.40000000000003</v>
+      </c>
+      <c r="I51" s="12">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="12">
+        <v>18191.2</v>
+      </c>
+      <c r="C52" s="12">
+        <v>34615.200000000004</v>
+      </c>
+      <c r="D52" s="12">
+        <v>34495.200000000004</v>
+      </c>
+      <c r="E52" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F52" s="12">
+        <v>3034.4</v>
+      </c>
+      <c r="G52" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H52" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I52" s="12">
+        <v>3216.8</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="C3" s="13" t="s">
+      <c r="B53" s="12">
+        <v>2508.2000000000003</v>
+      </c>
+      <c r="C53" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D53" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E53" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F53" s="12">
+        <v>1987.2</v>
+      </c>
+      <c r="G53" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H53" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I53" s="12">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="D3" s="13" t="s">
-[...37 lines deleted...]
-      <c r="G4" s="25">
+      <c r="B54" s="12">
+        <v>2168</v>
+      </c>
+      <c r="C54" s="12">
+        <v>17000</v>
+      </c>
+      <c r="D54" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E54" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F54" s="12">
+        <v>1554.4</v>
+      </c>
+      <c r="G54" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H54" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I54" s="12">
+        <v>1827.2</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="12"/>
+      <c r="G55" s="14"/>
+      <c r="H55" s="12"/>
+      <c r="I55" s="12"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="14"/>
+      <c r="F56" s="12"/>
+      <c r="G56" s="14"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="12">
+        <v>1600</v>
+      </c>
+      <c r="C57" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D57" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E57" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F57" s="12">
+        <v>1210.8</v>
+      </c>
+      <c r="G57" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H57" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I57" s="12">
+        <v>1210.8</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="12">
+        <v>10650.800000000001</v>
+      </c>
+      <c r="C58" s="12">
+        <v>26323.600000000002</v>
+      </c>
+      <c r="D58" s="12">
+        <v>25817.4</v>
+      </c>
+      <c r="E58" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F58" s="12">
+        <v>2280</v>
+      </c>
+      <c r="G58" s="14">
         <v>300</v>
       </c>
-      <c r="H4" s="25">
-[...474 lines deleted...]
-      <c r="G24" s="27">
+      <c r="H58" s="12">
+        <v>352</v>
+      </c>
+      <c r="I58" s="12">
+        <v>2687.4</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B59" s="12">
+        <v>20000</v>
+      </c>
+      <c r="C59" s="12">
+        <v>45005.4</v>
+      </c>
+      <c r="D59" s="12">
+        <v>45005.4</v>
+      </c>
+      <c r="E59" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F59" s="12">
+        <v>1898.4</v>
+      </c>
+      <c r="G59" s="14">
+        <v>500</v>
+      </c>
+      <c r="H59" s="12">
         <v>300</v>
       </c>
-      <c r="H24" s="27">
-[...847 lines deleted...]
-      <c r="I59" s="27">
+      <c r="I59" s="12">
         <v>3473.6000000000004</v>
       </c>
     </row>
-    <row r="61" spans="1:9">
-[...36 lines deleted...]
-      <c r="I63" s="16"/>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="4"/>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+      <c r="H61" s="4"/>
+      <c r="I61" s="4"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="30" t="s">
+        <v>119</v>
+      </c>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4"/>
+      <c r="I62" s="4"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" s="4"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="4"/>
+      <c r="F63" s="4"/>
+      <c r="G63" s="4"/>
+      <c r="H63" s="4"/>
+      <c r="I63" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007536A7C94EA1FB498E9681490B5ABB56" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="03e71e560a59ec9fac2dd9f7d7473f97">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ff03dde4259c08ff71d8d05c94e2e99">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -17584,100 +17334,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86003DAD-CAFE-41F4-A627-4662FB582AFA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E36FD6A5-9D8C-4DC0-9F6C-4235D2339966}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD5E36AD-F0E7-4395-BAD4-DD6A92DD0A5E}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65A002A6-02CB-4A6A-8628-1217DD3A93F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...21 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>List of tables</vt:lpstr>
       <vt:lpstr>T1 RA participation</vt:lpstr>
       <vt:lpstr>T2 RA median values</vt:lpstr>
       <vt:lpstr>T3 RA components</vt:lpstr>
@@ -17687,44 +17422,44 @@
       <vt:lpstr>T7 Debt participation</vt:lpstr>
       <vt:lpstr>T8 Debt median values</vt:lpstr>
       <vt:lpstr>T9 Debt components</vt:lpstr>
       <vt:lpstr>T10 Debt indicators</vt:lpstr>
       <vt:lpstr>T11 Net wealth</vt:lpstr>
       <vt:lpstr>T12 Income</vt:lpstr>
       <vt:lpstr>T13 Food consumption</vt:lpstr>
       <vt:lpstr>T14 Credit constraints</vt:lpstr>
       <vt:lpstr>T15 Savings</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Strachotová Anna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007536A7C94EA1FB498E9681490B5ABB56</vt:lpwstr>
   </property>
 </Properties>
 </file>