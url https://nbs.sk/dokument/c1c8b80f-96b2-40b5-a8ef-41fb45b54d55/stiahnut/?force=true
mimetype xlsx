--- v0 (2026-02-10)
+++ v1 (2026-03-31)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2BF1E66F-78E0-4833-AAC2-EBCC89FBFC01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B9D3ACAA-4063-4FDB-9FD1-7AED9FE5AD86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="bilancia" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">bilancia!$A$1:$H$242</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="213">
   <si>
     <t>Banky celkom</t>
   </si>
   <si>
     <t>A K T Í V A</t>
   </si>
   <si>
     <t>Cudzia mena</t>
   </si>
   <si>
@@ -4703,60 +4703,60 @@
         <v>14</v>
       </c>
       <c r="E109" s="23" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G109" s="23" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="168"/>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" s="128" t="s">
         <v>93</v>
       </c>
       <c r="B110" s="129">
         <v>96</v>
       </c>
       <c r="C110" s="10"/>
       <c r="D110" s="10">
         <v>88266720</v>
       </c>
       <c r="E110" s="10">
-        <v>26113553</v>
+        <v>26143549</v>
       </c>
       <c r="F110" s="10">
         <v>2003238</v>
       </c>
       <c r="G110" s="10">
-        <v>2384349</v>
+        <v>2383625</v>
       </c>
       <c r="H110" s="9">
-        <v>118767860</v>
+        <v>118797132</v>
       </c>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A111" s="38" t="s">
         <v>94</v>
       </c>
       <c r="B111" s="130">
         <v>97</v>
       </c>
       <c r="C111" s="10"/>
       <c r="D111" s="10">
         <v>87092777</v>
       </c>
       <c r="E111" s="10">
         <v>25567692</v>
       </c>
       <c r="F111" s="10">
         <v>1921536</v>
       </c>
       <c r="G111" s="10">
         <v>2381049</v>
       </c>
       <c r="H111" s="9">
         <v>116963054</v>
       </c>
@@ -5975,84 +5975,84 @@
       <c r="E162" s="56">
         <v>0</v>
       </c>
       <c r="F162" s="56">
         <v>0</v>
       </c>
       <c r="G162" s="56">
         <v>0</v>
       </c>
       <c r="H162" s="57">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A163" s="38" t="s">
         <v>139</v>
       </c>
       <c r="B163" s="130">
         <v>149</v>
       </c>
       <c r="C163" s="10"/>
       <c r="D163" s="8">
         <v>639199</v>
       </c>
       <c r="E163" s="8">
-        <v>12805</v>
+        <v>42801</v>
       </c>
       <c r="F163" s="8">
         <v>58607</v>
       </c>
       <c r="G163" s="8">
-        <v>2459</v>
+        <v>1735</v>
       </c>
       <c r="H163" s="9">
-        <v>713070</v>
+        <v>742342</v>
       </c>
     </row>
     <row r="164" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A164" s="37" t="s">
         <v>140</v>
       </c>
       <c r="B164" s="108">
         <v>150</v>
       </c>
       <c r="C164" s="56"/>
       <c r="D164" s="55">
         <v>168687</v>
       </c>
       <c r="E164" s="55">
-        <v>-7035</v>
+        <v>22961</v>
       </c>
       <c r="F164" s="55">
         <v>317</v>
       </c>
       <c r="G164" s="55">
-        <v>2175</v>
+        <v>1451</v>
       </c>
       <c r="H164" s="57">
-        <v>164144</v>
+        <v>193416</v>
       </c>
     </row>
     <row r="165" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A165" s="38" t="s">
         <v>141</v>
       </c>
       <c r="B165" s="130">
         <v>151</v>
       </c>
       <c r="C165" s="10"/>
       <c r="D165" s="8">
         <v>49256</v>
       </c>
       <c r="E165" s="8">
         <v>0</v>
       </c>
       <c r="F165" s="8">
         <v>-18</v>
       </c>
       <c r="G165" s="8">
         <v>0</v>
       </c>
       <c r="H165" s="9">
         <v>49238</v>
       </c>
@@ -6143,60 +6143,60 @@
       <c r="E169" s="8">
         <v>0</v>
       </c>
       <c r="F169" s="8">
         <v>0</v>
       </c>
       <c r="G169" s="8">
         <v>0</v>
       </c>
       <c r="H169" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A170" s="38" t="s">
         <v>146</v>
       </c>
       <c r="B170" s="130">
         <v>156</v>
       </c>
       <c r="C170" s="10"/>
       <c r="D170" s="10">
         <v>7416411</v>
       </c>
       <c r="E170" s="10">
-        <v>6581626</v>
+        <v>6551630</v>
       </c>
       <c r="F170" s="10">
         <v>-4701</v>
       </c>
       <c r="G170" s="10">
-        <v>70004</v>
+        <v>70728</v>
       </c>
       <c r="H170" s="9">
-        <v>14063340</v>
+        <v>14034068</v>
       </c>
     </row>
     <row r="171" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A171" s="38" t="s">
         <v>147</v>
       </c>
       <c r="B171" s="130">
         <v>157</v>
       </c>
       <c r="C171" s="10"/>
       <c r="D171" s="10">
         <v>432368</v>
       </c>
       <c r="E171" s="10">
         <v>1901039</v>
       </c>
       <c r="F171" s="10">
         <v>0</v>
       </c>
       <c r="G171" s="10">
         <v>0</v>
       </c>
       <c r="H171" s="9">
         <v>2333407</v>
       </c>
@@ -6359,60 +6359,60 @@
       <c r="E178" s="55">
         <v>100000</v>
       </c>
       <c r="F178" s="55">
         <v>0</v>
       </c>
       <c r="G178" s="55">
         <v>0</v>
       </c>
       <c r="H178" s="57">
         <v>430000</v>
       </c>
     </row>
     <row r="179" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A179" s="38" t="s">
         <v>155</v>
       </c>
       <c r="B179" s="130">
         <v>165</v>
       </c>
       <c r="C179" s="10"/>
       <c r="D179" s="8">
         <v>0</v>
       </c>
       <c r="E179" s="8">
-        <v>4097521</v>
+        <v>4067525</v>
       </c>
       <c r="F179" s="8">
         <v>0</v>
       </c>
       <c r="G179" s="8">
-        <v>48198</v>
+        <v>48922</v>
       </c>
       <c r="H179" s="9">
-        <v>4145719</v>
+        <v>4116447</v>
       </c>
     </row>
     <row r="180" spans="1:8" s="95" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A180" s="38" t="s">
         <v>156</v>
       </c>
       <c r="B180" s="130">
         <v>166</v>
       </c>
       <c r="C180" s="10"/>
       <c r="D180" s="8">
         <v>382285</v>
       </c>
       <c r="E180" s="8">
         <v>485091</v>
       </c>
       <c r="F180" s="8">
         <v>0</v>
       </c>
       <c r="G180" s="8">
         <v>0</v>
       </c>
       <c r="H180" s="9">
         <v>867376</v>
       </c>