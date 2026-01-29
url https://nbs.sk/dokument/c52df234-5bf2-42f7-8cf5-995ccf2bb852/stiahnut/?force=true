--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -5,53 +5,53 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\SharedOPB\SDDS_BPM6\SDDS PLUS\Kyjac\WEB\SK\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3DA8CD98-FBBD-40C0-8101-D85F375FCBA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FED50BEB-D283-4869-B91F-87A9737A999F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1620" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$C$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="24">
   <si>
     <t xml:space="preserve">     SDR</t>
@@ -786,766 +786,872 @@
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="22" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="B5" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="23">
         <v>45537.832288531368</v>
       </c>
       <c r="D5" s="23">
-        <v>45755.159137054601</v>
-[...1 lines deleted...]
-      <c r="E5" s="23"/>
+        <v>45767.591578774605</v>
+      </c>
+      <c r="E5" s="23">
+        <v>46388.024766786213</v>
+      </c>
       <c r="F5" s="23"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="2"/>
       <c r="B6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="24">
         <v>61.80739477000008</v>
       </c>
       <c r="D6" s="24">
-        <v>421.10573718000012</v>
-[...1 lines deleted...]
-      <c r="E6" s="24"/>
+        <v>433.53817890000005</v>
+      </c>
+      <c r="E6" s="24">
+        <v>185.32530116000009</v>
+      </c>
       <c r="F6" s="24"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="2"/>
       <c r="B7" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="25">
         <v>0</v>
       </c>
       <c r="D7" s="25">
         <v>0</v>
       </c>
-      <c r="E7" s="25"/>
+      <c r="E7" s="25">
+        <v>0</v>
+      </c>
       <c r="F7" s="25"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
       <c r="B8" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="25">
         <v>3.5649999999999999</v>
       </c>
       <c r="D8" s="25">
         <v>2.34</v>
       </c>
-      <c r="E8" s="25"/>
+      <c r="E8" s="25">
+        <v>1.444</v>
+      </c>
       <c r="F8" s="25"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="1"/>
       <c r="B9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="25">
         <v>47.699394770000083</v>
       </c>
       <c r="D9" s="25">
-        <v>408.16273718000014</v>
-[...1 lines deleted...]
-      <c r="E9" s="25"/>
+        <v>420.59517890000006</v>
+      </c>
+      <c r="E9" s="25">
+        <v>175.32430116000012</v>
+      </c>
       <c r="F9" s="25"/>
     </row>
     <row r="10" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="2"/>
       <c r="B10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="25">
         <v>10.543000000000001</v>
       </c>
       <c r="D10" s="26">
         <v>10.603000000000002</v>
       </c>
-      <c r="E10" s="26"/>
+      <c r="E10" s="26">
+        <v>8.5570000000000004</v>
+      </c>
       <c r="F10" s="26"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="1"/>
       <c r="B11" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="24">
         <v>45476.024893761365</v>
       </c>
       <c r="D11" s="24">
         <v>45334.053399874603</v>
       </c>
-      <c r="E11" s="24"/>
+      <c r="E11" s="24">
+        <v>46202.69946562621</v>
+      </c>
       <c r="F11" s="24"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="2"/>
       <c r="B12" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="25">
         <v>39668.9</v>
       </c>
       <c r="D12" s="25">
         <v>39880.700000000004</v>
       </c>
-      <c r="E12" s="25"/>
+      <c r="E12" s="25">
+        <v>40514.1</v>
+      </c>
       <c r="F12" s="25"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="2"/>
       <c r="B13" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="25">
         <v>5807.1248937613645</v>
       </c>
       <c r="D13" s="25">
         <v>5453.353399874597</v>
       </c>
-      <c r="E13" s="25"/>
+      <c r="E13" s="25">
+        <v>5688.599465626211</v>
+      </c>
       <c r="F13" s="25"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
       <c r="B14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="25">
         <v>0</v>
       </c>
       <c r="D14" s="25">
         <v>0</v>
       </c>
-      <c r="E14" s="25"/>
+      <c r="E14" s="25">
+        <v>0</v>
+      </c>
       <c r="F14" s="25"/>
     </row>
     <row r="15" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="2"/>
       <c r="B15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="26">
         <v>0</v>
       </c>
       <c r="D15" s="26">
         <v>0</v>
       </c>
-      <c r="E15" s="26"/>
+      <c r="E15" s="26">
+        <v>0</v>
+      </c>
       <c r="F15" s="26"/>
     </row>
     <row r="16" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1"/>
       <c r="B16" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="23">
         <v>35038.023000000001</v>
       </c>
       <c r="D16" s="24">
         <v>36689.299999999996</v>
       </c>
-      <c r="E16" s="24"/>
+      <c r="E16" s="24">
+        <v>34376</v>
+      </c>
       <c r="F16" s="24"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="24">
         <v>33445</v>
       </c>
       <c r="D17" s="24">
         <v>35165.699999999997</v>
       </c>
-      <c r="E17" s="24"/>
+      <c r="E17" s="24">
+        <v>32837.599999999999</v>
+      </c>
       <c r="F17" s="24"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="1"/>
       <c r="B18" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="25">
         <v>0</v>
       </c>
       <c r="D18" s="25">
         <v>0</v>
       </c>
-      <c r="E18" s="25"/>
+      <c r="E18" s="25">
+        <v>0</v>
+      </c>
       <c r="F18" s="25"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="25">
         <v>11693.800000000001</v>
       </c>
       <c r="D19" s="25">
         <v>10527.5</v>
       </c>
-      <c r="E19" s="25"/>
+      <c r="E19" s="25">
+        <v>9587.9</v>
+      </c>
       <c r="F19" s="25"/>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="1"/>
       <c r="B20" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="25">
         <v>21751.200000000001</v>
       </c>
       <c r="D20" s="25">
         <v>24638.199999999997</v>
       </c>
-      <c r="E20" s="25"/>
+      <c r="E20" s="25">
+        <v>23249.699999999997</v>
+      </c>
       <c r="F20" s="25"/>
     </row>
     <row r="21" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="26">
         <v>0</v>
       </c>
       <c r="D21" s="26">
         <v>0</v>
       </c>
-      <c r="E21" s="26"/>
+      <c r="E21" s="26">
+        <v>0</v>
+      </c>
       <c r="F21" s="26"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="3"/>
       <c r="B22" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="24">
         <v>1593.0229999999999</v>
       </c>
       <c r="D22" s="24">
         <v>1523.6</v>
       </c>
-      <c r="E22" s="24"/>
+      <c r="E22" s="24">
+        <v>1538.4</v>
+      </c>
       <c r="F22" s="24"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" s="1"/>
       <c r="B23" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="25">
         <v>0</v>
       </c>
       <c r="D23" s="25">
         <v>0</v>
       </c>
-      <c r="E23" s="25"/>
+      <c r="E23" s="25">
+        <v>0</v>
+      </c>
       <c r="F23" s="25"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="1"/>
       <c r="B24" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="25">
         <v>0</v>
       </c>
       <c r="D24" s="25">
         <v>0</v>
       </c>
-      <c r="E24" s="25"/>
+      <c r="E24" s="25">
+        <v>0</v>
+      </c>
       <c r="F24" s="25"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" s="2"/>
       <c r="B25" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="25">
         <v>0</v>
       </c>
       <c r="D25" s="25">
         <v>0</v>
       </c>
-      <c r="E25" s="25"/>
+      <c r="E25" s="25">
+        <v>0</v>
+      </c>
       <c r="F25" s="25"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" s="2"/>
       <c r="B26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="25">
         <v>0</v>
       </c>
       <c r="D26" s="25">
         <v>0</v>
       </c>
-      <c r="E26" s="25"/>
+      <c r="E26" s="25">
+        <v>0</v>
+      </c>
       <c r="F26" s="25"/>
     </row>
     <row r="27" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2"/>
       <c r="B27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C27" s="25">
         <v>1593.0229999999999</v>
       </c>
       <c r="D27" s="25">
         <v>1523.6</v>
       </c>
-      <c r="E27" s="25"/>
+      <c r="E27" s="25">
+        <v>1538.4</v>
+      </c>
       <c r="F27" s="25"/>
     </row>
     <row r="28" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="2"/>
       <c r="B28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="23">
         <v>26053</v>
       </c>
       <c r="D28" s="32">
         <v>26829.999999999996</v>
       </c>
-      <c r="E28" s="32"/>
+      <c r="E28" s="32">
+        <v>28342.9</v>
+      </c>
       <c r="F28" s="32"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="2"/>
       <c r="B29" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="24">
         <v>9904</v>
       </c>
       <c r="D29" s="24">
         <v>8811.2999999999993</v>
       </c>
-      <c r="E29" s="24"/>
+      <c r="E29" s="24">
+        <v>9103.4</v>
+      </c>
       <c r="F29" s="24"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="1"/>
       <c r="B30" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="25">
         <v>0</v>
       </c>
       <c r="D30" s="27">
         <v>0</v>
       </c>
-      <c r="E30" s="27"/>
+      <c r="E30" s="27">
+        <v>0</v>
+      </c>
       <c r="F30" s="27"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="1"/>
       <c r="B31" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="25">
         <v>1116.9000000000001</v>
       </c>
       <c r="D31" s="25">
         <v>1059.3</v>
       </c>
-      <c r="E31" s="25"/>
+      <c r="E31" s="25">
+        <v>1224.5</v>
+      </c>
       <c r="F31" s="25"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="2"/>
       <c r="B32" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C32" s="25">
         <v>6797</v>
       </c>
       <c r="D32" s="25">
         <v>6176.5</v>
       </c>
-      <c r="E32" s="25"/>
+      <c r="E32" s="25">
+        <v>6577.2999999999993</v>
+      </c>
       <c r="F32" s="25"/>
     </row>
     <row r="33" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1"/>
       <c r="B33" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="26">
         <v>1990.1</v>
       </c>
       <c r="D33" s="25">
         <v>1575.5</v>
       </c>
-      <c r="E33" s="25"/>
+      <c r="E33" s="25">
+        <v>1301.6000000000001</v>
+      </c>
       <c r="F33" s="25"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="2"/>
       <c r="B34" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="24">
         <v>16148.999999999998</v>
       </c>
       <c r="D34" s="33">
         <v>18018.699999999997</v>
       </c>
-      <c r="E34" s="33"/>
+      <c r="E34" s="33">
+        <v>19239.5</v>
+      </c>
       <c r="F34" s="33"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="27">
         <v>10189.4</v>
       </c>
       <c r="D35" s="27">
         <v>10864.4</v>
       </c>
-      <c r="E35" s="27"/>
+      <c r="E35" s="27">
+        <v>11871</v>
+      </c>
       <c r="F35" s="27"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="2"/>
       <c r="B36" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="27">
         <v>2658.7</v>
       </c>
       <c r="D36" s="25">
         <v>3404.1</v>
       </c>
-      <c r="E36" s="25"/>
+      <c r="E36" s="25">
+        <v>3535.6</v>
+      </c>
       <c r="F36" s="25"/>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A37" s="2"/>
       <c r="B37" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C37" s="27">
         <v>3295.3</v>
       </c>
       <c r="D37" s="25">
         <v>3750.1</v>
       </c>
-      <c r="E37" s="25"/>
+      <c r="E37" s="25">
+        <v>3832.7</v>
+      </c>
       <c r="F37" s="25"/>
     </row>
     <row r="38" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A38" s="2"/>
       <c r="B38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="28">
         <v>5.6</v>
       </c>
       <c r="D38" s="25">
         <v>0.1</v>
       </c>
-      <c r="E38" s="25"/>
+      <c r="E38" s="25">
+        <v>0.2</v>
+      </c>
       <c r="F38" s="25"/>
     </row>
     <row r="39" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A39" s="1"/>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="23">
         <v>13588.472281750001</v>
       </c>
       <c r="D39" s="32">
         <v>13254.18726069</v>
       </c>
-      <c r="E39" s="32"/>
+      <c r="E39" s="32">
+        <v>12290.218396890001</v>
+      </c>
       <c r="F39" s="32"/>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" s="1"/>
       <c r="B40" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="24">
         <v>5555.8165014800006</v>
       </c>
       <c r="D40" s="24">
         <v>5504.0806807600002</v>
       </c>
-      <c r="E40" s="24"/>
+      <c r="E40" s="24">
+        <v>4584.4212586700005</v>
+      </c>
       <c r="F40" s="24"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="1"/>
       <c r="B41" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="27">
         <v>7.5</v>
       </c>
       <c r="D41" s="27">
         <v>9.3000000000000007</v>
       </c>
-      <c r="E41" s="27"/>
+      <c r="E41" s="27">
+        <v>9.5</v>
+      </c>
       <c r="F41" s="27"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
       <c r="B42" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C42" s="27">
         <v>455.81</v>
       </c>
       <c r="D42" s="25">
         <v>501.56600000000003</v>
       </c>
-      <c r="E42" s="25"/>
+      <c r="E42" s="25">
+        <v>479.15800000000002</v>
+      </c>
       <c r="F42" s="25"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B43" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="27">
         <v>0</v>
       </c>
       <c r="D43" s="25">
         <v>0</v>
       </c>
-      <c r="E43" s="25"/>
+      <c r="E43" s="25">
+        <v>0</v>
+      </c>
       <c r="F43" s="25"/>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B44" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="27">
         <v>5026.9697062499999</v>
       </c>
       <c r="D44" s="25">
         <v>4927.65966596</v>
       </c>
-      <c r="E44" s="25"/>
+      <c r="E44" s="25">
+        <v>4048.9404090100002</v>
+      </c>
       <c r="F44" s="25"/>
     </row>
     <row r="45" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B45" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C45" s="28">
         <v>65.53679523000001</v>
       </c>
       <c r="D45" s="25">
         <v>65.555014800000009</v>
       </c>
-      <c r="E45" s="25"/>
+      <c r="E45" s="25">
+        <v>46.822849660000003</v>
+      </c>
       <c r="F45" s="25"/>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B46" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="24">
         <v>8032.6557802699999</v>
       </c>
       <c r="D46" s="33">
         <v>7750.1065799300004</v>
       </c>
-      <c r="E46" s="33"/>
+      <c r="E46" s="33">
+        <v>7705.7971382200003</v>
+      </c>
       <c r="F46" s="33"/>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B47" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="27">
         <v>2351</v>
       </c>
       <c r="D47" s="27">
         <v>2299.1</v>
       </c>
-      <c r="E47" s="27"/>
+      <c r="E47" s="27">
+        <v>2397.6</v>
+      </c>
       <c r="F47" s="27"/>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B48" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="27">
         <v>5636.2083322400003</v>
       </c>
       <c r="D48" s="25">
         <v>5406.0990075099999</v>
       </c>
-      <c r="E48" s="25"/>
+      <c r="E48" s="25">
+        <v>5269.4586420700007</v>
+      </c>
       <c r="F48" s="25"/>
     </row>
     <row r="49" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B49" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C49" s="27">
         <v>0</v>
       </c>
       <c r="D49" s="25">
         <v>0</v>
       </c>
-      <c r="E49" s="25"/>
+      <c r="E49" s="25">
+        <v>0</v>
+      </c>
       <c r="F49" s="25"/>
     </row>
     <row r="50" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B50" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="27">
         <v>45.447448030000004</v>
       </c>
       <c r="D50" s="25">
         <v>44.907572420000001</v>
       </c>
-      <c r="E50" s="25"/>
+      <c r="E50" s="25">
+        <v>38.738496150000003</v>
+      </c>
       <c r="F50" s="25"/>
     </row>
     <row r="51" spans="2:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B51" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C51" s="25">
         <v>0</v>
       </c>
       <c r="D51" s="25">
         <v>0</v>
       </c>
-      <c r="E51" s="25"/>
+      <c r="E51" s="25">
+        <v>0</v>
+      </c>
       <c r="F51" s="25"/>
     </row>
     <row r="52" spans="2:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B52" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="23">
-        <v>17836.9728846</v>
+        <v>17975.838884600002</v>
       </c>
       <c r="D52" s="23">
-        <v>18153.581914160004</v>
-[...1 lines deleted...]
-      <c r="E52" s="23"/>
+        <v>18400.530914160001</v>
+      </c>
+      <c r="E52" s="23">
+        <v>18219.16313583</v>
+      </c>
       <c r="F52" s="23"/>
     </row>
     <row r="53" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B53" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C53" s="29">
-        <v>9188.4124652899991</v>
+        <v>9243.0284652900009</v>
       </c>
       <c r="D53" s="29">
-        <v>9533.7777212100009</v>
-[...1 lines deleted...]
-      <c r="E53" s="29"/>
+        <v>9646.1627212100029</v>
+      </c>
+      <c r="E53" s="29">
+        <v>9482.0290426300016</v>
+      </c>
       <c r="F53" s="29"/>
     </row>
     <row r="54" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B54" s="15" t="s">
         <v>16</v>
       </c>
       <c r="C54" s="30">
-        <v>8648.5604193099989</v>
+        <v>8732.8104193099989</v>
       </c>
       <c r="D54" s="30">
-        <v>8619.8041929499996</v>
-[...1 lines deleted...]
-      <c r="E54" s="30"/>
+        <v>8754.3681929499999</v>
+      </c>
+      <c r="E54" s="30">
+        <v>8737.1340932000003</v>
+      </c>
       <c r="F54" s="30"/>
     </row>
     <row r="55" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B55" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="30">
         <v>328.34127869000002</v>
       </c>
       <c r="D55" s="30">
         <v>295.66081969000004</v>
       </c>
-      <c r="E55" s="30"/>
+      <c r="E55" s="30">
+        <v>280.86592561999998</v>
+      </c>
       <c r="F55" s="30"/>
     </row>
     <row r="56" spans="2:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B56" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C56" s="31">
-        <v>17508.631605909999</v>
+        <v>17647.497605910001</v>
       </c>
       <c r="D56" s="31">
-        <v>17857.921094470003</v>
-[...1 lines deleted...]
-      <c r="E56" s="31"/>
+        <v>18104.870094469999</v>
+      </c>
+      <c r="E56" s="31">
+        <v>17938.297210209999</v>
+      </c>
       <c r="F56" s="31"/>
     </row>
     <row r="57" spans="2:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B57" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="23">
-        <v>138054.30045488136</v>
+        <v>138193.16645488137</v>
       </c>
       <c r="D57" s="23">
-        <v>140682.22831190459</v>
-[...1 lines deleted...]
-      <c r="E57" s="23"/>
+        <v>140941.60975362459</v>
+      </c>
+      <c r="E57" s="23">
+        <v>139616.30629950622</v>
+      </c>
       <c r="F57" s="23"/>
     </row>
     <row r="58" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B58" s="19"/>
       <c r="C58" s="20"/>
     </row>
     <row r="60" spans="2:6" x14ac:dyDescent="0.2">
       <c r="C60" s="21"/>
     </row>
     <row r="61" spans="2:6" x14ac:dyDescent="0.2">
       <c r="C61" s="21"/>
     </row>
     <row r="62" spans="2:6" x14ac:dyDescent="0.2">
       <c r="C62" s="21"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">