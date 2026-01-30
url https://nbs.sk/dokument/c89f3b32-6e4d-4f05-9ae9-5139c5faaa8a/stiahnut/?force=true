--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,92 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C10CB4A-A020-4204-B7AF-4914BB56A9CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D1B6A737-3C8F-40E5-9EC4-2F4A78827387}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25320" yWindow="255" windowWidth="25440" windowHeight="15270" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BSI by currency" sheetId="48" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="DatumOdeslani2" hidden="1">#REF!</definedName>
     <definedName name="DatumOdeslani3">#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="DatumVytVystup2" hidden="1">#REF!</definedName>
     <definedName name="DatumVytVystup3">#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="ObdobiKumulativu2" hidden="1">#REF!</definedName>
     <definedName name="ObdobiKumulativu3">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'BSI by currency'!$A$2:$V$70</definedName>
     <definedName name="_xlnm.Print_Area">#N/A</definedName>
     <definedName name="REFBAN1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="REFBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFBAN3">#REF!</definedName>
     <definedName name="REFNAZBAN1" hidden="1">'BSI by currency'!#REF!</definedName>
     <definedName name="REFNAZBAN2" hidden="1">#REF!</definedName>
     <definedName name="REFNAZBAN3">#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">'BSI by currency'!$P$4</definedName>
     <definedName name="REFOBD2" hidden="1">#REF!</definedName>
     <definedName name="REFOBD3">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="60">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>CZK</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>HUF</t>
   </si>
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>SEK</t>
   </si>
   <si>
     <t>GBP</t>
@@ -2123,156 +2110,155 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A2:W71"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" showOutlineSymbols="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="44.625" style="1" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="17" max="16384" width="9.125" style="1"/>
+    <col min="1" max="1" width="44.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="16" width="9.85546875" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:23" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:23" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="194" t="s">
         <v>37</v>
       </c>
       <c r="B2" s="194"/>
       <c r="C2" s="194"/>
       <c r="D2" s="194"/>
       <c r="E2" s="194"/>
       <c r="F2" s="194"/>
       <c r="G2" s="194"/>
       <c r="H2" s="194"/>
       <c r="I2" s="194"/>
       <c r="J2" s="194"/>
       <c r="K2" s="194"/>
       <c r="L2" s="194"/>
       <c r="M2" s="194"/>
       <c r="N2" s="194"/>
       <c r="O2" s="194"/>
       <c r="P2" s="194"/>
     </row>
-    <row r="3" spans="1:23" ht="15.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:23" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="8"/>
     </row>
     <row r="4" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="P4" s="9"/>
     </row>
-    <row r="5" spans="1:23" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A5" s="27" t="s">
         <v>59</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="P5" s="14"/>
     </row>
-    <row r="6" spans="1:23" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:23" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="27"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="P6" s="14"/>
       <c r="V6" s="21"/>
       <c r="W6" s="21" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="7" spans="1:23" ht="21.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:23" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="17" t="s">
         <v>0</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="20" t="s">
         <v>39</v>
       </c>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
@@ -2337,84 +2323,84 @@
       </c>
       <c r="R8" s="25" t="s">
         <v>41</v>
       </c>
       <c r="S8" s="25" t="s">
         <v>42</v>
       </c>
       <c r="T8" s="25" t="s">
         <v>43</v>
       </c>
       <c r="U8" s="25" t="s">
         <v>44</v>
       </c>
       <c r="V8" s="25" t="s">
         <v>45</v>
       </c>
       <c r="W8" s="30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="31" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="32">
-        <v>126058241</v>
+        <v>126039318</v>
       </c>
       <c r="C9" s="33">
-        <v>122464218</v>
+        <v>122451100</v>
       </c>
       <c r="D9" s="34">
-        <v>2537971</v>
+        <v>2533656</v>
       </c>
       <c r="E9" s="35">
         <v>1318</v>
       </c>
       <c r="F9" s="35">
-        <v>2189389</v>
+        <v>2189386</v>
       </c>
       <c r="G9" s="35">
         <v>667</v>
       </c>
       <c r="H9" s="36">
         <v>46728</v>
       </c>
       <c r="I9" s="36">
-        <v>293394</v>
+        <v>289083</v>
       </c>
       <c r="J9" s="36">
-        <v>5005</v>
+        <v>5004</v>
       </c>
       <c r="K9" s="35">
         <v>1469</v>
       </c>
       <c r="L9" s="37">
-        <v>1056053</v>
+        <v>1054563</v>
       </c>
       <c r="M9" s="35">
-        <v>954374</v>
+        <v>952884</v>
       </c>
       <c r="N9" s="35">
         <v>6812</v>
       </c>
       <c r="O9" s="35">
         <v>19853</v>
       </c>
       <c r="P9" s="38">
         <v>75014</v>
       </c>
       <c r="Q9" s="39">
         <v>1441</v>
       </c>
       <c r="R9" s="40">
         <v>8083</v>
       </c>
       <c r="S9" s="40">
         <v>1628</v>
       </c>
       <c r="T9" s="40">
         <v>3903</v>
       </c>
       <c r="U9" s="40">
         <v>1804</v>
       </c>
@@ -2758,51 +2744,51 @@
       <c r="P14" s="86">
         <v>4</v>
       </c>
       <c r="Q14" s="91">
         <v>0</v>
       </c>
       <c r="R14" s="65">
         <v>0</v>
       </c>
       <c r="S14" s="65">
         <v>0</v>
       </c>
       <c r="T14" s="65">
         <v>0</v>
       </c>
       <c r="U14" s="65">
         <v>0</v>
       </c>
       <c r="V14" s="65">
         <v>0</v>
       </c>
       <c r="W14" s="90">
         <v>4</v>
       </c>
     </row>
-    <row r="15" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A15" s="92" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="68">
         <v>9395196</v>
       </c>
       <c r="C15" s="69">
         <v>6643779</v>
       </c>
       <c r="D15" s="70">
         <v>1934783</v>
       </c>
       <c r="E15" s="71">
         <v>248</v>
       </c>
       <c r="F15" s="71">
         <v>1616858</v>
       </c>
       <c r="G15" s="71">
         <v>664</v>
       </c>
       <c r="H15" s="72">
         <v>32084</v>
       </c>
       <c r="I15" s="72">
@@ -3681,51 +3667,51 @@
       <c r="P27" s="86">
         <v>0</v>
       </c>
       <c r="Q27" s="91">
         <v>0</v>
       </c>
       <c r="R27" s="65">
         <v>0</v>
       </c>
       <c r="S27" s="65">
         <v>0</v>
       </c>
       <c r="T27" s="65">
         <v>0</v>
       </c>
       <c r="U27" s="65">
         <v>0</v>
       </c>
       <c r="V27" s="65">
         <v>0</v>
       </c>
       <c r="W27" s="90">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A28" s="92" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="68">
         <v>3778852</v>
       </c>
       <c r="C28" s="69">
         <v>3584475</v>
       </c>
       <c r="D28" s="70">
         <v>71578</v>
       </c>
       <c r="E28" s="71">
         <v>0</v>
       </c>
       <c r="F28" s="71">
         <v>71578</v>
       </c>
       <c r="G28" s="71">
         <v>0</v>
       </c>
       <c r="H28" s="72">
         <v>0</v>
       </c>
       <c r="I28" s="72">
@@ -4318,51 +4304,51 @@
       <c r="P36" s="188">
         <v>0</v>
       </c>
       <c r="Q36" s="189">
         <v>0</v>
       </c>
       <c r="R36" s="190">
         <v>0</v>
       </c>
       <c r="S36" s="190">
         <v>0</v>
       </c>
       <c r="T36" s="190">
         <v>0</v>
       </c>
       <c r="U36" s="190">
         <v>0</v>
       </c>
       <c r="V36" s="190">
         <v>0</v>
       </c>
       <c r="W36" s="191">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A37" s="92" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="68">
         <v>470620</v>
       </c>
       <c r="C37" s="69">
         <v>1185</v>
       </c>
       <c r="D37" s="70">
         <v>433609</v>
       </c>
       <c r="E37" s="71">
         <v>0</v>
       </c>
       <c r="F37" s="71">
         <v>433609</v>
       </c>
       <c r="G37" s="71">
         <v>0</v>
       </c>
       <c r="H37" s="72">
         <v>0</v>
       </c>
       <c r="I37" s="72">
@@ -4851,84 +4837,84 @@
       <c r="E44" s="102"/>
       <c r="F44" s="102"/>
       <c r="G44" s="102"/>
       <c r="H44" s="103"/>
       <c r="I44" s="103"/>
       <c r="J44" s="103"/>
       <c r="K44" s="102"/>
       <c r="L44" s="61"/>
       <c r="M44" s="102"/>
       <c r="N44" s="102"/>
       <c r="O44" s="102"/>
       <c r="P44" s="104"/>
       <c r="Q44" s="91"/>
       <c r="R44" s="65"/>
       <c r="S44" s="65"/>
       <c r="T44" s="65"/>
       <c r="U44" s="65"/>
       <c r="V44" s="65"/>
       <c r="W44" s="105"/>
     </row>
     <row r="45" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A45" s="106" t="s">
         <v>33</v>
       </c>
       <c r="B45" s="107">
-        <v>1704633</v>
+        <v>1685710</v>
       </c>
       <c r="C45" s="108">
-        <v>1670394</v>
+        <v>1657276</v>
       </c>
       <c r="D45" s="109">
-        <v>35930</v>
+        <v>31615</v>
       </c>
       <c r="E45" s="110">
         <v>0</v>
       </c>
       <c r="F45" s="110">
-        <v>24958</v>
+        <v>24955</v>
       </c>
       <c r="G45" s="110">
         <v>-8</v>
       </c>
       <c r="H45" s="111">
         <v>310</v>
       </c>
       <c r="I45" s="111">
-        <v>10639</v>
+        <v>6328</v>
       </c>
       <c r="J45" s="111">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="K45" s="110">
         <v>33</v>
       </c>
       <c r="L45" s="112">
-        <v>-1690</v>
+        <v>-3180</v>
       </c>
       <c r="M45" s="110">
-        <v>-502</v>
+        <v>-1992</v>
       </c>
       <c r="N45" s="110">
         <v>383</v>
       </c>
       <c r="O45" s="110">
         <v>-31</v>
       </c>
       <c r="P45" s="113">
         <v>-1540</v>
       </c>
       <c r="Q45" s="112">
         <v>17</v>
       </c>
       <c r="R45" s="110">
         <v>6</v>
       </c>
       <c r="S45" s="110">
         <v>2</v>
       </c>
       <c r="T45" s="111">
         <v>-7</v>
       </c>
       <c r="U45" s="114">
         <v>1</v>
       </c>
@@ -4992,51 +4978,51 @@
     <row r="48" spans="1:23" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A48" s="119"/>
       <c r="B48" s="119"/>
       <c r="C48" s="119"/>
       <c r="D48" s="119"/>
       <c r="E48" s="119"/>
       <c r="F48" s="119"/>
       <c r="G48" s="119"/>
       <c r="H48" s="119"/>
       <c r="I48" s="119"/>
       <c r="J48" s="119"/>
       <c r="K48" s="119"/>
       <c r="L48" s="119"/>
       <c r="M48" s="119"/>
       <c r="N48" s="119"/>
       <c r="O48" s="119"/>
       <c r="P48" s="120"/>
       <c r="Q48" s="119"/>
       <c r="R48" s="119"/>
       <c r="S48" s="119"/>
       <c r="T48" s="119"/>
       <c r="U48" s="119"/>
       <c r="V48" s="119"/>
       <c r="W48" s="119"/>
     </row>
-    <row r="49" spans="1:23" ht="21.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:23" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="121" t="s">
         <v>14</v>
       </c>
       <c r="B49" s="122" t="s">
         <v>15</v>
       </c>
       <c r="C49" s="123" t="s">
         <v>0</v>
       </c>
       <c r="D49" s="124" t="s">
         <v>38</v>
       </c>
       <c r="E49" s="124"/>
       <c r="F49" s="124"/>
       <c r="G49" s="124"/>
       <c r="H49" s="124"/>
       <c r="I49" s="124"/>
       <c r="J49" s="124"/>
       <c r="K49" s="124"/>
       <c r="L49" s="125" t="s">
         <v>39</v>
       </c>
       <c r="M49" s="124"/>
       <c r="N49" s="124"/>
       <c r="O49" s="124"/>
@@ -5101,84 +5087,84 @@
       </c>
       <c r="R50" s="138" t="s">
         <v>41</v>
       </c>
       <c r="S50" s="138" t="s">
         <v>42</v>
       </c>
       <c r="T50" s="138" t="s">
         <v>43</v>
       </c>
       <c r="U50" s="138" t="s">
         <v>44</v>
       </c>
       <c r="V50" s="138" t="s">
         <v>45</v>
       </c>
       <c r="W50" s="139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="140" t="s">
         <v>26</v>
       </c>
       <c r="B51" s="141">
-        <v>126058240.554418</v>
+        <v>126039317.55441847</v>
       </c>
       <c r="C51" s="142">
-        <v>122080441.554418</v>
+        <v>122067323.55441847</v>
       </c>
       <c r="D51" s="143">
-        <v>2493408</v>
+        <v>2489093</v>
       </c>
       <c r="E51" s="144">
         <v>342</v>
       </c>
       <c r="F51" s="144">
-        <v>2341596</v>
+        <v>2341594</v>
       </c>
       <c r="G51" s="144">
         <v>1096</v>
       </c>
       <c r="H51" s="145">
         <v>75981</v>
       </c>
       <c r="I51" s="145">
-        <v>64816</v>
+        <v>60503</v>
       </c>
       <c r="J51" s="145">
         <v>2369</v>
       </c>
       <c r="K51" s="144">
         <v>7206</v>
       </c>
       <c r="L51" s="146">
-        <v>1484391</v>
+        <v>1482901</v>
       </c>
       <c r="M51" s="144">
-        <v>1257522</v>
+        <v>1256032</v>
       </c>
       <c r="N51" s="144">
         <v>8352</v>
       </c>
       <c r="O51" s="144">
         <v>52443</v>
       </c>
       <c r="P51" s="147">
         <v>166073</v>
       </c>
       <c r="Q51" s="148">
         <v>9385</v>
       </c>
       <c r="R51" s="149">
         <v>8174</v>
       </c>
       <c r="S51" s="149">
         <v>3065</v>
       </c>
       <c r="T51" s="149">
         <v>14589</v>
       </c>
       <c r="U51" s="149">
         <v>22793</v>
       </c>
@@ -5451,51 +5437,51 @@
       <c r="P55" s="86">
         <v>135145</v>
       </c>
       <c r="Q55" s="160">
         <v>9238</v>
       </c>
       <c r="R55" s="161">
         <v>5403</v>
       </c>
       <c r="S55" s="161">
         <v>3062</v>
       </c>
       <c r="T55" s="161">
         <v>10691</v>
       </c>
       <c r="U55" s="161">
         <v>10937</v>
       </c>
       <c r="V55" s="162">
         <v>24695</v>
       </c>
       <c r="W55" s="163">
         <v>70855</v>
       </c>
     </row>
-    <row r="56" spans="1:23" s="28" customFormat="1" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:23" s="28" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A56" s="99" t="s">
         <v>57</v>
       </c>
       <c r="B56" s="80">
         <v>25609049</v>
       </c>
       <c r="C56" s="81">
         <v>24777586</v>
       </c>
       <c r="D56" s="82">
         <v>281622</v>
       </c>
       <c r="E56" s="83">
         <v>41</v>
       </c>
       <c r="F56" s="83">
         <v>212569</v>
       </c>
       <c r="G56" s="83">
         <v>536</v>
       </c>
       <c r="H56" s="84">
         <v>46665</v>
       </c>
       <c r="I56" s="84">
@@ -5593,51 +5579,51 @@
       <c r="P57" s="86">
         <v>95564</v>
       </c>
       <c r="Q57" s="160">
         <v>5831</v>
       </c>
       <c r="R57" s="161">
         <v>5151</v>
       </c>
       <c r="S57" s="161">
         <v>0</v>
       </c>
       <c r="T57" s="161">
         <v>8574</v>
       </c>
       <c r="U57" s="161">
         <v>10478</v>
       </c>
       <c r="V57" s="162">
         <v>16926</v>
       </c>
       <c r="W57" s="163">
         <v>48603</v>
       </c>
     </row>
-    <row r="58" spans="1:23" ht="20.399999999999999" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:23" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A58" s="92" t="s">
         <v>28</v>
       </c>
       <c r="B58" s="68">
         <v>13894650</v>
       </c>
       <c r="C58" s="69">
         <v>11917356</v>
       </c>
       <c r="D58" s="70">
         <v>1839997</v>
       </c>
       <c r="E58" s="71">
         <v>282</v>
       </c>
       <c r="F58" s="71">
         <v>1824505</v>
       </c>
       <c r="G58" s="71">
         <v>236</v>
       </c>
       <c r="H58" s="72">
         <v>10983</v>
       </c>
       <c r="I58" s="72">
@@ -6308,84 +6294,84 @@
       </c>
       <c r="R67" s="165">
         <v>0</v>
       </c>
       <c r="S67" s="165">
         <v>0</v>
       </c>
       <c r="T67" s="165">
         <v>0</v>
       </c>
       <c r="U67" s="165">
         <v>10717</v>
       </c>
       <c r="V67" s="166">
         <v>242</v>
       </c>
       <c r="W67" s="167">
         <v>650</v>
       </c>
     </row>
     <row r="68" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="55" t="s">
         <v>36</v>
       </c>
       <c r="B68" s="56">
-        <v>15274021</v>
+        <v>15310929</v>
       </c>
       <c r="C68" s="101">
-        <v>15185437</v>
+        <v>15223688</v>
       </c>
       <c r="D68" s="58">
-        <v>18045</v>
+        <v>18175</v>
       </c>
       <c r="E68" s="102">
         <v>0</v>
       </c>
       <c r="F68" s="102">
         <v>7103</v>
       </c>
       <c r="G68" s="102">
         <v>0</v>
       </c>
       <c r="H68" s="103">
         <v>1173</v>
       </c>
       <c r="I68" s="103">
-        <v>9740</v>
+        <v>9870</v>
       </c>
       <c r="J68" s="103">
         <v>28</v>
       </c>
       <c r="K68" s="102">
         <v>0</v>
       </c>
       <c r="L68" s="61">
-        <v>70539</v>
+        <v>69066</v>
       </c>
       <c r="M68" s="102">
-        <v>69786</v>
+        <v>68313</v>
       </c>
       <c r="N68" s="102">
         <v>21</v>
       </c>
       <c r="O68" s="102">
         <v>1</v>
       </c>
       <c r="P68" s="104">
         <v>731</v>
       </c>
       <c r="Q68" s="164">
         <v>5</v>
       </c>
       <c r="R68" s="165">
         <v>5</v>
       </c>
       <c r="S68" s="165">
         <v>0</v>
       </c>
       <c r="T68" s="165">
         <v>0</v>
       </c>
       <c r="U68" s="165">
         <v>0</v>
       </c>
@@ -6410,84 +6396,84 @@
       <c r="E69" s="172"/>
       <c r="F69" s="172"/>
       <c r="G69" s="172"/>
       <c r="H69" s="173"/>
       <c r="I69" s="173"/>
       <c r="J69" s="173"/>
       <c r="K69" s="172"/>
       <c r="L69" s="174"/>
       <c r="M69" s="172"/>
       <c r="N69" s="172"/>
       <c r="O69" s="172"/>
       <c r="P69" s="175"/>
       <c r="Q69" s="176"/>
       <c r="R69" s="177"/>
       <c r="S69" s="177"/>
       <c r="T69" s="177"/>
       <c r="U69" s="177"/>
       <c r="V69" s="178"/>
       <c r="W69" s="179"/>
     </row>
     <row r="70" spans="1:23" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A70" s="180" t="s">
         <v>56</v>
       </c>
       <c r="B70" s="107">
-        <v>5069191.5544184698</v>
+        <v>5013360.5544184744</v>
       </c>
       <c r="C70" s="108">
-        <v>4991262.5544184698</v>
+        <v>4939893.5544184744</v>
       </c>
       <c r="D70" s="109">
-        <v>29031</v>
+        <v>24586</v>
       </c>
       <c r="E70" s="110">
         <v>19</v>
       </c>
       <c r="F70" s="110">
-        <v>19249</v>
+        <v>19247</v>
       </c>
       <c r="G70" s="110">
         <v>220</v>
       </c>
       <c r="H70" s="111">
         <v>1823</v>
       </c>
       <c r="I70" s="111">
-        <v>7490</v>
+        <v>3047</v>
       </c>
       <c r="J70" s="111">
         <v>194</v>
       </c>
       <c r="K70" s="110">
         <v>36</v>
       </c>
       <c r="L70" s="112">
-        <v>48898</v>
+        <v>48881</v>
       </c>
       <c r="M70" s="110">
-        <v>38279</v>
+        <v>38262</v>
       </c>
       <c r="N70" s="110">
         <v>3241</v>
       </c>
       <c r="O70" s="110">
         <v>1118</v>
       </c>
       <c r="P70" s="113">
         <v>6260</v>
       </c>
       <c r="Q70" s="181">
         <v>82</v>
       </c>
       <c r="R70" s="182">
         <v>2766</v>
       </c>
       <c r="S70" s="182">
         <v>3</v>
       </c>
       <c r="T70" s="182">
         <v>523</v>
       </c>
       <c r="U70" s="182">
         <v>258</v>
       </c>