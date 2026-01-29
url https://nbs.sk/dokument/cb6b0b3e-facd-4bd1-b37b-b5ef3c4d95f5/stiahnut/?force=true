--- v0 (2025-12-13)
+++ v1 (2026-01-29)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1C2FAF8C-5C79-4776-A513-25074C58435B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E66495FA-BA11-4862-9710-E4A9D3812A7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7FBF2EA1-9776-4E43-9CDC-77C9D632FB91}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{21BD2D50-6E69-4BC7-957A-072E3A7812E1}"/>
   </bookViews>
   <sheets>
     <sheet name="NBS_assets_09" sheetId="1" r:id="rId1"/>
     <sheet name="NBS_liabilities_09" sheetId="2" r:id="rId2"/>
     <sheet name="NBS_assets (06_08)" sheetId="3" r:id="rId3"/>
     <sheet name="NBS_liabilites (06_08)" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'NBS_assets (06_08)'!$A$1:$Q$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">NBS_assets_09!$A$1:$Q$76</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">NBS_liabilities_09!$A$1:$K$76</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">NBS_assets_09!$A:$A,NBS_assets_09!$4:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'NBS_liabilites (06_08)'!$A:$A,'NBS_liabilites (06_08)'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">NBS_liabilities_09!$A:$A,NBS_liabilities_09!$4:$5</definedName>
   </definedNames>
   <calcPr calcId="145621" fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -1421,54 +1421,54 @@
     <xf numFmtId="2" fontId="6" fillId="0" borderId="67" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="68" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="68" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="69" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="70" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{34B6E3A6-1E66-493C-A2F6-23E4ADB78691}"/>
-[...2 lines deleted...]
-    <cellStyle name="Normal_kody_pre_PB_CR09" xfId="4" xr:uid="{BDF2555B-9980-43DA-B47E-BC1FFDFD8B42}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{1FDD55C9-6D86-4804-9216-B7BB9C506FE2}"/>
+    <cellStyle name="Normal_kody_AM1-12PFI_CR09" xfId="2" xr:uid="{EFC0D32F-5905-4397-82DC-D350E1879C80}"/>
+    <cellStyle name="Normal_kody_M1-12NBS_CR09" xfId="3" xr:uid="{5C37D8B9-690F-4CC1-A31E-BCFEA070B602}"/>
+    <cellStyle name="Normal_kody_pre_PB_CR09" xfId="4" xr:uid="{8BF597AE-BAC0-4626-9306-04C74B4CA45F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1745,59 +1745,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7EB27788-4322-4B9D-9F79-B2A5B9D9751E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6084A4D-9A44-45CF-8DAA-5E332B1D07B1}">
   <sheetPr codeName="Sheet6"/>
-  <dimension ref="A1:IV207"/>
+  <dimension ref="A1:IV208"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B193" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="B194" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="A207" sqref="A207:IV207"/>
+      <selection pane="bottomRight" activeCell="C215" sqref="C215"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="5"/>
     <col min="2" max="5" width="12.140625" style="5" customWidth="1"/>
     <col min="6" max="9" width="12.42578125" style="5" customWidth="1"/>
     <col min="10" max="10" width="14.28515625" style="5" customWidth="1"/>
     <col min="11" max="13" width="12.140625" style="5" customWidth="1"/>
     <col min="14" max="17" width="13" style="5" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="4"/>
     <col min="19" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
@@ -14139,78 +14139,131 @@
       <c r="J207" s="26">
         <v>0</v>
       </c>
       <c r="K207" s="23">
         <v>147.09</v>
       </c>
       <c r="L207" s="24">
         <v>146.91</v>
       </c>
       <c r="M207" s="25">
         <v>0.18</v>
       </c>
       <c r="N207" s="26">
         <v>35887.519999999997</v>
       </c>
       <c r="O207" s="27">
         <v>104.91</v>
       </c>
       <c r="P207" s="26">
         <v>957.93</v>
       </c>
       <c r="Q207" s="26">
         <v>57503.43</v>
       </c>
     </row>
+    <row r="208" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A208" s="83">
+        <v>45962</v>
+      </c>
+      <c r="B208" s="23">
+        <v>756.22</v>
+      </c>
+      <c r="C208" s="24">
+        <v>729.66</v>
+      </c>
+      <c r="D208" s="24">
+        <v>0</v>
+      </c>
+      <c r="E208" s="25">
+        <v>26.56</v>
+      </c>
+      <c r="F208" s="23">
+        <v>19664.34</v>
+      </c>
+      <c r="G208" s="24">
+        <v>3198.16</v>
+      </c>
+      <c r="H208" s="24">
+        <v>16215.84</v>
+      </c>
+      <c r="I208" s="25">
+        <v>250.34</v>
+      </c>
+      <c r="J208" s="26">
+        <v>0</v>
+      </c>
+      <c r="K208" s="23">
+        <v>147.09</v>
+      </c>
+      <c r="L208" s="24">
+        <v>146.91</v>
+      </c>
+      <c r="M208" s="25">
+        <v>0.18</v>
+      </c>
+      <c r="N208" s="26">
+        <v>36177.120000000003</v>
+      </c>
+      <c r="O208" s="27">
+        <v>104.89</v>
+      </c>
+      <c r="P208" s="26">
+        <v>1008.27</v>
+      </c>
+      <c r="Q208" s="26">
+        <v>57857.93</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="O4:O5"/>
     <mergeCell ref="P4:P5"/>
     <mergeCell ref="Q4:Q5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:N5"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="60" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2162AE36-D875-4130-9188-3A98E85BF4E9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35AF8F0E-8D28-4244-B7A6-D2ADFD41918E}">
   <sheetPr codeName="Sheet7"/>
-  <dimension ref="A1:P210"/>
+  <dimension ref="A1:P212"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B192" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="B193" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="B213" sqref="B213"/>
+      <selection pane="bottomRight" activeCell="B215" sqref="B215"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.85546875" style="5" customWidth="1"/>
     <col min="2" max="11" width="14" style="5" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
@@ -21504,82 +21557,117 @@
         <v>23674.06</v>
       </c>
       <c r="E207" s="46">
         <v>424.17</v>
       </c>
       <c r="F207" s="85">
         <v>443.96</v>
       </c>
       <c r="G207" s="44">
         <v>0</v>
       </c>
       <c r="H207" s="44">
         <v>-237.56</v>
       </c>
       <c r="I207" s="44">
         <v>3765.26</v>
       </c>
       <c r="J207" s="44">
         <v>12307.08</v>
       </c>
       <c r="K207" s="48">
         <v>57503.43</v>
       </c>
     </row>
     <row r="208" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B208" s="84"/>
+      <c r="A208" s="16">
+        <v>45962</v>
+      </c>
+      <c r="B208" s="44">
+        <v>17165.86</v>
+      </c>
+      <c r="C208" s="45">
+        <v>25419.16</v>
+      </c>
+      <c r="D208" s="46">
+        <v>24510.54</v>
+      </c>
+      <c r="E208" s="46">
+        <v>433.02</v>
+      </c>
+      <c r="F208" s="85">
+        <v>475.59</v>
+      </c>
+      <c r="G208" s="44">
+        <v>0</v>
+      </c>
+      <c r="H208" s="44">
+        <v>-120.92</v>
+      </c>
+      <c r="I208" s="44">
+        <v>2963.01</v>
+      </c>
+      <c r="J208" s="44">
+        <v>12430.81</v>
+      </c>
+      <c r="K208" s="48">
+        <v>57857.93</v>
+      </c>
     </row>
     <row r="209" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B209" s="84"/>
     </row>
     <row r="210" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B210" s="84" t="s">
+      <c r="B210" s="84"/>
+    </row>
+    <row r="212" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B212" s="84" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
   </mergeCells>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="60" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A317B6A8-E71A-47C5-B761-100B955C6716}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0977B31B-95C9-44EB-9853-BC76D6C0DBD2}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:AA691"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="I1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="Q7" sqref="Q7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="5"/>
     <col min="2" max="17" width="14.28515625" style="5" customWidth="1"/>
     <col min="18" max="18" width="9.140625" style="4"/>
     <col min="19" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
@@ -25617,55 +25705,55 @@
     <row r="686" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="687" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="688" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="689" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="690" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="691" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:I5"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="K5:M5"/>
     <mergeCell ref="N5:N6"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.59055118110236227" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="61" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA2E7B31-D94C-4FAA-BB24-EB55DF249F59}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5B17CA64-BCDC-4F5F-B707-F775A26D18C1}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:P42"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="I1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="Q7" sqref="Q7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.85546875" style="5" customWidth="1"/>
     <col min="2" max="11" width="14" style="5" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="73"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
     </row>