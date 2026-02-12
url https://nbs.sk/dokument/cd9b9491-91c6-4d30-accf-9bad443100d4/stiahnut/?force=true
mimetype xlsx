--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Temy\SDDSPlus\SDMX Data Conversion\DEBTSEC\WEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DEF6B5C5-A60E-4341-9417-1201809347BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{056BB84A-2006-4226-9ACD-793851740E56}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SDDS+" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AR5" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="60">
   <si>
     <t>2014-Q1</t>
   </si>
   <si>
     <t>2014-Q2</t>
   </si>
   <si>
     <t>2014-Q3</t>
   </si>
   <si>
     <t>2014-Q4</t>
   </si>
   <si>
     <t>2015-Q1</t>
   </si>
   <si>
     <t>2015-Q2</t>
   </si>
   <si>
     <t>2015-Q3</t>
   </si>
   <si>
     <t>2015-Q4</t>
   </si>
   <si>
@@ -212,50 +212,53 @@
   </si>
   <si>
     <t>2023-Q3</t>
   </si>
   <si>
     <t>2023-Q4</t>
   </si>
   <si>
     <t>2024-Q1</t>
   </si>
   <si>
     <t>2024-Q2</t>
   </si>
   <si>
     <t>2024-Q3</t>
   </si>
   <si>
     <t>2024-Q4</t>
   </si>
   <si>
     <t>2025-Q1</t>
   </si>
   <si>
     <t>2025-Q2</t>
   </si>
+  <si>
+    <t>2025-Q3</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -388,61 +391,61 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 11 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 8 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -715,89 +718,90 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AX56"/>
+  <dimension ref="A1:AY56"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="AI1" workbookViewId="0">
-      <selection activeCell="AX5" sqref="AX5"/>
+    <sheetView tabSelected="1" topLeftCell="AC1" workbookViewId="0">
+      <selection activeCell="AY5" sqref="AY5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.44140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="32.33203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="8.42578125" customWidth="1"/>
+    <col min="2" max="2" width="42.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.85546875" customWidth="1"/>
+    <col min="4" max="4" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="32" width="12" bestFit="1" customWidth="1"/>
-    <col min="33" max="41" width="11.109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="49" max="50" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="33" max="41" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="42" max="48" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="49" max="50" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="51" max="51" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:50" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:51" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="2" spans="1:50" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:51" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="3" spans="1:50" x14ac:dyDescent="0.3">
-      <c r="A3" s="9" t="s">
+    <row r="3" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="B3" s="9"/>
-      <c r="C3" s="9" t="s">
+      <c r="B3" s="12"/>
+      <c r="C3" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="D3" s="9"/>
+      <c r="D3" s="12"/>
     </row>
-    <row r="4" spans="1:50" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:51" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="3" t="s">
@@ -904,56 +908,59 @@
       </c>
       <c r="AQ4" s="3" t="s">
         <v>51</v>
       </c>
       <c r="AR4" s="3" t="s">
         <v>52</v>
       </c>
       <c r="AS4" s="3" t="s">
         <v>53</v>
       </c>
       <c r="AT4" s="3" t="s">
         <v>54</v>
       </c>
       <c r="AU4" s="3" t="s">
         <v>55</v>
       </c>
       <c r="AV4" s="3" t="s">
         <v>56</v>
       </c>
       <c r="AW4" s="3" t="s">
         <v>57</v>
       </c>
       <c r="AX4" s="3" t="s">
         <v>58</v>
       </c>
+      <c r="AY4" s="3" t="s">
+        <v>59</v>
+      </c>
     </row>
-    <row r="5" spans="1:50" x14ac:dyDescent="0.3">
-      <c r="A5" s="10" t="s">
+    <row r="5" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A5" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B5" s="11" t="s">
+      <c r="B5" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E5" s="2">
         <v>101189.33211351516</v>
       </c>
       <c r="F5" s="2">
         <v>55304.394914109864</v>
       </c>
       <c r="G5" s="2">
         <v>100708.43223816503</v>
       </c>
       <c r="H5" s="2">
         <v>70607.754912924938</v>
       </c>
       <c r="I5" s="2">
         <v>63222.844840980775</v>
       </c>
       <c r="J5" s="2">
         <v>55304.394914109864</v>
@@ -1057,54 +1064,57 @@
       <c r="AQ5" s="2">
         <v>170096.34496999998</v>
       </c>
       <c r="AR5" s="2">
         <f>162.5602124*1000</f>
         <v>162560.21240000002</v>
       </c>
       <c r="AS5" s="2">
         <v>161175.08575541832</v>
       </c>
       <c r="AT5" s="2">
         <v>175064.33001059596</v>
       </c>
       <c r="AU5" s="2">
         <v>144387.24308787149</v>
       </c>
       <c r="AV5" s="2">
         <v>235195.75474804</v>
       </c>
       <c r="AW5" s="2">
         <v>241092.74470123</v>
       </c>
       <c r="AX5" s="2">
         <v>242218.61762716001</v>
       </c>
+      <c r="AY5" s="2">
+        <v>239319.36271428</v>
+      </c>
     </row>
-    <row r="6" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B6" s="11"/>
+    <row r="6" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A6" s="9"/>
+      <c r="B6" s="10"/>
       <c r="C6" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="2">
         <v>129366.93577649409</v>
       </c>
       <c r="F6" s="2">
         <v>178634.35643371468</v>
       </c>
       <c r="G6" s="2">
         <v>124641.20200897371</v>
       </c>
       <c r="H6" s="2">
         <v>134267.13485224967</v>
       </c>
       <c r="I6" s="2">
         <v>178642.23276930439</v>
       </c>
       <c r="J6" s="2">
         <v>178634.35643371468</v>
       </c>
       <c r="K6" s="2">
@@ -1205,54 +1215,57 @@
       </c>
       <c r="AQ6" s="2">
         <v>648410.36109000002</v>
       </c>
       <c r="AR6" s="2">
         <v>662047.89688999997</v>
       </c>
       <c r="AS6" s="2">
         <v>596841.22173758876</v>
       </c>
       <c r="AT6" s="2">
         <v>569459.03084739845</v>
       </c>
       <c r="AU6" s="2">
         <v>601755.85028637957</v>
       </c>
       <c r="AV6" s="2">
         <v>583589.83641045913</v>
       </c>
       <c r="AW6" s="2">
         <v>580006.00226277509</v>
       </c>
       <c r="AX6" s="2">
         <v>615048.45445685578</v>
       </c>
+      <c r="AY6" s="2">
+        <v>615081.32749197865</v>
+      </c>
     </row>
-    <row r="7" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B7" s="11"/>
+    <row r="7" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A7" s="9"/>
+      <c r="B7" s="10"/>
       <c r="C7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>27</v>
       </c>
       <c r="E7" s="2">
         <v>81099.493448903755</v>
       </c>
       <c r="F7" s="2">
         <v>58160.682386138054</v>
       </c>
       <c r="G7" s="2">
         <v>73119.35711272317</v>
       </c>
       <c r="H7" s="2">
         <v>72861.363126966986</v>
       </c>
       <c r="I7" s="2">
         <v>52307.914479530955</v>
       </c>
       <c r="J7" s="2">
         <v>58160.682386138054</v>
       </c>
       <c r="K7" s="2">
@@ -1353,54 +1366,57 @@
       </c>
       <c r="AQ7" s="2">
         <v>1760.0119999999999</v>
       </c>
       <c r="AR7" s="2">
         <v>1798.5214899999999</v>
       </c>
       <c r="AS7" s="2">
         <v>1845.5250688000001</v>
       </c>
       <c r="AT7" s="2">
         <v>1863.6843456000001</v>
       </c>
       <c r="AU7" s="2">
         <v>1892.8607807999999</v>
       </c>
       <c r="AV7" s="2">
         <v>1840.2106000000001</v>
       </c>
       <c r="AW7" s="2">
         <v>1838.3258604</v>
       </c>
       <c r="AX7" s="2">
         <v>840.76562560000002</v>
       </c>
+      <c r="AY7" s="2">
+        <v>837.116668</v>
+      </c>
     </row>
-    <row r="8" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B8" s="11"/>
+    <row r="8" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A8" s="9"/>
+      <c r="B8" s="10"/>
       <c r="C8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
         <v>0</v>
       </c>
       <c r="F8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2">
         <v>0</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2">
@@ -1501,54 +1517,57 @@
       </c>
       <c r="AQ8" s="2">
         <v>0</v>
       </c>
       <c r="AR8" s="2">
         <v>0</v>
       </c>
       <c r="AS8" s="2">
         <v>0</v>
       </c>
       <c r="AT8" s="2">
         <v>0</v>
       </c>
       <c r="AU8" s="2">
         <v>0</v>
       </c>
       <c r="AV8" s="2">
         <v>0</v>
       </c>
       <c r="AW8" s="2">
         <v>0</v>
       </c>
       <c r="AX8" s="2">
         <v>0</v>
       </c>
+      <c r="AY8" s="2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="9" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B9" s="11"/>
+    <row r="9" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A9" s="9"/>
+      <c r="B9" s="10"/>
       <c r="C9" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="2">
         <v>311655.76133891294</v>
       </c>
       <c r="F9" s="2">
         <v>292099.43373396248</v>
       </c>
       <c r="G9" s="2">
         <v>298468.99135986198</v>
       </c>
       <c r="H9" s="2">
         <v>277736.25289214199</v>
       </c>
       <c r="I9" s="2">
         <v>294172.99208981608</v>
       </c>
       <c r="J9" s="2">
         <v>292099.43373396259</v>
       </c>
       <c r="K9" s="2">
@@ -1649,54 +1668,57 @@
       </c>
       <c r="AQ9" s="2">
         <v>820266.71869999997</v>
       </c>
       <c r="AR9" s="2">
         <v>826406.6307000001</v>
       </c>
       <c r="AS9" s="2">
         <v>759861.83256180712</v>
       </c>
       <c r="AT9" s="2">
         <v>746387.04520359449</v>
       </c>
       <c r="AU9" s="2">
         <v>748035.95415505103</v>
       </c>
       <c r="AV9" s="2">
         <v>820625.80175849865</v>
       </c>
       <c r="AW9" s="2">
         <v>822937.07282440516</v>
       </c>
       <c r="AX9" s="2">
         <v>858107.83770961559</v>
       </c>
+      <c r="AY9" s="2">
+        <v>855237.80687425856</v>
+      </c>
     </row>
-    <row r="10" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B10" s="11"/>
+    <row r="10" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A10" s="9"/>
+      <c r="B10" s="10"/>
       <c r="C10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="2">
         <v>217536.37642853492</v>
       </c>
       <c r="F10" s="2">
         <v>155025.26791583563</v>
       </c>
       <c r="G10" s="2">
         <v>210806.62734527225</v>
       </c>
       <c r="H10" s="2">
         <v>207698.93300637824</v>
       </c>
       <c r="I10" s="2">
         <v>152947.3936607108</v>
       </c>
       <c r="J10" s="2">
         <v>155025.26791583549</v>
       </c>
       <c r="K10" s="2">
@@ -1797,54 +1819,57 @@
       </c>
       <c r="AQ10" s="2">
         <v>80955.750350000002</v>
       </c>
       <c r="AR10" s="2">
         <v>77815.926760000002</v>
       </c>
       <c r="AS10" s="2">
         <v>73285.318008977076</v>
       </c>
       <c r="AT10" s="2">
         <v>76016.301963468926</v>
       </c>
       <c r="AU10" s="2">
         <v>71982.492923752638</v>
       </c>
       <c r="AV10" s="2">
         <v>74478.422271568212</v>
       </c>
       <c r="AW10" s="2">
         <v>68068.717634237473</v>
       </c>
       <c r="AX10" s="2">
         <v>74418.587721683129</v>
       </c>
+      <c r="AY10" s="2">
+        <v>83320.288074434138</v>
+      </c>
     </row>
-    <row r="11" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B11" s="11"/>
+    <row r="11" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A11" s="9"/>
+      <c r="B11" s="10"/>
       <c r="C11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E11" s="2">
         <v>529192.13776744797</v>
       </c>
       <c r="F11" s="2">
         <v>447124.70164979808</v>
       </c>
       <c r="G11" s="2">
         <v>509275.61870513397</v>
       </c>
       <c r="H11" s="2">
         <v>485435.18589851999</v>
       </c>
       <c r="I11" s="2">
         <v>447120.38575052691</v>
       </c>
       <c r="J11" s="2">
         <v>447124.70164979808</v>
       </c>
       <c r="K11" s="2">
@@ -1945,56 +1970,59 @@
       </c>
       <c r="AQ11" s="2">
         <v>901222.46900000004</v>
       </c>
       <c r="AR11" s="2">
         <v>904222.55755000003</v>
       </c>
       <c r="AS11" s="2">
         <v>833147.15057078411</v>
       </c>
       <c r="AT11" s="2">
         <v>822403.34716706339</v>
       </c>
       <c r="AU11" s="2">
         <v>820018.4470788039</v>
       </c>
       <c r="AV11" s="2">
         <v>895104.22403006675</v>
       </c>
       <c r="AW11" s="2">
         <v>891005.79045864264</v>
       </c>
       <c r="AX11" s="2">
         <v>932526.42543129821</v>
       </c>
+      <c r="AY11" s="2">
+        <v>938558.09494869271</v>
+      </c>
     </row>
-    <row r="12" spans="1:50" x14ac:dyDescent="0.3">
-      <c r="A12" s="10" t="s">
+    <row r="12" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="11" t="s">
+      <c r="B12" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="2">
         <v>510406.91416390409</v>
       </c>
       <c r="F12" s="2">
         <v>543378.07922800002</v>
       </c>
       <c r="G12" s="2">
         <v>491237.71082269988</v>
       </c>
       <c r="H12" s="2">
         <v>478070.39929608034</v>
       </c>
       <c r="I12" s="2">
         <v>519843.82389557513</v>
       </c>
       <c r="J12" s="2">
         <v>543378.07922800002</v>
@@ -2097,54 +2125,57 @@
       </c>
       <c r="AQ12" s="2">
         <v>550420.08499999996</v>
       </c>
       <c r="AR12" s="2">
         <v>570506.72672999999</v>
       </c>
       <c r="AS12" s="2">
         <v>572829.97345431813</v>
       </c>
       <c r="AT12" s="2">
         <v>571780.89727375924</v>
       </c>
       <c r="AU12" s="2">
         <v>534914.68656652234</v>
       </c>
       <c r="AV12" s="2">
         <v>410227.1455590768</v>
       </c>
       <c r="AW12" s="2">
         <v>384547.40131325193</v>
       </c>
       <c r="AX12" s="2">
         <v>387773.16010535194</v>
       </c>
+      <c r="AY12" s="2">
+        <v>390907.28704897052</v>
+      </c>
     </row>
-    <row r="13" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B13" s="11"/>
+    <row r="13" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A13" s="9"/>
+      <c r="B13" s="10"/>
       <c r="C13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="2">
         <v>1904234.7968675676</v>
       </c>
       <c r="F13" s="2">
         <v>2181454.2336770352</v>
       </c>
       <c r="G13" s="2">
         <v>1985781.2405948772</v>
       </c>
       <c r="H13" s="2">
         <v>1988724.4714659888</v>
       </c>
       <c r="I13" s="2">
         <v>2074799.9021334518</v>
       </c>
       <c r="J13" s="2">
         <v>2181454.2336770352</v>
       </c>
       <c r="K13" s="2">
@@ -2245,54 +2276,57 @@
       </c>
       <c r="AQ13" s="2">
         <v>2225266.537</v>
       </c>
       <c r="AR13" s="2">
         <v>2226649.8492000001</v>
       </c>
       <c r="AS13" s="2">
         <v>2182983.4650952634</v>
       </c>
       <c r="AT13" s="2">
         <v>2194146.9161107568</v>
       </c>
       <c r="AU13" s="2">
         <v>2307209.4490876161</v>
       </c>
       <c r="AV13" s="2">
         <v>2272001.2701689429</v>
       </c>
       <c r="AW13" s="2">
         <v>2253404.6033483967</v>
       </c>
       <c r="AX13" s="2">
         <v>2081496.7306728272</v>
       </c>
+      <c r="AY13" s="2">
+        <v>1904414.038228285</v>
+      </c>
     </row>
-    <row r="14" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B14" s="11"/>
+    <row r="14" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A14" s="9"/>
+      <c r="B14" s="10"/>
       <c r="C14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="2">
         <v>14801100.98626009</v>
       </c>
       <c r="F14" s="2">
         <v>13927858.254006321</v>
       </c>
       <c r="G14" s="2">
         <v>14768607.829097116</v>
       </c>
       <c r="H14" s="2">
         <v>14184419.866922308</v>
       </c>
       <c r="I14" s="2">
         <v>14409450.41351781</v>
       </c>
       <c r="J14" s="2">
         <v>13948222.560840324</v>
       </c>
       <c r="K14" s="2">
@@ -2393,54 +2427,57 @@
       </c>
       <c r="AQ14" s="2">
         <v>11711900.470000001</v>
       </c>
       <c r="AR14" s="2">
         <v>11679204.575999999</v>
       </c>
       <c r="AS14" s="2">
         <v>12361648.274015313</v>
       </c>
       <c r="AT14" s="2">
         <v>12481593.481036771</v>
       </c>
       <c r="AU14" s="2">
         <v>13122552.59198489</v>
       </c>
       <c r="AV14" s="2">
         <v>12943460.53319829</v>
       </c>
       <c r="AW14" s="2">
         <v>14128433.824709261</v>
       </c>
       <c r="AX14" s="2">
         <v>15402502.485143401</v>
       </c>
+      <c r="AY14" s="2">
+        <v>15831799.880225401</v>
+      </c>
     </row>
-    <row r="15" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B15" s="11"/>
+    <row r="15" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A15" s="9"/>
+      <c r="B15" s="10"/>
       <c r="C15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="2">
         <v>0</v>
       </c>
       <c r="F15" s="2">
         <v>0</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="2">
         <v>0</v>
       </c>
       <c r="J15" s="2">
         <v>0</v>
       </c>
       <c r="K15" s="2">
@@ -2541,54 +2578,57 @@
       </c>
       <c r="AQ15" s="2">
         <v>0</v>
       </c>
       <c r="AR15" s="2">
         <v>0</v>
       </c>
       <c r="AS15" s="2">
         <v>0</v>
       </c>
       <c r="AT15" s="2">
         <v>0</v>
       </c>
       <c r="AU15" s="2">
         <v>0</v>
       </c>
       <c r="AV15" s="2">
         <v>0</v>
       </c>
       <c r="AW15" s="2">
         <v>0</v>
       </c>
       <c r="AX15" s="2">
         <v>0</v>
       </c>
+      <c r="AY15" s="2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B16" s="11"/>
+    <row r="16" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A16" s="9"/>
+      <c r="B16" s="10"/>
       <c r="C16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E16" s="2">
         <v>17215742.697291549</v>
       </c>
       <c r="F16" s="2">
         <v>16652690.566911357</v>
       </c>
       <c r="G16" s="2">
         <v>17245626.780514695</v>
       </c>
       <c r="H16" s="2">
         <v>16651214.737684378</v>
       </c>
       <c r="I16" s="2">
         <v>17004094.139546838</v>
       </c>
       <c r="J16" s="2">
         <v>16673054.873745359</v>
       </c>
       <c r="K16" s="2">
@@ -2689,54 +2729,57 @@
       </c>
       <c r="AQ16" s="2">
         <v>14487587.093</v>
       </c>
       <c r="AR16" s="2">
         <v>14476361.151999999</v>
       </c>
       <c r="AS16" s="2">
         <v>15117461.712564897</v>
       </c>
       <c r="AT16" s="2">
         <v>15247521.294421285</v>
       </c>
       <c r="AU16" s="2">
         <v>15964676.727639031</v>
       </c>
       <c r="AV16" s="2">
         <v>15625688.948926311</v>
       </c>
       <c r="AW16" s="2">
         <v>16766385.829370897</v>
       </c>
       <c r="AX16" s="2">
         <v>17871772.375921581</v>
       </c>
+      <c r="AY16" s="2">
+        <v>18127121.205502659</v>
+      </c>
     </row>
-    <row r="17" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B17" s="11"/>
+    <row r="17" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A17" s="9"/>
+      <c r="B17" s="10"/>
       <c r="C17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="2">
         <v>7305422.8540128972</v>
       </c>
       <c r="F17" s="2">
         <v>8984478.5618077647</v>
       </c>
       <c r="G17" s="2">
         <v>7846912.2928487854</v>
       </c>
       <c r="H17" s="2">
         <v>7678738.590526781</v>
       </c>
       <c r="I17" s="2">
         <v>7640548.8370256238</v>
       </c>
       <c r="J17" s="2">
         <v>9001308.5618077647</v>
       </c>
       <c r="K17" s="2">
@@ -2837,54 +2880,57 @@
       </c>
       <c r="AQ17" s="2">
         <v>10516793.34</v>
       </c>
       <c r="AR17" s="2">
         <v>10646751.6327</v>
       </c>
       <c r="AS17" s="2">
         <v>11031192.482159363</v>
       </c>
       <c r="AT17" s="2">
         <v>10866603.022004988</v>
       </c>
       <c r="AU17" s="2">
         <v>11032567.7838967</v>
       </c>
       <c r="AV17" s="2">
         <v>10875077.47608305</v>
       </c>
       <c r="AW17" s="2">
         <v>11411251.84288948</v>
       </c>
       <c r="AX17" s="2">
         <v>12168581.788690669</v>
       </c>
+      <c r="AY17" s="2">
+        <v>12707951.576628089</v>
+      </c>
     </row>
-    <row r="18" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B18" s="11"/>
+    <row r="18" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A18" s="9"/>
+      <c r="B18" s="10"/>
       <c r="C18" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E18" s="2">
         <v>24521165.551304448</v>
       </c>
       <c r="F18" s="2">
         <v>25637169.128719121</v>
       </c>
       <c r="G18" s="2">
         <v>25092539.073363479</v>
       </c>
       <c r="H18" s="2">
         <v>24329953.328211159</v>
       </c>
       <c r="I18" s="2">
         <v>24644642.976572461</v>
       </c>
       <c r="J18" s="2">
         <v>25674363.435553122</v>
       </c>
       <c r="K18" s="2">
@@ -2985,56 +3031,59 @@
       </c>
       <c r="AQ18" s="2">
         <v>25004380.432999998</v>
       </c>
       <c r="AR18" s="2">
         <v>25123112.784900002</v>
       </c>
       <c r="AS18" s="2">
         <v>26148654.194724258</v>
       </c>
       <c r="AT18" s="2">
         <v>26114124.316426277</v>
       </c>
       <c r="AU18" s="2">
         <v>26997244.51153573</v>
       </c>
       <c r="AV18" s="2">
         <v>26500766.425009362</v>
       </c>
       <c r="AW18" s="2">
         <v>28177637.672260392</v>
       </c>
       <c r="AX18" s="2">
         <v>30040354.164612241</v>
       </c>
+      <c r="AY18" s="2">
+        <v>30835072.782130729</v>
+      </c>
     </row>
-    <row r="19" spans="1:50" x14ac:dyDescent="0.3">
-      <c r="A19" s="10" t="s">
+    <row r="19" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A19" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B19" s="11" t="s">
+      <c r="B19" s="10" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="2">
         <v>21</v>
       </c>
       <c r="F19" s="2">
         <v>21</v>
       </c>
       <c r="G19" s="2">
         <v>21</v>
       </c>
       <c r="H19" s="2">
         <v>27.5</v>
       </c>
       <c r="I19" s="2">
         <v>0</v>
       </c>
       <c r="J19" s="2">
         <v>0</v>
@@ -3137,54 +3186,57 @@
       </c>
       <c r="AQ19" s="2">
         <v>0</v>
       </c>
       <c r="AR19" s="2">
         <v>0</v>
       </c>
       <c r="AS19" s="2">
         <v>0</v>
       </c>
       <c r="AT19" s="2">
         <v>0</v>
       </c>
       <c r="AU19" s="2">
         <v>0</v>
       </c>
       <c r="AV19" s="2">
         <v>0</v>
       </c>
       <c r="AW19" s="2">
         <v>14147.179032599412</v>
       </c>
       <c r="AX19" s="2">
         <v>15024.439818737819</v>
       </c>
+      <c r="AY19" s="2">
+        <v>15385.420153627259</v>
+      </c>
     </row>
-    <row r="20" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B20" s="11"/>
+    <row r="20" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A20" s="9"/>
+      <c r="B20" s="10"/>
       <c r="C20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>26</v>
       </c>
       <c r="E20" s="2">
         <v>793</v>
       </c>
       <c r="F20" s="2">
         <v>209</v>
       </c>
       <c r="G20" s="2">
         <v>49</v>
       </c>
       <c r="H20" s="2">
         <v>249</v>
       </c>
       <c r="I20" s="2">
         <v>240</v>
       </c>
       <c r="J20" s="2">
         <v>230</v>
       </c>
       <c r="K20" s="2">
@@ -3285,54 +3337,57 @@
       </c>
       <c r="AQ20" s="2">
         <v>0</v>
       </c>
       <c r="AR20" s="2">
         <v>0</v>
       </c>
       <c r="AS20" s="2">
         <v>0</v>
       </c>
       <c r="AT20" s="2">
         <v>0</v>
       </c>
       <c r="AU20" s="2">
         <v>0</v>
       </c>
       <c r="AV20" s="2">
         <v>0</v>
       </c>
       <c r="AW20" s="2">
         <v>1497.2880992</v>
       </c>
       <c r="AX20" s="2">
         <v>1511.5217651999999</v>
       </c>
+      <c r="AY20" s="2">
+        <v>1417.06</v>
+      </c>
     </row>
-    <row r="21" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B21" s="11"/>
+    <row r="21" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A21" s="9"/>
+      <c r="B21" s="10"/>
       <c r="C21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>27</v>
       </c>
       <c r="E21" s="2">
         <v>0</v>
       </c>
       <c r="F21" s="2">
         <v>0</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="2">
         <v>0</v>
       </c>
       <c r="J21" s="2">
         <v>0</v>
       </c>
       <c r="K21" s="2">
@@ -3433,54 +3488,57 @@
       </c>
       <c r="AQ21" s="2">
         <v>0</v>
       </c>
       <c r="AR21" s="2">
         <v>0</v>
       </c>
       <c r="AS21" s="2">
         <v>0</v>
       </c>
       <c r="AT21" s="2">
         <v>0</v>
       </c>
       <c r="AU21" s="2">
         <v>0</v>
       </c>
       <c r="AV21" s="2">
         <v>0</v>
       </c>
       <c r="AW21" s="2">
         <v>10071</v>
       </c>
       <c r="AX21" s="2">
         <v>9168.7999999999993</v>
       </c>
+      <c r="AY21" s="2">
+        <v>9128.7999999999993</v>
+      </c>
     </row>
-    <row r="22" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B22" s="11"/>
+    <row r="22" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A22" s="9"/>
+      <c r="B22" s="10"/>
       <c r="C22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="2">
         <v>0</v>
       </c>
       <c r="F22" s="2">
         <v>0</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="2">
         <v>0</v>
       </c>
       <c r="J22" s="2">
         <v>0</v>
       </c>
       <c r="K22" s="2">
@@ -3581,54 +3639,57 @@
       </c>
       <c r="AQ22" s="2">
         <v>0</v>
       </c>
       <c r="AR22" s="2">
         <v>0</v>
       </c>
       <c r="AS22" s="2">
         <v>0</v>
       </c>
       <c r="AT22" s="2">
         <v>0</v>
       </c>
       <c r="AU22" s="2">
         <v>0</v>
       </c>
       <c r="AV22" s="2">
         <v>0</v>
       </c>
       <c r="AW22" s="2">
         <v>0</v>
       </c>
       <c r="AX22" s="2">
         <v>0</v>
       </c>
+      <c r="AY22" s="2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B23" s="11"/>
+    <row r="23" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A23" s="9"/>
+      <c r="B23" s="10"/>
       <c r="C23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E23" s="2">
         <v>814</v>
       </c>
       <c r="F23" s="2">
         <v>209</v>
       </c>
       <c r="G23" s="2">
         <v>70</v>
       </c>
       <c r="H23" s="2">
         <v>276.5</v>
       </c>
       <c r="I23" s="2">
         <v>240</v>
       </c>
       <c r="J23" s="2">
         <v>230</v>
       </c>
       <c r="K23" s="2">
@@ -3729,54 +3790,57 @@
       </c>
       <c r="AQ23" s="2">
         <v>0</v>
       </c>
       <c r="AR23" s="2">
         <v>0</v>
       </c>
       <c r="AS23" s="2">
         <v>0</v>
       </c>
       <c r="AT23" s="2">
         <v>0</v>
       </c>
       <c r="AU23" s="2">
         <v>0</v>
       </c>
       <c r="AV23" s="2">
         <v>0</v>
       </c>
       <c r="AW23" s="2">
         <v>25715.467131799411</v>
       </c>
       <c r="AX23" s="2">
         <v>25704.76158393782</v>
       </c>
+      <c r="AY23" s="2">
+        <v>25931.280153627264</v>
+      </c>
     </row>
-    <row r="24" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B24" s="11"/>
+    <row r="24" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A24" s="9"/>
+      <c r="B24" s="10"/>
       <c r="C24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E24" s="2">
         <v>0</v>
       </c>
       <c r="F24" s="2">
         <v>0</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="2">
         <v>0</v>
       </c>
       <c r="J24" s="2">
         <v>0</v>
       </c>
       <c r="K24" s="2">
@@ -3877,54 +3941,57 @@
       </c>
       <c r="AQ24" s="2">
         <v>0</v>
       </c>
       <c r="AR24" s="2">
         <v>0</v>
       </c>
       <c r="AS24" s="2">
         <v>0</v>
       </c>
       <c r="AT24" s="2">
         <v>0</v>
       </c>
       <c r="AU24" s="2">
         <v>0</v>
       </c>
       <c r="AV24" s="2">
         <v>0</v>
       </c>
       <c r="AW24" s="2">
         <v>0</v>
       </c>
       <c r="AX24" s="2">
         <v>0</v>
       </c>
+      <c r="AY24" s="2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B25" s="11"/>
+    <row r="25" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A25" s="9"/>
+      <c r="B25" s="10"/>
       <c r="C25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E25" s="2">
         <v>814</v>
       </c>
       <c r="F25" s="2">
         <v>209</v>
       </c>
       <c r="G25" s="2">
         <v>70</v>
       </c>
       <c r="H25" s="2">
         <v>276.5</v>
       </c>
       <c r="I25" s="2">
         <v>240</v>
       </c>
       <c r="J25" s="2">
         <v>230</v>
       </c>
       <c r="K25" s="2">
@@ -4025,56 +4092,59 @@
       </c>
       <c r="AQ25" s="2">
         <v>0</v>
       </c>
       <c r="AR25" s="2">
         <v>0</v>
       </c>
       <c r="AS25" s="2">
         <v>0</v>
       </c>
       <c r="AT25" s="2">
         <v>0</v>
       </c>
       <c r="AU25" s="2">
         <v>0</v>
       </c>
       <c r="AV25" s="2">
         <v>0</v>
       </c>
       <c r="AW25" s="2">
         <v>25715.467131799411</v>
       </c>
       <c r="AX25" s="2">
         <v>25704.76158393782</v>
       </c>
+      <c r="AY25" s="2">
+        <v>25931.280153627264</v>
+      </c>
     </row>
-    <row r="26" spans="1:50" x14ac:dyDescent="0.3">
-      <c r="A26" s="10" t="s">
+    <row r="26" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A26" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B26" s="12" t="s">
+      <c r="B26" s="11" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D26" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E26" s="2">
         <v>262917.65119352972</v>
       </c>
       <c r="F26" s="2">
         <v>460592.00749901537</v>
       </c>
       <c r="G26" s="2">
         <v>379853.62834625202</v>
       </c>
       <c r="H26" s="2">
         <v>421489.83099717263</v>
       </c>
       <c r="I26" s="2">
         <v>449425.11550158844</v>
       </c>
       <c r="J26" s="2">
         <v>460592.00749901537</v>
@@ -4177,54 +4247,57 @@
       </c>
       <c r="AQ26" s="2">
         <v>306094.96679999999</v>
       </c>
       <c r="AR26" s="2">
         <v>311270.07403000002</v>
       </c>
       <c r="AS26" s="2">
         <v>283555.87392126251</v>
       </c>
       <c r="AT26" s="2">
         <v>248246.13963298991</v>
       </c>
       <c r="AU26" s="2">
         <v>210465.04433936</v>
       </c>
       <c r="AV26" s="2">
         <v>161480.36853426002</v>
       </c>
       <c r="AW26" s="2">
         <v>161825.108708385</v>
       </c>
       <c r="AX26" s="2">
         <v>156152.18238332</v>
       </c>
+      <c r="AY26" s="2">
+        <v>99631.909592799988</v>
+      </c>
     </row>
-    <row r="27" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B27" s="12"/>
+    <row r="27" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A27" s="9"/>
+      <c r="B27" s="11"/>
       <c r="C27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>26</v>
       </c>
       <c r="E27" s="2">
         <v>753909.34224721242</v>
       </c>
       <c r="F27" s="2">
         <v>692115.50299225328</v>
       </c>
       <c r="G27" s="2">
         <v>727790.21944603045</v>
       </c>
       <c r="H27" s="2">
         <v>668547.55947154842</v>
       </c>
       <c r="I27" s="2">
         <v>728845.89949592634</v>
       </c>
       <c r="J27" s="2">
         <v>692115.50299225328</v>
       </c>
       <c r="K27" s="2">
@@ -4325,54 +4398,57 @@
       </c>
       <c r="AQ27" s="2">
         <v>2439677.2119999998</v>
       </c>
       <c r="AR27" s="2">
         <v>2551097.7294999999</v>
       </c>
       <c r="AS27" s="2">
         <v>2928937.172764027</v>
       </c>
       <c r="AT27" s="2">
         <v>3056954.4723524004</v>
       </c>
       <c r="AU27" s="2">
         <v>3088088.659403767</v>
       </c>
       <c r="AV27" s="2">
         <v>3242946.0051053069</v>
       </c>
       <c r="AW27" s="2">
         <v>3628761.096366181</v>
       </c>
       <c r="AX27" s="2">
         <v>3375659.1525056111</v>
       </c>
+      <c r="AY27" s="2">
+        <v>3170507.3071237709</v>
+      </c>
     </row>
-    <row r="28" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B28" s="12"/>
+    <row r="28" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A28" s="9"/>
+      <c r="B28" s="11"/>
       <c r="C28" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D28" s="7" t="s">
         <v>27</v>
       </c>
       <c r="E28" s="2">
         <v>124635.16611383134</v>
       </c>
       <c r="F28" s="2">
         <v>79627.759385500423</v>
       </c>
       <c r="G28" s="2">
         <v>100474.31313068705</v>
       </c>
       <c r="H28" s="2">
         <v>101235.03967130925</v>
       </c>
       <c r="I28" s="2">
         <v>91857.362077698068</v>
       </c>
       <c r="J28" s="2">
         <v>79627.759385500423</v>
       </c>
       <c r="K28" s="2">
@@ -4473,54 +4549,57 @@
       </c>
       <c r="AQ28" s="2">
         <v>8336.5469999999987</v>
       </c>
       <c r="AR28" s="2">
         <v>9134.3736200000003</v>
       </c>
       <c r="AS28" s="2">
         <v>9387.5424852460001</v>
       </c>
       <c r="AT28" s="2">
         <v>9720.6098025310203</v>
       </c>
       <c r="AU28" s="2">
         <v>9896.8028624286744</v>
       </c>
       <c r="AV28" s="2">
         <v>5957.5209289914474</v>
       </c>
       <c r="AW28" s="2">
         <v>5839.3775897281184</v>
       </c>
       <c r="AX28" s="2">
         <v>502116.13714644162</v>
       </c>
+      <c r="AY28" s="2">
+        <v>413050.60628520604</v>
+      </c>
     </row>
-    <row r="29" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B29" s="12"/>
+    <row r="29" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A29" s="9"/>
+      <c r="B29" s="11"/>
       <c r="C29" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D29" s="7" t="s">
         <v>28</v>
       </c>
       <c r="E29" s="2">
         <v>0</v>
       </c>
       <c r="F29" s="2">
         <v>0</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="2">
         <v>0</v>
       </c>
       <c r="J29" s="2">
         <v>0</v>
       </c>
       <c r="K29" s="2">
@@ -4621,54 +4700,57 @@
       </c>
       <c r="AQ29" s="2">
         <v>0</v>
       </c>
       <c r="AR29" s="2">
         <v>0</v>
       </c>
       <c r="AS29" s="2">
         <v>0</v>
       </c>
       <c r="AT29" s="2">
         <v>0</v>
       </c>
       <c r="AU29" s="2">
         <v>0</v>
       </c>
       <c r="AV29" s="2">
         <v>0</v>
       </c>
       <c r="AW29" s="2">
         <v>0</v>
       </c>
       <c r="AX29" s="2">
         <v>0</v>
       </c>
+      <c r="AY29" s="2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B30" s="12"/>
+    <row r="30" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A30" s="9"/>
+      <c r="B30" s="11"/>
       <c r="C30" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D30" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E30" s="2">
         <v>1141462.1595545739</v>
       </c>
       <c r="F30" s="2">
         <v>1232335.2698767674</v>
       </c>
       <c r="G30" s="2">
         <v>1208118.1609229697</v>
       </c>
       <c r="H30" s="2">
         <v>1191272.4301400308</v>
       </c>
       <c r="I30" s="2">
         <v>1270128.3770752128</v>
       </c>
       <c r="J30" s="2">
         <v>1232335.269876769</v>
       </c>
       <c r="K30" s="2">
@@ -4769,54 +4851,57 @@
       </c>
       <c r="AQ30" s="2">
         <v>2754108.72</v>
       </c>
       <c r="AR30" s="2">
         <v>2871502.1769999997</v>
       </c>
       <c r="AS30" s="2">
         <v>3221880.5891705356</v>
       </c>
       <c r="AT30" s="2">
         <v>3314921.2217879212</v>
       </c>
       <c r="AU30" s="2">
         <v>3308450.5066055558</v>
       </c>
       <c r="AV30" s="2">
         <v>3410383.8945685592</v>
       </c>
       <c r="AW30" s="2">
         <v>3796425.5826642928</v>
       </c>
       <c r="AX30" s="2">
         <v>4033927.4720353731</v>
       </c>
+      <c r="AY30" s="2">
+        <v>3683189.8230017773</v>
+      </c>
     </row>
-    <row r="31" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B31" s="12"/>
+    <row r="31" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A31" s="9"/>
+      <c r="B31" s="11"/>
       <c r="C31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E31" s="2">
         <v>556457.99108465936</v>
       </c>
       <c r="F31" s="2">
         <v>553709.06633587054</v>
       </c>
       <c r="G31" s="2">
         <v>587429.07476935384</v>
       </c>
       <c r="H31" s="2">
         <v>578228.77449787501</v>
       </c>
       <c r="I31" s="2">
         <v>596307.30757476331</v>
       </c>
       <c r="J31" s="2">
         <v>553709.06633586879</v>
       </c>
       <c r="K31" s="2">
@@ -4917,54 +5002,57 @@
       </c>
       <c r="AQ31" s="2">
         <v>1143208.189</v>
       </c>
       <c r="AR31" s="2">
         <v>1187714.9727999999</v>
       </c>
       <c r="AS31" s="2">
         <v>996671.16587612708</v>
       </c>
       <c r="AT31" s="2">
         <v>1038588.6774440762</v>
       </c>
       <c r="AU31" s="2">
         <v>1057250.271998992</v>
       </c>
       <c r="AV31" s="2">
         <v>983159.78020453826</v>
       </c>
       <c r="AW31" s="2">
         <v>1007803.797643558</v>
       </c>
       <c r="AX31" s="2">
         <v>1016526.1574840711</v>
       </c>
+      <c r="AY31" s="2">
+        <v>1069344.2692385539</v>
+      </c>
     </row>
-    <row r="32" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B32" s="12"/>
+    <row r="32" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A32" s="9"/>
+      <c r="B32" s="11"/>
       <c r="C32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D32" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E32" s="2">
         <v>1697920.1506392334</v>
       </c>
       <c r="F32" s="2">
         <v>1786044.3362126378</v>
       </c>
       <c r="G32" s="2">
         <v>1795547.2356923234</v>
       </c>
       <c r="H32" s="2">
         <v>1769501.2046379058</v>
       </c>
       <c r="I32" s="2">
         <v>1866435.684649976</v>
       </c>
       <c r="J32" s="2">
         <v>1786044.3362126378</v>
       </c>
       <c r="K32" s="2">
@@ -5065,56 +5153,59 @@
       </c>
       <c r="AQ32" s="2">
         <v>3897316.915</v>
       </c>
       <c r="AR32" s="2">
         <v>4059217.1499000001</v>
       </c>
       <c r="AS32" s="2">
         <v>4218551.7550466629</v>
       </c>
       <c r="AT32" s="2">
         <v>4353509.8992319973</v>
       </c>
       <c r="AU32" s="2">
         <v>4365700.7786045503</v>
       </c>
       <c r="AV32" s="2">
         <v>4393543.6747731026</v>
       </c>
       <c r="AW32" s="2">
         <v>4804229.3803078551</v>
       </c>
       <c r="AX32" s="2">
         <v>5050453.6295194477</v>
       </c>
+      <c r="AY32" s="2">
+        <v>4752534.0922403242</v>
+      </c>
     </row>
-    <row r="33" spans="1:50" x14ac:dyDescent="0.3">
-      <c r="A33" s="10" t="s">
+    <row r="33" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A33" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B33" s="11" t="s">
+      <c r="B33" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D33" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E33" s="2">
         <v>878487.70912297338</v>
       </c>
       <c r="F33" s="2">
         <v>1059274.4816411254</v>
       </c>
       <c r="G33" s="2">
         <v>971820.77140711679</v>
       </c>
       <c r="H33" s="2">
         <v>970262.92899617844</v>
       </c>
       <c r="I33" s="2">
         <v>1032491.7842381442</v>
       </c>
       <c r="J33" s="2">
         <v>1059274.4816411254</v>
@@ -5217,54 +5308,57 @@
       </c>
       <c r="AQ33" s="2">
         <v>1026611.3974</v>
       </c>
       <c r="AR33" s="2">
         <v>1044337.0130999999</v>
       </c>
       <c r="AS33" s="2">
         <v>1017560.933130999</v>
       </c>
       <c r="AT33" s="2">
         <v>995091.36691734497</v>
       </c>
       <c r="AU33" s="2">
         <v>889766.97399375367</v>
       </c>
       <c r="AV33" s="2">
         <v>821251.4686362379</v>
       </c>
       <c r="AW33" s="2">
         <v>801612.43375546648</v>
       </c>
       <c r="AX33" s="2">
         <v>801168.39993456961</v>
       </c>
+      <c r="AY33" s="2">
+        <v>745243.97950967751</v>
+      </c>
     </row>
-    <row r="34" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B34" s="11"/>
+    <row r="34" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A34" s="9"/>
+      <c r="B34" s="10"/>
       <c r="C34" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="E34" s="2">
         <v>2797568.0641508298</v>
       </c>
       <c r="F34" s="2">
         <v>3052434.0931030004</v>
       </c>
       <c r="G34" s="2">
         <v>2838261.6620498803</v>
       </c>
       <c r="H34" s="2">
         <v>2791788.16578979</v>
       </c>
       <c r="I34" s="2">
         <v>2982528.0343986796</v>
       </c>
       <c r="J34" s="2">
         <v>3052434.0931030004</v>
       </c>
       <c r="K34" s="2">
@@ -5365,54 +5459,57 @@
       </c>
       <c r="AQ34" s="2">
         <v>5313354.1100000003</v>
       </c>
       <c r="AR34" s="2">
         <v>5439795.4756299993</v>
       </c>
       <c r="AS34" s="2">
         <v>5708761.8595968792</v>
       </c>
       <c r="AT34" s="2">
         <v>5820560.4193105549</v>
       </c>
       <c r="AU34" s="2">
         <v>5997053.9587777555</v>
       </c>
       <c r="AV34" s="2">
         <v>6100157.6053076303</v>
       </c>
       <c r="AW34" s="2">
         <v>6463668.9900765512</v>
       </c>
       <c r="AX34" s="2">
         <v>6073715.8594005005</v>
       </c>
+      <c r="AY34" s="2">
+        <v>5691419.7328440305</v>
+      </c>
     </row>
-    <row r="35" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B35" s="11"/>
+    <row r="35" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A35" s="9"/>
+      <c r="B35" s="10"/>
       <c r="C35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>27</v>
       </c>
       <c r="E35" s="2">
         <v>15006835.645822825</v>
       </c>
       <c r="F35" s="2">
         <v>14065646.695777958</v>
       </c>
       <c r="G35" s="2">
         <v>14942201.499340523</v>
       </c>
       <c r="H35" s="2">
         <v>14358516.269720584</v>
       </c>
       <c r="I35" s="2">
         <v>14553615.690075036</v>
       </c>
       <c r="J35" s="2">
         <v>14086011.002611961</v>
       </c>
       <c r="K35" s="2">
@@ -5513,54 +5610,57 @@
       </c>
       <c r="AQ35" s="2">
         <v>11721997.020000001</v>
       </c>
       <c r="AR35" s="2">
         <v>11690137.4712</v>
       </c>
       <c r="AS35" s="2">
         <v>12372881.34156936</v>
       </c>
       <c r="AT35" s="2">
         <v>12493177.7751849</v>
       </c>
       <c r="AU35" s="2">
         <v>13134342.255628129</v>
       </c>
       <c r="AV35" s="2">
         <v>12951258.26472728</v>
       </c>
       <c r="AW35" s="2">
         <v>14146182.528159389</v>
       </c>
       <c r="AX35" s="2">
         <v>15914628.187915448</v>
       </c>
+      <c r="AY35" s="2">
+        <v>16254816.40317861</v>
+      </c>
     </row>
-    <row r="36" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B36" s="11"/>
+    <row r="36" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A36" s="9"/>
+      <c r="B36" s="10"/>
       <c r="C36" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>28</v>
       </c>
       <c r="E36" s="2">
         <v>0</v>
       </c>
       <c r="F36" s="2">
         <v>0</v>
       </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="2">
         <v>0</v>
       </c>
       <c r="J36" s="2">
         <v>0</v>
       </c>
       <c r="K36" s="2">
@@ -5661,54 +5761,57 @@
       </c>
       <c r="AQ36" s="2">
         <v>0</v>
       </c>
       <c r="AR36" s="2">
         <v>0</v>
       </c>
       <c r="AS36" s="2">
         <v>0</v>
       </c>
       <c r="AT36" s="2">
         <v>0</v>
       </c>
       <c r="AU36" s="2">
         <v>0</v>
       </c>
       <c r="AV36" s="2">
         <v>0</v>
       </c>
       <c r="AW36" s="2">
         <v>0</v>
       </c>
       <c r="AX36" s="2">
         <v>0</v>
       </c>
+      <c r="AY36" s="2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="37" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B37" s="11"/>
+    <row r="37" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A37" s="9"/>
+      <c r="B37" s="10"/>
       <c r="C37" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E37" s="2">
         <v>18682891.4190966</v>
       </c>
       <c r="F37" s="2">
         <v>18177355.270522106</v>
       </c>
       <c r="G37" s="2">
         <v>18752283.932797499</v>
       </c>
       <c r="H37" s="2">
         <v>18120567.364506502</v>
       </c>
       <c r="I37" s="2">
         <v>18568635.50871186</v>
       </c>
       <c r="J37" s="2">
         <v>18197719.577356085</v>
       </c>
       <c r="K37" s="2">
@@ -5809,54 +5912,57 @@
       </c>
       <c r="AQ37" s="2">
         <v>18061962.530000001</v>
       </c>
       <c r="AR37" s="2">
         <v>18174269.960000001</v>
       </c>
       <c r="AS37" s="2">
         <v>19099204.134297237</v>
       </c>
       <c r="AT37" s="2">
         <v>19308829.5614128</v>
       </c>
       <c r="AU37" s="2">
         <v>20021163.188399639</v>
       </c>
       <c r="AV37" s="2">
         <v>19872667.338671152</v>
       </c>
       <c r="AW37" s="2">
         <v>21411463.951991402</v>
       </c>
       <c r="AX37" s="2">
         <v>22789512.447250511</v>
       </c>
+      <c r="AY37" s="2">
+        <v>22691480.115532313</v>
+      </c>
     </row>
-    <row r="38" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B38" s="11"/>
+    <row r="38" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A38" s="9"/>
+      <c r="B38" s="10"/>
       <c r="C38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D38" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E38" s="2">
         <v>8080140.9567666017</v>
       </c>
       <c r="F38" s="2">
         <v>9693212.8960594591</v>
       </c>
       <c r="G38" s="2">
         <v>8645147.9949634019</v>
       </c>
       <c r="H38" s="2">
         <v>8464598.8542410731</v>
       </c>
       <c r="I38" s="2">
         <v>8389803.5382610746</v>
       </c>
       <c r="J38" s="2">
         <v>9710042.8960594796</v>
       </c>
       <c r="K38" s="2">
@@ -5957,54 +6063,57 @@
       </c>
       <c r="AQ38" s="2">
         <v>11740957.280000001</v>
       </c>
       <c r="AR38" s="2">
         <v>11912282.53235</v>
       </c>
       <c r="AS38" s="2">
         <v>12101148.966044469</v>
       </c>
       <c r="AT38" s="2">
         <v>11981208.001412535</v>
       </c>
       <c r="AU38" s="2">
         <v>12161800.548819441</v>
       </c>
       <c r="AV38" s="2">
         <v>11932715.678559151</v>
       </c>
       <c r="AW38" s="2">
         <v>12487124.358167291</v>
       </c>
       <c r="AX38" s="2">
         <v>13259526.53389642</v>
       </c>
+      <c r="AY38" s="2">
+        <v>13860616.13394108</v>
+      </c>
     </row>
-    <row r="39" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B39" s="11"/>
+    <row r="39" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A39" s="9"/>
+      <c r="B39" s="10"/>
       <c r="C39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E39" s="2">
         <v>26763032.375863202</v>
       </c>
       <c r="F39" s="2">
         <v>27870568.166581567</v>
       </c>
       <c r="G39" s="2">
         <v>27397431.927760899</v>
       </c>
       <c r="H39" s="2">
         <v>26585166.218747601</v>
       </c>
       <c r="I39" s="2">
         <v>26958439.046972934</v>
       </c>
       <c r="J39" s="2">
         <v>27907762.473415565</v>
       </c>
       <c r="K39" s="2">
@@ -6105,56 +6214,59 @@
       </c>
       <c r="AQ39" s="2">
         <v>29802919.818</v>
       </c>
       <c r="AR39" s="2">
         <v>30086552.492430001</v>
       </c>
       <c r="AS39" s="2">
         <v>31200353.100341704</v>
       </c>
       <c r="AT39" s="2">
         <v>31290037.562825337</v>
       </c>
       <c r="AU39" s="2">
         <v>32182963.737219069</v>
       </c>
       <c r="AV39" s="2">
         <v>31805383.017230302</v>
       </c>
       <c r="AW39" s="2">
         <v>33898588.310158685</v>
       </c>
       <c r="AX39" s="2">
         <v>36049038.981146924</v>
       </c>
+      <c r="AY39" s="2">
+        <v>36552096.249473423</v>
+      </c>
     </row>
-    <row r="40" spans="1:50" x14ac:dyDescent="0.3">
-      <c r="A40" s="10" t="s">
+    <row r="40" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A40" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="11" t="s">
+      <c r="B40" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D40" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E40" s="2">
         <v>83772.793101689094</v>
       </c>
       <c r="F40" s="2">
         <v>98975.919126077206</v>
       </c>
       <c r="G40" s="2">
         <v>83292.969792555596</v>
       </c>
       <c r="H40" s="2">
         <v>83549.109300473327</v>
       </c>
       <c r="I40" s="2">
         <v>94378.997268336883</v>
       </c>
       <c r="J40" s="2">
         <v>98975.919126077206</v>
@@ -6257,54 +6369,57 @@
       </c>
       <c r="AQ40" s="2">
         <v>142274.20430000001</v>
       </c>
       <c r="AR40" s="2">
         <v>169516.96242899998</v>
       </c>
       <c r="AS40" s="2">
         <v>151619.31620779668</v>
       </c>
       <c r="AT40" s="2">
         <v>144948.44815828741</v>
       </c>
       <c r="AU40" s="2">
         <v>1960357.95465</v>
       </c>
       <c r="AV40" s="2">
         <v>1916070.946</v>
       </c>
       <c r="AW40" s="2">
         <v>1998674.2560000001</v>
       </c>
       <c r="AX40" s="2">
         <v>1948066.2919999999</v>
       </c>
+      <c r="AY40" s="2">
+        <v>1948066.2919999999</v>
+      </c>
     </row>
-    <row r="41" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B41" s="11"/>
+    <row r="41" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A41" s="9"/>
+      <c r="B41" s="10"/>
       <c r="C41" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>26</v>
       </c>
       <c r="E41" s="2">
         <v>1492342.8664859608</v>
       </c>
       <c r="F41" s="2">
         <v>1794703.2884343704</v>
       </c>
       <c r="G41" s="2">
         <v>1523024.4491574147</v>
       </c>
       <c r="H41" s="2">
         <v>1516106.2095801379</v>
       </c>
       <c r="I41" s="2">
         <v>1722823.084612845</v>
       </c>
       <c r="J41" s="2">
         <v>1794703.2884343704</v>
       </c>
       <c r="K41" s="2">
@@ -6405,54 +6520,57 @@
       </c>
       <c r="AQ41" s="2">
         <v>8159996.608</v>
       </c>
       <c r="AR41" s="2">
         <v>8837664.3435299993</v>
       </c>
       <c r="AS41" s="2">
         <v>7890750.8298339657</v>
       </c>
       <c r="AT41" s="2">
         <v>7881174.2342393287</v>
       </c>
       <c r="AU41" s="2">
         <v>11346746.252420001</v>
       </c>
       <c r="AV41" s="2">
         <v>11460473.642000001</v>
       </c>
       <c r="AW41" s="2">
         <v>11724311.682</v>
       </c>
       <c r="AX41" s="2">
         <v>12356305.215</v>
       </c>
+      <c r="AY41" s="2">
+        <v>12356305.215</v>
+      </c>
     </row>
-    <row r="42" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B42" s="11"/>
+    <row r="42" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A42" s="9"/>
+      <c r="B42" s="10"/>
       <c r="C42" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D42" s="7" t="s">
         <v>27</v>
       </c>
       <c r="E42" s="2">
         <v>16822783.546991408</v>
       </c>
       <c r="F42" s="2">
         <v>19351657.841266204</v>
       </c>
       <c r="G42" s="2">
         <v>17661239.158365082</v>
       </c>
       <c r="H42" s="2">
         <v>18838362.561966274</v>
       </c>
       <c r="I42" s="2">
         <v>21192892.424774244</v>
       </c>
       <c r="J42" s="2">
         <v>19351657.841266204</v>
       </c>
       <c r="K42" s="2">
@@ -6553,54 +6671,57 @@
       </c>
       <c r="AQ42" s="2">
         <v>23233138.350000001</v>
       </c>
       <c r="AR42" s="2">
         <v>25196365.764800001</v>
       </c>
       <c r="AS42" s="2">
         <v>28684595.975759637</v>
       </c>
       <c r="AT42" s="2">
         <v>29890487.962381616</v>
       </c>
       <c r="AU42" s="2">
         <v>34570646.59646</v>
       </c>
       <c r="AV42" s="2">
         <v>35748814.910999998</v>
       </c>
       <c r="AW42" s="2">
         <v>39668965.723000005</v>
       </c>
       <c r="AX42" s="2">
         <v>39880658.895000003</v>
       </c>
+      <c r="AY42" s="2">
+        <v>39880658.895000003</v>
+      </c>
     </row>
-    <row r="43" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B43" s="11"/>
+    <row r="43" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A43" s="9"/>
+      <c r="B43" s="10"/>
       <c r="C43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>28</v>
       </c>
       <c r="E43" s="2">
         <v>0</v>
       </c>
       <c r="F43" s="2">
         <v>0</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="2">
         <v>0</v>
       </c>
       <c r="J43" s="2">
         <v>0</v>
       </c>
       <c r="K43" s="2">
@@ -6701,54 +6822,57 @@
       </c>
       <c r="AQ43" s="2">
         <v>0</v>
       </c>
       <c r="AR43" s="2">
         <v>0</v>
       </c>
       <c r="AS43" s="2">
         <v>0</v>
       </c>
       <c r="AT43" s="2">
         <v>0</v>
       </c>
       <c r="AU43" s="2">
         <v>0</v>
       </c>
       <c r="AV43" s="2">
         <v>0</v>
       </c>
       <c r="AW43" s="2">
         <v>0</v>
       </c>
       <c r="AX43" s="2">
         <v>0</v>
       </c>
+      <c r="AY43" s="2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B44" s="11"/>
+    <row r="44" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A44" s="9"/>
+      <c r="B44" s="10"/>
       <c r="C44" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D44" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E44" s="2">
         <v>18398899.206579056</v>
       </c>
       <c r="F44" s="2">
         <v>21245337.048826654</v>
       </c>
       <c r="G44" s="2">
         <v>19267556.577315051</v>
       </c>
       <c r="H44" s="2">
         <v>20438017.880846884</v>
       </c>
       <c r="I44" s="2">
         <v>23010094.506655425</v>
       </c>
       <c r="J44" s="2">
         <v>21245337.048826654</v>
       </c>
       <c r="K44" s="2">
@@ -6849,56 +6973,59 @@
       </c>
       <c r="AQ44" s="2">
         <v>31535409.164000001</v>
       </c>
       <c r="AR44" s="2">
         <v>34203547.070699997</v>
       </c>
       <c r="AS44" s="2">
         <v>36726966.121801399</v>
       </c>
       <c r="AT44" s="2">
         <v>37916610.644779228</v>
       </c>
       <c r="AU44" s="2">
         <v>47877750.80353</v>
       </c>
       <c r="AV44" s="2">
         <v>49125359.498999998</v>
       </c>
       <c r="AW44" s="2">
         <v>53391951.660999998</v>
       </c>
       <c r="AX44" s="2">
         <v>54185030.401999995</v>
       </c>
+      <c r="AY44" s="2">
+        <v>54185030.401999995</v>
+      </c>
     </row>
-    <row r="45" spans="1:50" x14ac:dyDescent="0.3">
-      <c r="A45" s="10" t="s">
+    <row r="45" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A45" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="B45" s="11" t="s">
+      <c r="B45" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E45" s="2">
         <v>962260.50222466246</v>
       </c>
       <c r="F45" s="2">
         <v>1158250.4007672027</v>
       </c>
       <c r="G45" s="2">
         <v>1055113.7411996725</v>
       </c>
       <c r="H45" s="2">
         <v>1053812.0382966518</v>
       </c>
       <c r="I45" s="2">
         <v>1126870.7815064809</v>
       </c>
       <c r="J45" s="2">
         <v>1158250.4007672027</v>
@@ -7001,54 +7128,57 @@
       </c>
       <c r="AQ45" s="2">
         <v>1168885.6000000001</v>
       </c>
       <c r="AR45" s="2">
         <v>1213853.9755899999</v>
       </c>
       <c r="AS45" s="2">
         <v>1169180.2493387957</v>
       </c>
       <c r="AT45" s="2">
         <v>1140039.8150756324</v>
       </c>
       <c r="AU45" s="2">
         <v>2850124.9286437542</v>
       </c>
       <c r="AV45" s="2">
         <v>2737322.415</v>
       </c>
       <c r="AW45" s="2">
         <v>2800286.6897554663</v>
       </c>
       <c r="AX45" s="2">
         <v>2749234.6919345697</v>
       </c>
+      <c r="AY45" s="2">
+        <v>2693310.2715096776</v>
+      </c>
     </row>
-    <row r="46" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B46" s="11"/>
+    <row r="46" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A46" s="9"/>
+      <c r="B46" s="10"/>
       <c r="C46" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D46" s="7" t="s">
         <v>26</v>
       </c>
       <c r="E46" s="2">
         <v>4289910.9306367896</v>
       </c>
       <c r="F46" s="2">
         <v>4847137.3815373704</v>
       </c>
       <c r="G46" s="2">
         <v>4361286.1112072999</v>
       </c>
       <c r="H46" s="2">
         <v>4307894.3753699306</v>
       </c>
       <c r="I46" s="2">
         <v>4705351.1190115241</v>
       </c>
       <c r="J46" s="2">
         <v>4847137.3815373704</v>
       </c>
       <c r="K46" s="2">
@@ -7149,54 +7279,57 @@
       </c>
       <c r="AQ46" s="2">
         <v>13473350.719000001</v>
       </c>
       <c r="AR46" s="2">
         <v>14277459.81917</v>
       </c>
       <c r="AS46" s="2">
         <v>13599512.689430844</v>
       </c>
       <c r="AT46" s="2">
         <v>13701734.653549885</v>
       </c>
       <c r="AU46" s="2">
         <v>17343800.211197756</v>
       </c>
       <c r="AV46" s="2">
         <v>17560631.247307632</v>
       </c>
       <c r="AW46" s="2">
         <v>18187980.672076553</v>
       </c>
       <c r="AX46" s="2">
         <v>18430021.074400503</v>
       </c>
+      <c r="AY46" s="2">
+        <v>18047724.947844032</v>
+      </c>
     </row>
-    <row r="47" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B47" s="11"/>
+    <row r="47" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A47" s="9"/>
+      <c r="B47" s="10"/>
       <c r="C47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>27</v>
       </c>
       <c r="E47" s="2">
         <v>31829619.192814231</v>
       </c>
       <c r="F47" s="2">
         <v>33417304.537044164</v>
       </c>
       <c r="G47" s="2">
         <v>32603440.657705605</v>
       </c>
       <c r="H47" s="2">
         <v>33196878.831686858</v>
       </c>
       <c r="I47" s="2">
         <v>35746508.114849284</v>
       </c>
       <c r="J47" s="2">
         <v>33437668.843878165</v>
       </c>
       <c r="K47" s="2">
@@ -7297,54 +7430,57 @@
       </c>
       <c r="AQ47" s="2">
         <v>34955135.380000003</v>
       </c>
       <c r="AR47" s="2">
         <v>36886503.235999994</v>
       </c>
       <c r="AS47" s="2">
         <v>41057477.317328997</v>
       </c>
       <c r="AT47" s="2">
         <v>42383665.737566516</v>
       </c>
       <c r="AU47" s="2">
         <v>47704988.852088131</v>
       </c>
       <c r="AV47" s="2">
         <v>48700073.175999999</v>
       </c>
       <c r="AW47" s="2">
         <v>53815148.251159392</v>
       </c>
       <c r="AX47" s="2">
         <v>55795287.082915448</v>
       </c>
+      <c r="AY47" s="2">
+        <v>56135475.298178613</v>
+      </c>
     </row>
-    <row r="48" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B48" s="11"/>
+    <row r="48" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A48" s="9"/>
+      <c r="B48" s="10"/>
       <c r="C48" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D48" s="7" t="s">
         <v>28</v>
       </c>
       <c r="E48" s="2">
         <v>0</v>
       </c>
       <c r="F48" s="2">
         <v>0</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="2">
         <v>0</v>
       </c>
       <c r="J48" s="2">
         <v>0</v>
       </c>
       <c r="K48" s="2">
@@ -7445,54 +7581,57 @@
       </c>
       <c r="AQ48" s="2">
         <v>0</v>
       </c>
       <c r="AR48" s="2">
         <v>0</v>
       </c>
       <c r="AS48" s="2">
         <v>0</v>
       </c>
       <c r="AT48" s="2">
         <v>0</v>
       </c>
       <c r="AU48" s="2">
         <v>0</v>
       </c>
       <c r="AV48" s="2">
         <v>0</v>
       </c>
       <c r="AW48" s="2">
         <v>0</v>
       </c>
       <c r="AX48" s="2">
         <v>0</v>
       </c>
+      <c r="AY48" s="2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="1:50" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B49" s="11"/>
+    <row r="49" spans="1:51" x14ac:dyDescent="0.25">
+      <c r="A49" s="9"/>
+      <c r="B49" s="10"/>
       <c r="C49" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E49" s="2">
         <v>37081790.625675686</v>
       </c>
       <c r="F49" s="2">
         <v>39422692.319348752</v>
       </c>
       <c r="G49" s="2">
         <v>38019840.510112599</v>
       </c>
       <c r="H49" s="2">
         <v>38558585.245353401</v>
       </c>
       <c r="I49" s="2">
         <v>41578730.015367284</v>
       </c>
       <c r="J49" s="2">
         <v>39443056.626182742</v>
       </c>
       <c r="K49" s="2">
@@ -7593,72 +7732,75 @@
       </c>
       <c r="AQ49" s="2">
         <v>49597371.700000003</v>
       </c>
       <c r="AR49" s="2">
         <v>52377817.030000001</v>
       </c>
       <c r="AS49" s="2">
         <v>55826170.256098628</v>
       </c>
       <c r="AT49" s="2">
         <v>57225440.206192032</v>
       </c>
       <c r="AU49" s="2">
         <v>67898913.99192965</v>
       </c>
       <c r="AV49" s="2">
         <v>68998026.838307634</v>
       </c>
       <c r="AW49" s="2">
         <v>74803415.612991393</v>
       </c>
       <c r="AX49" s="2">
         <v>76974542.84925051</v>
       </c>
+      <c r="AY49" s="2">
+        <v>76876510.517532319</v>
+      </c>
     </row>
-    <row r="56" spans="1:50" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:51" x14ac:dyDescent="0.25">
       <c r="AE56" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="A5:A11"/>
+    <mergeCell ref="B5:B11"/>
+    <mergeCell ref="A12:A18"/>
+    <mergeCell ref="B12:B18"/>
     <mergeCell ref="A40:A44"/>
     <mergeCell ref="B40:B44"/>
     <mergeCell ref="A45:A49"/>
     <mergeCell ref="B45:B49"/>
     <mergeCell ref="A19:A25"/>
     <mergeCell ref="B19:B25"/>
     <mergeCell ref="A26:A32"/>
     <mergeCell ref="B26:B32"/>
     <mergeCell ref="A33:A39"/>
     <mergeCell ref="B33:B39"/>
-    <mergeCell ref="A3:B3"/>
-[...4 lines deleted...]
-    <mergeCell ref="B12:B18"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SDDS+</vt:lpstr>