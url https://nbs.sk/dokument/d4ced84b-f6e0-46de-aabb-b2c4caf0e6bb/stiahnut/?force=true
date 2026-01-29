--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{265A28E3-9DBB-4DA9-BE48-BA1B45F5A215}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FCA30040-253C-40C2-AC55-8C7DB3E4F08B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="15" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Loans-OA" sheetId="47" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="DatumOdeslani1" hidden="1">'Loans-OA'!#REF!</definedName>
     <definedName name="DatumVytVystup1" hidden="1">'Loans-OA'!#REF!</definedName>
     <definedName name="ObdobiKumulativu1" hidden="1">'Loans-OA'!#REF!</definedName>
     <definedName name="REFBAN1" hidden="1">'Loans-OA'!#REF!</definedName>
     <definedName name="REFNAZBAN1" hidden="1">'Loans-OA'!#REF!</definedName>
     <definedName name="REFOBD1" hidden="1">'Loans-OA'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="78">
   <si>
     <t xml:space="preserve">  (S.11)</t>
   </si>
   <si>
     <t xml:space="preserve">  (S.13)</t>
   </si>
   <si>
@@ -3630,250 +3630,250 @@
       <c r="E34" s="222"/>
       <c r="F34" s="218"/>
       <c r="G34" s="222"/>
       <c r="H34" s="218"/>
       <c r="I34" s="222"/>
       <c r="J34" s="218"/>
       <c r="K34" s="222"/>
       <c r="L34" s="218"/>
       <c r="M34" s="222"/>
       <c r="N34" s="218"/>
       <c r="O34" s="222"/>
       <c r="P34" s="218"/>
       <c r="Q34" s="222"/>
       <c r="R34" s="218"/>
       <c r="S34" s="222"/>
       <c r="T34" s="218"/>
       <c r="U34" s="220"/>
       <c r="V34" s="214"/>
       <c r="W34" s="220"/>
     </row>
     <row r="35" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A35" s="189" t="s">
         <v>47</v>
       </c>
       <c r="B35" s="176">
-        <v>10073807</v>
+        <v>10073793</v>
       </c>
       <c r="C35" s="177">
         <v>4.6096000000000004</v>
       </c>
       <c r="D35" s="178">
-        <v>9341722</v>
+        <v>9341708</v>
       </c>
       <c r="E35" s="179">
         <v>4.5831999999999997</v>
       </c>
       <c r="F35" s="178">
         <v>7702070</v>
       </c>
       <c r="G35" s="179">
         <v>4.3166000000000002</v>
       </c>
       <c r="H35" s="178">
         <v>646977</v>
       </c>
       <c r="I35" s="179">
         <v>3.6128</v>
       </c>
       <c r="J35" s="178">
         <v>2</v>
       </c>
       <c r="K35" s="179">
         <v>12.6713</v>
       </c>
       <c r="L35" s="178">
         <v>153167</v>
       </c>
       <c r="M35" s="179">
         <v>2.6657999999999999</v>
       </c>
       <c r="N35" s="178">
         <v>42028</v>
       </c>
       <c r="O35" s="179">
         <v>2.8479000000000001</v>
       </c>
       <c r="P35" s="178">
         <v>111264</v>
       </c>
       <c r="Q35" s="179">
         <v>8.1725999999999992</v>
       </c>
       <c r="R35" s="178">
-        <v>686215</v>
+        <v>686200</v>
       </c>
       <c r="S35" s="180">
-        <v>8.4433000000000007</v>
+        <v>8.4434000000000005</v>
       </c>
       <c r="T35" s="178">
-        <v>839506</v>
+        <v>839492</v>
       </c>
       <c r="U35" s="177">
         <v>8.1273</v>
       </c>
       <c r="V35" s="178">
         <v>732085</v>
       </c>
       <c r="W35" s="177">
         <v>4.9459999999999997</v>
       </c>
     </row>
     <row r="36" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="81" t="s">
         <v>57</v>
       </c>
       <c r="B36" s="129">
-        <v>9984507</v>
+        <v>9984493</v>
       </c>
       <c r="C36" s="93">
         <v>4.6508000000000003</v>
       </c>
       <c r="D36" s="135">
-        <v>9252808</v>
+        <v>9252794</v>
       </c>
       <c r="E36" s="94">
         <v>4.6273</v>
       </c>
       <c r="F36" s="141">
         <v>7625322</v>
       </c>
       <c r="G36" s="94">
         <v>4.3600000000000003</v>
       </c>
       <c r="H36" s="141">
         <v>646956</v>
       </c>
       <c r="I36" s="94">
         <v>3.613</v>
       </c>
       <c r="J36" s="141">
         <v>2</v>
       </c>
       <c r="K36" s="94">
         <v>12.6713</v>
       </c>
       <c r="L36" s="141">
         <v>153166</v>
       </c>
       <c r="M36" s="94">
         <v>2.6657999999999999</v>
       </c>
       <c r="N36" s="141">
         <v>42022</v>
       </c>
       <c r="O36" s="94">
         <v>2.8483000000000001</v>
       </c>
       <c r="P36" s="141">
         <v>109246</v>
       </c>
       <c r="Q36" s="94">
         <v>8.3234999999999992</v>
       </c>
       <c r="R36" s="141">
-        <v>676094</v>
+        <v>676080</v>
       </c>
       <c r="S36" s="94">
-        <v>8.5695999999999994</v>
+        <v>8.5696999999999992</v>
       </c>
       <c r="T36" s="154">
-        <v>827362</v>
+        <v>827348</v>
       </c>
       <c r="U36" s="95">
         <v>8.2466000000000008</v>
       </c>
       <c r="V36" s="135">
         <v>731699</v>
       </c>
       <c r="W36" s="93">
         <v>4.9486999999999997</v>
       </c>
     </row>
     <row r="37" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A37" s="81" t="s">
         <v>63</v>
       </c>
       <c r="B37" s="129">
-        <v>9743067</v>
+        <v>9743053</v>
       </c>
       <c r="C37" s="93">
         <v>4.5427</v>
       </c>
       <c r="D37" s="135">
-        <v>9015598</v>
+        <v>9015584</v>
       </c>
       <c r="E37" s="94">
         <v>4.5141999999999998</v>
       </c>
       <c r="F37" s="141">
         <v>7434919</v>
       </c>
       <c r="G37" s="94">
         <v>4.2762000000000002</v>
       </c>
       <c r="H37" s="141">
         <v>644117</v>
       </c>
       <c r="I37" s="94">
         <v>3.4969000000000001</v>
       </c>
       <c r="J37" s="141">
         <v>2</v>
       </c>
       <c r="K37" s="94">
         <v>12.6713</v>
       </c>
       <c r="L37" s="141">
         <v>152194</v>
       </c>
       <c r="M37" s="94">
         <v>2.6602999999999999</v>
       </c>
       <c r="N37" s="141">
         <v>41936</v>
       </c>
       <c r="O37" s="94">
         <v>2.8422000000000001</v>
       </c>
       <c r="P37" s="141">
         <v>103695</v>
       </c>
       <c r="Q37" s="94">
         <v>8.0808</v>
       </c>
       <c r="R37" s="141">
-        <v>638735</v>
+        <v>638721</v>
       </c>
       <c r="S37" s="94">
-        <v>8.2824000000000009</v>
+        <v>8.2825000000000006</v>
       </c>
       <c r="T37" s="154">
-        <v>784367</v>
+        <v>784352</v>
       </c>
       <c r="U37" s="95">
-        <v>7.9649000000000001</v>
+        <v>7.9649999999999999</v>
       </c>
       <c r="V37" s="135">
         <v>727469</v>
       </c>
       <c r="W37" s="93">
         <v>4.8958000000000004</v>
       </c>
     </row>
     <row r="38" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A38" s="89" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="130">
         <v>473686</v>
       </c>
       <c r="C38" s="109">
         <v>10.1412</v>
       </c>
       <c r="D38" s="136">
         <v>471184</v>
       </c>
       <c r="E38" s="110">
         <v>10.132300000000001</v>
       </c>
       <c r="F38" s="211">
@@ -3914,179 +3914,179 @@
       </c>
       <c r="R38" s="151">
         <v>471184</v>
       </c>
       <c r="S38" s="38">
         <v>10.132300000000001</v>
       </c>
       <c r="T38" s="155">
         <v>471184</v>
       </c>
       <c r="U38" s="126">
         <v>10.132300000000001</v>
       </c>
       <c r="V38" s="151">
         <v>2502</v>
       </c>
       <c r="W38" s="70">
         <v>11.833500000000001</v>
       </c>
     </row>
     <row r="39" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A39" s="82" t="s">
         <v>34</v>
       </c>
       <c r="B39" s="130">
-        <v>2476218</v>
+        <v>2476204</v>
       </c>
       <c r="C39" s="109">
         <v>3.9821</v>
       </c>
       <c r="D39" s="136">
-        <v>2267197</v>
+        <v>2267183</v>
       </c>
       <c r="E39" s="110">
         <v>3.9447000000000001</v>
       </c>
       <c r="F39" s="151">
         <v>2077156</v>
       </c>
       <c r="G39" s="38">
         <v>4.0433000000000003</v>
       </c>
       <c r="H39" s="151">
         <v>0</v>
       </c>
       <c r="I39" s="38">
         <v>0</v>
       </c>
       <c r="J39" s="151">
         <v>0</v>
       </c>
       <c r="K39" s="38">
         <v>0</v>
       </c>
       <c r="L39" s="151">
         <v>3868</v>
       </c>
       <c r="M39" s="38">
         <v>2.5135000000000001</v>
       </c>
       <c r="N39" s="151">
         <v>38563</v>
       </c>
       <c r="O39" s="38">
         <v>2.6955</v>
       </c>
       <c r="P39" s="151">
         <v>357</v>
       </c>
       <c r="Q39" s="38">
         <v>5.3475999999999999</v>
       </c>
       <c r="R39" s="151">
-        <v>147253</v>
+        <v>147239</v>
       </c>
       <c r="S39" s="38">
-        <v>2.9155000000000002</v>
+        <v>2.9154</v>
       </c>
       <c r="T39" s="155">
-        <v>186173</v>
+        <v>186159</v>
       </c>
       <c r="U39" s="126">
-        <v>2.8746</v>
+        <v>2.8744999999999998</v>
       </c>
       <c r="V39" s="151">
         <v>209021</v>
       </c>
       <c r="W39" s="70">
         <v>4.3872999999999998</v>
       </c>
     </row>
     <row r="40" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A40" s="84" t="s">
         <v>74</v>
       </c>
       <c r="B40" s="130">
-        <v>63925</v>
+        <v>63911</v>
       </c>
       <c r="C40" s="109">
         <v>3.5998999999999999</v>
       </c>
       <c r="D40" s="136">
-        <v>63822</v>
+        <v>63808</v>
       </c>
       <c r="E40" s="110">
-        <v>3.5996999999999999</v>
+        <v>3.5996000000000001</v>
       </c>
       <c r="F40" s="142">
         <v>50776</v>
       </c>
       <c r="G40" s="49">
         <v>3.6730999999999998</v>
       </c>
       <c r="H40" s="142">
         <v>0</v>
       </c>
       <c r="I40" s="49">
         <v>0</v>
       </c>
       <c r="J40" s="142">
         <v>0</v>
       </c>
       <c r="K40" s="49">
         <v>0</v>
       </c>
       <c r="L40" s="142">
         <v>0</v>
       </c>
       <c r="M40" s="49">
         <v>0</v>
       </c>
       <c r="N40" s="142">
         <v>623</v>
       </c>
       <c r="O40" s="49">
         <v>2.8891</v>
       </c>
       <c r="P40" s="142">
         <v>0</v>
       </c>
       <c r="Q40" s="49">
         <v>0</v>
       </c>
       <c r="R40" s="142">
-        <v>12423</v>
+        <v>12409</v>
       </c>
       <c r="S40" s="49">
-        <v>3.335</v>
+        <v>3.3344999999999998</v>
       </c>
       <c r="T40" s="155">
-        <v>13046</v>
+        <v>13032</v>
       </c>
       <c r="U40" s="126">
-        <v>3.3136999999999999</v>
+        <v>3.3132000000000001</v>
       </c>
       <c r="V40" s="142">
         <v>103</v>
       </c>
       <c r="W40" s="68">
         <v>3.7502</v>
       </c>
     </row>
     <row r="41" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A41" s="84" t="s">
         <v>35</v>
       </c>
       <c r="B41" s="147">
         <v>4079</v>
       </c>
       <c r="C41" s="117">
         <v>3.0004</v>
       </c>
       <c r="D41" s="149">
         <v>4079</v>
       </c>
       <c r="E41" s="118">
         <v>3.0004</v>
       </c>
       <c r="F41" s="152">
@@ -4855,247 +4855,247 @@
       <c r="E55" s="222"/>
       <c r="F55" s="218"/>
       <c r="G55" s="222"/>
       <c r="H55" s="218"/>
       <c r="I55" s="222"/>
       <c r="J55" s="218"/>
       <c r="K55" s="222"/>
       <c r="L55" s="218"/>
       <c r="M55" s="222"/>
       <c r="N55" s="218"/>
       <c r="O55" s="222"/>
       <c r="P55" s="218"/>
       <c r="Q55" s="222"/>
       <c r="R55" s="218"/>
       <c r="S55" s="222"/>
       <c r="T55" s="218"/>
       <c r="U55" s="220"/>
       <c r="V55" s="218"/>
       <c r="W55" s="220"/>
     </row>
     <row r="56" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A56" s="189" t="s">
         <v>49</v>
       </c>
       <c r="B56" s="190">
-        <v>72329537</v>
+        <v>72329551</v>
       </c>
       <c r="C56" s="191">
         <v>3.7847</v>
       </c>
       <c r="D56" s="192">
-        <v>71217261</v>
+        <v>71217276</v>
       </c>
       <c r="E56" s="193">
         <v>3.7738999999999998</v>
       </c>
       <c r="F56" s="192">
         <v>12499670</v>
       </c>
       <c r="G56" s="193">
         <v>4.0457000000000001</v>
       </c>
       <c r="H56" s="192">
         <v>1129653</v>
       </c>
       <c r="I56" s="193">
         <v>3.6937000000000002</v>
       </c>
       <c r="J56" s="192">
         <v>0</v>
       </c>
       <c r="K56" s="193">
         <v>0</v>
       </c>
       <c r="L56" s="192">
         <v>1458242</v>
       </c>
       <c r="M56" s="193">
         <v>2.0083000000000002</v>
       </c>
       <c r="N56" s="192">
         <v>1219991</v>
       </c>
       <c r="O56" s="193">
         <v>3.4350000000000001</v>
       </c>
       <c r="P56" s="192">
         <v>310098</v>
       </c>
       <c r="Q56" s="193">
         <v>8.4459</v>
       </c>
       <c r="R56" s="192">
-        <v>54599607</v>
+        <v>54599622</v>
       </c>
       <c r="S56" s="193">
         <v>3.7414999999999998</v>
       </c>
       <c r="T56" s="192">
-        <v>56129697</v>
+        <v>56129711</v>
       </c>
       <c r="U56" s="191">
         <v>3.7608000000000001</v>
       </c>
       <c r="V56" s="192">
         <v>1112276</v>
       </c>
       <c r="W56" s="191">
         <v>4.4782999999999999</v>
       </c>
     </row>
     <row r="57" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A57" s="81" t="s">
         <v>58</v>
       </c>
       <c r="B57" s="161">
-        <v>72250893</v>
+        <v>72250907</v>
       </c>
       <c r="C57" s="100">
         <v>3.7888000000000002</v>
       </c>
       <c r="D57" s="165">
-        <v>71138814</v>
+        <v>71138828</v>
       </c>
       <c r="E57" s="101">
         <v>3.778</v>
       </c>
       <c r="F57" s="167">
         <v>12475197</v>
       </c>
       <c r="G57" s="101">
         <v>4.0536000000000003</v>
       </c>
       <c r="H57" s="167">
         <v>1129589</v>
       </c>
       <c r="I57" s="101">
         <v>3.6939000000000002</v>
       </c>
       <c r="J57" s="167">
         <v>0</v>
       </c>
       <c r="K57" s="101">
         <v>0</v>
       </c>
       <c r="L57" s="167">
         <v>1442466</v>
       </c>
       <c r="M57" s="101">
         <v>2.0301999999999998</v>
       </c>
       <c r="N57" s="167">
         <v>1219990</v>
       </c>
       <c r="O57" s="101">
         <v>3.4350000000000001</v>
       </c>
       <c r="P57" s="167">
         <v>306972</v>
       </c>
       <c r="Q57" s="101">
         <v>8.5319000000000003</v>
       </c>
       <c r="R57" s="167">
-        <v>54564599</v>
+        <v>54564613</v>
       </c>
       <c r="S57" s="101">
         <v>3.7439</v>
       </c>
       <c r="T57" s="172">
-        <v>56091561</v>
+        <v>56091576</v>
       </c>
       <c r="U57" s="102">
         <v>3.7633999999999999</v>
       </c>
       <c r="V57" s="165">
         <v>1112080</v>
       </c>
       <c r="W57" s="100">
         <v>4.4790999999999999</v>
       </c>
     </row>
     <row r="58" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A58" s="81" t="s">
         <v>50</v>
       </c>
       <c r="B58" s="161">
-        <v>70559183</v>
+        <v>70559197</v>
       </c>
       <c r="C58" s="100">
         <v>3.6880000000000002</v>
       </c>
       <c r="D58" s="165">
-        <v>69508805</v>
+        <v>69508820</v>
       </c>
       <c r="E58" s="101">
         <v>3.6768000000000001</v>
       </c>
       <c r="F58" s="167">
         <v>12101198</v>
       </c>
       <c r="G58" s="101">
         <v>3.9946999999999999</v>
       </c>
       <c r="H58" s="167">
         <v>1127135</v>
       </c>
       <c r="I58" s="101">
         <v>3.6909000000000001</v>
       </c>
       <c r="J58" s="167">
         <v>0</v>
       </c>
       <c r="K58" s="101">
         <v>0</v>
       </c>
       <c r="L58" s="167">
         <v>1439793</v>
       </c>
       <c r="M58" s="101">
         <v>2.0306000000000002</v>
       </c>
       <c r="N58" s="167">
         <v>1214877</v>
       </c>
       <c r="O58" s="101">
         <v>3.4321999999999999</v>
       </c>
       <c r="P58" s="167">
         <v>284161</v>
       </c>
       <c r="Q58" s="101">
         <v>8.1979000000000006</v>
       </c>
       <c r="R58" s="167">
-        <v>53341642</v>
+        <v>53341656</v>
       </c>
       <c r="S58" s="101">
         <v>3.6303000000000001</v>
       </c>
       <c r="T58" s="172">
-        <v>54840680</v>
+        <v>54840694</v>
       </c>
       <c r="U58" s="102">
         <v>3.6496</v>
       </c>
       <c r="V58" s="165">
         <v>1050378</v>
       </c>
       <c r="W58" s="100">
         <v>4.4317000000000002</v>
       </c>
     </row>
     <row r="59" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A59" s="89" t="s">
         <v>33</v>
       </c>
       <c r="B59" s="162">
         <v>5216228</v>
       </c>
       <c r="C59" s="121">
         <v>8.6233000000000004</v>
       </c>
       <c r="D59" s="166">
         <v>5169877</v>
       </c>
       <c r="E59" s="122">
@@ -5139,176 +5139,176 @@
       </c>
       <c r="R59" s="168">
         <v>5169877</v>
       </c>
       <c r="S59" s="105">
         <v>8.6167999999999996</v>
       </c>
       <c r="T59" s="166">
         <v>5169877</v>
       </c>
       <c r="U59" s="121">
         <v>8.6167999999999996</v>
       </c>
       <c r="V59" s="168">
         <v>46350</v>
       </c>
       <c r="W59" s="106">
         <v>9.3440999999999992</v>
       </c>
     </row>
     <row r="60" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A60" s="82" t="s">
         <v>34</v>
       </c>
       <c r="B60" s="162">
-        <v>45748028</v>
+        <v>45748043</v>
       </c>
       <c r="C60" s="121">
         <v>3.1053999999999999</v>
       </c>
       <c r="D60" s="166">
-        <v>45362169</v>
+        <v>45362184</v>
       </c>
       <c r="E60" s="122">
         <v>3.1</v>
       </c>
       <c r="F60" s="169">
         <v>2781758</v>
       </c>
       <c r="G60" s="104">
         <v>3.8328000000000002</v>
       </c>
       <c r="H60" s="169">
         <v>94335</v>
       </c>
       <c r="I60" s="104">
         <v>4.5956999999999999</v>
       </c>
       <c r="J60" s="169">
         <v>0</v>
       </c>
       <c r="K60" s="104">
         <v>0</v>
       </c>
       <c r="L60" s="169">
         <v>93488</v>
       </c>
       <c r="M60" s="104">
         <v>1.4538</v>
       </c>
       <c r="N60" s="169">
         <v>467324</v>
       </c>
       <c r="O60" s="104">
         <v>3.2435</v>
       </c>
       <c r="P60" s="169">
         <v>8568</v>
       </c>
       <c r="Q60" s="104">
         <v>5.6886999999999999</v>
       </c>
       <c r="R60" s="169">
-        <v>41916697</v>
+        <v>41916711</v>
       </c>
       <c r="S60" s="104">
         <v>3.0495999999999999</v>
       </c>
       <c r="T60" s="166">
-        <v>42392589</v>
+        <v>42392603</v>
       </c>
       <c r="U60" s="121">
         <v>3.0522999999999998</v>
       </c>
       <c r="V60" s="169">
         <v>385859</v>
       </c>
       <c r="W60" s="103">
         <v>3.7362000000000002</v>
       </c>
     </row>
     <row r="61" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A61" s="84" t="s">
         <v>74</v>
       </c>
       <c r="B61" s="162">
-        <v>41408074</v>
+        <v>41409221</v>
       </c>
       <c r="C61" s="121">
         <v>3.0034000000000001</v>
       </c>
       <c r="D61" s="166">
-        <v>41103670</v>
+        <v>41104817</v>
       </c>
       <c r="E61" s="122">
         <v>2.9988999999999999</v>
       </c>
       <c r="F61" s="169">
         <v>481614</v>
       </c>
       <c r="G61" s="104">
         <v>3.8129</v>
       </c>
       <c r="H61" s="169">
         <v>241</v>
       </c>
       <c r="I61" s="104">
         <v>4.1342999999999996</v>
       </c>
       <c r="J61" s="169">
         <v>0</v>
       </c>
       <c r="K61" s="104">
         <v>0</v>
       </c>
       <c r="L61" s="169">
         <v>8903</v>
       </c>
       <c r="M61" s="104">
         <v>2.9432999999999998</v>
       </c>
       <c r="N61" s="169">
         <v>62107</v>
       </c>
       <c r="O61" s="104">
         <v>3.1312000000000002</v>
       </c>
       <c r="P61" s="169">
         <v>1670</v>
       </c>
       <c r="Q61" s="104">
         <v>6.0670000000000002</v>
       </c>
       <c r="R61" s="169">
-        <v>40549134</v>
+        <v>40550281</v>
       </c>
       <c r="S61" s="104">
         <v>2.9889000000000001</v>
       </c>
       <c r="T61" s="166">
-        <v>40612911</v>
+        <v>40614058</v>
       </c>
       <c r="U61" s="121">
         <v>2.9893000000000001</v>
       </c>
       <c r="V61" s="169">
         <v>304403</v>
       </c>
       <c r="W61" s="103">
         <v>3.6059000000000001</v>
       </c>
     </row>
     <row r="62" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A62" s="84" t="s">
         <v>35</v>
       </c>
       <c r="B62" s="162">
         <v>171931</v>
       </c>
       <c r="C62" s="121">
         <v>3.3761999999999999</v>
       </c>
       <c r="D62" s="166">
         <v>171928</v>
       </c>
       <c r="E62" s="122">
@@ -5423,108 +5423,108 @@
       </c>
       <c r="R63" s="169">
         <v>1231829</v>
       </c>
       <c r="S63" s="104">
         <v>5.0091000000000001</v>
       </c>
       <c r="T63" s="166">
         <v>1427261</v>
       </c>
       <c r="U63" s="121">
         <v>4.7522000000000002</v>
       </c>
       <c r="V63" s="169">
         <v>33</v>
       </c>
       <c r="W63" s="103">
         <v>2.8</v>
       </c>
     </row>
     <row r="64" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A64" s="84" t="s">
         <v>30</v>
       </c>
       <c r="B64" s="162">
-        <v>2739917</v>
+        <v>2738785</v>
       </c>
       <c r="C64" s="121">
-        <v>3.7726999999999999</v>
+        <v>3.7730000000000001</v>
       </c>
       <c r="D64" s="166">
-        <v>2658498</v>
+        <v>2657366</v>
       </c>
       <c r="E64" s="122">
-        <v>3.7589000000000001</v>
+        <v>3.7591999999999999</v>
       </c>
       <c r="F64" s="169">
         <v>2299332</v>
       </c>
       <c r="G64" s="104">
         <v>3.8372999999999999</v>
       </c>
       <c r="H64" s="169">
         <v>94093</v>
       </c>
       <c r="I64" s="104">
         <v>4.5968999999999998</v>
       </c>
       <c r="J64" s="169">
         <v>0</v>
       </c>
       <c r="K64" s="104">
         <v>0</v>
       </c>
       <c r="L64" s="169">
         <v>84584</v>
       </c>
       <c r="M64" s="104">
         <v>1.2969999999999999</v>
       </c>
       <c r="N64" s="169">
         <v>171659</v>
       </c>
       <c r="O64" s="104">
         <v>3.3965999999999998</v>
       </c>
       <c r="P64" s="169">
         <v>6889</v>
       </c>
       <c r="Q64" s="104">
         <v>5.5976999999999997</v>
       </c>
       <c r="R64" s="169">
-        <v>1941</v>
+        <v>809</v>
       </c>
       <c r="S64" s="104">
-        <v>3.0333000000000001</v>
+        <v>2.9639000000000002</v>
       </c>
       <c r="T64" s="166">
-        <v>180489</v>
+        <v>179356</v>
       </c>
       <c r="U64" s="121">
-        <v>3.4767999999999999</v>
+        <v>3.4792000000000001</v>
       </c>
       <c r="V64" s="169">
         <v>81419</v>
       </c>
       <c r="W64" s="103">
         <v>4.2234999999999996</v>
       </c>
     </row>
     <row r="65" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A65" s="85" t="s">
         <v>36</v>
       </c>
       <c r="B65" s="162">
         <v>19594089</v>
       </c>
       <c r="C65" s="121">
         <v>3.7345000000000002</v>
       </c>
       <c r="D65" s="166">
         <v>18975921</v>
       </c>
       <c r="E65" s="122">
         <v>3.7096</v>
       </c>
       <c r="F65" s="168">
@@ -6575,105 +6575,105 @@
       </c>
       <c r="R83" s="143">
         <v>42066854</v>
       </c>
       <c r="S83" s="39">
         <v>3.0491999999999999</v>
       </c>
       <c r="T83" s="156">
         <v>42581847</v>
       </c>
       <c r="U83" s="113">
         <v>3.0516000000000001</v>
       </c>
       <c r="V83" s="143">
         <v>594880</v>
       </c>
       <c r="W83" s="65">
         <v>3.9649000000000001</v>
       </c>
     </row>
     <row r="84" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A84" s="84" t="s">
         <v>75</v>
       </c>
       <c r="B84" s="164">
-        <v>41471999</v>
+        <v>41473131</v>
       </c>
       <c r="C84" s="113">
         <v>3.0043000000000002</v>
       </c>
       <c r="D84" s="156">
-        <v>41167492</v>
+        <v>41168625</v>
       </c>
       <c r="E84" s="114">
         <v>2.9998</v>
       </c>
       <c r="F84" s="143">
         <v>532390</v>
       </c>
       <c r="G84" s="39">
         <v>3.7995000000000001</v>
       </c>
       <c r="H84" s="143">
         <v>241</v>
       </c>
       <c r="I84" s="39">
         <v>4.1342999999999996</v>
       </c>
       <c r="J84" s="143">
         <v>0</v>
       </c>
       <c r="K84" s="39">
         <v>0</v>
       </c>
       <c r="L84" s="143">
         <v>8903</v>
       </c>
       <c r="M84" s="39">
         <v>2.9432999999999998</v>
       </c>
       <c r="N84" s="143">
         <v>62730</v>
       </c>
       <c r="O84" s="39">
         <v>3.1288</v>
       </c>
       <c r="P84" s="143">
         <v>1670</v>
       </c>
       <c r="Q84" s="39">
         <v>6.0670000000000002</v>
       </c>
       <c r="R84" s="143">
-        <v>40561557</v>
+        <v>40562690</v>
       </c>
       <c r="S84" s="39">
         <v>2.9889999999999999</v>
       </c>
       <c r="T84" s="156">
-        <v>40625957</v>
+        <v>40627089</v>
       </c>
       <c r="U84" s="113">
         <v>2.9893999999999998</v>
       </c>
       <c r="V84" s="143">
         <v>304507</v>
       </c>
       <c r="W84" s="65">
         <v>3.6059999999999999</v>
       </c>
     </row>
     <row r="85" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A85" s="84" t="s">
         <v>38</v>
       </c>
       <c r="B85" s="164">
         <v>177809</v>
       </c>
       <c r="C85" s="113">
         <v>3.3653</v>
       </c>
       <c r="D85" s="156">
         <v>177806</v>
       </c>
       <c r="E85" s="114">
@@ -6788,108 +6788,108 @@
       </c>
       <c r="R86" s="171">
         <v>1363886</v>
       </c>
       <c r="S86" s="53">
         <v>4.8053999999999997</v>
       </c>
       <c r="T86" s="155">
         <v>1596643</v>
       </c>
       <c r="U86" s="123">
         <v>4.5510999999999999</v>
       </c>
       <c r="V86" s="171">
         <v>33</v>
       </c>
       <c r="W86" s="73">
         <v>2.8</v>
       </c>
     </row>
     <row r="87" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A87" s="84" t="s">
         <v>39</v>
       </c>
       <c r="B87" s="164">
-        <v>5002399</v>
+        <v>5001267</v>
       </c>
       <c r="C87" s="113">
-        <v>3.9138000000000002</v>
+        <v>3.9140000000000001</v>
       </c>
       <c r="D87" s="156">
-        <v>4712062</v>
+        <v>4710930</v>
       </c>
       <c r="E87" s="114">
-        <v>3.8875000000000002</v>
+        <v>3.8877000000000002</v>
       </c>
       <c r="F87" s="143">
         <v>4348101</v>
       </c>
       <c r="G87" s="39">
         <v>3.9407000000000001</v>
       </c>
       <c r="H87" s="143">
         <v>94093</v>
       </c>
       <c r="I87" s="39">
         <v>4.5968999999999998</v>
       </c>
       <c r="J87" s="143">
         <v>0</v>
       </c>
       <c r="K87" s="39">
         <v>0</v>
       </c>
       <c r="L87" s="143">
         <v>88427</v>
       </c>
       <c r="M87" s="39">
         <v>1.3492</v>
       </c>
       <c r="N87" s="143">
         <v>172279</v>
       </c>
       <c r="O87" s="39">
         <v>3.3982999999999999</v>
       </c>
       <c r="P87" s="143">
         <v>7221</v>
       </c>
       <c r="Q87" s="39">
         <v>5.5883000000000003</v>
       </c>
       <c r="R87" s="143">
-        <v>1941</v>
+        <v>809</v>
       </c>
       <c r="S87" s="39">
-        <v>3.0333000000000001</v>
+        <v>2.9639000000000002</v>
       </c>
       <c r="T87" s="156">
-        <v>181441</v>
+        <v>180309</v>
       </c>
       <c r="U87" s="113">
-        <v>3.4815</v>
+        <v>3.484</v>
       </c>
       <c r="V87" s="143">
         <v>290337</v>
       </c>
       <c r="W87" s="65">
         <v>4.3415999999999997</v>
       </c>
     </row>
     <row r="88" spans="1:23" x14ac:dyDescent="0.2">
       <c r="A88" s="85" t="s">
         <v>42</v>
       </c>
       <c r="B88" s="148">
         <v>25469464</v>
       </c>
       <c r="C88" s="119">
         <v>3.9346999999999999</v>
       </c>
       <c r="D88" s="150">
         <v>24179748</v>
       </c>
       <c r="E88" s="120">
         <v>3.8912</v>
       </c>
       <c r="F88" s="153">