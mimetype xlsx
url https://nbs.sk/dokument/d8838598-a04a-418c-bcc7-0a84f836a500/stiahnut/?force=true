--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2AEF83DB-A0D3-4F55-AE60-A681A978A5B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{156A8B6C-3417-4076-B314-B69D9961FC14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SK FUND ID" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SK FUND ID'!$A$1:$C$79</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>