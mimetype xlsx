--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{455885DC-DE6E-4711-A6F9-9FF3598AA130}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{702465B7-A30D-48BE-82BD-B7A05773D473}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="180" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="15" windowWidth="29040" windowHeight="17520" tabRatio="180" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="nové vklady" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="46">
   <si>
     <t>C E L K O M</t>
   </si>
   <si>
     <t>Obyvateľstvo</t>
   </si>
   <si>
     <t>tis. EUR</t>
   </si>
   <si>
     <t>DPUM</t>
   </si>
   <si>
     <t xml:space="preserve">              do 1 roka vrátane</t>
   </si>
@@ -2047,176 +2047,176 @@
       </c>
       <c r="S11" s="47" t="s">
         <v>3</v>
       </c>
       <c r="T11" s="24" t="s">
         <v>2</v>
       </c>
       <c r="U11" s="71" t="s">
         <v>3</v>
       </c>
       <c r="V11" s="41" t="s">
         <v>2</v>
       </c>
       <c r="W11" s="82" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:24" s="10" customFormat="1" ht="18.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="124" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="90">
         <v>10250847</v>
       </c>
       <c r="C12" s="49">
-        <v>1.9529000000000001</v>
+        <v>1.9477</v>
       </c>
       <c r="D12" s="96">
         <v>10053780</v>
       </c>
       <c r="E12" s="49">
-        <v>1.9515</v>
+        <v>1.9461999999999999</v>
       </c>
       <c r="F12" s="103">
         <v>6703487</v>
       </c>
       <c r="G12" s="59">
         <v>1.9699</v>
       </c>
       <c r="H12" s="103">
         <v>610992</v>
       </c>
       <c r="I12" s="59">
         <v>1.8495999999999999</v>
       </c>
       <c r="J12" s="103">
         <v>805525</v>
       </c>
       <c r="K12" s="59">
         <v>1.7032</v>
       </c>
       <c r="L12" s="103">
         <v>840040</v>
       </c>
       <c r="M12" s="59">
         <v>1.9496</v>
       </c>
       <c r="N12" s="103">
         <v>42089</v>
       </c>
       <c r="O12" s="59">
         <v>1.756</v>
       </c>
       <c r="P12" s="103">
         <v>10502</v>
       </c>
       <c r="Q12" s="59">
         <v>1.1636</v>
       </c>
       <c r="R12" s="107">
         <v>1041143</v>
       </c>
       <c r="S12" s="59">
-        <v>2.1025999999999998</v>
+        <v>2.0514000000000001</v>
       </c>
       <c r="T12" s="103">
         <v>1093734</v>
       </c>
       <c r="U12" s="73">
-        <v>2.0802</v>
+        <v>2.0314999999999999</v>
       </c>
       <c r="V12" s="115">
         <v>197067</v>
       </c>
       <c r="W12" s="84">
         <v>2.0270999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:24" ht="18.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="92">
         <v>10131151</v>
       </c>
       <c r="C13" s="51">
-        <v>1.9478</v>
+        <v>1.9424999999999999</v>
       </c>
       <c r="D13" s="98">
         <v>9979782</v>
       </c>
       <c r="E13" s="51">
-        <v>1.9482999999999999</v>
+        <v>1.9430000000000001</v>
       </c>
       <c r="F13" s="105">
         <v>6701760</v>
       </c>
       <c r="G13" s="61">
         <v>1.9699</v>
       </c>
       <c r="H13" s="105">
         <v>610992</v>
       </c>
       <c r="I13" s="61">
         <v>1.8495999999999999</v>
       </c>
       <c r="J13" s="105">
         <v>804495</v>
       </c>
       <c r="K13" s="61">
         <v>1.7024999999999999</v>
       </c>
       <c r="L13" s="105">
         <v>840030</v>
       </c>
       <c r="M13" s="61">
         <v>1.9496</v>
       </c>
       <c r="N13" s="105">
         <v>41614</v>
       </c>
       <c r="O13" s="61">
         <v>1.7475000000000001</v>
       </c>
       <c r="P13" s="105">
         <v>10484</v>
       </c>
       <c r="Q13" s="61">
         <v>1.1625000000000001</v>
       </c>
       <c r="R13" s="111">
         <v>970408</v>
       </c>
       <c r="S13" s="61">
-        <v>2.0815999999999999</v>
+        <v>2.0266999999999999</v>
       </c>
       <c r="T13" s="105">
         <v>1022506</v>
       </c>
       <c r="U13" s="75">
-        <v>2.0586000000000002</v>
+        <v>2.0065</v>
       </c>
       <c r="V13" s="117">
         <v>151368</v>
       </c>
       <c r="W13" s="86">
         <v>1.9126000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:24" ht="18.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="92">
         <v>50779</v>
       </c>
       <c r="C14" s="51">
         <v>2.4100999999999999</v>
       </c>
       <c r="D14" s="98">
         <v>50318</v>
       </c>
       <c r="E14" s="51">
         <v>2.4119000000000002</v>
       </c>
       <c r="F14" s="105">