--- v0 (2025-12-08)
+++ v1 (2026-03-31)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F21ED3EB-0E62-45D4-8CB7-38FED9CF6984}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{614F1822-342C-4DC1-BFEA-B1DDE8A8D282}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="15" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ZAKLAD" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="68">
   <si>
     <t>VÝKAZ  ZISKOV  A  STRÁT</t>
   </si>
   <si>
     <t>Banky celkom</t>
   </si>
   <si>
     <t>Názov vykazovanej položky</t>
   </si>
   <si>
     <t>č. r.</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
@@ -988,62 +988,62 @@
       <c r="A6" s="7"/>
       <c r="B6" s="8"/>
       <c r="C6" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:6" s="3" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="13" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:6" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="15">
         <v>1</v>
       </c>
       <c r="C8" s="29">
-        <v>3440762</v>
+        <v>3422703</v>
       </c>
     </row>
     <row r="9" spans="1:6" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="15">
         <v>2</v>
       </c>
       <c r="C9" s="30">
-        <v>2445470</v>
+        <v>2446884</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="15">
         <v>3</v>
       </c>
       <c r="C10" s="30">
         <v>478211</v>
       </c>
       <c r="F10"/>
     </row>
     <row r="11" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="18" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="26">
         <v>4</v>
       </c>
       <c r="C11" s="31">
         <v>281822</v>
       </c>
       <c r="F11" s="35"/>
@@ -1070,195 +1070,195 @@
       <c r="C13" s="31">
         <v>0</v>
       </c>
       <c r="F13" s="35"/>
     </row>
     <row r="14" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="36" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="26">
         <v>7</v>
       </c>
       <c r="C14" s="37">
         <v>99</v>
       </c>
       <c r="F14" s="35"/>
     </row>
     <row r="15" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="15">
         <v>8</v>
       </c>
       <c r="C15" s="30">
-        <v>4202124</v>
+        <v>4204232</v>
       </c>
       <c r="F15"/>
     </row>
     <row r="16" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="39">
         <v>9</v>
       </c>
       <c r="C16" s="29">
         <v>392220</v>
       </c>
       <c r="F16"/>
     </row>
     <row r="17" spans="1:6" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="19">
         <v>10</v>
       </c>
       <c r="C17" s="32">
         <v>235735</v>
       </c>
       <c r="F17"/>
     </row>
     <row r="18" spans="1:6" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="38" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="39">
         <v>11</v>
       </c>
       <c r="C18" s="30">
-        <v>1842645</v>
+        <v>1843339</v>
       </c>
       <c r="F18"/>
     </row>
     <row r="19" spans="1:6" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="15">
         <v>12</v>
       </c>
       <c r="C19" s="30">
-        <v>995292</v>
+        <v>975819</v>
       </c>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="17" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="15">
         <v>13</v>
       </c>
       <c r="C20" s="30">
-        <v>1064547</v>
+        <v>1065191</v>
       </c>
       <c r="F20"/>
     </row>
     <row r="21" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="18" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="26">
         <v>14</v>
       </c>
       <c r="C21" s="31">
-        <v>728564</v>
+        <v>728831</v>
       </c>
       <c r="F21" s="35"/>
     </row>
     <row r="22" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="18" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="19">
         <v>15</v>
       </c>
       <c r="C22" s="32">
-        <v>97228</v>
+        <v>97479</v>
       </c>
       <c r="F22" s="35"/>
     </row>
     <row r="23" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="18" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="26">
         <v>16</v>
       </c>
       <c r="C23" s="31">
-        <v>631336</v>
+        <v>631352</v>
       </c>
       <c r="F23" s="35"/>
     </row>
     <row r="24" spans="1:6" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="39">
         <v>17</v>
       </c>
       <c r="C24" s="40">
-        <v>218504</v>
+        <v>218673</v>
       </c>
       <c r="F24" s="41"/>
     </row>
     <row r="25" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="15">
         <v>18</v>
       </c>
       <c r="C25" s="30">
         <v>0</v>
       </c>
       <c r="F25"/>
     </row>
     <row r="26" spans="1:6" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A26" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="39">
         <v>19</v>
       </c>
       <c r="C26" s="40">
         <v>13361</v>
       </c>
       <c r="F26" s="41"/>
     </row>
     <row r="27" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="15">
         <v>20</v>
       </c>
       <c r="C27" s="30">
-        <v>-16649</v>
+        <v>-38194</v>
       </c>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="19">
         <v>21</v>
       </c>
       <c r="C28" s="32">
         <v>-10438</v>
       </c>
       <c r="F28"/>
     </row>
     <row r="29" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="26">
         <v>22</v>
       </c>
       <c r="C29" s="31">
         <v>0</v>
       </c>
@@ -1346,51 +1346,51 @@
       <c r="C36" s="34">
         <v>8842</v>
       </c>
       <c r="F36"/>
     </row>
     <row r="37" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B37" s="26">
         <v>30</v>
       </c>
       <c r="C37" s="31">
         <v>0</v>
       </c>
       <c r="F37" s="35"/>
     </row>
     <row r="38" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B38" s="15">
         <v>31</v>
       </c>
       <c r="C38" s="29">
-        <v>56971</v>
+        <v>56982</v>
       </c>
       <c r="F38"/>
     </row>
     <row r="39" spans="1:6" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="25" t="s">
         <v>32</v>
       </c>
       <c r="B39" s="15">
         <v>32</v>
       </c>
       <c r="C39" s="30">
         <v>1345</v>
       </c>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A40" s="18" t="s">
         <v>33</v>
       </c>
       <c r="B40" s="26">
         <v>33</v>
       </c>
       <c r="C40" s="31">
         <v>1713</v>
       </c>
@@ -1442,272 +1442,272 @@
       <c r="C44" s="31">
         <v>0</v>
       </c>
       <c r="F44" s="35"/>
     </row>
     <row r="45" spans="1:6" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B45" s="15">
         <v>38</v>
       </c>
       <c r="C45" s="29">
         <v>2824</v>
       </c>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A46" s="16" t="s">
         <v>39</v>
       </c>
       <c r="B46" s="15">
         <v>39</v>
       </c>
       <c r="C46" s="30">
-        <v>44878</v>
+        <v>46464</v>
       </c>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A47" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B47" s="15">
         <v>40</v>
       </c>
       <c r="C47" s="30">
         <v>70314</v>
       </c>
       <c r="F47"/>
     </row>
     <row r="48" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A48" s="48" t="s">
         <v>41</v>
       </c>
       <c r="B48" s="43">
         <v>41</v>
       </c>
       <c r="C48" s="46">
-        <v>1594785</v>
+        <v>1601214</v>
       </c>
       <c r="F48" s="35"/>
     </row>
     <row r="49" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A49" s="48" t="s">
         <v>42</v>
       </c>
       <c r="B49" s="43">
         <v>42</v>
       </c>
       <c r="C49" s="34">
-        <v>824694</v>
+        <v>826090</v>
       </c>
       <c r="F49"/>
     </row>
     <row r="50" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A50" s="48" t="s">
         <v>43</v>
       </c>
       <c r="B50" s="43">
         <v>43</v>
       </c>
       <c r="C50" s="34">
-        <v>1933</v>
+        <v>1997</v>
       </c>
       <c r="F50"/>
     </row>
     <row r="51" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A51" s="48" t="s">
         <v>44</v>
       </c>
       <c r="B51" s="43">
         <v>44</v>
       </c>
       <c r="C51" s="34">
-        <v>576717</v>
+        <v>581420</v>
       </c>
       <c r="F51"/>
     </row>
     <row r="52" spans="1:6" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A52" s="42" t="s">
         <v>45</v>
       </c>
       <c r="B52" s="55">
         <v>45</v>
       </c>
       <c r="C52" s="45">
-        <v>189005</v>
+        <v>189997</v>
       </c>
       <c r="F52" s="41"/>
     </row>
     <row r="53" spans="1:6" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A53" s="42" t="s">
         <v>46</v>
       </c>
       <c r="B53" s="55">
         <v>46</v>
       </c>
       <c r="C53" s="45">
-        <v>28808</v>
+        <v>28874</v>
       </c>
       <c r="F53" s="41"/>
     </row>
     <row r="54" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A54" s="42" t="s">
         <v>47</v>
       </c>
       <c r="B54" s="55">
         <v>47</v>
       </c>
       <c r="C54" s="45">
-        <v>216161</v>
+        <v>219591</v>
       </c>
       <c r="F54"/>
     </row>
     <row r="55" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A55" s="42" t="s">
         <v>48</v>
       </c>
       <c r="B55" s="55">
         <v>48</v>
       </c>
       <c r="C55" s="45">
-        <v>80369</v>
+        <v>80390</v>
       </c>
       <c r="F55"/>
     </row>
     <row r="56" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A56" s="42" t="s">
         <v>61</v>
       </c>
       <c r="B56" s="55">
         <v>49</v>
       </c>
       <c r="C56" s="44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F56" s="35"/>
     </row>
     <row r="57" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A57" s="42" t="s">
         <v>62</v>
       </c>
       <c r="B57" s="55">
         <v>50</v>
       </c>
       <c r="C57" s="44">
         <v>7670</v>
       </c>
       <c r="F57" s="35"/>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A58" s="42" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="55">
         <v>51</v>
       </c>
       <c r="C58" s="44">
-        <v>83510</v>
+        <v>83769</v>
       </c>
     </row>
     <row r="59" spans="1:6" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="50" t="s">
         <v>63</v>
       </c>
       <c r="B59" s="51">
         <v>52</v>
       </c>
       <c r="C59" s="34">
         <v>3137</v>
       </c>
     </row>
     <row r="60" spans="1:6" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="48" t="s">
         <v>64</v>
       </c>
       <c r="B60" s="43">
         <v>53</v>
       </c>
       <c r="C60" s="34">
         <v>9317</v>
       </c>
     </row>
     <row r="61" spans="1:6" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="48" t="s">
         <v>50</v>
       </c>
       <c r="B61" s="43">
         <v>54</v>
       </c>
       <c r="C61" s="46">
-        <v>100088</v>
+        <v>100259</v>
       </c>
     </row>
     <row r="62" spans="1:6" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="48" t="s">
         <v>51</v>
       </c>
       <c r="B62" s="43">
         <v>55</v>
       </c>
       <c r="C62" s="34">
-        <v>78899</v>
+        <v>78994</v>
       </c>
     </row>
     <row r="63" spans="1:6" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="48" t="s">
         <v>52</v>
       </c>
       <c r="B63" s="43">
         <v>56</v>
       </c>
       <c r="C63" s="34">
-        <v>-90013</v>
+        <v>-89697</v>
       </c>
     </row>
     <row r="64" spans="1:6" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="50" t="s">
         <v>65</v>
       </c>
       <c r="B64" s="51">
         <v>57</v>
       </c>
       <c r="C64" s="34">
         <v>27</v>
       </c>
     </row>
     <row r="65" spans="1:3" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="48" t="s">
         <v>53</v>
       </c>
       <c r="B65" s="43">
         <v>58</v>
       </c>
       <c r="C65" s="34">
-        <v>-92278</v>
+        <v>-91962</v>
       </c>
     </row>
     <row r="66" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="48" t="s">
         <v>54</v>
       </c>
       <c r="B66" s="43">
         <v>59</v>
       </c>
       <c r="C66" s="34">
         <v>2238</v>
       </c>
     </row>
     <row r="67" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="42" t="s">
         <v>55</v>
       </c>
       <c r="B67" s="55">
         <v>60</v>
       </c>
       <c r="C67" s="45">
         <v>288566</v>
       </c>
     </row>
     <row r="68" spans="1:3" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
@@ -1718,84 +1718,84 @@
         <v>61</v>
       </c>
       <c r="C68" s="45">
         <v>286328</v>
       </c>
     </row>
     <row r="69" spans="1:3" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="52" t="s">
         <v>66</v>
       </c>
       <c r="B69" s="56">
         <v>62</v>
       </c>
       <c r="C69" s="45">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:3" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="48" t="s">
         <v>57</v>
       </c>
       <c r="B70" s="43">
         <v>63</v>
       </c>
       <c r="C70" s="46">
-        <v>961</v>
+        <v>22403</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="48" t="s">
         <v>58</v>
       </c>
       <c r="B71" s="43">
         <v>64</v>
       </c>
       <c r="C71" s="53">
-        <v>1756925</v>
+        <v>1754195</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="48" t="s">
         <v>59</v>
       </c>
       <c r="B72" s="43">
         <v>65</v>
       </c>
       <c r="C72" s="53">
         <v>675678</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="49" t="s">
         <v>60</v>
       </c>
       <c r="B73" s="47">
         <v>66</v>
       </c>
       <c r="C73" s="54">
-        <v>1081247</v>
+        <v>1078517</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <conditionalFormatting sqref="C8:C73">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.47244094488188981" footer="7.874015748031496E-2"/>
   <pageSetup paperSize="9" scale="71" orientation="portrait" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>