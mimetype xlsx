--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -15,73 +15,73 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\buchtas\AppData\Local\Temp\e21d5fc3dfda4cf09fa5722b631fe8ce\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="780" yWindow="780" windowWidth="21600" windowHeight="11385" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Slovakia_01_2009" sheetId="1" r:id="rId3"/>
     <sheet name="Euro area_01_2009" sheetId="2" r:id="rId4"/>
     <sheet name="Notes" sheetId="3" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Euro area_01_2009'!$A$7:$K$213</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Euro area_01_2009'!$A$7:$K$214</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Slovakia_01_2009!$A$7:$K$215</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="505" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="224">
   <si>
     <t>Bank Overdrafts</t>
   </si>
   <si>
     <t>Consumer credit</t>
   </si>
   <si>
     <t>By initial rate fixation</t>
   </si>
   <si>
     <t>Floating rate and up to  1 year</t>
   </si>
   <si>
     <t>Over 1 and up to 5 years</t>
   </si>
   <si>
     <t>Over 5 years</t>
   </si>
   <si>
     <t>Anual percentage rate of charge</t>
   </si>
   <si>
     <t>Lending for house purchase</t>
   </si>
   <si>
@@ -14844,51 +14844,51 @@
     <mergeCell ref="O3:U3"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:K4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="L4:N5"/>
     <mergeCell ref="P4:R5"/>
     <mergeCell ref="S4:U5"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="O4:O6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="1.14173228346457" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="73" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F975581-A2EC-451F-8A82-817FDF8F84E6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U214"/>
+  <dimension ref="A1:U215"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.5714285714286" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.42857142857143" style="1" customWidth="1"/>
     <col min="3" max="11" width="12.5714285714286" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.14285714285714" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15.75">
       <c r="A1" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -27536,74 +27536,74 @@
       <c r="H199" s="11">
         <v>3.57</v>
       </c>
       <c r="I199" s="11">
         <v>3.36</v>
       </c>
       <c r="J199" s="11">
         <v>3.09</v>
       </c>
       <c r="K199" s="11">
         <v>3.64</v>
       </c>
       <c r="L199" s="11">
         <v>4.52</v>
       </c>
       <c r="M199" s="11">
         <v>4.39</v>
       </c>
       <c r="N199" s="11">
         <v>4.02</v>
       </c>
       <c r="O199" s="11">
         <v>4.59</v>
       </c>
       <c r="P199" s="11">
-        <v>4.57</v>
+        <v>4.56</v>
       </c>
       <c r="Q199" s="11">
         <v>5.17</v>
       </c>
       <c r="R199" s="11">
         <v>3.82</v>
       </c>
       <c r="S199" s="11">
         <v>4.24</v>
       </c>
       <c r="T199" s="11">
         <v>3.85</v>
       </c>
       <c r="U199" s="11">
         <v>3.46</v>
       </c>
     </row>
     <row r="200" spans="1:21" ht="15">
       <c r="A200" s="11" t="s">
         <v>213</v>
       </c>
       <c r="B200" s="11">
-        <v>8.08</v>
+        <v>8.07</v>
       </c>
       <c r="C200" s="11">
         <v>7.16</v>
       </c>
       <c r="D200" s="11">
         <v>7.06</v>
       </c>
       <c r="E200" s="11">
         <v>8.1400000000000006</v>
       </c>
       <c r="F200" s="11">
         <v>8.50</v>
       </c>
       <c r="G200" s="11">
         <v>4.06</v>
       </c>
       <c r="H200" s="11">
         <v>3.49</v>
       </c>
       <c r="I200" s="11">
         <v>2.88</v>
       </c>
       <c r="J200" s="11">
         <v>2.97</v>
       </c>
@@ -27624,51 +27624,51 @@
       </c>
       <c r="P200" s="11">
         <v>4.3500000000000014</v>
       </c>
       <c r="Q200" s="11">
         <v>4.89</v>
       </c>
       <c r="R200" s="11">
         <v>3.83</v>
       </c>
       <c r="S200" s="11">
         <v>4.12</v>
       </c>
       <c r="T200" s="11">
         <v>3.67</v>
       </c>
       <c r="U200" s="11">
         <v>3.63</v>
       </c>
     </row>
     <row r="201" spans="1:21" ht="15">
       <c r="A201" s="11" t="s">
         <v>214</v>
       </c>
       <c r="B201" s="11">
-        <v>8.120000000000001</v>
+        <v>8.1099999999999994</v>
       </c>
       <c r="C201" s="11">
         <v>6.79</v>
       </c>
       <c r="D201" s="11">
         <v>7.01</v>
       </c>
       <c r="E201" s="11">
         <v>8.1099999999999994</v>
       </c>
       <c r="F201" s="11">
         <v>8.3800000000000008</v>
       </c>
       <c r="G201" s="11">
         <v>4</v>
       </c>
       <c r="H201" s="11">
         <v>3.52</v>
       </c>
       <c r="I201" s="11">
         <v>3.37</v>
       </c>
       <c r="J201" s="11">
         <v>3.09</v>
       </c>
@@ -27861,51 +27861,51 @@
       <c r="H204" s="11">
         <v>3.42</v>
       </c>
       <c r="I204" s="11">
         <v>3.45</v>
       </c>
       <c r="J204" s="11">
         <v>3.12</v>
       </c>
       <c r="K204" s="11">
         <v>3.58</v>
       </c>
       <c r="L204" s="11">
         <v>4.01</v>
       </c>
       <c r="M204" s="11">
         <v>4.52</v>
       </c>
       <c r="N204" s="11">
         <v>4.23</v>
       </c>
       <c r="O204" s="11">
         <v>3.86</v>
       </c>
       <c r="P204" s="11">
-        <v>3.81</v>
+        <v>3.80</v>
       </c>
       <c r="Q204" s="11">
         <v>4.97</v>
       </c>
       <c r="R204" s="11">
         <v>3.78</v>
       </c>
       <c r="S204" s="11">
         <v>3.33</v>
       </c>
       <c r="T204" s="11">
         <v>3.71</v>
       </c>
       <c r="U204" s="11">
         <v>3.61</v>
       </c>
     </row>
     <row r="205" spans="1:21" ht="15">
       <c r="A205" s="11" t="s">
         <v>218</v>
       </c>
       <c r="B205" s="11">
         <v>7.73</v>
       </c>
       <c r="C205" s="11">
@@ -27917,60 +27917,60 @@
       <c r="E205" s="11">
         <v>7.88</v>
       </c>
       <c r="F205" s="11">
         <v>8.17</v>
       </c>
       <c r="G205" s="11">
         <v>3.61</v>
       </c>
       <c r="H205" s="11">
         <v>3.41</v>
       </c>
       <c r="I205" s="11">
         <v>3.47</v>
       </c>
       <c r="J205" s="11">
         <v>3.12</v>
       </c>
       <c r="K205" s="11">
         <v>3.58</v>
       </c>
       <c r="L205" s="11">
         <v>3.83</v>
       </c>
       <c r="M205" s="11">
-        <v>4.3500000000000014</v>
+        <v>4.37</v>
       </c>
       <c r="N205" s="11">
         <v>4.15</v>
       </c>
       <c r="O205" s="11">
         <v>3.78</v>
       </c>
       <c r="P205" s="11">
-        <v>3.73</v>
+        <v>3.72</v>
       </c>
       <c r="Q205" s="11">
         <v>4.96</v>
       </c>
       <c r="R205" s="11">
         <v>3.74</v>
       </c>
       <c r="S205" s="11">
         <v>3.32</v>
       </c>
       <c r="T205" s="11">
         <v>3.55</v>
       </c>
       <c r="U205" s="11">
         <v>3.53</v>
       </c>
     </row>
     <row r="206" spans="1:21" ht="15">
       <c r="A206" s="11" t="s">
         <v>219</v>
       </c>
       <c r="B206" s="11">
         <v>7.60</v>
       </c>
       <c r="C206" s="11">
@@ -28082,118 +28082,171 @@
       </c>
       <c r="Q207" s="11">
         <v>4.89</v>
       </c>
       <c r="R207" s="11">
         <v>3.70</v>
       </c>
       <c r="S207" s="11">
         <v>3.11</v>
       </c>
       <c r="T207" s="11">
         <v>3.69</v>
       </c>
       <c r="U207" s="11">
         <v>3.59</v>
       </c>
     </row>
     <row r="208" spans="1:21" ht="15">
       <c r="A208" s="11" t="s">
         <v>221</v>
       </c>
       <c r="B208" s="11">
         <v>7.73</v>
       </c>
       <c r="C208" s="11">
-        <v>6.73</v>
+        <v>6.74</v>
       </c>
       <c r="D208" s="11">
         <v>6.83</v>
       </c>
       <c r="E208" s="11">
         <v>7.88</v>
       </c>
       <c r="F208" s="11">
         <v>8.18</v>
       </c>
       <c r="G208" s="11">
         <v>3.53</v>
       </c>
       <c r="H208" s="11">
         <v>3.39</v>
       </c>
       <c r="I208" s="11">
         <v>3.49</v>
       </c>
       <c r="J208" s="11">
         <v>3.17</v>
       </c>
       <c r="K208" s="11">
         <v>3.61</v>
       </c>
       <c r="L208" s="11">
         <v>3.87</v>
       </c>
       <c r="M208" s="11">
         <v>4.39</v>
       </c>
       <c r="N208" s="11">
-        <v>4.33</v>
+        <v>4.23</v>
       </c>
       <c r="O208" s="11">
         <v>3.64</v>
       </c>
       <c r="P208" s="11">
         <v>3.64</v>
       </c>
       <c r="Q208" s="11">
         <v>5.03</v>
       </c>
       <c r="R208" s="11">
-        <v>3.69</v>
+        <v>3.70</v>
       </c>
       <c r="S208" s="11">
-        <v>3.18</v>
+        <v>3.19</v>
       </c>
       <c r="T208" s="11">
         <v>3.61</v>
       </c>
       <c r="U208" s="11">
+        <v>3.60</v>
+      </c>
+    </row>
+    <row r="209" spans="1:21" ht="15">
+      <c r="A209" s="11" t="s">
+        <v>222</v>
+      </c>
+      <c r="B209" s="11">
+        <v>7.77</v>
+      </c>
+      <c r="C209" s="11">
+        <v>6.40</v>
+      </c>
+      <c r="D209" s="11">
+        <v>6.78</v>
+      </c>
+      <c r="E209" s="11">
+        <v>7.88</v>
+      </c>
+      <c r="F209" s="11">
+        <v>8.10</v>
+      </c>
+      <c r="G209" s="11">
+        <v>3.52</v>
+      </c>
+      <c r="H209" s="11">
+        <v>3.37</v>
+      </c>
+      <c r="I209" s="11">
+        <v>3.48</v>
+      </c>
+      <c r="J209" s="11">
+        <v>3.16</v>
+      </c>
+      <c r="K209" s="11">
         <v>3.59</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="U209" s="1"/>
+      <c r="L209" s="11">
+        <v>3.88</v>
+      </c>
+      <c r="M209" s="11">
+        <v>4.37</v>
+      </c>
+      <c r="N209" s="11">
+        <v>4.24</v>
+      </c>
+      <c r="O209" s="11">
+        <v>3.62</v>
+      </c>
+      <c r="P209" s="11">
+        <v>3.66</v>
+      </c>
+      <c r="Q209" s="11">
+        <v>4.97</v>
+      </c>
+      <c r="R209" s="11">
+        <v>3.69</v>
+      </c>
+      <c r="S209" s="11">
+        <v>3.21</v>
+      </c>
+      <c r="T209" s="11">
+        <v>3.57</v>
+      </c>
+      <c r="U209" s="11">
+        <v>3.51</v>
+      </c>
     </row>
     <row r="210" spans="12:21" ht="15">
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
     </row>
     <row r="211" spans="12:21" ht="15">
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
     </row>
@@ -28210,50 +28263,62 @@
       <c r="U212" s="1"/>
     </row>
     <row r="213" spans="12:21" ht="15">
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
     </row>
     <row r="214" spans="12:21" ht="15">
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
+    </row>
+    <row r="215" spans="12:21" ht="15">
+      <c r="L215" s="1"/>
+      <c r="M215" s="1"/>
+      <c r="N215" s="1"/>
+      <c r="O215" s="1"/>
+      <c r="P215" s="1"/>
+      <c r="Q215" s="1"/>
+      <c r="R215" s="1"/>
+      <c r="S215" s="1"/>
+      <c r="T215" s="1"/>
+      <c r="U215" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="O3:U3"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:K4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="L4:N5"/>
     <mergeCell ref="P4:R5"/>
     <mergeCell ref="S4:U5"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="O4:O6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="1.14173228346457" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="73" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>