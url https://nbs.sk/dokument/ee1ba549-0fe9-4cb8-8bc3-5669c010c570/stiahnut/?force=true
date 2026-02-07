--- v1 (2025-12-15)
+++ v2 (2026-02-07)
@@ -15,73 +15,73 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\buchtas\AppData\Local\Temp\e21d5fc3dfda4cf09fa5722b631fe8ce\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="780" yWindow="780" windowWidth="21600" windowHeight="11385" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Slovakia_01_2009" sheetId="1" r:id="rId3"/>
     <sheet name="Euro area_01_2009" sheetId="2" r:id="rId4"/>
     <sheet name="Notes" sheetId="3" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Euro area_01_2009'!$A$7:$K$214</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Slovakia_01_2009!$A$7:$K$215</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Euro area_01_2009'!$A$7:$K$216</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Slovakia_01_2009!$A$7:$K$217</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="226">
   <si>
     <t>Bank Overdrafts</t>
   </si>
   <si>
     <t>Consumer credit</t>
   </si>
   <si>
     <t>By initial rate fixation</t>
   </si>
   <si>
     <t>Floating rate and up to  1 year</t>
   </si>
   <si>
     <t>Over 1 and up to 5 years</t>
   </si>
   <si>
     <t>Over 5 years</t>
   </si>
   <si>
     <t>Anual percentage rate of charge</t>
   </si>
   <si>
     <t>Lending for house purchase</t>
   </si>
   <si>
@@ -741,50 +741,56 @@
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
   </si>
   <si>
+    <t>2025-11</t>
+  </si>
+  <si>
+    <t>2025-12</t>
+  </si>
+  <si>
     <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="yyyy\ \/\ mm"/>
   </numFmts>
   <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1372,51 +1378,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U216"/>
+  <dimension ref="A1:U218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.5714285714286" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.42857142857143" style="1" customWidth="1"/>
     <col min="3" max="11" width="12.5714285714286" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.14285714285714" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15.75">
       <c r="A1" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -1924,51 +1930,51 @@
       <c r="M12" s="11">
         <v>6.85</v>
       </c>
       <c r="N12" s="11">
         <v>6</v>
       </c>
       <c r="O12" s="11">
         <v>3.44</v>
       </c>
       <c r="P12" s="11">
         <v>4.98</v>
       </c>
       <c r="Q12" s="11">
         <v>5.78</v>
       </c>
       <c r="R12" s="11">
         <v>5.39</v>
       </c>
       <c r="S12" s="11">
         <v>3.17</v>
       </c>
       <c r="T12" s="11">
         <v>6.67</v>
       </c>
       <c r="U12" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:21" ht="15">
       <c r="A13" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="11">
         <v>14.43</v>
       </c>
       <c r="C13" s="11">
         <v>8.19</v>
       </c>
       <c r="D13" s="11">
         <v>14.51</v>
       </c>
       <c r="E13" s="11">
         <v>13.58</v>
       </c>
       <c r="F13" s="11">
         <v>14.91</v>
       </c>
       <c r="G13" s="11">
         <v>5.48</v>
       </c>
       <c r="H13" s="11">
@@ -2379,51 +2385,51 @@
       <c r="M19" s="11">
         <v>6.46</v>
       </c>
       <c r="N19" s="11">
         <v>4.46</v>
       </c>
       <c r="O19" s="11">
         <v>3.31</v>
       </c>
       <c r="P19" s="11">
         <v>3.70</v>
       </c>
       <c r="Q19" s="11">
         <v>4.08</v>
       </c>
       <c r="R19" s="11">
         <v>4.72</v>
       </c>
       <c r="S19" s="11">
         <v>2.57</v>
       </c>
       <c r="T19" s="11">
         <v>7.39</v>
       </c>
       <c r="U19" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:21" ht="15">
       <c r="A20" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="11">
         <v>14.62</v>
       </c>
       <c r="C20" s="11">
         <v>7.10</v>
       </c>
       <c r="D20" s="11">
         <v>14.53</v>
       </c>
       <c r="E20" s="11">
         <v>14.04</v>
       </c>
       <c r="F20" s="11">
         <v>14.73</v>
       </c>
       <c r="G20" s="11">
         <v>5.09</v>
       </c>
       <c r="H20" s="11">
@@ -2444,51 +2450,51 @@
       <c r="M20" s="11">
         <v>6.40</v>
       </c>
       <c r="N20" s="11">
         <v>6.51</v>
       </c>
       <c r="O20" s="11">
         <v>3.32</v>
       </c>
       <c r="P20" s="11">
         <v>3.60</v>
       </c>
       <c r="Q20" s="11">
         <v>5.25</v>
       </c>
       <c r="R20" s="11">
         <v>7.01</v>
       </c>
       <c r="S20" s="11">
         <v>2.54</v>
       </c>
       <c r="T20" s="11">
         <v>8.4600000000000009</v>
       </c>
       <c r="U20" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="21" spans="1:21" ht="15">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="11">
         <v>14.70</v>
       </c>
       <c r="C21" s="11">
         <v>8.1400000000000006</v>
       </c>
       <c r="D21" s="11">
         <v>14.34</v>
       </c>
       <c r="E21" s="11">
         <v>14.44</v>
       </c>
       <c r="F21" s="11">
         <v>15.67</v>
       </c>
       <c r="G21" s="11">
         <v>5.01</v>
       </c>
       <c r="H21" s="11">
@@ -2509,51 +2515,51 @@
       <c r="M21" s="11">
         <v>6.08</v>
       </c>
       <c r="N21" s="11">
         <v>6.26</v>
       </c>
       <c r="O21" s="11">
         <v>3.34</v>
       </c>
       <c r="P21" s="11">
         <v>3.64</v>
       </c>
       <c r="Q21" s="11">
         <v>5.27</v>
       </c>
       <c r="R21" s="11">
         <v>5.34</v>
       </c>
       <c r="S21" s="11">
         <v>2.49</v>
       </c>
       <c r="T21" s="11">
         <v>5.52</v>
       </c>
       <c r="U21" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="15">
       <c r="A22" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="11">
         <v>14.60</v>
       </c>
       <c r="C22" s="11">
         <v>6.66</v>
       </c>
       <c r="D22" s="11">
         <v>13.37</v>
       </c>
       <c r="E22" s="11">
         <v>15.04</v>
       </c>
       <c r="F22" s="11">
         <v>15.17</v>
       </c>
       <c r="G22" s="11">
         <v>5.04</v>
       </c>
       <c r="H22" s="11">
@@ -2571,54 +2577,54 @@
       <c r="L22" s="11">
         <v>5.85</v>
       </c>
       <c r="M22" s="11">
         <v>6.20</v>
       </c>
       <c r="N22" s="11">
         <v>5.98</v>
       </c>
       <c r="O22" s="11">
         <v>3.33</v>
       </c>
       <c r="P22" s="11">
         <v>3.94</v>
       </c>
       <c r="Q22" s="11">
         <v>4.22</v>
       </c>
       <c r="R22" s="11">
         <v>5.11</v>
       </c>
       <c r="S22" s="11">
         <v>2.87</v>
       </c>
       <c r="T22" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U22" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:21" ht="15">
       <c r="A23" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="11">
         <v>14.51</v>
       </c>
       <c r="C23" s="11">
         <v>6.94</v>
       </c>
       <c r="D23" s="11">
         <v>13.67</v>
       </c>
       <c r="E23" s="11">
         <v>14.10</v>
       </c>
       <c r="F23" s="11">
         <v>14.44</v>
       </c>
       <c r="G23" s="11">
         <v>4.96</v>
       </c>
       <c r="H23" s="11">
@@ -2899,51 +2905,51 @@
       <c r="M27" s="11">
         <v>5.88</v>
       </c>
       <c r="N27" s="11">
         <v>6.11</v>
       </c>
       <c r="O27" s="11">
         <v>3.35</v>
       </c>
       <c r="P27" s="11">
         <v>4.17</v>
       </c>
       <c r="Q27" s="11">
         <v>4.98</v>
       </c>
       <c r="R27" s="11">
         <v>5.73</v>
       </c>
       <c r="S27" s="11">
         <v>3.43</v>
       </c>
       <c r="T27" s="11">
         <v>3.30</v>
       </c>
       <c r="U27" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="28" spans="1:21" ht="15">
       <c r="A28" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="11">
         <v>14.49</v>
       </c>
       <c r="C28" s="11">
         <v>6.93</v>
       </c>
       <c r="D28" s="11">
         <v>15.47</v>
       </c>
       <c r="E28" s="11">
         <v>14.64</v>
       </c>
       <c r="F28" s="11">
         <v>15.72</v>
       </c>
       <c r="G28" s="11">
         <v>4.73</v>
       </c>
       <c r="H28" s="11">
@@ -3416,51 +3422,51 @@
       <c r="L35" s="11">
         <v>5.96</v>
       </c>
       <c r="M35" s="11">
         <v>5.26</v>
       </c>
       <c r="N35" s="11">
         <v>5.46</v>
       </c>
       <c r="O35" s="11">
         <v>3.90</v>
       </c>
       <c r="P35" s="11">
         <v>4.25</v>
       </c>
       <c r="Q35" s="11">
         <v>6.02</v>
       </c>
       <c r="R35" s="11">
         <v>4.98</v>
       </c>
       <c r="S35" s="11">
         <v>3.10</v>
       </c>
       <c r="T35" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U35" s="11">
         <v>5.62</v>
       </c>
     </row>
     <row r="36" spans="1:21" ht="15">
       <c r="A36" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="11">
         <v>13.97</v>
       </c>
       <c r="C36" s="11">
         <v>13.61</v>
       </c>
       <c r="D36" s="11">
         <v>15.04</v>
       </c>
       <c r="E36" s="11">
         <v>14.11</v>
       </c>
       <c r="F36" s="11">
         <v>16.55</v>
       </c>
       <c r="G36" s="11">
@@ -3484,51 +3490,51 @@
       <c r="M36" s="11">
         <v>5.39</v>
       </c>
       <c r="N36" s="11">
         <v>5.1000000000000014</v>
       </c>
       <c r="O36" s="11">
         <v>3.91</v>
       </c>
       <c r="P36" s="11">
         <v>4.65</v>
       </c>
       <c r="Q36" s="11">
         <v>5.39</v>
       </c>
       <c r="R36" s="11">
         <v>5.08</v>
       </c>
       <c r="S36" s="11">
         <v>3.08</v>
       </c>
       <c r="T36" s="11">
         <v>3.70</v>
       </c>
       <c r="U36" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:21" ht="15">
       <c r="A37" s="11" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="11">
         <v>13.78</v>
       </c>
       <c r="C37" s="11">
         <v>12.63</v>
       </c>
       <c r="D37" s="11">
         <v>14.85</v>
       </c>
       <c r="E37" s="11">
         <v>13.52</v>
       </c>
       <c r="F37" s="11">
         <v>16.11</v>
       </c>
       <c r="G37" s="11">
         <v>4.61</v>
       </c>
       <c r="H37" s="11">
@@ -3549,51 +3555,51 @@
       <c r="M37" s="11">
         <v>5.28</v>
       </c>
       <c r="N37" s="11">
         <v>5.26</v>
       </c>
       <c r="O37" s="11">
         <v>3.90</v>
       </c>
       <c r="P37" s="11">
         <v>4.50</v>
       </c>
       <c r="Q37" s="11">
         <v>5.23</v>
       </c>
       <c r="R37" s="11">
         <v>5.27</v>
       </c>
       <c r="S37" s="11">
         <v>3.24</v>
       </c>
       <c r="T37" s="11">
         <v>3.31</v>
       </c>
       <c r="U37" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:21" ht="15">
       <c r="A38" s="11" t="s">
         <v>51</v>
       </c>
       <c r="B38" s="11">
         <v>13.95</v>
       </c>
       <c r="C38" s="11">
         <v>13.10</v>
       </c>
       <c r="D38" s="11">
         <v>15.17</v>
       </c>
       <c r="E38" s="11">
         <v>13.58</v>
       </c>
       <c r="F38" s="11">
         <v>16.33</v>
       </c>
       <c r="G38" s="11">
         <v>4.81</v>
       </c>
       <c r="H38" s="11">
@@ -3614,51 +3620,51 @@
       <c r="M38" s="11">
         <v>6.69</v>
       </c>
       <c r="N38" s="11">
         <v>5.24</v>
       </c>
       <c r="O38" s="11">
         <v>3.92</v>
       </c>
       <c r="P38" s="11">
         <v>4.62</v>
       </c>
       <c r="Q38" s="11">
         <v>4.92</v>
       </c>
       <c r="R38" s="11">
         <v>5.12</v>
       </c>
       <c r="S38" s="11">
         <v>3.60</v>
       </c>
       <c r="T38" s="11">
         <v>2.21</v>
       </c>
       <c r="U38" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:21" ht="15">
       <c r="A39" s="11" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="11">
         <v>14.09</v>
       </c>
       <c r="C39" s="11">
         <v>13.21</v>
       </c>
       <c r="D39" s="11">
         <v>15.10</v>
       </c>
       <c r="E39" s="11">
         <v>13.63</v>
       </c>
       <c r="F39" s="11">
         <v>16.32</v>
       </c>
       <c r="G39" s="11">
         <v>4.8500000000000014</v>
       </c>
       <c r="H39" s="11">
@@ -3874,51 +3880,51 @@
       <c r="M42" s="11">
         <v>5.78</v>
       </c>
       <c r="N42" s="11">
         <v>5.1000000000000014</v>
       </c>
       <c r="O42" s="11">
         <v>3.75</v>
       </c>
       <c r="P42" s="11">
         <v>4.70</v>
       </c>
       <c r="Q42" s="11">
         <v>5.03</v>
       </c>
       <c r="R42" s="11">
         <v>5.32</v>
       </c>
       <c r="S42" s="11">
         <v>3.09</v>
       </c>
       <c r="T42" s="11">
         <v>3.35</v>
       </c>
       <c r="U42" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:21" ht="15">
       <c r="A43" s="11" t="s">
         <v>56</v>
       </c>
       <c r="B43" s="11">
         <v>13.86</v>
       </c>
       <c r="C43" s="11">
         <v>14.90</v>
       </c>
       <c r="D43" s="11">
         <v>15.50</v>
       </c>
       <c r="E43" s="11">
         <v>13.81</v>
       </c>
       <c r="F43" s="11">
         <v>16.80</v>
       </c>
       <c r="G43" s="11">
         <v>4.92</v>
       </c>
       <c r="H43" s="11">
@@ -3939,51 +3945,51 @@
       <c r="M43" s="11">
         <v>5.66</v>
       </c>
       <c r="N43" s="11">
         <v>6.59</v>
       </c>
       <c r="O43" s="11">
         <v>3.69</v>
       </c>
       <c r="P43" s="11">
         <v>4.44</v>
       </c>
       <c r="Q43" s="11">
         <v>4.45</v>
       </c>
       <c r="R43" s="11">
         <v>5.39</v>
       </c>
       <c r="S43" s="11">
         <v>3.61</v>
       </c>
       <c r="T43" s="11">
         <v>4.37</v>
       </c>
       <c r="U43" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:21" ht="15">
       <c r="A44" s="11" t="s">
         <v>57</v>
       </c>
       <c r="B44" s="11">
         <v>13.94</v>
       </c>
       <c r="C44" s="11">
         <v>14.34</v>
       </c>
       <c r="D44" s="11">
         <v>15.49</v>
       </c>
       <c r="E44" s="11">
         <v>13.91</v>
       </c>
       <c r="F44" s="11">
         <v>16.05</v>
       </c>
       <c r="G44" s="11">
         <v>5.13</v>
       </c>
       <c r="H44" s="11">
@@ -4001,51 +4007,51 @@
       <c r="L44" s="11">
         <v>6.83</v>
       </c>
       <c r="M44" s="11">
         <v>5.58</v>
       </c>
       <c r="N44" s="11">
         <v>5.29</v>
       </c>
       <c r="O44" s="11">
         <v>3.47</v>
       </c>
       <c r="P44" s="11">
         <v>4.18</v>
       </c>
       <c r="Q44" s="11">
         <v>4.42</v>
       </c>
       <c r="R44" s="11">
         <v>4.18</v>
       </c>
       <c r="S44" s="11">
         <v>2.29</v>
       </c>
       <c r="T44" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U44" s="11">
         <v>4.34</v>
       </c>
     </row>
     <row r="45" spans="1:21" ht="15">
       <c r="A45" s="11" t="s">
         <v>58</v>
       </c>
       <c r="B45" s="11">
         <v>13.86</v>
       </c>
       <c r="C45" s="11">
         <v>14.10</v>
       </c>
       <c r="D45" s="11">
         <v>16.11</v>
       </c>
       <c r="E45" s="11">
         <v>14.43</v>
       </c>
       <c r="F45" s="11">
         <v>17.21</v>
       </c>
       <c r="G45" s="11">
@@ -4459,51 +4465,51 @@
       <c r="M51" s="11">
         <v>5.73</v>
       </c>
       <c r="N51" s="11">
         <v>5.29</v>
       </c>
       <c r="O51" s="11">
         <v>2.93</v>
       </c>
       <c r="P51" s="11">
         <v>3.92</v>
       </c>
       <c r="Q51" s="11">
         <v>4.66</v>
       </c>
       <c r="R51" s="11">
         <v>4.74</v>
       </c>
       <c r="S51" s="11">
         <v>2.39</v>
       </c>
       <c r="T51" s="11">
         <v>3.45</v>
       </c>
       <c r="U51" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:21" ht="15">
       <c r="A52" s="11" t="s">
         <v>65</v>
       </c>
       <c r="B52" s="11">
         <v>13.72</v>
       </c>
       <c r="C52" s="11">
         <v>14.57</v>
       </c>
       <c r="D52" s="11">
         <v>15.57</v>
       </c>
       <c r="E52" s="11">
         <v>13.92</v>
       </c>
       <c r="F52" s="11">
         <v>16.67</v>
       </c>
       <c r="G52" s="11">
         <v>4.72</v>
       </c>
       <c r="H52" s="11">
@@ -4651,51 +4657,51 @@
       <c r="L54" s="11">
         <v>4.71</v>
       </c>
       <c r="M54" s="11">
         <v>5.37</v>
       </c>
       <c r="N54" s="11">
         <v>6.11</v>
       </c>
       <c r="O54" s="11">
         <v>2.88</v>
       </c>
       <c r="P54" s="11">
         <v>3.54</v>
       </c>
       <c r="Q54" s="11">
         <v>4.79</v>
       </c>
       <c r="R54" s="11">
         <v>5.37</v>
       </c>
       <c r="S54" s="11">
         <v>1.86</v>
       </c>
       <c r="T54" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U54" s="11">
         <v>3.13</v>
       </c>
     </row>
     <row r="55" spans="1:21" ht="15">
       <c r="A55" s="11" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="11">
         <v>13.52</v>
       </c>
       <c r="C55" s="11">
         <v>13.43</v>
       </c>
       <c r="D55" s="11">
         <v>14.97</v>
       </c>
       <c r="E55" s="11">
         <v>13.94</v>
       </c>
       <c r="F55" s="11">
         <v>16.01</v>
       </c>
       <c r="G55" s="11">
@@ -4719,51 +4725,51 @@
       <c r="M55" s="11">
         <v>5.29</v>
       </c>
       <c r="N55" s="11">
         <v>5.87</v>
       </c>
       <c r="O55" s="11">
         <v>2.88</v>
       </c>
       <c r="P55" s="11">
         <v>3.68</v>
       </c>
       <c r="Q55" s="11">
         <v>3.98</v>
       </c>
       <c r="R55" s="11">
         <v>4.20</v>
       </c>
       <c r="S55" s="11">
         <v>2.57</v>
       </c>
       <c r="T55" s="11">
         <v>3.45</v>
       </c>
       <c r="U55" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:21" ht="15">
       <c r="A56" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B56" s="11">
         <v>13.66</v>
       </c>
       <c r="C56" s="11">
         <v>14.67</v>
       </c>
       <c r="D56" s="11">
         <v>15.12</v>
       </c>
       <c r="E56" s="11">
         <v>14.28</v>
       </c>
       <c r="F56" s="11">
         <v>16.65</v>
       </c>
       <c r="G56" s="11">
         <v>4.83</v>
       </c>
       <c r="H56" s="11">
@@ -4784,51 +4790,51 @@
       <c r="M56" s="11">
         <v>5.55</v>
       </c>
       <c r="N56" s="11">
         <v>5.65</v>
       </c>
       <c r="O56" s="11">
         <v>2.94</v>
       </c>
       <c r="P56" s="11">
         <v>3.56</v>
       </c>
       <c r="Q56" s="11">
         <v>5.13</v>
       </c>
       <c r="R56" s="11">
         <v>5.13</v>
       </c>
       <c r="S56" s="11">
         <v>2.26</v>
       </c>
       <c r="T56" s="11">
         <v>3.69</v>
       </c>
       <c r="U56" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:21" ht="15">
       <c r="A57" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="11">
         <v>13.63</v>
       </c>
       <c r="C57" s="11">
         <v>14.38</v>
       </c>
       <c r="D57" s="11">
         <v>14.75</v>
       </c>
       <c r="E57" s="11">
         <v>14.18</v>
       </c>
       <c r="F57" s="11">
         <v>16.19</v>
       </c>
       <c r="G57" s="11">
         <v>4.43</v>
       </c>
       <c r="H57" s="11">
@@ -4849,51 +4855,51 @@
       <c r="M57" s="11">
         <v>4.8500000000000014</v>
       </c>
       <c r="N57" s="11">
         <v>4.90</v>
       </c>
       <c r="O57" s="11">
         <v>2.88</v>
       </c>
       <c r="P57" s="11">
         <v>3.66</v>
       </c>
       <c r="Q57" s="11">
         <v>4.86</v>
       </c>
       <c r="R57" s="11">
         <v>4.81</v>
       </c>
       <c r="S57" s="11">
         <v>3.04</v>
       </c>
       <c r="T57" s="11">
         <v>2.51</v>
       </c>
       <c r="U57" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:21" ht="15">
       <c r="A58" s="11" t="s">
         <v>71</v>
       </c>
       <c r="B58" s="11">
         <v>13.81</v>
       </c>
       <c r="C58" s="11">
         <v>14.56</v>
       </c>
       <c r="D58" s="11">
         <v>14.89</v>
       </c>
       <c r="E58" s="11">
         <v>14.08</v>
       </c>
       <c r="F58" s="11">
         <v>16.15</v>
       </c>
       <c r="G58" s="11">
         <v>3.97</v>
       </c>
       <c r="H58" s="11">
@@ -4911,54 +4917,54 @@
       <c r="L58" s="11">
         <v>6.56</v>
       </c>
       <c r="M58" s="11">
         <v>4.84</v>
       </c>
       <c r="N58" s="11">
         <v>4.79</v>
       </c>
       <c r="O58" s="11">
         <v>2.94</v>
       </c>
       <c r="P58" s="11">
         <v>4.08</v>
       </c>
       <c r="Q58" s="11">
         <v>3.73</v>
       </c>
       <c r="R58" s="11">
         <v>4.59</v>
       </c>
       <c r="S58" s="11">
         <v>1.98</v>
       </c>
       <c r="T58" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U58" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:21" ht="15">
       <c r="A59" s="11" t="s">
         <v>72</v>
       </c>
       <c r="B59" s="11">
         <v>13.84</v>
       </c>
       <c r="C59" s="11">
         <v>13.79</v>
       </c>
       <c r="D59" s="11">
         <v>15.02</v>
       </c>
       <c r="E59" s="11">
         <v>13.74</v>
       </c>
       <c r="F59" s="11">
         <v>15.86</v>
       </c>
       <c r="G59" s="11">
         <v>3.78</v>
       </c>
       <c r="H59" s="11">
@@ -5434,51 +5440,51 @@
       <c r="M66" s="11">
         <v>4.30</v>
       </c>
       <c r="N66" s="11">
         <v>3.17</v>
       </c>
       <c r="O66" s="11">
         <v>3.29</v>
       </c>
       <c r="P66" s="11">
         <v>3.87</v>
       </c>
       <c r="Q66" s="11">
         <v>3.79</v>
       </c>
       <c r="R66" s="11">
         <v>2.85</v>
       </c>
       <c r="S66" s="11">
         <v>1.90</v>
       </c>
       <c r="T66" s="11">
         <v>3.08</v>
       </c>
       <c r="U66" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="67" spans="1:21" ht="15">
       <c r="A67" s="11" t="s">
         <v>80</v>
       </c>
       <c r="B67" s="11">
         <v>13.65</v>
       </c>
       <c r="C67" s="11">
         <v>10.36</v>
       </c>
       <c r="D67" s="11">
         <v>14.79</v>
       </c>
       <c r="E67" s="11">
         <v>14.10</v>
       </c>
       <c r="F67" s="11">
         <v>15.52</v>
       </c>
       <c r="G67" s="11">
         <v>4.08</v>
       </c>
       <c r="H67" s="11">
@@ -5499,51 +5505,51 @@
       <c r="M67" s="11">
         <v>4.41</v>
       </c>
       <c r="N67" s="11">
         <v>6.19</v>
       </c>
       <c r="O67" s="11">
         <v>3.28</v>
       </c>
       <c r="P67" s="11">
         <v>3.70</v>
       </c>
       <c r="Q67" s="11">
         <v>3.63</v>
       </c>
       <c r="R67" s="11">
         <v>3.90</v>
       </c>
       <c r="S67" s="11">
         <v>2.28</v>
       </c>
       <c r="T67" s="11">
         <v>5.40</v>
       </c>
       <c r="U67" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:21" ht="15">
       <c r="A68" s="11" t="s">
         <v>81</v>
       </c>
       <c r="B68" s="11">
         <v>13.72</v>
       </c>
       <c r="C68" s="11">
         <v>11.61</v>
       </c>
       <c r="D68" s="11">
         <v>14.70</v>
       </c>
       <c r="E68" s="11">
         <v>14.05</v>
       </c>
       <c r="F68" s="11">
         <v>15.76</v>
       </c>
       <c r="G68" s="11">
         <v>4.24</v>
       </c>
       <c r="H68" s="11">
@@ -5933,51 +5939,51 @@
       <c r="F74" s="11">
         <v>13.23</v>
       </c>
       <c r="G74" s="11">
         <v>3.54</v>
       </c>
       <c r="H74" s="11">
         <v>3.21</v>
       </c>
       <c r="I74" s="11">
         <v>6.40</v>
       </c>
       <c r="J74" s="11">
         <v>4.80</v>
       </c>
       <c r="K74" s="11">
         <v>3.65</v>
       </c>
       <c r="L74" s="11">
         <v>5.34</v>
       </c>
       <c r="M74" s="11">
         <v>3.47</v>
       </c>
       <c r="N74" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="O74" s="11">
         <v>3.16</v>
       </c>
       <c r="P74" s="11">
         <v>3.94</v>
       </c>
       <c r="Q74" s="11">
         <v>5.30</v>
       </c>
       <c r="R74" s="11">
         <v>3.56</v>
       </c>
       <c r="S74" s="11">
         <v>2.88</v>
       </c>
       <c r="T74" s="11">
         <v>6.19</v>
       </c>
       <c r="U74" s="11">
         <v>2.35</v>
       </c>
     </row>
     <row r="75" spans="1:21" ht="15">
       <c r="A75" s="11" t="s">
@@ -6149,51 +6155,51 @@
       <c r="M77" s="11">
         <v>3.32</v>
       </c>
       <c r="N77" s="11">
         <v>4.06</v>
       </c>
       <c r="O77" s="11">
         <v>2.90</v>
       </c>
       <c r="P77" s="11">
         <v>3.41</v>
       </c>
       <c r="Q77" s="11">
         <v>4.18</v>
       </c>
       <c r="R77" s="11">
         <v>3.18</v>
       </c>
       <c r="S77" s="11">
         <v>1.56</v>
       </c>
       <c r="T77" s="11">
         <v>3.17</v>
       </c>
       <c r="U77" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:21" ht="15">
       <c r="A78" s="11" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="11">
         <v>13.40</v>
       </c>
       <c r="C78" s="11">
         <v>9.5299999999999994</v>
       </c>
       <c r="D78" s="11">
         <v>14.04</v>
       </c>
       <c r="E78" s="11">
         <v>12.57</v>
       </c>
       <c r="F78" s="11">
         <v>13.02</v>
       </c>
       <c r="G78" s="11">
         <v>3.60</v>
       </c>
       <c r="H78" s="11">
@@ -6388,51 +6394,51 @@
       <c r="F81" s="11">
         <v>12.49</v>
       </c>
       <c r="G81" s="11">
         <v>3.96</v>
       </c>
       <c r="H81" s="11">
         <v>2.65</v>
       </c>
       <c r="I81" s="11">
         <v>5.15</v>
       </c>
       <c r="J81" s="11">
         <v>5.89</v>
       </c>
       <c r="K81" s="11">
         <v>3.29</v>
       </c>
       <c r="L81" s="11">
         <v>5.11</v>
       </c>
       <c r="M81" s="11">
         <v>2.69</v>
       </c>
       <c r="N81" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="O81" s="11">
         <v>3</v>
       </c>
       <c r="P81" s="11">
         <v>3.65</v>
       </c>
       <c r="Q81" s="11">
         <v>3.87</v>
       </c>
       <c r="R81" s="11">
         <v>3.52</v>
       </c>
       <c r="S81" s="11">
         <v>1.75</v>
       </c>
       <c r="T81" s="11">
         <v>2.90</v>
       </c>
       <c r="U81" s="11">
         <v>4.72</v>
       </c>
     </row>
     <row r="82" spans="1:21" ht="15">
       <c r="A82" s="11" t="s">
@@ -6604,51 +6610,51 @@
       <c r="M84" s="11">
         <v>2.58</v>
       </c>
       <c r="N84" s="11">
         <v>2.21</v>
       </c>
       <c r="O84" s="11">
         <v>2.98</v>
       </c>
       <c r="P84" s="11">
         <v>3.69</v>
       </c>
       <c r="Q84" s="11">
         <v>3.34</v>
       </c>
       <c r="R84" s="11">
         <v>2.55</v>
       </c>
       <c r="S84" s="11">
         <v>2.19</v>
       </c>
       <c r="T84" s="11">
         <v>2.69</v>
       </c>
       <c r="U84" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="85" spans="1:21" ht="15">
       <c r="A85" s="11" t="s">
         <v>98</v>
       </c>
       <c r="B85" s="11">
         <v>14.15</v>
       </c>
       <c r="C85" s="11">
         <v>8.15</v>
       </c>
       <c r="D85" s="11">
         <v>13.14</v>
       </c>
       <c r="E85" s="11">
         <v>11.43</v>
       </c>
       <c r="F85" s="11">
         <v>11.94</v>
       </c>
       <c r="G85" s="11">
         <v>3.11</v>
       </c>
       <c r="H85" s="11">
@@ -6731,51 +6737,51 @@
       <c r="L86" s="11">
         <v>6.66</v>
       </c>
       <c r="M86" s="11">
         <v>2.74</v>
       </c>
       <c r="N86" s="11">
         <v>3.09</v>
       </c>
       <c r="O86" s="11">
         <v>2.78</v>
       </c>
       <c r="P86" s="11">
         <v>3.38</v>
       </c>
       <c r="Q86" s="11">
         <v>3.23</v>
       </c>
       <c r="R86" s="11">
         <v>2.61</v>
       </c>
       <c r="S86" s="11">
         <v>1.61</v>
       </c>
       <c r="T86" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U86" s="11">
         <v>3.70</v>
       </c>
     </row>
     <row r="87" spans="1:21" ht="15">
       <c r="A87" s="11" t="s">
         <v>100</v>
       </c>
       <c r="B87" s="11">
         <v>14.26</v>
       </c>
       <c r="C87" s="11">
         <v>7.96</v>
       </c>
       <c r="D87" s="11">
         <v>13.44</v>
       </c>
       <c r="E87" s="11">
         <v>11.54</v>
       </c>
       <c r="F87" s="11">
         <v>12.08</v>
       </c>
       <c r="G87" s="11">
@@ -6926,51 +6932,51 @@
       <c r="L89" s="11">
         <v>5.20</v>
       </c>
       <c r="M89" s="11">
         <v>2.71</v>
       </c>
       <c r="N89" s="11">
         <v>3</v>
       </c>
       <c r="O89" s="11">
         <v>2.75</v>
       </c>
       <c r="P89" s="11">
         <v>3.24</v>
       </c>
       <c r="Q89" s="11">
         <v>4.89</v>
       </c>
       <c r="R89" s="11">
         <v>2.45</v>
       </c>
       <c r="S89" s="11">
         <v>1.53</v>
       </c>
       <c r="T89" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U89" s="11">
         <v>3.41</v>
       </c>
     </row>
     <row r="90" spans="1:21" ht="15">
       <c r="A90" s="11" t="s">
         <v>103</v>
       </c>
       <c r="B90" s="11">
         <v>14.10</v>
       </c>
       <c r="C90" s="11">
         <v>7.32</v>
       </c>
       <c r="D90" s="11">
         <v>12.55</v>
       </c>
       <c r="E90" s="11">
         <v>11.31</v>
       </c>
       <c r="F90" s="11">
         <v>11.55</v>
       </c>
       <c r="G90" s="11">
@@ -7316,51 +7322,51 @@
       <c r="L95" s="11">
         <v>4.06</v>
       </c>
       <c r="M95" s="11">
         <v>2.31</v>
       </c>
       <c r="N95" s="11">
         <v>2.38</v>
       </c>
       <c r="O95" s="11">
         <v>2.36</v>
       </c>
       <c r="P95" s="11">
         <v>2.97</v>
       </c>
       <c r="Q95" s="11">
         <v>5.68</v>
       </c>
       <c r="R95" s="11">
         <v>2.96</v>
       </c>
       <c r="S95" s="11">
         <v>2.03</v>
       </c>
       <c r="T95" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U95" s="11">
         <v>2.91</v>
       </c>
     </row>
     <row r="96" spans="1:21" ht="15">
       <c r="A96" s="11" t="s">
         <v>109</v>
       </c>
       <c r="B96" s="11">
         <v>13.71</v>
       </c>
       <c r="C96" s="11">
         <v>6.46</v>
       </c>
       <c r="D96" s="11">
         <v>11.78</v>
       </c>
       <c r="E96" s="11">
         <v>10.46</v>
       </c>
       <c r="F96" s="11">
         <v>11.19</v>
       </c>
       <c r="G96" s="11">
@@ -9984,51 +9990,51 @@
       <c r="M136" s="11">
         <v>1.64</v>
       </c>
       <c r="N136" s="11">
         <v>3.60</v>
       </c>
       <c r="O136" s="11">
         <v>2.33</v>
       </c>
       <c r="P136" s="11">
         <v>2.75</v>
       </c>
       <c r="Q136" s="11">
         <v>5.78</v>
       </c>
       <c r="R136" s="11">
         <v>7.23</v>
       </c>
       <c r="S136" s="11">
         <v>1.51</v>
       </c>
       <c r="T136" s="11">
         <v>3.14</v>
       </c>
       <c r="U136" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="137" spans="1:21" ht="15">
       <c r="A137" s="11" t="s">
         <v>150</v>
       </c>
       <c r="B137" s="11">
         <v>13.25</v>
       </c>
       <c r="C137" s="11">
         <v>7.55</v>
       </c>
       <c r="D137" s="11">
         <v>8.42</v>
       </c>
       <c r="E137" s="11">
         <v>7.48</v>
       </c>
       <c r="F137" s="11">
         <v>8.3000000000000007</v>
       </c>
       <c r="G137" s="11">
         <v>1.51</v>
       </c>
       <c r="H137" s="11">
@@ -10696,51 +10702,51 @@
       <c r="L147" s="11">
         <v>3.64</v>
       </c>
       <c r="M147" s="11">
         <v>1.09</v>
       </c>
       <c r="N147" s="11">
         <v>1.96</v>
       </c>
       <c r="O147" s="11">
         <v>2.27</v>
       </c>
       <c r="P147" s="11">
         <v>2.38</v>
       </c>
       <c r="Q147" s="11">
         <v>3.33</v>
       </c>
       <c r="R147" s="11">
         <v>3.15</v>
       </c>
       <c r="S147" s="11">
         <v>1.80</v>
       </c>
       <c r="T147" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U147" s="11">
         <v>2.07</v>
       </c>
     </row>
     <row r="148" spans="1:21" ht="15">
       <c r="A148" s="11" t="s">
         <v>161</v>
       </c>
       <c r="B148" s="11">
         <v>12.88</v>
       </c>
       <c r="C148" s="11">
         <v>8.5500000000000007</v>
       </c>
       <c r="D148" s="11">
         <v>10.06</v>
       </c>
       <c r="E148" s="11">
         <v>8.06</v>
       </c>
       <c r="F148" s="11">
         <v>9.17</v>
       </c>
       <c r="G148" s="11">
@@ -11021,51 +11027,51 @@
       <c r="L152" s="11">
         <v>3.53</v>
       </c>
       <c r="M152" s="11">
         <v>1.01</v>
       </c>
       <c r="N152" s="11">
         <v>2.21</v>
       </c>
       <c r="O152" s="11">
         <v>2.28</v>
       </c>
       <c r="P152" s="11">
         <v>2.31</v>
       </c>
       <c r="Q152" s="11">
         <v>2.95</v>
       </c>
       <c r="R152" s="11">
         <v>3.45</v>
       </c>
       <c r="S152" s="11">
         <v>1.81</v>
       </c>
       <c r="T152" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U152" s="11">
         <v>1.59</v>
       </c>
     </row>
     <row r="153" spans="1:21" ht="15">
       <c r="A153" s="11" t="s">
         <v>166</v>
       </c>
       <c r="B153" s="11">
         <v>12.08</v>
       </c>
       <c r="C153" s="11">
         <v>7.94</v>
       </c>
       <c r="D153" s="11">
         <v>9.02</v>
       </c>
       <c r="E153" s="11">
         <v>8.0299999999999994</v>
       </c>
       <c r="F153" s="11">
         <v>8.99</v>
       </c>
       <c r="G153" s="11">
@@ -11216,51 +11222,51 @@
       <c r="L155" s="11">
         <v>4.13</v>
       </c>
       <c r="M155" s="11">
         <v>0.97</v>
       </c>
       <c r="N155" s="11">
         <v>2.29</v>
       </c>
       <c r="O155" s="11">
         <v>2.33</v>
       </c>
       <c r="P155" s="11">
         <v>2.58</v>
       </c>
       <c r="Q155" s="11">
         <v>3.51</v>
       </c>
       <c r="R155" s="11">
         <v>3.41</v>
       </c>
       <c r="S155" s="11">
         <v>2.44</v>
       </c>
       <c r="T155" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U155" s="11">
         <v>1.60</v>
       </c>
     </row>
     <row r="156" spans="1:21" ht="15">
       <c r="A156" s="11" t="s">
         <v>169</v>
       </c>
       <c r="B156" s="11">
         <v>12.09</v>
       </c>
       <c r="C156" s="11">
         <v>8.8000000000000007</v>
       </c>
       <c r="D156" s="11">
         <v>9.59</v>
       </c>
       <c r="E156" s="11">
         <v>8.0400000000000009</v>
       </c>
       <c r="F156" s="11">
         <v>9.34</v>
       </c>
       <c r="G156" s="11">
@@ -11476,51 +11482,51 @@
       <c r="L159" s="11">
         <v>4.77</v>
       </c>
       <c r="M159" s="11">
         <v>0.98</v>
       </c>
       <c r="N159" s="11">
         <v>2.47</v>
       </c>
       <c r="O159" s="11">
         <v>2.28</v>
       </c>
       <c r="P159" s="11">
         <v>2.38</v>
       </c>
       <c r="Q159" s="11">
         <v>4.12</v>
       </c>
       <c r="R159" s="11">
         <v>4.77</v>
       </c>
       <c r="S159" s="11">
         <v>1.62</v>
       </c>
       <c r="T159" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U159" s="11">
         <v>1.41</v>
       </c>
     </row>
     <row r="160" spans="1:21" ht="15">
       <c r="A160" s="11" t="s">
         <v>173</v>
       </c>
       <c r="B160" s="11">
         <v>12.61</v>
       </c>
       <c r="C160" s="11">
         <v>10.75</v>
       </c>
       <c r="D160" s="11">
         <v>7.61</v>
       </c>
       <c r="E160" s="11">
         <v>7.14</v>
       </c>
       <c r="F160" s="11">
         <v>8.26</v>
       </c>
       <c r="G160" s="11">
@@ -13361,51 +13367,51 @@
       <c r="L188" s="11">
         <v>6.47</v>
       </c>
       <c r="M188" s="11">
         <v>4.18</v>
       </c>
       <c r="N188" s="11">
         <v>6.04</v>
       </c>
       <c r="O188" s="11">
         <v>5.86</v>
       </c>
       <c r="P188" s="11">
         <v>6.09</v>
       </c>
       <c r="Q188" s="11">
         <v>5.99</v>
       </c>
       <c r="R188" s="11">
         <v>6.64</v>
       </c>
       <c r="S188" s="11">
         <v>6.18</v>
       </c>
       <c r="T188" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U188" s="11">
         <v>5.31</v>
       </c>
     </row>
     <row r="189" spans="1:21" ht="15">
       <c r="A189" s="11" t="s">
         <v>202</v>
       </c>
       <c r="B189" s="11">
         <v>11</v>
       </c>
       <c r="C189" s="11">
         <v>16.46</v>
       </c>
       <c r="D189" s="11">
         <v>10.60</v>
       </c>
       <c r="E189" s="11">
         <v>9.3800000000000008</v>
       </c>
       <c r="F189" s="11">
         <v>11.24</v>
       </c>
       <c r="G189" s="11">
@@ -14466,51 +14472,51 @@
       <c r="L205" s="11">
         <v>5</v>
       </c>
       <c r="M205" s="11">
         <v>3.89</v>
       </c>
       <c r="N205" s="11">
         <v>7.11</v>
       </c>
       <c r="O205" s="11">
         <v>3.99</v>
       </c>
       <c r="P205" s="11">
         <v>4.06</v>
       </c>
       <c r="Q205" s="11">
         <v>5.98</v>
       </c>
       <c r="R205" s="11">
         <v>6.46</v>
       </c>
       <c r="S205" s="11">
         <v>4.04</v>
       </c>
       <c r="T205" s="11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="U205" s="11">
         <v>3.50</v>
       </c>
     </row>
     <row r="206" spans="1:21" ht="15">
       <c r="A206" s="11" t="s">
         <v>219</v>
       </c>
       <c r="B206" s="11">
         <v>9.8800000000000008</v>
       </c>
       <c r="C206" s="11">
         <v>22.04</v>
       </c>
       <c r="D206" s="11">
         <v>10.07</v>
       </c>
       <c r="E206" s="11">
         <v>9.23</v>
       </c>
       <c r="F206" s="11">
         <v>11.01</v>
       </c>
       <c r="G206" s="11">
@@ -14732,73 +14738,179 @@
       <c r="N209" s="11">
         <v>6.93</v>
       </c>
       <c r="O209" s="11">
         <v>3.95</v>
       </c>
       <c r="P209" s="11">
         <v>3.93</v>
       </c>
       <c r="Q209" s="11">
         <v>5.76</v>
       </c>
       <c r="R209" s="11">
         <v>6.40</v>
       </c>
       <c r="S209" s="11">
         <v>3.84</v>
       </c>
       <c r="T209" s="11">
         <v>4.43</v>
       </c>
       <c r="U209" s="11">
         <v>4.38</v>
       </c>
     </row>
-    <row r="210" spans="12:21" ht="15">
-[...21 lines deleted...]
-      <c r="U211" s="1"/>
+    <row r="210" spans="1:21" ht="15">
+      <c r="A210" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="B210" s="11">
+        <v>10.50</v>
+      </c>
+      <c r="C210" s="11">
+        <v>27.77</v>
+      </c>
+      <c r="D210" s="11">
+        <v>9.4700000000000006</v>
+      </c>
+      <c r="E210" s="11">
+        <v>8.870000000000001</v>
+      </c>
+      <c r="F210" s="11">
+        <v>10.74</v>
+      </c>
+      <c r="G210" s="11">
+        <v>3.84</v>
+      </c>
+      <c r="H210" s="11">
+        <v>3.41</v>
+      </c>
+      <c r="I210" s="11">
+        <v>2.98</v>
+      </c>
+      <c r="J210" s="11">
+        <v>4.26</v>
+      </c>
+      <c r="K210" s="11">
+        <v>3.64</v>
+      </c>
+      <c r="L210" s="11">
+        <v>5.02</v>
+      </c>
+      <c r="M210" s="11">
+        <v>3.61</v>
+      </c>
+      <c r="N210" s="11">
+        <v>6.14</v>
+      </c>
+      <c r="O210" s="11">
+        <v>4</v>
+      </c>
+      <c r="P210" s="11">
+        <v>4.09</v>
+      </c>
+      <c r="Q210" s="11">
+        <v>5.83</v>
+      </c>
+      <c r="R210" s="11">
+        <v>6.85</v>
+      </c>
+      <c r="S210" s="11">
+        <v>4.06</v>
+      </c>
+      <c r="T210" s="11">
+        <v>4.33</v>
+      </c>
+      <c r="U210" s="11">
+        <v>4.40</v>
+      </c>
+    </row>
+    <row r="211" spans="1:21" ht="15">
+      <c r="A211" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="B211" s="11">
+        <v>9.870000000000001</v>
+      </c>
+      <c r="C211" s="11">
+        <v>29.64</v>
+      </c>
+      <c r="D211" s="11">
+        <v>9.59</v>
+      </c>
+      <c r="E211" s="11">
+        <v>8.7100000000000009</v>
+      </c>
+      <c r="F211" s="11">
+        <v>10.67</v>
+      </c>
+      <c r="G211" s="11">
+        <v>3.89</v>
+      </c>
+      <c r="H211" s="11">
+        <v>3.40</v>
+      </c>
+      <c r="I211" s="11">
+        <v>2.76</v>
+      </c>
+      <c r="J211" s="11">
+        <v>6.15</v>
+      </c>
+      <c r="K211" s="11">
+        <v>3.54</v>
+      </c>
+      <c r="L211" s="11">
+        <v>5.11</v>
+      </c>
+      <c r="M211" s="11">
+        <v>3.62</v>
+      </c>
+      <c r="N211" s="11">
+        <v>6.82</v>
+      </c>
+      <c r="O211" s="11">
+        <v>3.80</v>
+      </c>
+      <c r="P211" s="11">
+        <v>4.02</v>
+      </c>
+      <c r="Q211" s="11">
+        <v>5.92</v>
+      </c>
+      <c r="R211" s="11">
+        <v>5.77</v>
+      </c>
+      <c r="S211" s="11">
+        <v>4.14</v>
+      </c>
+      <c r="T211" s="11">
+        <v>3.87</v>
+      </c>
+      <c r="U211" s="11">
+        <v>3.36</v>
+      </c>
     </row>
     <row r="212" spans="12:21" ht="15">
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
     </row>
     <row r="213" spans="12:21" ht="15">
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
     </row>
@@ -14815,80 +14927,104 @@
       <c r="U214" s="1"/>
     </row>
     <row r="215" spans="12:21" ht="15">
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
     </row>
     <row r="216" spans="12:21" ht="15">
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
+    </row>
+    <row r="217" spans="12:21" ht="15">
+      <c r="L217" s="1"/>
+      <c r="M217" s="1"/>
+      <c r="N217" s="1"/>
+      <c r="O217" s="1"/>
+      <c r="P217" s="1"/>
+      <c r="Q217" s="1"/>
+      <c r="R217" s="1"/>
+      <c r="S217" s="1"/>
+      <c r="T217" s="1"/>
+      <c r="U217" s="1"/>
+    </row>
+    <row r="218" spans="12:21" ht="15">
+      <c r="L218" s="1"/>
+      <c r="M218" s="1"/>
+      <c r="N218" s="1"/>
+      <c r="O218" s="1"/>
+      <c r="P218" s="1"/>
+      <c r="Q218" s="1"/>
+      <c r="R218" s="1"/>
+      <c r="S218" s="1"/>
+      <c r="T218" s="1"/>
+      <c r="U218" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="O3:U3"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:K4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="L4:N5"/>
     <mergeCell ref="P4:R5"/>
     <mergeCell ref="S4:U5"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="O4:O6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="1.14173228346457" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="73" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F975581-A2EC-451F-8A82-817FDF8F84E6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U215"/>
+  <dimension ref="A1:U217"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.5714285714286" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.42857142857143" style="1" customWidth="1"/>
     <col min="3" max="11" width="12.5714285714286" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.14285714285714" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15.75">
       <c r="A1" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -21701,51 +21837,51 @@
       <c r="M109" s="11">
         <v>3.11</v>
       </c>
       <c r="N109" s="11">
         <v>2.33</v>
       </c>
       <c r="O109" s="11">
         <v>2.36</v>
       </c>
       <c r="P109" s="11">
         <v>2.18</v>
       </c>
       <c r="Q109" s="11">
         <v>2.30</v>
       </c>
       <c r="R109" s="11">
         <v>1.82</v>
       </c>
       <c r="S109" s="11">
         <v>1.30</v>
       </c>
       <c r="T109" s="11">
         <v>1.31</v>
       </c>
       <c r="U109" s="11">
-        <v>1.69</v>
+        <v>1.70</v>
       </c>
     </row>
     <row r="110" spans="1:21" ht="15">
       <c r="A110" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B110" s="11">
         <v>7.04</v>
       </c>
       <c r="C110" s="11">
         <v>4.95</v>
       </c>
       <c r="D110" s="11">
         <v>5.05</v>
       </c>
       <c r="E110" s="11">
         <v>6.58</v>
       </c>
       <c r="F110" s="11">
         <v>6.28</v>
       </c>
       <c r="G110" s="11">
         <v>1.75</v>
       </c>
       <c r="H110" s="11">
@@ -21972,81 +22108,81 @@
       </c>
       <c r="Q113" s="11">
         <v>2.30</v>
       </c>
       <c r="R113" s="11">
         <v>1.86</v>
       </c>
       <c r="S113" s="11">
         <v>1.25</v>
       </c>
       <c r="T113" s="11">
         <v>1.35</v>
       </c>
       <c r="U113" s="11">
         <v>1.72</v>
       </c>
     </row>
     <row r="114" spans="1:21" ht="15">
       <c r="A114" s="11" t="s">
         <v>127</v>
       </c>
       <c r="B114" s="11">
         <v>7.08</v>
       </c>
       <c r="C114" s="11">
-        <v>4.73</v>
+        <v>4.74</v>
       </c>
       <c r="D114" s="11">
         <v>4.95</v>
       </c>
       <c r="E114" s="11">
         <v>6.48</v>
       </c>
       <c r="F114" s="11">
         <v>6.14</v>
       </c>
       <c r="G114" s="11">
         <v>1.67</v>
       </c>
       <c r="H114" s="11">
         <v>1.92</v>
       </c>
       <c r="I114" s="11">
         <v>1.95</v>
       </c>
       <c r="J114" s="11">
         <v>1.94</v>
       </c>
       <c r="K114" s="11">
         <v>2.16</v>
       </c>
       <c r="L114" s="11">
         <v>2.36</v>
       </c>
       <c r="M114" s="11">
-        <v>2.92</v>
+        <v>2.93</v>
       </c>
       <c r="N114" s="11">
         <v>2.37</v>
       </c>
       <c r="O114" s="11">
         <v>2.23</v>
       </c>
       <c r="P114" s="11">
         <v>2.14</v>
       </c>
       <c r="Q114" s="11">
         <v>2.30</v>
       </c>
       <c r="R114" s="11">
         <v>1.84</v>
       </c>
       <c r="S114" s="11">
         <v>1.24</v>
       </c>
       <c r="T114" s="11">
         <v>1.37</v>
       </c>
       <c r="U114" s="11">
         <v>1.66</v>
       </c>
@@ -22247,66 +22383,66 @@
       </c>
     </row>
     <row r="118" spans="1:21" ht="15">
       <c r="A118" s="11" t="s">
         <v>131</v>
       </c>
       <c r="B118" s="11">
         <v>7.12</v>
       </c>
       <c r="C118" s="11">
         <v>4.72</v>
       </c>
       <c r="D118" s="11">
         <v>4.81</v>
       </c>
       <c r="E118" s="11">
         <v>6.30</v>
       </c>
       <c r="F118" s="11">
         <v>6.06</v>
       </c>
       <c r="G118" s="11">
         <v>1.63</v>
       </c>
       <c r="H118" s="11">
-        <v>1.85</v>
+        <v>1.84</v>
       </c>
       <c r="I118" s="11">
         <v>1.95</v>
       </c>
       <c r="J118" s="11">
         <v>1.91</v>
       </c>
       <c r="K118" s="11">
         <v>2.15</v>
       </c>
       <c r="L118" s="11">
         <v>2.24</v>
       </c>
       <c r="M118" s="11">
-        <v>2.88</v>
+        <v>2.90</v>
       </c>
       <c r="N118" s="11">
         <v>2.36</v>
       </c>
       <c r="O118" s="11">
         <v>2.22</v>
       </c>
       <c r="P118" s="11">
         <v>2.10</v>
       </c>
       <c r="Q118" s="11">
         <v>2.27</v>
       </c>
       <c r="R118" s="11">
         <v>1.80</v>
       </c>
       <c r="S118" s="11">
         <v>1.28</v>
       </c>
       <c r="T118" s="11">
         <v>1.43</v>
       </c>
       <c r="U118" s="11">
         <v>1.79</v>
       </c>
@@ -22699,51 +22835,51 @@
       </c>
       <c r="U124" s="11">
         <v>1.70</v>
       </c>
     </row>
     <row r="125" spans="1:21" ht="15">
       <c r="A125" s="11" t="s">
         <v>138</v>
       </c>
       <c r="B125" s="11">
         <v>6.98</v>
       </c>
       <c r="C125" s="11">
         <v>5.06</v>
       </c>
       <c r="D125" s="11">
         <v>5.04</v>
       </c>
       <c r="E125" s="11">
         <v>6.31</v>
       </c>
       <c r="F125" s="11">
         <v>6.23</v>
       </c>
       <c r="G125" s="11">
-        <v>1.60</v>
+        <v>1.59</v>
       </c>
       <c r="H125" s="11">
         <v>1.80</v>
       </c>
       <c r="I125" s="11">
         <v>1.91</v>
       </c>
       <c r="J125" s="11">
         <v>1.86</v>
       </c>
       <c r="K125" s="11">
         <v>2.10</v>
       </c>
       <c r="L125" s="11">
         <v>2.38</v>
       </c>
       <c r="M125" s="11">
         <v>2.96</v>
       </c>
       <c r="N125" s="11">
         <v>2.37</v>
       </c>
       <c r="O125" s="11">
         <v>2.11</v>
       </c>
@@ -22817,170 +22953,170 @@
       </c>
       <c r="Q126" s="11">
         <v>2.26</v>
       </c>
       <c r="R126" s="11">
         <v>1.79</v>
       </c>
       <c r="S126" s="11">
         <v>1.22</v>
       </c>
       <c r="T126" s="11">
         <v>1.70</v>
       </c>
       <c r="U126" s="11">
         <v>1.68</v>
       </c>
     </row>
     <row r="127" spans="1:21" ht="15">
       <c r="A127" s="11" t="s">
         <v>140</v>
       </c>
       <c r="B127" s="11">
         <v>6.86</v>
       </c>
       <c r="C127" s="11">
-        <v>4.90</v>
+        <v>4.89</v>
       </c>
       <c r="D127" s="11">
         <v>4.89</v>
       </c>
       <c r="E127" s="11">
         <v>6.10</v>
       </c>
       <c r="F127" s="11">
         <v>5.97</v>
       </c>
       <c r="G127" s="11">
         <v>1.60</v>
       </c>
       <c r="H127" s="11">
         <v>1.84</v>
       </c>
       <c r="I127" s="11">
         <v>1.91</v>
       </c>
       <c r="J127" s="11">
         <v>1.84</v>
       </c>
       <c r="K127" s="11">
         <v>2.11</v>
       </c>
       <c r="L127" s="11">
         <v>2.13</v>
       </c>
       <c r="M127" s="11">
         <v>2.91</v>
       </c>
       <c r="N127" s="11">
         <v>2.16</v>
       </c>
       <c r="O127" s="11">
         <v>2.10</v>
       </c>
       <c r="P127" s="11">
         <v>1.93</v>
       </c>
       <c r="Q127" s="11">
         <v>2.21</v>
       </c>
       <c r="R127" s="11">
         <v>1.75</v>
       </c>
       <c r="S127" s="11">
-        <v>1.25</v>
+        <v>1.26</v>
       </c>
       <c r="T127" s="11">
         <v>1.40</v>
       </c>
       <c r="U127" s="11">
         <v>1.69</v>
       </c>
     </row>
     <row r="128" spans="1:21" ht="15">
       <c r="A128" s="11" t="s">
         <v>141</v>
       </c>
       <c r="B128" s="11">
         <v>6.90</v>
       </c>
       <c r="C128" s="11">
-        <v>5.29</v>
+        <v>5.28</v>
       </c>
       <c r="D128" s="11">
         <v>5.1000000000000014</v>
       </c>
       <c r="E128" s="11">
         <v>6.41</v>
       </c>
       <c r="F128" s="11">
-        <v>6.33</v>
+        <v>6.32</v>
       </c>
       <c r="G128" s="11">
         <v>1.60</v>
       </c>
       <c r="H128" s="11">
         <v>1.83</v>
       </c>
       <c r="I128" s="11">
         <v>1.89</v>
       </c>
       <c r="J128" s="11">
         <v>1.86</v>
       </c>
       <c r="K128" s="11">
         <v>2.10</v>
       </c>
       <c r="L128" s="11">
         <v>2.09</v>
       </c>
       <c r="M128" s="11">
         <v>2.86</v>
       </c>
       <c r="N128" s="11">
         <v>2.23</v>
       </c>
       <c r="O128" s="11">
         <v>2.14</v>
       </c>
       <c r="P128" s="11">
         <v>1.97</v>
       </c>
       <c r="Q128" s="11">
         <v>2.30</v>
       </c>
       <c r="R128" s="11">
         <v>1.79</v>
       </c>
       <c r="S128" s="11">
-        <v>1.16</v>
+        <v>1.15</v>
       </c>
       <c r="T128" s="11">
         <v>1.44</v>
       </c>
       <c r="U128" s="11">
-        <v>1.70</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="129" spans="1:21" ht="15">
       <c r="A129" s="11" t="s">
         <v>142</v>
       </c>
       <c r="B129" s="11">
         <v>7.01</v>
       </c>
       <c r="C129" s="11">
         <v>5.24</v>
       </c>
       <c r="D129" s="11">
         <v>4.99</v>
       </c>
       <c r="E129" s="11">
         <v>6.30</v>
       </c>
       <c r="F129" s="11">
         <v>6.26</v>
       </c>
       <c r="G129" s="11">
         <v>1.57</v>
       </c>
       <c r="H129" s="11">
@@ -22995,51 +23131,51 @@
       <c r="K129" s="11">
         <v>2.09</v>
       </c>
       <c r="L129" s="11">
         <v>2.14</v>
       </c>
       <c r="M129" s="11">
         <v>3</v>
       </c>
       <c r="N129" s="11">
         <v>2.33</v>
       </c>
       <c r="O129" s="11">
         <v>2.13</v>
       </c>
       <c r="P129" s="11">
         <v>1.97</v>
       </c>
       <c r="Q129" s="11">
         <v>2.30</v>
       </c>
       <c r="R129" s="11">
         <v>1.80</v>
       </c>
       <c r="S129" s="11">
-        <v>1.17</v>
+        <v>1.18</v>
       </c>
       <c r="T129" s="11">
         <v>1.35</v>
       </c>
       <c r="U129" s="11">
         <v>1.68</v>
       </c>
     </row>
     <row r="130" spans="1:21" ht="15">
       <c r="A130" s="11" t="s">
         <v>143</v>
       </c>
       <c r="B130" s="11">
         <v>6.95</v>
       </c>
       <c r="C130" s="11">
         <v>5.38</v>
       </c>
       <c r="D130" s="11">
         <v>4.89</v>
       </c>
       <c r="E130" s="11">
         <v>6.24</v>
       </c>
       <c r="F130" s="11">
@@ -23128,51 +23264,51 @@
       <c r="L131" s="11">
         <v>2.17</v>
       </c>
       <c r="M131" s="11">
         <v>2.82</v>
       </c>
       <c r="N131" s="11">
         <v>2.17</v>
       </c>
       <c r="O131" s="11">
         <v>2.11</v>
       </c>
       <c r="P131" s="11">
         <v>1.98</v>
       </c>
       <c r="Q131" s="11">
         <v>2.23</v>
       </c>
       <c r="R131" s="11">
         <v>1.74</v>
       </c>
       <c r="S131" s="11">
         <v>1.18</v>
       </c>
       <c r="T131" s="11">
-        <v>1.18</v>
+        <v>1.19</v>
       </c>
       <c r="U131" s="11">
         <v>1.58</v>
       </c>
     </row>
     <row r="132" spans="1:21" ht="15">
       <c r="A132" s="11" t="s">
         <v>145</v>
       </c>
       <c r="B132" s="11">
         <v>6.81</v>
       </c>
       <c r="C132" s="11">
         <v>5.57</v>
       </c>
       <c r="D132" s="11">
         <v>5.15</v>
       </c>
       <c r="E132" s="11">
         <v>6.25</v>
       </c>
       <c r="F132" s="11">
         <v>6.33</v>
       </c>
       <c r="G132" s="11">
@@ -23196,51 +23332,51 @@
       <c r="M132" s="11">
         <v>2.82</v>
       </c>
       <c r="N132" s="11">
         <v>2.19</v>
       </c>
       <c r="O132" s="11">
         <v>2.06</v>
       </c>
       <c r="P132" s="11">
         <v>1.97</v>
       </c>
       <c r="Q132" s="11">
         <v>2.24</v>
       </c>
       <c r="R132" s="11">
         <v>1.75</v>
       </c>
       <c r="S132" s="11">
         <v>1.11</v>
       </c>
       <c r="T132" s="11">
         <v>1.42</v>
       </c>
       <c r="U132" s="11">
-        <v>1.54</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="133" spans="1:21" ht="15">
       <c r="A133" s="11" t="s">
         <v>146</v>
       </c>
       <c r="B133" s="11">
         <v>6.81</v>
       </c>
       <c r="C133" s="11">
         <v>5.40</v>
       </c>
       <c r="D133" s="11">
         <v>5.02</v>
       </c>
       <c r="E133" s="11">
         <v>6.23</v>
       </c>
       <c r="F133" s="11">
         <v>6.24</v>
       </c>
       <c r="G133" s="11">
         <v>1.54</v>
       </c>
       <c r="H133" s="11">
@@ -23822,51 +23958,51 @@
       <c r="E142" s="11">
         <v>5.92</v>
       </c>
       <c r="F142" s="11">
         <v>5.88</v>
       </c>
       <c r="G142" s="11">
         <v>1.38</v>
       </c>
       <c r="H142" s="11">
         <v>1.57</v>
       </c>
       <c r="I142" s="11">
         <v>1.35</v>
       </c>
       <c r="J142" s="11">
         <v>1.35</v>
       </c>
       <c r="K142" s="11">
         <v>1.65</v>
       </c>
       <c r="L142" s="11">
         <v>2.17</v>
       </c>
       <c r="M142" s="11">
-        <v>2.48</v>
+        <v>2.49</v>
       </c>
       <c r="N142" s="11">
         <v>1.81</v>
       </c>
       <c r="O142" s="11">
         <v>1.93</v>
       </c>
       <c r="P142" s="11">
         <v>1.79</v>
       </c>
       <c r="Q142" s="11">
         <v>1.92</v>
       </c>
       <c r="R142" s="11">
         <v>1.59</v>
       </c>
       <c r="S142" s="11">
         <v>1.13</v>
       </c>
       <c r="T142" s="11">
         <v>1.07</v>
       </c>
       <c r="U142" s="11">
         <v>1.26</v>
       </c>
@@ -24144,51 +24280,51 @@
       <c r="D147" s="11">
         <v>4.81</v>
       </c>
       <c r="E147" s="11">
         <v>5.77</v>
       </c>
       <c r="F147" s="11">
         <v>5.88</v>
       </c>
       <c r="G147" s="11">
         <v>1.41</v>
       </c>
       <c r="H147" s="11">
         <v>1.63</v>
       </c>
       <c r="I147" s="11">
         <v>1.31</v>
       </c>
       <c r="J147" s="11">
         <v>1.40</v>
       </c>
       <c r="K147" s="11">
         <v>1.68</v>
       </c>
       <c r="L147" s="11">
-        <v>2.12</v>
+        <v>2.13</v>
       </c>
       <c r="M147" s="11">
         <v>2.64</v>
       </c>
       <c r="N147" s="11">
         <v>1.65</v>
       </c>
       <c r="O147" s="11">
         <v>1.77</v>
       </c>
       <c r="P147" s="11">
         <v>1.71</v>
       </c>
       <c r="Q147" s="11">
         <v>2.11</v>
       </c>
       <c r="R147" s="11">
         <v>1.50</v>
       </c>
       <c r="S147" s="11">
         <v>1.29</v>
       </c>
       <c r="T147" s="11">
         <v>1.09</v>
       </c>
@@ -25016,51 +25152,51 @@
       <c r="M160" s="11">
         <v>2.38</v>
       </c>
       <c r="N160" s="11">
         <v>1.80</v>
       </c>
       <c r="O160" s="11">
         <v>1.74</v>
       </c>
       <c r="P160" s="11">
         <v>1.71</v>
       </c>
       <c r="Q160" s="11">
         <v>2.07</v>
       </c>
       <c r="R160" s="11">
         <v>1.43</v>
       </c>
       <c r="S160" s="11">
         <v>1.27</v>
       </c>
       <c r="T160" s="11">
         <v>1.36</v>
       </c>
       <c r="U160" s="11">
-        <v>1.24</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="161" spans="1:21" ht="15">
       <c r="A161" s="11" t="s">
         <v>174</v>
       </c>
       <c r="B161" s="11">
         <v>5.87</v>
       </c>
       <c r="C161" s="11">
         <v>5.57</v>
       </c>
       <c r="D161" s="11">
         <v>4.65</v>
       </c>
       <c r="E161" s="11">
         <v>5.59</v>
       </c>
       <c r="F161" s="11">
         <v>5.84</v>
       </c>
       <c r="G161" s="11">
         <v>1.31</v>
       </c>
       <c r="H161" s="11">
@@ -25934,51 +26070,51 @@
       </c>
       <c r="P174" s="11">
         <v>3.35</v>
       </c>
       <c r="Q174" s="11">
         <v>4.3500000000000014</v>
       </c>
       <c r="R174" s="11">
         <v>3</v>
       </c>
       <c r="S174" s="11">
         <v>2.96</v>
       </c>
       <c r="T174" s="11">
         <v>3.67</v>
       </c>
       <c r="U174" s="11">
         <v>3.05</v>
       </c>
     </row>
     <row r="175" spans="1:21" ht="15">
       <c r="A175" s="11" t="s">
         <v>188</v>
       </c>
       <c r="B175" s="11">
-        <v>6.61</v>
+        <v>6.60</v>
       </c>
       <c r="C175" s="11">
         <v>6.47</v>
       </c>
       <c r="D175" s="11">
         <v>5.83</v>
       </c>
       <c r="E175" s="11">
         <v>6.93</v>
       </c>
       <c r="F175" s="11">
         <v>6.98</v>
       </c>
       <c r="G175" s="11">
         <v>3.10</v>
       </c>
       <c r="H175" s="11">
         <v>3.16</v>
       </c>
       <c r="I175" s="11">
         <v>3.29</v>
       </c>
       <c r="J175" s="11">
         <v>2.61</v>
       </c>
@@ -25991,51 +26127,51 @@
       <c r="M175" s="11">
         <v>4.48</v>
       </c>
       <c r="N175" s="11">
         <v>3.80</v>
       </c>
       <c r="O175" s="11">
         <v>3.17</v>
       </c>
       <c r="P175" s="11">
         <v>3.69</v>
       </c>
       <c r="Q175" s="11">
         <v>4.52</v>
       </c>
       <c r="R175" s="11">
         <v>3.21</v>
       </c>
       <c r="S175" s="11">
         <v>3.37</v>
       </c>
       <c r="T175" s="11">
         <v>3.13</v>
       </c>
       <c r="U175" s="11">
-        <v>3.38</v>
+        <v>3.37</v>
       </c>
     </row>
     <row r="176" spans="1:21" ht="15">
       <c r="A176" s="11" t="s">
         <v>189</v>
       </c>
       <c r="B176" s="11">
         <v>6.97</v>
       </c>
       <c r="C176" s="11">
         <v>7.15</v>
       </c>
       <c r="D176" s="11">
         <v>6.25</v>
       </c>
       <c r="E176" s="11">
         <v>7.44</v>
       </c>
       <c r="F176" s="11">
         <v>7.57</v>
       </c>
       <c r="G176" s="11">
         <v>3.49</v>
       </c>
       <c r="H176" s="11">
@@ -26280,51 +26416,51 @@
       <c r="A180" s="11" t="s">
         <v>193</v>
       </c>
       <c r="B180" s="11">
         <v>7.52</v>
       </c>
       <c r="C180" s="11">
         <v>8.07</v>
       </c>
       <c r="D180" s="11">
         <v>7.04</v>
       </c>
       <c r="E180" s="11">
         <v>7.96</v>
       </c>
       <c r="F180" s="11">
         <v>8.3000000000000007</v>
       </c>
       <c r="G180" s="11">
         <v>4.27</v>
       </c>
       <c r="H180" s="11">
         <v>3.99</v>
       </c>
       <c r="I180" s="11">
-        <v>3.65</v>
+        <v>3.66</v>
       </c>
       <c r="J180" s="11">
         <v>3.32</v>
       </c>
       <c r="K180" s="11">
         <v>3.95</v>
       </c>
       <c r="L180" s="11">
         <v>5.1000000000000014</v>
       </c>
       <c r="M180" s="11">
         <v>5.20</v>
       </c>
       <c r="N180" s="11">
         <v>4.77</v>
       </c>
       <c r="O180" s="11">
         <v>4.52</v>
       </c>
       <c r="P180" s="11">
         <v>4.96</v>
       </c>
       <c r="Q180" s="11">
         <v>5.29</v>
       </c>
@@ -27152,77 +27288,77 @@
       <c r="J193" s="11">
         <v>3.39</v>
       </c>
       <c r="K193" s="11">
         <v>4.03</v>
       </c>
       <c r="L193" s="11">
         <v>5.43</v>
       </c>
       <c r="M193" s="11">
         <v>5.18</v>
       </c>
       <c r="N193" s="11">
         <v>4.63</v>
       </c>
       <c r="O193" s="11">
         <v>5.19</v>
       </c>
       <c r="P193" s="11">
         <v>5.34</v>
       </c>
       <c r="Q193" s="11">
         <v>5.82</v>
       </c>
       <c r="R193" s="11">
-        <v>4.28</v>
+        <v>4.29</v>
       </c>
       <c r="S193" s="11">
         <v>5.03</v>
       </c>
       <c r="T193" s="11">
         <v>4.41</v>
       </c>
       <c r="U193" s="11">
         <v>3.90</v>
       </c>
     </row>
     <row r="194" spans="1:21" ht="15">
       <c r="A194" s="11" t="s">
         <v>207</v>
       </c>
       <c r="B194" s="11">
         <v>8.1999999999999993</v>
       </c>
       <c r="C194" s="11">
         <v>7.55</v>
       </c>
       <c r="D194" s="11">
         <v>7.17</v>
       </c>
       <c r="E194" s="11">
-        <v>8.26</v>
+        <v>8.27</v>
       </c>
       <c r="F194" s="11">
         <v>8.49</v>
       </c>
       <c r="G194" s="11">
         <v>4.75</v>
       </c>
       <c r="H194" s="11">
         <v>3.93</v>
       </c>
       <c r="I194" s="11">
         <v>3.64</v>
       </c>
       <c r="J194" s="11">
         <v>3.37</v>
       </c>
       <c r="K194" s="11">
         <v>4</v>
       </c>
       <c r="L194" s="11">
         <v>5.38</v>
       </c>
       <c r="M194" s="11">
         <v>5.14</v>
       </c>
@@ -27302,51 +27438,51 @@
       </c>
       <c r="Q195" s="11">
         <v>5.66</v>
       </c>
       <c r="R195" s="11">
         <v>4.15</v>
       </c>
       <c r="S195" s="11">
         <v>4.99</v>
       </c>
       <c r="T195" s="11">
         <v>4.29</v>
       </c>
       <c r="U195" s="11">
         <v>3.86</v>
       </c>
     </row>
     <row r="196" spans="1:21" ht="15">
       <c r="A196" s="11" t="s">
         <v>209</v>
       </c>
       <c r="B196" s="11">
         <v>8.3900000000000006</v>
       </c>
       <c r="C196" s="11">
-        <v>7.55</v>
+        <v>7.56</v>
       </c>
       <c r="D196" s="11">
         <v>7.19</v>
       </c>
       <c r="E196" s="11">
         <v>8.18</v>
       </c>
       <c r="F196" s="11">
         <v>8.5299999999999994</v>
       </c>
       <c r="G196" s="11">
         <v>4.58</v>
       </c>
       <c r="H196" s="11">
         <v>3.79</v>
       </c>
       <c r="I196" s="11">
         <v>3.55</v>
       </c>
       <c r="J196" s="11">
         <v>3.28</v>
       </c>
       <c r="K196" s="11">
         <v>3.89</v>
       </c>
@@ -27474,51 +27610,51 @@
       <c r="I198" s="11">
         <v>3.43</v>
       </c>
       <c r="J198" s="11">
         <v>3.16</v>
       </c>
       <c r="K198" s="11">
         <v>3.72</v>
       </c>
       <c r="L198" s="11">
         <v>4.88</v>
       </c>
       <c r="M198" s="11">
         <v>4.69</v>
       </c>
       <c r="N198" s="11">
         <v>4.29</v>
       </c>
       <c r="O198" s="11">
         <v>4.74</v>
       </c>
       <c r="P198" s="11">
         <v>4.74</v>
       </c>
       <c r="Q198" s="11">
-        <v>5.37</v>
+        <v>5.38</v>
       </c>
       <c r="R198" s="11">
         <v>3.94</v>
       </c>
       <c r="S198" s="11">
         <v>4.38</v>
       </c>
       <c r="T198" s="11">
         <v>3.88</v>
       </c>
       <c r="U198" s="11">
         <v>3.54</v>
       </c>
     </row>
     <row r="199" spans="1:21" ht="15">
       <c r="A199" s="11" t="s">
         <v>212</v>
       </c>
       <c r="B199" s="11">
         <v>8</v>
       </c>
       <c r="C199" s="11">
         <v>6.76</v>
       </c>
       <c r="D199" s="11">
@@ -27559,51 +27695,51 @@
       </c>
       <c r="P199" s="11">
         <v>4.56</v>
       </c>
       <c r="Q199" s="11">
         <v>5.17</v>
       </c>
       <c r="R199" s="11">
         <v>3.82</v>
       </c>
       <c r="S199" s="11">
         <v>4.24</v>
       </c>
       <c r="T199" s="11">
         <v>3.85</v>
       </c>
       <c r="U199" s="11">
         <v>3.46</v>
       </c>
     </row>
     <row r="200" spans="1:21" ht="15">
       <c r="A200" s="11" t="s">
         <v>213</v>
       </c>
       <c r="B200" s="11">
-        <v>8.07</v>
+        <v>8.08</v>
       </c>
       <c r="C200" s="11">
         <v>7.16</v>
       </c>
       <c r="D200" s="11">
         <v>7.06</v>
       </c>
       <c r="E200" s="11">
         <v>8.1400000000000006</v>
       </c>
       <c r="F200" s="11">
         <v>8.50</v>
       </c>
       <c r="G200" s="11">
         <v>4.06</v>
       </c>
       <c r="H200" s="11">
         <v>3.49</v>
       </c>
       <c r="I200" s="11">
         <v>2.88</v>
       </c>
       <c r="J200" s="11">
         <v>2.97</v>
       </c>
@@ -28144,181 +28280,311 @@
       </c>
       <c r="P208" s="11">
         <v>3.64</v>
       </c>
       <c r="Q208" s="11">
         <v>5.03</v>
       </c>
       <c r="R208" s="11">
         <v>3.70</v>
       </c>
       <c r="S208" s="11">
         <v>3.19</v>
       </c>
       <c r="T208" s="11">
         <v>3.61</v>
       </c>
       <c r="U208" s="11">
         <v>3.60</v>
       </c>
     </row>
     <row r="209" spans="1:21" ht="15">
       <c r="A209" s="11" t="s">
         <v>222</v>
       </c>
       <c r="B209" s="11">
-        <v>7.77</v>
+        <v>7.73</v>
       </c>
       <c r="C209" s="11">
         <v>6.40</v>
       </c>
       <c r="D209" s="11">
         <v>6.78</v>
       </c>
       <c r="E209" s="11">
         <v>7.88</v>
       </c>
       <c r="F209" s="11">
         <v>8.10</v>
       </c>
       <c r="G209" s="11">
         <v>3.52</v>
       </c>
       <c r="H209" s="11">
         <v>3.37</v>
       </c>
       <c r="I209" s="11">
         <v>3.48</v>
       </c>
       <c r="J209" s="11">
         <v>3.16</v>
       </c>
       <c r="K209" s="11">
-        <v>3.59</v>
+        <v>3.60</v>
       </c>
       <c r="L209" s="11">
         <v>3.88</v>
       </c>
       <c r="M209" s="11">
         <v>4.37</v>
       </c>
       <c r="N209" s="11">
-        <v>4.24</v>
+        <v>4.25</v>
       </c>
       <c r="O209" s="11">
         <v>3.62</v>
       </c>
       <c r="P209" s="11">
         <v>3.66</v>
       </c>
       <c r="Q209" s="11">
         <v>4.97</v>
       </c>
       <c r="R209" s="11">
         <v>3.69</v>
       </c>
       <c r="S209" s="11">
         <v>3.21</v>
       </c>
       <c r="T209" s="11">
         <v>3.57</v>
       </c>
       <c r="U209" s="11">
         <v>3.51</v>
       </c>
     </row>
-    <row r="210" spans="12:21" ht="15">
-[...21 lines deleted...]
-      <c r="U211" s="1"/>
+    <row r="210" spans="1:21" ht="15">
+      <c r="A210" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="B210" s="11">
+        <v>7.72</v>
+      </c>
+      <c r="C210" s="11">
+        <v>6.18</v>
+      </c>
+      <c r="D210" s="11">
+        <v>6.74</v>
+      </c>
+      <c r="E210" s="11">
+        <v>7.95</v>
+      </c>
+      <c r="F210" s="11">
+        <v>8.07</v>
+      </c>
+      <c r="G210" s="11">
+        <v>3.53</v>
+      </c>
+      <c r="H210" s="11">
+        <v>3.35</v>
+      </c>
+      <c r="I210" s="11">
+        <v>3.48</v>
+      </c>
+      <c r="J210" s="11">
+        <v>3.15</v>
+      </c>
+      <c r="K210" s="11">
+        <v>3.58</v>
+      </c>
+      <c r="L210" s="11">
+        <v>3.82</v>
+      </c>
+      <c r="M210" s="11">
+        <v>4.41</v>
+      </c>
+      <c r="N210" s="11">
+        <v>4.15</v>
+      </c>
+      <c r="O210" s="11">
+        <v>3.60</v>
+      </c>
+      <c r="P210" s="11">
+        <v>3.70</v>
+      </c>
+      <c r="Q210" s="11">
+        <v>5</v>
+      </c>
+      <c r="R210" s="11">
+        <v>3.69</v>
+      </c>
+      <c r="S210" s="11">
+        <v>3.18</v>
+      </c>
+      <c r="T210" s="11">
+        <v>3.50</v>
+      </c>
+      <c r="U210" s="11">
+        <v>3.58</v>
+      </c>
+    </row>
+    <row r="211" spans="1:21" ht="15">
+      <c r="A211" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="B211" s="11">
+        <v>7.48</v>
+      </c>
+      <c r="C211" s="11">
+        <v>6.36</v>
+      </c>
+      <c r="D211" s="11">
+        <v>6.68</v>
+      </c>
+      <c r="E211" s="11">
+        <v>7.72</v>
+      </c>
+      <c r="F211" s="11">
+        <v>7.91</v>
+      </c>
+      <c r="G211" s="11">
+        <v>3.55</v>
+      </c>
+      <c r="H211" s="11">
+        <v>3.37</v>
+      </c>
+      <c r="I211" s="11">
+        <v>3.48</v>
+      </c>
+      <c r="J211" s="11">
+        <v>3.13</v>
+      </c>
+      <c r="K211" s="11">
+        <v>3.59</v>
+      </c>
+      <c r="L211" s="11">
+        <v>3.64</v>
+      </c>
+      <c r="M211" s="11">
+        <v>4.38</v>
+      </c>
+      <c r="N211" s="11">
+        <v>4</v>
+      </c>
+      <c r="O211" s="11">
+        <v>3.64</v>
+      </c>
+      <c r="P211" s="11">
+        <v>3.67</v>
+      </c>
+      <c r="Q211" s="11">
+        <v>4.95</v>
+      </c>
+      <c r="R211" s="11">
+        <v>3.69</v>
+      </c>
+      <c r="S211" s="11">
+        <v>3.37</v>
+      </c>
+      <c r="T211" s="11">
+        <v>3.53</v>
+      </c>
+      <c r="U211" s="11">
+        <v>3.65</v>
+      </c>
     </row>
     <row r="212" spans="12:21" ht="15">
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
     </row>
     <row r="213" spans="12:21" ht="15">
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
     </row>
     <row r="214" spans="12:21" ht="15">
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
     </row>
     <row r="215" spans="12:21" ht="15">
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
+    </row>
+    <row r="216" spans="12:21" ht="15">
+      <c r="L216" s="1"/>
+      <c r="M216" s="1"/>
+      <c r="N216" s="1"/>
+      <c r="O216" s="1"/>
+      <c r="P216" s="1"/>
+      <c r="Q216" s="1"/>
+      <c r="R216" s="1"/>
+      <c r="S216" s="1"/>
+      <c r="T216" s="1"/>
+      <c r="U216" s="1"/>
+    </row>
+    <row r="217" spans="12:21" ht="15">
+      <c r="L217" s="1"/>
+      <c r="M217" s="1"/>
+      <c r="N217" s="1"/>
+      <c r="O217" s="1"/>
+      <c r="P217" s="1"/>
+      <c r="Q217" s="1"/>
+      <c r="R217" s="1"/>
+      <c r="S217" s="1"/>
+      <c r="T217" s="1"/>
+      <c r="U217" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="O3:U3"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:K4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="L4:N5"/>
     <mergeCell ref="P4:R5"/>
     <mergeCell ref="S4:U5"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="O4:O6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="1.14173228346457" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="73" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>