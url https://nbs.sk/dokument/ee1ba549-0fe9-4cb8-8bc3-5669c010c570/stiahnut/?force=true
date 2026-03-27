--- v2 (2026-02-07)
+++ v3 (2026-03-27)
@@ -15,73 +15,73 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\buchtas\AppData\Local\Temp\e21d5fc3dfda4cf09fa5722b631fe8ce\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="780" yWindow="780" windowWidth="21600" windowHeight="11385" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Slovakia_01_2009" sheetId="1" r:id="rId3"/>
     <sheet name="Euro area_01_2009" sheetId="2" r:id="rId4"/>
     <sheet name="Notes" sheetId="3" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Euro area_01_2009'!$A$7:$K$216</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Slovakia_01_2009!$A$7:$K$217</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Euro area_01_2009'!$A$7:$K$217</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Slovakia_01_2009!$A$7:$K$218</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="227">
   <si>
     <t>Bank Overdrafts</t>
   </si>
   <si>
     <t>Consumer credit</t>
   </si>
   <si>
     <t>By initial rate fixation</t>
   </si>
   <si>
     <t>Floating rate and up to  1 year</t>
   </si>
   <si>
     <t>Over 1 and up to 5 years</t>
   </si>
   <si>
     <t>Over 5 years</t>
   </si>
   <si>
     <t>Anual percentage rate of charge</t>
   </si>
   <si>
     <t>Lending for house purchase</t>
   </si>
   <si>
@@ -747,50 +747,53 @@
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
   </si>
   <si>
     <t>2025-11</t>
   </si>
   <si>
     <t>2025-12</t>
   </si>
   <si>
+    <t>2026-01</t>
+  </si>
+  <si>
     <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="yyyy\ \/\ mm"/>
   </numFmts>
   <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1378,51 +1381,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U218"/>
+  <dimension ref="A1:U219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.5714285714286" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.42857142857143" style="1" customWidth="1"/>
     <col min="3" max="11" width="12.5714285714286" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.14285714285714" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15.75">
       <c r="A1" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -1930,51 +1933,51 @@
       <c r="M12" s="11">
         <v>6.85</v>
       </c>
       <c r="N12" s="11">
         <v>6</v>
       </c>
       <c r="O12" s="11">
         <v>3.44</v>
       </c>
       <c r="P12" s="11">
         <v>4.98</v>
       </c>
       <c r="Q12" s="11">
         <v>5.78</v>
       </c>
       <c r="R12" s="11">
         <v>5.39</v>
       </c>
       <c r="S12" s="11">
         <v>3.17</v>
       </c>
       <c r="T12" s="11">
         <v>6.67</v>
       </c>
       <c r="U12" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="13" spans="1:21" ht="15">
       <c r="A13" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="11">
         <v>14.43</v>
       </c>
       <c r="C13" s="11">
         <v>8.19</v>
       </c>
       <c r="D13" s="11">
         <v>14.51</v>
       </c>
       <c r="E13" s="11">
         <v>13.58</v>
       </c>
       <c r="F13" s="11">
         <v>14.91</v>
       </c>
       <c r="G13" s="11">
         <v>5.48</v>
       </c>
       <c r="H13" s="11">
@@ -2385,51 +2388,51 @@
       <c r="M19" s="11">
         <v>6.46</v>
       </c>
       <c r="N19" s="11">
         <v>4.46</v>
       </c>
       <c r="O19" s="11">
         <v>3.31</v>
       </c>
       <c r="P19" s="11">
         <v>3.70</v>
       </c>
       <c r="Q19" s="11">
         <v>4.08</v>
       </c>
       <c r="R19" s="11">
         <v>4.72</v>
       </c>
       <c r="S19" s="11">
         <v>2.57</v>
       </c>
       <c r="T19" s="11">
         <v>7.39</v>
       </c>
       <c r="U19" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="20" spans="1:21" ht="15">
       <c r="A20" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="11">
         <v>14.62</v>
       </c>
       <c r="C20" s="11">
         <v>7.10</v>
       </c>
       <c r="D20" s="11">
         <v>14.53</v>
       </c>
       <c r="E20" s="11">
         <v>14.04</v>
       </c>
       <c r="F20" s="11">
         <v>14.73</v>
       </c>
       <c r="G20" s="11">
         <v>5.09</v>
       </c>
       <c r="H20" s="11">
@@ -2450,51 +2453,51 @@
       <c r="M20" s="11">
         <v>6.40</v>
       </c>
       <c r="N20" s="11">
         <v>6.51</v>
       </c>
       <c r="O20" s="11">
         <v>3.32</v>
       </c>
       <c r="P20" s="11">
         <v>3.60</v>
       </c>
       <c r="Q20" s="11">
         <v>5.25</v>
       </c>
       <c r="R20" s="11">
         <v>7.01</v>
       </c>
       <c r="S20" s="11">
         <v>2.54</v>
       </c>
       <c r="T20" s="11">
         <v>8.4600000000000009</v>
       </c>
       <c r="U20" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="21" spans="1:21" ht="15">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="11">
         <v>14.70</v>
       </c>
       <c r="C21" s="11">
         <v>8.1400000000000006</v>
       </c>
       <c r="D21" s="11">
         <v>14.34</v>
       </c>
       <c r="E21" s="11">
         <v>14.44</v>
       </c>
       <c r="F21" s="11">
         <v>15.67</v>
       </c>
       <c r="G21" s="11">
         <v>5.01</v>
       </c>
       <c r="H21" s="11">
@@ -2515,51 +2518,51 @@
       <c r="M21" s="11">
         <v>6.08</v>
       </c>
       <c r="N21" s="11">
         <v>6.26</v>
       </c>
       <c r="O21" s="11">
         <v>3.34</v>
       </c>
       <c r="P21" s="11">
         <v>3.64</v>
       </c>
       <c r="Q21" s="11">
         <v>5.27</v>
       </c>
       <c r="R21" s="11">
         <v>5.34</v>
       </c>
       <c r="S21" s="11">
         <v>2.49</v>
       </c>
       <c r="T21" s="11">
         <v>5.52</v>
       </c>
       <c r="U21" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="15">
       <c r="A22" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="11">
         <v>14.60</v>
       </c>
       <c r="C22" s="11">
         <v>6.66</v>
       </c>
       <c r="D22" s="11">
         <v>13.37</v>
       </c>
       <c r="E22" s="11">
         <v>15.04</v>
       </c>
       <c r="F22" s="11">
         <v>15.17</v>
       </c>
       <c r="G22" s="11">
         <v>5.04</v>
       </c>
       <c r="H22" s="11">
@@ -2577,54 +2580,54 @@
       <c r="L22" s="11">
         <v>5.85</v>
       </c>
       <c r="M22" s="11">
         <v>6.20</v>
       </c>
       <c r="N22" s="11">
         <v>5.98</v>
       </c>
       <c r="O22" s="11">
         <v>3.33</v>
       </c>
       <c r="P22" s="11">
         <v>3.94</v>
       </c>
       <c r="Q22" s="11">
         <v>4.22</v>
       </c>
       <c r="R22" s="11">
         <v>5.11</v>
       </c>
       <c r="S22" s="11">
         <v>2.87</v>
       </c>
       <c r="T22" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U22" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="23" spans="1:21" ht="15">
       <c r="A23" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="11">
         <v>14.51</v>
       </c>
       <c r="C23" s="11">
         <v>6.94</v>
       </c>
       <c r="D23" s="11">
         <v>13.67</v>
       </c>
       <c r="E23" s="11">
         <v>14.10</v>
       </c>
       <c r="F23" s="11">
         <v>14.44</v>
       </c>
       <c r="G23" s="11">
         <v>4.96</v>
       </c>
       <c r="H23" s="11">
@@ -2905,51 +2908,51 @@
       <c r="M27" s="11">
         <v>5.88</v>
       </c>
       <c r="N27" s="11">
         <v>6.11</v>
       </c>
       <c r="O27" s="11">
         <v>3.35</v>
       </c>
       <c r="P27" s="11">
         <v>4.17</v>
       </c>
       <c r="Q27" s="11">
         <v>4.98</v>
       </c>
       <c r="R27" s="11">
         <v>5.73</v>
       </c>
       <c r="S27" s="11">
         <v>3.43</v>
       </c>
       <c r="T27" s="11">
         <v>3.30</v>
       </c>
       <c r="U27" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="28" spans="1:21" ht="15">
       <c r="A28" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="11">
         <v>14.49</v>
       </c>
       <c r="C28" s="11">
         <v>6.93</v>
       </c>
       <c r="D28" s="11">
         <v>15.47</v>
       </c>
       <c r="E28" s="11">
         <v>14.64</v>
       </c>
       <c r="F28" s="11">
         <v>15.72</v>
       </c>
       <c r="G28" s="11">
         <v>4.73</v>
       </c>
       <c r="H28" s="11">
@@ -3422,51 +3425,51 @@
       <c r="L35" s="11">
         <v>5.96</v>
       </c>
       <c r="M35" s="11">
         <v>5.26</v>
       </c>
       <c r="N35" s="11">
         <v>5.46</v>
       </c>
       <c r="O35" s="11">
         <v>3.90</v>
       </c>
       <c r="P35" s="11">
         <v>4.25</v>
       </c>
       <c r="Q35" s="11">
         <v>6.02</v>
       </c>
       <c r="R35" s="11">
         <v>4.98</v>
       </c>
       <c r="S35" s="11">
         <v>3.10</v>
       </c>
       <c r="T35" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U35" s="11">
         <v>5.62</v>
       </c>
     </row>
     <row r="36" spans="1:21" ht="15">
       <c r="A36" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="11">
         <v>13.97</v>
       </c>
       <c r="C36" s="11">
         <v>13.61</v>
       </c>
       <c r="D36" s="11">
         <v>15.04</v>
       </c>
       <c r="E36" s="11">
         <v>14.11</v>
       </c>
       <c r="F36" s="11">
         <v>16.55</v>
       </c>
       <c r="G36" s="11">
@@ -3490,51 +3493,51 @@
       <c r="M36" s="11">
         <v>5.39</v>
       </c>
       <c r="N36" s="11">
         <v>5.1000000000000014</v>
       </c>
       <c r="O36" s="11">
         <v>3.91</v>
       </c>
       <c r="P36" s="11">
         <v>4.65</v>
       </c>
       <c r="Q36" s="11">
         <v>5.39</v>
       </c>
       <c r="R36" s="11">
         <v>5.08</v>
       </c>
       <c r="S36" s="11">
         <v>3.08</v>
       </c>
       <c r="T36" s="11">
         <v>3.70</v>
       </c>
       <c r="U36" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="1:21" ht="15">
       <c r="A37" s="11" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="11">
         <v>13.78</v>
       </c>
       <c r="C37" s="11">
         <v>12.63</v>
       </c>
       <c r="D37" s="11">
         <v>14.85</v>
       </c>
       <c r="E37" s="11">
         <v>13.52</v>
       </c>
       <c r="F37" s="11">
         <v>16.11</v>
       </c>
       <c r="G37" s="11">
         <v>4.61</v>
       </c>
       <c r="H37" s="11">
@@ -3555,51 +3558,51 @@
       <c r="M37" s="11">
         <v>5.28</v>
       </c>
       <c r="N37" s="11">
         <v>5.26</v>
       </c>
       <c r="O37" s="11">
         <v>3.90</v>
       </c>
       <c r="P37" s="11">
         <v>4.50</v>
       </c>
       <c r="Q37" s="11">
         <v>5.23</v>
       </c>
       <c r="R37" s="11">
         <v>5.27</v>
       </c>
       <c r="S37" s="11">
         <v>3.24</v>
       </c>
       <c r="T37" s="11">
         <v>3.31</v>
       </c>
       <c r="U37" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="38" spans="1:21" ht="15">
       <c r="A38" s="11" t="s">
         <v>51</v>
       </c>
       <c r="B38" s="11">
         <v>13.95</v>
       </c>
       <c r="C38" s="11">
         <v>13.10</v>
       </c>
       <c r="D38" s="11">
         <v>15.17</v>
       </c>
       <c r="E38" s="11">
         <v>13.58</v>
       </c>
       <c r="F38" s="11">
         <v>16.33</v>
       </c>
       <c r="G38" s="11">
         <v>4.81</v>
       </c>
       <c r="H38" s="11">
@@ -3620,51 +3623,51 @@
       <c r="M38" s="11">
         <v>6.69</v>
       </c>
       <c r="N38" s="11">
         <v>5.24</v>
       </c>
       <c r="O38" s="11">
         <v>3.92</v>
       </c>
       <c r="P38" s="11">
         <v>4.62</v>
       </c>
       <c r="Q38" s="11">
         <v>4.92</v>
       </c>
       <c r="R38" s="11">
         <v>5.12</v>
       </c>
       <c r="S38" s="11">
         <v>3.60</v>
       </c>
       <c r="T38" s="11">
         <v>2.21</v>
       </c>
       <c r="U38" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="39" spans="1:21" ht="15">
       <c r="A39" s="11" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="11">
         <v>14.09</v>
       </c>
       <c r="C39" s="11">
         <v>13.21</v>
       </c>
       <c r="D39" s="11">
         <v>15.10</v>
       </c>
       <c r="E39" s="11">
         <v>13.63</v>
       </c>
       <c r="F39" s="11">
         <v>16.32</v>
       </c>
       <c r="G39" s="11">
         <v>4.8500000000000014</v>
       </c>
       <c r="H39" s="11">
@@ -3880,51 +3883,51 @@
       <c r="M42" s="11">
         <v>5.78</v>
       </c>
       <c r="N42" s="11">
         <v>5.1000000000000014</v>
       </c>
       <c r="O42" s="11">
         <v>3.75</v>
       </c>
       <c r="P42" s="11">
         <v>4.70</v>
       </c>
       <c r="Q42" s="11">
         <v>5.03</v>
       </c>
       <c r="R42" s="11">
         <v>5.32</v>
       </c>
       <c r="S42" s="11">
         <v>3.09</v>
       </c>
       <c r="T42" s="11">
         <v>3.35</v>
       </c>
       <c r="U42" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="43" spans="1:21" ht="15">
       <c r="A43" s="11" t="s">
         <v>56</v>
       </c>
       <c r="B43" s="11">
         <v>13.86</v>
       </c>
       <c r="C43" s="11">
         <v>14.90</v>
       </c>
       <c r="D43" s="11">
         <v>15.50</v>
       </c>
       <c r="E43" s="11">
         <v>13.81</v>
       </c>
       <c r="F43" s="11">
         <v>16.80</v>
       </c>
       <c r="G43" s="11">
         <v>4.92</v>
       </c>
       <c r="H43" s="11">
@@ -3945,51 +3948,51 @@
       <c r="M43" s="11">
         <v>5.66</v>
       </c>
       <c r="N43" s="11">
         <v>6.59</v>
       </c>
       <c r="O43" s="11">
         <v>3.69</v>
       </c>
       <c r="P43" s="11">
         <v>4.44</v>
       </c>
       <c r="Q43" s="11">
         <v>4.45</v>
       </c>
       <c r="R43" s="11">
         <v>5.39</v>
       </c>
       <c r="S43" s="11">
         <v>3.61</v>
       </c>
       <c r="T43" s="11">
         <v>4.37</v>
       </c>
       <c r="U43" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="44" spans="1:21" ht="15">
       <c r="A44" s="11" t="s">
         <v>57</v>
       </c>
       <c r="B44" s="11">
         <v>13.94</v>
       </c>
       <c r="C44" s="11">
         <v>14.34</v>
       </c>
       <c r="D44" s="11">
         <v>15.49</v>
       </c>
       <c r="E44" s="11">
         <v>13.91</v>
       </c>
       <c r="F44" s="11">
         <v>16.05</v>
       </c>
       <c r="G44" s="11">
         <v>5.13</v>
       </c>
       <c r="H44" s="11">
@@ -4007,51 +4010,51 @@
       <c r="L44" s="11">
         <v>6.83</v>
       </c>
       <c r="M44" s="11">
         <v>5.58</v>
       </c>
       <c r="N44" s="11">
         <v>5.29</v>
       </c>
       <c r="O44" s="11">
         <v>3.47</v>
       </c>
       <c r="P44" s="11">
         <v>4.18</v>
       </c>
       <c r="Q44" s="11">
         <v>4.42</v>
       </c>
       <c r="R44" s="11">
         <v>4.18</v>
       </c>
       <c r="S44" s="11">
         <v>2.29</v>
       </c>
       <c r="T44" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U44" s="11">
         <v>4.34</v>
       </c>
     </row>
     <row r="45" spans="1:21" ht="15">
       <c r="A45" s="11" t="s">
         <v>58</v>
       </c>
       <c r="B45" s="11">
         <v>13.86</v>
       </c>
       <c r="C45" s="11">
         <v>14.10</v>
       </c>
       <c r="D45" s="11">
         <v>16.11</v>
       </c>
       <c r="E45" s="11">
         <v>14.43</v>
       </c>
       <c r="F45" s="11">
         <v>17.21</v>
       </c>
       <c r="G45" s="11">
@@ -4465,51 +4468,51 @@
       <c r="M51" s="11">
         <v>5.73</v>
       </c>
       <c r="N51" s="11">
         <v>5.29</v>
       </c>
       <c r="O51" s="11">
         <v>2.93</v>
       </c>
       <c r="P51" s="11">
         <v>3.92</v>
       </c>
       <c r="Q51" s="11">
         <v>4.66</v>
       </c>
       <c r="R51" s="11">
         <v>4.74</v>
       </c>
       <c r="S51" s="11">
         <v>2.39</v>
       </c>
       <c r="T51" s="11">
         <v>3.45</v>
       </c>
       <c r="U51" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="52" spans="1:21" ht="15">
       <c r="A52" s="11" t="s">
         <v>65</v>
       </c>
       <c r="B52" s="11">
         <v>13.72</v>
       </c>
       <c r="C52" s="11">
         <v>14.57</v>
       </c>
       <c r="D52" s="11">
         <v>15.57</v>
       </c>
       <c r="E52" s="11">
         <v>13.92</v>
       </c>
       <c r="F52" s="11">
         <v>16.67</v>
       </c>
       <c r="G52" s="11">
         <v>4.72</v>
       </c>
       <c r="H52" s="11">
@@ -4657,51 +4660,51 @@
       <c r="L54" s="11">
         <v>4.71</v>
       </c>
       <c r="M54" s="11">
         <v>5.37</v>
       </c>
       <c r="N54" s="11">
         <v>6.11</v>
       </c>
       <c r="O54" s="11">
         <v>2.88</v>
       </c>
       <c r="P54" s="11">
         <v>3.54</v>
       </c>
       <c r="Q54" s="11">
         <v>4.79</v>
       </c>
       <c r="R54" s="11">
         <v>5.37</v>
       </c>
       <c r="S54" s="11">
         <v>1.86</v>
       </c>
       <c r="T54" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U54" s="11">
         <v>3.13</v>
       </c>
     </row>
     <row r="55" spans="1:21" ht="15">
       <c r="A55" s="11" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="11">
         <v>13.52</v>
       </c>
       <c r="C55" s="11">
         <v>13.43</v>
       </c>
       <c r="D55" s="11">
         <v>14.97</v>
       </c>
       <c r="E55" s="11">
         <v>13.94</v>
       </c>
       <c r="F55" s="11">
         <v>16.01</v>
       </c>
       <c r="G55" s="11">
@@ -4725,51 +4728,51 @@
       <c r="M55" s="11">
         <v>5.29</v>
       </c>
       <c r="N55" s="11">
         <v>5.87</v>
       </c>
       <c r="O55" s="11">
         <v>2.88</v>
       </c>
       <c r="P55" s="11">
         <v>3.68</v>
       </c>
       <c r="Q55" s="11">
         <v>3.98</v>
       </c>
       <c r="R55" s="11">
         <v>4.20</v>
       </c>
       <c r="S55" s="11">
         <v>2.57</v>
       </c>
       <c r="T55" s="11">
         <v>3.45</v>
       </c>
       <c r="U55" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:21" ht="15">
       <c r="A56" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B56" s="11">
         <v>13.66</v>
       </c>
       <c r="C56" s="11">
         <v>14.67</v>
       </c>
       <c r="D56" s="11">
         <v>15.12</v>
       </c>
       <c r="E56" s="11">
         <v>14.28</v>
       </c>
       <c r="F56" s="11">
         <v>16.65</v>
       </c>
       <c r="G56" s="11">
         <v>4.83</v>
       </c>
       <c r="H56" s="11">
@@ -4790,51 +4793,51 @@
       <c r="M56" s="11">
         <v>5.55</v>
       </c>
       <c r="N56" s="11">
         <v>5.65</v>
       </c>
       <c r="O56" s="11">
         <v>2.94</v>
       </c>
       <c r="P56" s="11">
         <v>3.56</v>
       </c>
       <c r="Q56" s="11">
         <v>5.13</v>
       </c>
       <c r="R56" s="11">
         <v>5.13</v>
       </c>
       <c r="S56" s="11">
         <v>2.26</v>
       </c>
       <c r="T56" s="11">
         <v>3.69</v>
       </c>
       <c r="U56" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="57" spans="1:21" ht="15">
       <c r="A57" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="11">
         <v>13.63</v>
       </c>
       <c r="C57" s="11">
         <v>14.38</v>
       </c>
       <c r="D57" s="11">
         <v>14.75</v>
       </c>
       <c r="E57" s="11">
         <v>14.18</v>
       </c>
       <c r="F57" s="11">
         <v>16.19</v>
       </c>
       <c r="G57" s="11">
         <v>4.43</v>
       </c>
       <c r="H57" s="11">
@@ -4855,51 +4858,51 @@
       <c r="M57" s="11">
         <v>4.8500000000000014</v>
       </c>
       <c r="N57" s="11">
         <v>4.90</v>
       </c>
       <c r="O57" s="11">
         <v>2.88</v>
       </c>
       <c r="P57" s="11">
         <v>3.66</v>
       </c>
       <c r="Q57" s="11">
         <v>4.86</v>
       </c>
       <c r="R57" s="11">
         <v>4.81</v>
       </c>
       <c r="S57" s="11">
         <v>3.04</v>
       </c>
       <c r="T57" s="11">
         <v>2.51</v>
       </c>
       <c r="U57" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="58" spans="1:21" ht="15">
       <c r="A58" s="11" t="s">
         <v>71</v>
       </c>
       <c r="B58" s="11">
         <v>13.81</v>
       </c>
       <c r="C58" s="11">
         <v>14.56</v>
       </c>
       <c r="D58" s="11">
         <v>14.89</v>
       </c>
       <c r="E58" s="11">
         <v>14.08</v>
       </c>
       <c r="F58" s="11">
         <v>16.15</v>
       </c>
       <c r="G58" s="11">
         <v>3.97</v>
       </c>
       <c r="H58" s="11">
@@ -4917,54 +4920,54 @@
       <c r="L58" s="11">
         <v>6.56</v>
       </c>
       <c r="M58" s="11">
         <v>4.84</v>
       </c>
       <c r="N58" s="11">
         <v>4.79</v>
       </c>
       <c r="O58" s="11">
         <v>2.94</v>
       </c>
       <c r="P58" s="11">
         <v>4.08</v>
       </c>
       <c r="Q58" s="11">
         <v>3.73</v>
       </c>
       <c r="R58" s="11">
         <v>4.59</v>
       </c>
       <c r="S58" s="11">
         <v>1.98</v>
       </c>
       <c r="T58" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U58" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="59" spans="1:21" ht="15">
       <c r="A59" s="11" t="s">
         <v>72</v>
       </c>
       <c r="B59" s="11">
         <v>13.84</v>
       </c>
       <c r="C59" s="11">
         <v>13.79</v>
       </c>
       <c r="D59" s="11">
         <v>15.02</v>
       </c>
       <c r="E59" s="11">
         <v>13.74</v>
       </c>
       <c r="F59" s="11">
         <v>15.86</v>
       </c>
       <c r="G59" s="11">
         <v>3.78</v>
       </c>
       <c r="H59" s="11">
@@ -5440,51 +5443,51 @@
       <c r="M66" s="11">
         <v>4.30</v>
       </c>
       <c r="N66" s="11">
         <v>3.17</v>
       </c>
       <c r="O66" s="11">
         <v>3.29</v>
       </c>
       <c r="P66" s="11">
         <v>3.87</v>
       </c>
       <c r="Q66" s="11">
         <v>3.79</v>
       </c>
       <c r="R66" s="11">
         <v>2.85</v>
       </c>
       <c r="S66" s="11">
         <v>1.90</v>
       </c>
       <c r="T66" s="11">
         <v>3.08</v>
       </c>
       <c r="U66" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="67" spans="1:21" ht="15">
       <c r="A67" s="11" t="s">
         <v>80</v>
       </c>
       <c r="B67" s="11">
         <v>13.65</v>
       </c>
       <c r="C67" s="11">
         <v>10.36</v>
       </c>
       <c r="D67" s="11">
         <v>14.79</v>
       </c>
       <c r="E67" s="11">
         <v>14.10</v>
       </c>
       <c r="F67" s="11">
         <v>15.52</v>
       </c>
       <c r="G67" s="11">
         <v>4.08</v>
       </c>
       <c r="H67" s="11">
@@ -5505,51 +5508,51 @@
       <c r="M67" s="11">
         <v>4.41</v>
       </c>
       <c r="N67" s="11">
         <v>6.19</v>
       </c>
       <c r="O67" s="11">
         <v>3.28</v>
       </c>
       <c r="P67" s="11">
         <v>3.70</v>
       </c>
       <c r="Q67" s="11">
         <v>3.63</v>
       </c>
       <c r="R67" s="11">
         <v>3.90</v>
       </c>
       <c r="S67" s="11">
         <v>2.28</v>
       </c>
       <c r="T67" s="11">
         <v>5.40</v>
       </c>
       <c r="U67" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="68" spans="1:21" ht="15">
       <c r="A68" s="11" t="s">
         <v>81</v>
       </c>
       <c r="B68" s="11">
         <v>13.72</v>
       </c>
       <c r="C68" s="11">
         <v>11.61</v>
       </c>
       <c r="D68" s="11">
         <v>14.70</v>
       </c>
       <c r="E68" s="11">
         <v>14.05</v>
       </c>
       <c r="F68" s="11">
         <v>15.76</v>
       </c>
       <c r="G68" s="11">
         <v>4.24</v>
       </c>
       <c r="H68" s="11">
@@ -5939,51 +5942,51 @@
       <c r="F74" s="11">
         <v>13.23</v>
       </c>
       <c r="G74" s="11">
         <v>3.54</v>
       </c>
       <c r="H74" s="11">
         <v>3.21</v>
       </c>
       <c r="I74" s="11">
         <v>6.40</v>
       </c>
       <c r="J74" s="11">
         <v>4.80</v>
       </c>
       <c r="K74" s="11">
         <v>3.65</v>
       </c>
       <c r="L74" s="11">
         <v>5.34</v>
       </c>
       <c r="M74" s="11">
         <v>3.47</v>
       </c>
       <c r="N74" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="O74" s="11">
         <v>3.16</v>
       </c>
       <c r="P74" s="11">
         <v>3.94</v>
       </c>
       <c r="Q74" s="11">
         <v>5.30</v>
       </c>
       <c r="R74" s="11">
         <v>3.56</v>
       </c>
       <c r="S74" s="11">
         <v>2.88</v>
       </c>
       <c r="T74" s="11">
         <v>6.19</v>
       </c>
       <c r="U74" s="11">
         <v>2.35</v>
       </c>
     </row>
     <row r="75" spans="1:21" ht="15">
       <c r="A75" s="11" t="s">
@@ -6155,51 +6158,51 @@
       <c r="M77" s="11">
         <v>3.32</v>
       </c>
       <c r="N77" s="11">
         <v>4.06</v>
       </c>
       <c r="O77" s="11">
         <v>2.90</v>
       </c>
       <c r="P77" s="11">
         <v>3.41</v>
       </c>
       <c r="Q77" s="11">
         <v>4.18</v>
       </c>
       <c r="R77" s="11">
         <v>3.18</v>
       </c>
       <c r="S77" s="11">
         <v>1.56</v>
       </c>
       <c r="T77" s="11">
         <v>3.17</v>
       </c>
       <c r="U77" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="78" spans="1:21" ht="15">
       <c r="A78" s="11" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="11">
         <v>13.40</v>
       </c>
       <c r="C78" s="11">
         <v>9.5299999999999994</v>
       </c>
       <c r="D78" s="11">
         <v>14.04</v>
       </c>
       <c r="E78" s="11">
         <v>12.57</v>
       </c>
       <c r="F78" s="11">
         <v>13.02</v>
       </c>
       <c r="G78" s="11">
         <v>3.60</v>
       </c>
       <c r="H78" s="11">
@@ -6394,51 +6397,51 @@
       <c r="F81" s="11">
         <v>12.49</v>
       </c>
       <c r="G81" s="11">
         <v>3.96</v>
       </c>
       <c r="H81" s="11">
         <v>2.65</v>
       </c>
       <c r="I81" s="11">
         <v>5.15</v>
       </c>
       <c r="J81" s="11">
         <v>5.89</v>
       </c>
       <c r="K81" s="11">
         <v>3.29</v>
       </c>
       <c r="L81" s="11">
         <v>5.11</v>
       </c>
       <c r="M81" s="11">
         <v>2.69</v>
       </c>
       <c r="N81" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="O81" s="11">
         <v>3</v>
       </c>
       <c r="P81" s="11">
         <v>3.65</v>
       </c>
       <c r="Q81" s="11">
         <v>3.87</v>
       </c>
       <c r="R81" s="11">
         <v>3.52</v>
       </c>
       <c r="S81" s="11">
         <v>1.75</v>
       </c>
       <c r="T81" s="11">
         <v>2.90</v>
       </c>
       <c r="U81" s="11">
         <v>4.72</v>
       </c>
     </row>
     <row r="82" spans="1:21" ht="15">
       <c r="A82" s="11" t="s">
@@ -6610,51 +6613,51 @@
       <c r="M84" s="11">
         <v>2.58</v>
       </c>
       <c r="N84" s="11">
         <v>2.21</v>
       </c>
       <c r="O84" s="11">
         <v>2.98</v>
       </c>
       <c r="P84" s="11">
         <v>3.69</v>
       </c>
       <c r="Q84" s="11">
         <v>3.34</v>
       </c>
       <c r="R84" s="11">
         <v>2.55</v>
       </c>
       <c r="S84" s="11">
         <v>2.19</v>
       </c>
       <c r="T84" s="11">
         <v>2.69</v>
       </c>
       <c r="U84" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="85" spans="1:21" ht="15">
       <c r="A85" s="11" t="s">
         <v>98</v>
       </c>
       <c r="B85" s="11">
         <v>14.15</v>
       </c>
       <c r="C85" s="11">
         <v>8.15</v>
       </c>
       <c r="D85" s="11">
         <v>13.14</v>
       </c>
       <c r="E85" s="11">
         <v>11.43</v>
       </c>
       <c r="F85" s="11">
         <v>11.94</v>
       </c>
       <c r="G85" s="11">
         <v>3.11</v>
       </c>
       <c r="H85" s="11">
@@ -6737,51 +6740,51 @@
       <c r="L86" s="11">
         <v>6.66</v>
       </c>
       <c r="M86" s="11">
         <v>2.74</v>
       </c>
       <c r="N86" s="11">
         <v>3.09</v>
       </c>
       <c r="O86" s="11">
         <v>2.78</v>
       </c>
       <c r="P86" s="11">
         <v>3.38</v>
       </c>
       <c r="Q86" s="11">
         <v>3.23</v>
       </c>
       <c r="R86" s="11">
         <v>2.61</v>
       </c>
       <c r="S86" s="11">
         <v>1.61</v>
       </c>
       <c r="T86" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U86" s="11">
         <v>3.70</v>
       </c>
     </row>
     <row r="87" spans="1:21" ht="15">
       <c r="A87" s="11" t="s">
         <v>100</v>
       </c>
       <c r="B87" s="11">
         <v>14.26</v>
       </c>
       <c r="C87" s="11">
         <v>7.96</v>
       </c>
       <c r="D87" s="11">
         <v>13.44</v>
       </c>
       <c r="E87" s="11">
         <v>11.54</v>
       </c>
       <c r="F87" s="11">
         <v>12.08</v>
       </c>
       <c r="G87" s="11">
@@ -6932,51 +6935,51 @@
       <c r="L89" s="11">
         <v>5.20</v>
       </c>
       <c r="M89" s="11">
         <v>2.71</v>
       </c>
       <c r="N89" s="11">
         <v>3</v>
       </c>
       <c r="O89" s="11">
         <v>2.75</v>
       </c>
       <c r="P89" s="11">
         <v>3.24</v>
       </c>
       <c r="Q89" s="11">
         <v>4.89</v>
       </c>
       <c r="R89" s="11">
         <v>2.45</v>
       </c>
       <c r="S89" s="11">
         <v>1.53</v>
       </c>
       <c r="T89" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U89" s="11">
         <v>3.41</v>
       </c>
     </row>
     <row r="90" spans="1:21" ht="15">
       <c r="A90" s="11" t="s">
         <v>103</v>
       </c>
       <c r="B90" s="11">
         <v>14.10</v>
       </c>
       <c r="C90" s="11">
         <v>7.32</v>
       </c>
       <c r="D90" s="11">
         <v>12.55</v>
       </c>
       <c r="E90" s="11">
         <v>11.31</v>
       </c>
       <c r="F90" s="11">
         <v>11.55</v>
       </c>
       <c r="G90" s="11">
@@ -7322,51 +7325,51 @@
       <c r="L95" s="11">
         <v>4.06</v>
       </c>
       <c r="M95" s="11">
         <v>2.31</v>
       </c>
       <c r="N95" s="11">
         <v>2.38</v>
       </c>
       <c r="O95" s="11">
         <v>2.36</v>
       </c>
       <c r="P95" s="11">
         <v>2.97</v>
       </c>
       <c r="Q95" s="11">
         <v>5.68</v>
       </c>
       <c r="R95" s="11">
         <v>2.96</v>
       </c>
       <c r="S95" s="11">
         <v>2.03</v>
       </c>
       <c r="T95" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U95" s="11">
         <v>2.91</v>
       </c>
     </row>
     <row r="96" spans="1:21" ht="15">
       <c r="A96" s="11" t="s">
         <v>109</v>
       </c>
       <c r="B96" s="11">
         <v>13.71</v>
       </c>
       <c r="C96" s="11">
         <v>6.46</v>
       </c>
       <c r="D96" s="11">
         <v>11.78</v>
       </c>
       <c r="E96" s="11">
         <v>10.46</v>
       </c>
       <c r="F96" s="11">
         <v>11.19</v>
       </c>
       <c r="G96" s="11">
@@ -9990,51 +9993,51 @@
       <c r="M136" s="11">
         <v>1.64</v>
       </c>
       <c r="N136" s="11">
         <v>3.60</v>
       </c>
       <c r="O136" s="11">
         <v>2.33</v>
       </c>
       <c r="P136" s="11">
         <v>2.75</v>
       </c>
       <c r="Q136" s="11">
         <v>5.78</v>
       </c>
       <c r="R136" s="11">
         <v>7.23</v>
       </c>
       <c r="S136" s="11">
         <v>1.51</v>
       </c>
       <c r="T136" s="11">
         <v>3.14</v>
       </c>
       <c r="U136" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="137" spans="1:21" ht="15">
       <c r="A137" s="11" t="s">
         <v>150</v>
       </c>
       <c r="B137" s="11">
         <v>13.25</v>
       </c>
       <c r="C137" s="11">
         <v>7.55</v>
       </c>
       <c r="D137" s="11">
         <v>8.42</v>
       </c>
       <c r="E137" s="11">
         <v>7.48</v>
       </c>
       <c r="F137" s="11">
         <v>8.3000000000000007</v>
       </c>
       <c r="G137" s="11">
         <v>1.51</v>
       </c>
       <c r="H137" s="11">
@@ -10702,51 +10705,51 @@
       <c r="L147" s="11">
         <v>3.64</v>
       </c>
       <c r="M147" s="11">
         <v>1.09</v>
       </c>
       <c r="N147" s="11">
         <v>1.96</v>
       </c>
       <c r="O147" s="11">
         <v>2.27</v>
       </c>
       <c r="P147" s="11">
         <v>2.38</v>
       </c>
       <c r="Q147" s="11">
         <v>3.33</v>
       </c>
       <c r="R147" s="11">
         <v>3.15</v>
       </c>
       <c r="S147" s="11">
         <v>1.80</v>
       </c>
       <c r="T147" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U147" s="11">
         <v>2.07</v>
       </c>
     </row>
     <row r="148" spans="1:21" ht="15">
       <c r="A148" s="11" t="s">
         <v>161</v>
       </c>
       <c r="B148" s="11">
         <v>12.88</v>
       </c>
       <c r="C148" s="11">
         <v>8.5500000000000007</v>
       </c>
       <c r="D148" s="11">
         <v>10.06</v>
       </c>
       <c r="E148" s="11">
         <v>8.06</v>
       </c>
       <c r="F148" s="11">
         <v>9.17</v>
       </c>
       <c r="G148" s="11">
@@ -11027,51 +11030,51 @@
       <c r="L152" s="11">
         <v>3.53</v>
       </c>
       <c r="M152" s="11">
         <v>1.01</v>
       </c>
       <c r="N152" s="11">
         <v>2.21</v>
       </c>
       <c r="O152" s="11">
         <v>2.28</v>
       </c>
       <c r="P152" s="11">
         <v>2.31</v>
       </c>
       <c r="Q152" s="11">
         <v>2.95</v>
       </c>
       <c r="R152" s="11">
         <v>3.45</v>
       </c>
       <c r="S152" s="11">
         <v>1.81</v>
       </c>
       <c r="T152" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U152" s="11">
         <v>1.59</v>
       </c>
     </row>
     <row r="153" spans="1:21" ht="15">
       <c r="A153" s="11" t="s">
         <v>166</v>
       </c>
       <c r="B153" s="11">
         <v>12.08</v>
       </c>
       <c r="C153" s="11">
         <v>7.94</v>
       </c>
       <c r="D153" s="11">
         <v>9.02</v>
       </c>
       <c r="E153" s="11">
         <v>8.0299999999999994</v>
       </c>
       <c r="F153" s="11">
         <v>8.99</v>
       </c>
       <c r="G153" s="11">
@@ -11222,51 +11225,51 @@
       <c r="L155" s="11">
         <v>4.13</v>
       </c>
       <c r="M155" s="11">
         <v>0.97</v>
       </c>
       <c r="N155" s="11">
         <v>2.29</v>
       </c>
       <c r="O155" s="11">
         <v>2.33</v>
       </c>
       <c r="P155" s="11">
         <v>2.58</v>
       </c>
       <c r="Q155" s="11">
         <v>3.51</v>
       </c>
       <c r="R155" s="11">
         <v>3.41</v>
       </c>
       <c r="S155" s="11">
         <v>2.44</v>
       </c>
       <c r="T155" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U155" s="11">
         <v>1.60</v>
       </c>
     </row>
     <row r="156" spans="1:21" ht="15">
       <c r="A156" s="11" t="s">
         <v>169</v>
       </c>
       <c r="B156" s="11">
         <v>12.09</v>
       </c>
       <c r="C156" s="11">
         <v>8.8000000000000007</v>
       </c>
       <c r="D156" s="11">
         <v>9.59</v>
       </c>
       <c r="E156" s="11">
         <v>8.0400000000000009</v>
       </c>
       <c r="F156" s="11">
         <v>9.34</v>
       </c>
       <c r="G156" s="11">
@@ -11482,51 +11485,51 @@
       <c r="L159" s="11">
         <v>4.77</v>
       </c>
       <c r="M159" s="11">
         <v>0.98</v>
       </c>
       <c r="N159" s="11">
         <v>2.47</v>
       </c>
       <c r="O159" s="11">
         <v>2.28</v>
       </c>
       <c r="P159" s="11">
         <v>2.38</v>
       </c>
       <c r="Q159" s="11">
         <v>4.12</v>
       </c>
       <c r="R159" s="11">
         <v>4.77</v>
       </c>
       <c r="S159" s="11">
         <v>1.62</v>
       </c>
       <c r="T159" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U159" s="11">
         <v>1.41</v>
       </c>
     </row>
     <row r="160" spans="1:21" ht="15">
       <c r="A160" s="11" t="s">
         <v>173</v>
       </c>
       <c r="B160" s="11">
         <v>12.61</v>
       </c>
       <c r="C160" s="11">
         <v>10.75</v>
       </c>
       <c r="D160" s="11">
         <v>7.61</v>
       </c>
       <c r="E160" s="11">
         <v>7.14</v>
       </c>
       <c r="F160" s="11">
         <v>8.26</v>
       </c>
       <c r="G160" s="11">
@@ -13367,51 +13370,51 @@
       <c r="L188" s="11">
         <v>6.47</v>
       </c>
       <c r="M188" s="11">
         <v>4.18</v>
       </c>
       <c r="N188" s="11">
         <v>6.04</v>
       </c>
       <c r="O188" s="11">
         <v>5.86</v>
       </c>
       <c r="P188" s="11">
         <v>6.09</v>
       </c>
       <c r="Q188" s="11">
         <v>5.99</v>
       </c>
       <c r="R188" s="11">
         <v>6.64</v>
       </c>
       <c r="S188" s="11">
         <v>6.18</v>
       </c>
       <c r="T188" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U188" s="11">
         <v>5.31</v>
       </c>
     </row>
     <row r="189" spans="1:21" ht="15">
       <c r="A189" s="11" t="s">
         <v>202</v>
       </c>
       <c r="B189" s="11">
         <v>11</v>
       </c>
       <c r="C189" s="11">
         <v>16.46</v>
       </c>
       <c r="D189" s="11">
         <v>10.60</v>
       </c>
       <c r="E189" s="11">
         <v>9.3800000000000008</v>
       </c>
       <c r="F189" s="11">
         <v>11.24</v>
       </c>
       <c r="G189" s="11">
@@ -14472,51 +14475,51 @@
       <c r="L205" s="11">
         <v>5</v>
       </c>
       <c r="M205" s="11">
         <v>3.89</v>
       </c>
       <c r="N205" s="11">
         <v>7.11</v>
       </c>
       <c r="O205" s="11">
         <v>3.99</v>
       </c>
       <c r="P205" s="11">
         <v>4.06</v>
       </c>
       <c r="Q205" s="11">
         <v>5.98</v>
       </c>
       <c r="R205" s="11">
         <v>6.46</v>
       </c>
       <c r="S205" s="11">
         <v>4.04</v>
       </c>
       <c r="T205" s="11" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U205" s="11">
         <v>3.50</v>
       </c>
     </row>
     <row r="206" spans="1:21" ht="15">
       <c r="A206" s="11" t="s">
         <v>219</v>
       </c>
       <c r="B206" s="11">
         <v>9.8800000000000008</v>
       </c>
       <c r="C206" s="11">
         <v>22.04</v>
       </c>
       <c r="D206" s="11">
         <v>10.07</v>
       </c>
       <c r="E206" s="11">
         <v>9.23</v>
       </c>
       <c r="F206" s="11">
         <v>11.01</v>
       </c>
       <c r="G206" s="11">
@@ -14868,61 +14871,114 @@
       <c r="N211" s="11">
         <v>6.82</v>
       </c>
       <c r="O211" s="11">
         <v>3.80</v>
       </c>
       <c r="P211" s="11">
         <v>4.02</v>
       </c>
       <c r="Q211" s="11">
         <v>5.92</v>
       </c>
       <c r="R211" s="11">
         <v>5.77</v>
       </c>
       <c r="S211" s="11">
         <v>4.14</v>
       </c>
       <c r="T211" s="11">
         <v>3.87</v>
       </c>
       <c r="U211" s="11">
         <v>3.36</v>
       </c>
     </row>
-    <row r="212" spans="12:21" ht="15">
-[...9 lines deleted...]
-      <c r="U212" s="1"/>
+    <row r="212" spans="1:21" ht="15">
+      <c r="A212" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="B212" s="11">
+        <v>10.31</v>
+      </c>
+      <c r="C212" s="11">
+        <v>25.74</v>
+      </c>
+      <c r="D212" s="11">
+        <v>9.4600000000000009</v>
+      </c>
+      <c r="E212" s="11">
+        <v>8.9600000000000009</v>
+      </c>
+      <c r="F212" s="11">
+        <v>10.91</v>
+      </c>
+      <c r="G212" s="11">
+        <v>3.87</v>
+      </c>
+      <c r="H212" s="11">
+        <v>3.38</v>
+      </c>
+      <c r="I212" s="11">
+        <v>2.86</v>
+      </c>
+      <c r="J212" s="11">
+        <v>5.93</v>
+      </c>
+      <c r="K212" s="11">
+        <v>3.63</v>
+      </c>
+      <c r="L212" s="11">
+        <v>4.98</v>
+      </c>
+      <c r="M212" s="11">
+        <v>3.55</v>
+      </c>
+      <c r="N212" s="11">
+        <v>6.80</v>
+      </c>
+      <c r="O212" s="11">
+        <v>3.94</v>
+      </c>
+      <c r="P212" s="11">
+        <v>3.79</v>
+      </c>
+      <c r="Q212" s="11">
+        <v>6.28</v>
+      </c>
+      <c r="R212" s="11">
+        <v>6.48</v>
+      </c>
+      <c r="S212" s="11">
+        <v>3.52</v>
+      </c>
+      <c r="T212" s="11">
+        <v>4.96</v>
+      </c>
+      <c r="U212" s="11">
+        <v>4.41</v>
+      </c>
     </row>
     <row r="213" spans="12:21" ht="15">
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
     </row>
     <row r="214" spans="12:21" ht="15">
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
     </row>
@@ -14951,80 +15007,92 @@
       <c r="U216" s="1"/>
     </row>
     <row r="217" spans="12:21" ht="15">
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
     </row>
     <row r="218" spans="12:21" ht="15">
       <c r="L218" s="1"/>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1"/>
       <c r="Q218" s="1"/>
       <c r="R218" s="1"/>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
+    </row>
+    <row r="219" spans="12:21" ht="15">
+      <c r="L219" s="1"/>
+      <c r="M219" s="1"/>
+      <c r="N219" s="1"/>
+      <c r="O219" s="1"/>
+      <c r="P219" s="1"/>
+      <c r="Q219" s="1"/>
+      <c r="R219" s="1"/>
+      <c r="S219" s="1"/>
+      <c r="T219" s="1"/>
+      <c r="U219" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="O3:U3"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:K4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="L4:N5"/>
     <mergeCell ref="P4:R5"/>
     <mergeCell ref="S4:U5"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="O4:O6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="1.14173228346457" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="73" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F975581-A2EC-451F-8A82-817FDF8F84E6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U217"/>
+  <dimension ref="A1:U218"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.5714285714286" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.42857142857143" style="1" customWidth="1"/>
     <col min="3" max="11" width="12.5714285714286" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.14285714285714" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15.75">
       <c r="A1" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
@@ -28218,63 +28286,63 @@
       </c>
       <c r="Q207" s="11">
         <v>4.89</v>
       </c>
       <c r="R207" s="11">
         <v>3.70</v>
       </c>
       <c r="S207" s="11">
         <v>3.11</v>
       </c>
       <c r="T207" s="11">
         <v>3.69</v>
       </c>
       <c r="U207" s="11">
         <v>3.59</v>
       </c>
     </row>
     <row r="208" spans="1:21" ht="15">
       <c r="A208" s="11" t="s">
         <v>221</v>
       </c>
       <c r="B208" s="11">
         <v>7.73</v>
       </c>
       <c r="C208" s="11">
-        <v>6.74</v>
+        <v>6.73</v>
       </c>
       <c r="D208" s="11">
         <v>6.83</v>
       </c>
       <c r="E208" s="11">
         <v>7.88</v>
       </c>
       <c r="F208" s="11">
         <v>8.18</v>
       </c>
       <c r="G208" s="11">
-        <v>3.53</v>
+        <v>3.52</v>
       </c>
       <c r="H208" s="11">
         <v>3.39</v>
       </c>
       <c r="I208" s="11">
         <v>3.49</v>
       </c>
       <c r="J208" s="11">
         <v>3.17</v>
       </c>
       <c r="K208" s="11">
         <v>3.61</v>
       </c>
       <c r="L208" s="11">
         <v>3.87</v>
       </c>
       <c r="M208" s="11">
         <v>4.39</v>
       </c>
       <c r="N208" s="11">
         <v>4.23</v>
       </c>
       <c r="O208" s="11">
         <v>3.64</v>
       </c>
@@ -28307,51 +28375,51 @@
       <c r="C209" s="11">
         <v>6.40</v>
       </c>
       <c r="D209" s="11">
         <v>6.78</v>
       </c>
       <c r="E209" s="11">
         <v>7.88</v>
       </c>
       <c r="F209" s="11">
         <v>8.10</v>
       </c>
       <c r="G209" s="11">
         <v>3.52</v>
       </c>
       <c r="H209" s="11">
         <v>3.37</v>
       </c>
       <c r="I209" s="11">
         <v>3.48</v>
       </c>
       <c r="J209" s="11">
         <v>3.16</v>
       </c>
       <c r="K209" s="11">
-        <v>3.60</v>
+        <v>3.59</v>
       </c>
       <c r="L209" s="11">
         <v>3.88</v>
       </c>
       <c r="M209" s="11">
         <v>4.37</v>
       </c>
       <c r="N209" s="11">
         <v>4.25</v>
       </c>
       <c r="O209" s="11">
         <v>3.62</v>
       </c>
       <c r="P209" s="11">
         <v>3.66</v>
       </c>
       <c r="Q209" s="11">
         <v>4.97</v>
       </c>
       <c r="R209" s="11">
         <v>3.69</v>
       </c>
       <c r="S209" s="11">
         <v>3.21</v>
       </c>
@@ -28410,121 +28478,174 @@
       </c>
       <c r="P210" s="11">
         <v>3.70</v>
       </c>
       <c r="Q210" s="11">
         <v>5</v>
       </c>
       <c r="R210" s="11">
         <v>3.69</v>
       </c>
       <c r="S210" s="11">
         <v>3.18</v>
       </c>
       <c r="T210" s="11">
         <v>3.50</v>
       </c>
       <c r="U210" s="11">
         <v>3.58</v>
       </c>
     </row>
     <row r="211" spans="1:21" ht="15">
       <c r="A211" s="11" t="s">
         <v>224</v>
       </c>
       <c r="B211" s="11">
-        <v>7.48</v>
+        <v>7.49</v>
       </c>
       <c r="C211" s="11">
         <v>6.36</v>
       </c>
       <c r="D211" s="11">
         <v>6.68</v>
       </c>
       <c r="E211" s="11">
         <v>7.72</v>
       </c>
       <c r="F211" s="11">
         <v>7.91</v>
       </c>
       <c r="G211" s="11">
         <v>3.55</v>
       </c>
       <c r="H211" s="11">
         <v>3.37</v>
       </c>
       <c r="I211" s="11">
         <v>3.48</v>
       </c>
       <c r="J211" s="11">
         <v>3.13</v>
       </c>
       <c r="K211" s="11">
         <v>3.59</v>
       </c>
       <c r="L211" s="11">
         <v>3.64</v>
       </c>
       <c r="M211" s="11">
         <v>4.38</v>
       </c>
       <c r="N211" s="11">
         <v>4</v>
       </c>
       <c r="O211" s="11">
         <v>3.64</v>
       </c>
       <c r="P211" s="11">
         <v>3.67</v>
       </c>
       <c r="Q211" s="11">
         <v>4.95</v>
       </c>
       <c r="R211" s="11">
         <v>3.69</v>
       </c>
       <c r="S211" s="11">
-        <v>3.37</v>
+        <v>3.36</v>
       </c>
       <c r="T211" s="11">
         <v>3.53</v>
       </c>
       <c r="U211" s="11">
         <v>3.65</v>
       </c>
     </row>
-    <row r="212" spans="12:21" ht="15">
-[...9 lines deleted...]
-      <c r="U212" s="1"/>
+    <row r="212" spans="1:21" ht="15">
+      <c r="A212" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="B212" s="11">
+        <v>7.78</v>
+      </c>
+      <c r="C212" s="11">
+        <v>6.66</v>
+      </c>
+      <c r="D212" s="11">
+        <v>6.88</v>
+      </c>
+      <c r="E212" s="11">
+        <v>8.10</v>
+      </c>
+      <c r="F212" s="11">
+        <v>8.2900000000000009</v>
+      </c>
+      <c r="G212" s="11">
+        <v>3.51</v>
+      </c>
+      <c r="H212" s="11">
+        <v>3.37</v>
+      </c>
+      <c r="I212" s="11">
+        <v>3.51</v>
+      </c>
+      <c r="J212" s="11">
+        <v>3.23</v>
+      </c>
+      <c r="K212" s="11">
+        <v>3.64</v>
+      </c>
+      <c r="L212" s="11">
+        <v>3.87</v>
+      </c>
+      <c r="M212" s="11">
+        <v>4.3500000000000014</v>
+      </c>
+      <c r="N212" s="11">
+        <v>4.18</v>
+      </c>
+      <c r="O212" s="11">
+        <v>3.64</v>
+      </c>
+      <c r="P212" s="11">
+        <v>3.64</v>
+      </c>
+      <c r="Q212" s="11">
+        <v>4.83</v>
+      </c>
+      <c r="R212" s="11">
+        <v>3.74</v>
+      </c>
+      <c r="S212" s="11">
+        <v>3.32</v>
+      </c>
+      <c r="T212" s="11">
+        <v>3.54</v>
+      </c>
+      <c r="U212" s="11">
+        <v>3.59</v>
+      </c>
     </row>
     <row r="213" spans="12:21" ht="15">
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
     </row>
     <row r="214" spans="12:21" ht="15">
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
     </row>
@@ -28541,50 +28662,62 @@
       <c r="U215" s="1"/>
     </row>
     <row r="216" spans="12:21" ht="15">
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
     </row>
     <row r="217" spans="12:21" ht="15">
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
+    </row>
+    <row r="218" spans="12:21" ht="15">
+      <c r="L218" s="1"/>
+      <c r="M218" s="1"/>
+      <c r="N218" s="1"/>
+      <c r="O218" s="1"/>
+      <c r="P218" s="1"/>
+      <c r="Q218" s="1"/>
+      <c r="R218" s="1"/>
+      <c r="S218" s="1"/>
+      <c r="T218" s="1"/>
+      <c r="U218" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="O3:U3"/>
     <mergeCell ref="C4:F4"/>
     <mergeCell ref="G4:K4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="L4:N5"/>
     <mergeCell ref="P4:R5"/>
     <mergeCell ref="S4:U5"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="O4:O6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="1.14173228346457" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="73" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>