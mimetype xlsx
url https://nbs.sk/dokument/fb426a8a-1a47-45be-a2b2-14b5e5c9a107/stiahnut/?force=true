--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F57A10CF-E096-4EA5-83F1-4997E51EB7ED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{164BB445-EFDA-41F2-9639-DBF6E04E7635}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1620" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="91">
   <si>
     <t xml:space="preserve">Hrubý zahraničný dlh SR v mil. EUR </t>
   </si>
   <si>
     <t>1Q08</t>
   </si>
   <si>
     <t>2Q08</t>
   </si>
   <si>
     <t>3Q08</t>
   </si>
   <si>
     <t>4Q08</t>
   </si>
   <si>
     <t>I. Vláda:</t>
   </si>
   <si>
     <t xml:space="preserve">  Krátkodobý dlh</t>
   </si>
   <si>
     <t xml:space="preserve">     Nástroje peňažného trhu</t>
   </si>
   <si>
@@ -292,50 +292,53 @@
     <t>2Q23</t>
   </si>
   <si>
     <t>3Q23</t>
   </si>
   <si>
     <t>4Q23</t>
   </si>
   <si>
     <t>1Q24</t>
   </si>
   <si>
     <t>2Q24</t>
   </si>
   <si>
     <t>3Q24</t>
   </si>
   <si>
     <t>4Q24</t>
   </si>
   <si>
     <t>1Q25</t>
   </si>
   <si>
     <t>2Q25</t>
+  </si>
+  <si>
+    <t>3Q25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -933,74 +936,74 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B5:BT176"/>
+  <dimension ref="B5:BU176"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="BK7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="42.7109375" customWidth="1"/>
-    <col min="3" max="72" width="10.28515625" customWidth="1"/>
+    <col min="3" max="73" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="5" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:73" x14ac:dyDescent="0.25">
       <c r="BJ5" s="16"/>
       <c r="BK5" s="16"/>
       <c r="BL5" s="16"/>
       <c r="BM5" s="16"/>
       <c r="BN5" s="16"/>
       <c r="BO5" s="16"/>
     </row>
-    <row r="6" spans="2:72" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:73" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="2" t="s">
@@ -1170,52 +1173,55 @@
       </c>
       <c r="BM6" s="2" t="s">
         <v>82</v>
       </c>
       <c r="BN6" s="2" t="s">
         <v>83</v>
       </c>
       <c r="BO6" s="2" t="s">
         <v>84</v>
       </c>
       <c r="BP6" s="2" t="s">
         <v>85</v>
       </c>
       <c r="BQ6" s="2" t="s">
         <v>86</v>
       </c>
       <c r="BR6" s="2" t="s">
         <v>87</v>
       </c>
       <c r="BS6" s="2" t="s">
         <v>88</v>
       </c>
       <c r="BT6" s="2" t="s">
         <v>89</v>
       </c>
+      <c r="BU6" s="2" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="7" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="17">
         <v>7175.6841000000004</v>
       </c>
       <c r="D7" s="17">
         <v>7420.0282000000007</v>
       </c>
       <c r="E7" s="17">
         <v>7497.0565999999999</v>
       </c>
       <c r="F7" s="17">
         <v>7305.2934999999998</v>
       </c>
       <c r="G7" s="17">
         <v>5712.5379999999996</v>
       </c>
       <c r="H7" s="17">
         <v>7694.7089999999998</v>
       </c>
       <c r="I7" s="17">
         <v>8019.585</v>
       </c>
       <c r="J7" s="17">
@@ -1383,54 +1389,57 @@
       <c r="BL7" s="17">
         <v>32705.350407525217</v>
       </c>
       <c r="BM7" s="17">
         <v>32137.892467390426</v>
       </c>
       <c r="BN7" s="17">
         <v>33702.547761935573</v>
       </c>
       <c r="BO7" s="17">
         <v>38709.892281499779</v>
       </c>
       <c r="BP7" s="17">
         <v>40168.017842020701</v>
       </c>
       <c r="BQ7" s="17">
         <v>41456.643561211822</v>
       </c>
       <c r="BR7" s="17">
         <v>42695.478044130912</v>
       </c>
       <c r="BS7" s="17">
         <v>45537.832288531368</v>
       </c>
       <c r="BT7" s="17">
-        <v>45755.159137054601</v>
+        <v>45767.591578774605</v>
+      </c>
+      <c r="BU7" s="17">
+        <v>46388.024766786213</v>
       </c>
     </row>
-    <row r="8" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="18">
         <v>11.13</v>
       </c>
       <c r="D8" s="18">
         <v>0.91</v>
       </c>
       <c r="E8" s="18">
         <v>15.349</v>
       </c>
       <c r="F8" s="18">
         <v>65.741</v>
       </c>
       <c r="G8" s="18">
         <v>40.866999999999997</v>
       </c>
       <c r="H8" s="18">
         <v>40.637999999999998</v>
       </c>
       <c r="I8" s="18">
         <v>63.514000000000003</v>
       </c>
       <c r="J8" s="18">
@@ -1598,54 +1607,57 @@
       <c r="BL8" s="18">
         <v>125.76831497000001</v>
       </c>
       <c r="BM8" s="18">
         <v>285.04041076000004</v>
       </c>
       <c r="BN8" s="18">
         <v>128.89833058000002</v>
       </c>
       <c r="BO8" s="18">
         <v>105.85635021000007</v>
       </c>
       <c r="BP8" s="18">
         <v>144.34865640000004</v>
       </c>
       <c r="BQ8" s="18">
         <v>166.51483634000004</v>
       </c>
       <c r="BR8" s="18">
         <v>213.59190229000006</v>
       </c>
       <c r="BS8" s="18">
         <v>61.80739477000008</v>
       </c>
       <c r="BT8" s="18">
-        <v>421.10573718000012</v>
+        <v>433.53817890000005</v>
+      </c>
+      <c r="BU8" s="18">
+        <v>185.32530116000009</v>
       </c>
     </row>
-    <row r="9" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="19">
         <v>0</v>
       </c>
       <c r="D9" s="19">
         <v>0</v>
       </c>
       <c r="E9" s="19">
         <v>0</v>
       </c>
       <c r="F9" s="19">
         <v>0</v>
       </c>
       <c r="G9" s="19">
         <v>0</v>
       </c>
       <c r="H9" s="19">
         <v>0</v>
       </c>
       <c r="I9" s="19">
         <v>0</v>
       </c>
       <c r="J9" s="19">
@@ -1815,52 +1827,55 @@
       </c>
       <c r="BM9" s="19">
         <v>0</v>
       </c>
       <c r="BN9" s="19">
         <v>0</v>
       </c>
       <c r="BO9" s="19">
         <v>0</v>
       </c>
       <c r="BP9" s="19">
         <v>0</v>
       </c>
       <c r="BQ9" s="19">
         <v>0</v>
       </c>
       <c r="BR9" s="19">
         <v>0</v>
       </c>
       <c r="BS9" s="19">
         <v>0</v>
       </c>
       <c r="BT9" s="19">
         <v>0</v>
       </c>
+      <c r="BU9" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="10" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="19">
         <v>0</v>
       </c>
       <c r="D10" s="19">
         <v>0</v>
       </c>
       <c r="E10" s="19">
         <v>0</v>
       </c>
       <c r="F10" s="19">
         <v>0</v>
       </c>
       <c r="G10" s="19">
         <v>0</v>
       </c>
       <c r="H10" s="19">
         <v>0</v>
       </c>
       <c r="I10" s="19">
         <v>0</v>
       </c>
       <c r="J10" s="19">
@@ -2030,52 +2045,55 @@
       </c>
       <c r="BM10" s="19">
         <v>1.1870000000000001</v>
       </c>
       <c r="BN10" s="19">
         <v>3.121</v>
       </c>
       <c r="BO10" s="19">
         <v>3.3130000000000002</v>
       </c>
       <c r="BP10" s="19">
         <v>1.9450000000000001</v>
       </c>
       <c r="BQ10" s="19">
         <v>1.3080000000000001</v>
       </c>
       <c r="BR10" s="19">
         <v>3.42</v>
       </c>
       <c r="BS10" s="19">
         <v>3.5649999999999999</v>
       </c>
       <c r="BT10" s="19">
         <v>2.34</v>
       </c>
+      <c r="BU10" s="19">
+        <v>1.444</v>
+      </c>
     </row>
-    <row r="11" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="19">
         <v>11.13</v>
       </c>
       <c r="D11" s="19">
         <v>0.91</v>
       </c>
       <c r="E11" s="19">
         <v>15.349</v>
       </c>
       <c r="F11" s="19">
         <v>65.741</v>
       </c>
       <c r="G11" s="19">
         <v>40.866999999999997</v>
       </c>
       <c r="H11" s="19">
         <v>40.637999999999998</v>
       </c>
       <c r="I11" s="19">
         <v>63.514000000000003</v>
       </c>
       <c r="J11" s="19">
@@ -2243,54 +2261,57 @@
       <c r="BL11" s="19">
         <v>69.142314970000001</v>
       </c>
       <c r="BM11" s="19">
         <v>230.62141076000003</v>
       </c>
       <c r="BN11" s="19">
         <v>102.64133058000002</v>
       </c>
       <c r="BO11" s="19">
         <v>81.181350210000062</v>
       </c>
       <c r="BP11" s="19">
         <v>122.41565640000006</v>
       </c>
       <c r="BQ11" s="19">
         <v>145.72483634000005</v>
       </c>
       <c r="BR11" s="19">
         <v>204.19590229000008</v>
       </c>
       <c r="BS11" s="19">
         <v>47.699394770000083</v>
       </c>
       <c r="BT11" s="19">
-        <v>408.16273718000014</v>
+        <v>420.59517890000006</v>
+      </c>
+      <c r="BU11" s="19">
+        <v>175.32430116000012</v>
       </c>
     </row>
-    <row r="12" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="20">
         <v>0</v>
       </c>
       <c r="D12" s="20">
         <v>0</v>
       </c>
       <c r="E12" s="20">
         <v>0</v>
       </c>
       <c r="F12" s="20">
         <v>0</v>
       </c>
       <c r="G12" s="20">
         <v>0</v>
       </c>
       <c r="H12" s="20">
         <v>0</v>
       </c>
       <c r="I12" s="20">
         <v>0</v>
       </c>
       <c r="J12" s="20">
@@ -2460,52 +2481,55 @@
       </c>
       <c r="BM12" s="19">
         <v>53.231999999999999</v>
       </c>
       <c r="BN12" s="19">
         <v>23.136000000000003</v>
       </c>
       <c r="BO12" s="19">
         <v>21.362000000000002</v>
       </c>
       <c r="BP12" s="19">
         <v>19.988</v>
       </c>
       <c r="BQ12" s="19">
         <v>19.481999999999999</v>
       </c>
       <c r="BR12" s="19">
         <v>5.976</v>
       </c>
       <c r="BS12" s="19">
         <v>10.543000000000001</v>
       </c>
       <c r="BT12" s="19">
         <v>10.603000000000002</v>
       </c>
+      <c r="BU12" s="19">
+        <v>8.5570000000000004</v>
+      </c>
     </row>
-    <row r="13" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B13" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="18">
         <v>7164.5541000000003</v>
       </c>
       <c r="D13" s="18">
         <v>7419.1182000000008</v>
       </c>
       <c r="E13" s="18">
         <v>7481.7075999999997</v>
       </c>
       <c r="F13" s="18">
         <v>7239.5524999999998</v>
       </c>
       <c r="G13" s="18">
         <v>5671.6709999999994</v>
       </c>
       <c r="H13" s="18">
         <v>7654.0709999999999</v>
       </c>
       <c r="I13" s="18">
         <v>7956.0709999999999</v>
       </c>
       <c r="J13" s="18">
@@ -2675,52 +2699,55 @@
       </c>
       <c r="BM13" s="18">
         <v>31852.852056630425</v>
       </c>
       <c r="BN13" s="18">
         <v>33573.649431355574</v>
       </c>
       <c r="BO13" s="18">
         <v>38604.035931289778</v>
       </c>
       <c r="BP13" s="18">
         <v>40023.669185620704</v>
       </c>
       <c r="BQ13" s="18">
         <v>41290.128724871822</v>
       </c>
       <c r="BR13" s="18">
         <v>42481.886141840914</v>
       </c>
       <c r="BS13" s="18">
         <v>45476.024893761365</v>
       </c>
       <c r="BT13" s="18">
         <v>45334.053399874603</v>
       </c>
+      <c r="BU13" s="18">
+        <v>46202.69946562621</v>
+      </c>
     </row>
-    <row r="14" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="19">
         <v>6065.8841000000002</v>
       </c>
       <c r="D14" s="19">
         <v>6377.6742000000004</v>
       </c>
       <c r="E14" s="19">
         <v>6439.4906000000001</v>
       </c>
       <c r="F14" s="19">
         <v>6201.5514999999996</v>
       </c>
       <c r="G14" s="19">
         <v>4668.8999999999996</v>
       </c>
       <c r="H14" s="19">
         <v>6666.6</v>
       </c>
       <c r="I14" s="19">
         <v>6999</v>
       </c>
       <c r="J14" s="19">
@@ -2890,52 +2917,55 @@
       </c>
       <c r="BM14" s="19">
         <v>25748</v>
       </c>
       <c r="BN14" s="19">
         <v>27484.300000000003</v>
       </c>
       <c r="BO14" s="19">
         <v>32459.8</v>
       </c>
       <c r="BP14" s="19">
         <v>33874.199999999997</v>
       </c>
       <c r="BQ14" s="19">
         <v>35139.1</v>
       </c>
       <c r="BR14" s="19">
         <v>36328.600000000006</v>
       </c>
       <c r="BS14" s="19">
         <v>39668.9</v>
       </c>
       <c r="BT14" s="19">
         <v>39880.700000000004</v>
       </c>
+      <c r="BU14" s="19">
+        <v>40514.1</v>
+      </c>
     </row>
-    <row r="15" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="19">
         <v>1098.67</v>
       </c>
       <c r="D15" s="19">
         <v>1041.444</v>
       </c>
       <c r="E15" s="19">
         <v>1042.2170000000001</v>
       </c>
       <c r="F15" s="19">
         <v>1038.001</v>
       </c>
       <c r="G15" s="19">
         <v>1002.771</v>
       </c>
       <c r="H15" s="19">
         <v>987.471</v>
       </c>
       <c r="I15" s="19">
         <v>957.07100000000003</v>
       </c>
       <c r="J15" s="19">
@@ -3105,52 +3135,55 @@
       </c>
       <c r="BM15" s="19">
         <v>6104.852056630426</v>
       </c>
       <c r="BN15" s="19">
         <v>6089.3494313555675</v>
       </c>
       <c r="BO15" s="19">
         <v>6144.2359312897825</v>
       </c>
       <c r="BP15" s="19">
         <v>6149.4691856207064</v>
       </c>
       <c r="BQ15" s="19">
         <v>6151.0287248718214</v>
       </c>
       <c r="BR15" s="19">
         <v>6153.2861418409057</v>
       </c>
       <c r="BS15" s="19">
         <v>5807.1248937613645</v>
       </c>
       <c r="BT15" s="19">
         <v>5453.353399874597</v>
       </c>
+      <c r="BU15" s="19">
+        <v>5688.599465626211</v>
+      </c>
     </row>
-    <row r="16" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B16" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="19">
         <v>0</v>
       </c>
       <c r="D16" s="19">
         <v>0</v>
       </c>
       <c r="E16" s="19">
         <v>0</v>
       </c>
       <c r="F16" s="19">
         <v>0</v>
       </c>
       <c r="G16" s="19">
         <v>0</v>
       </c>
       <c r="H16" s="19">
         <v>0</v>
       </c>
       <c r="I16" s="19">
         <v>0</v>
       </c>
       <c r="J16" s="19">
@@ -3320,52 +3353,55 @@
       </c>
       <c r="BM16" s="19">
         <v>0</v>
       </c>
       <c r="BN16" s="19">
         <v>0</v>
       </c>
       <c r="BO16" s="19">
         <v>0</v>
       </c>
       <c r="BP16" s="19">
         <v>0</v>
       </c>
       <c r="BQ16" s="19">
         <v>0</v>
       </c>
       <c r="BR16" s="19">
         <v>0</v>
       </c>
       <c r="BS16" s="19">
         <v>0</v>
       </c>
       <c r="BT16" s="19">
         <v>0</v>
       </c>
+      <c r="BU16" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="20">
         <v>0</v>
       </c>
       <c r="D17" s="20">
         <v>0</v>
       </c>
       <c r="E17" s="20">
         <v>0</v>
       </c>
       <c r="F17" s="20">
         <v>0</v>
       </c>
       <c r="G17" s="20">
         <v>0</v>
       </c>
       <c r="H17" s="20">
         <v>0</v>
       </c>
       <c r="I17" s="20">
         <v>0</v>
       </c>
       <c r="J17" s="20">
@@ -3535,52 +3571,55 @@
       </c>
       <c r="BM17" s="20">
         <v>0</v>
       </c>
       <c r="BN17" s="20">
         <v>0</v>
       </c>
       <c r="BO17" s="20">
         <v>0</v>
       </c>
       <c r="BP17" s="20">
         <v>0</v>
       </c>
       <c r="BQ17" s="20">
         <v>0</v>
       </c>
       <c r="BR17" s="20">
         <v>0</v>
       </c>
       <c r="BS17" s="20">
         <v>0</v>
       </c>
       <c r="BT17" s="20">
         <v>0</v>
       </c>
+      <c r="BU17" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="18">
         <v>163.1</v>
       </c>
       <c r="D18" s="18">
         <v>178.1</v>
       </c>
       <c r="E18" s="18">
         <v>163.4</v>
       </c>
       <c r="F18" s="18">
         <v>166.2</v>
       </c>
       <c r="G18" s="18">
         <v>17125.599999999999</v>
       </c>
       <c r="H18" s="18">
         <v>19004.2</v>
       </c>
       <c r="I18" s="18">
         <v>19709.2</v>
       </c>
       <c r="J18" s="18">
@@ -3750,52 +3789,55 @@
       </c>
       <c r="BM18" s="17">
         <v>34210.200000000004</v>
       </c>
       <c r="BN18" s="17">
         <v>31241.899999999998</v>
       </c>
       <c r="BO18" s="17">
         <v>32718.799999999999</v>
       </c>
       <c r="BP18" s="17">
         <v>32114.599999999995</v>
       </c>
       <c r="BQ18" s="17">
         <v>34062.700000000004</v>
       </c>
       <c r="BR18" s="17">
         <v>32271.599999999999</v>
       </c>
       <c r="BS18" s="17">
         <v>35038.023000000001</v>
       </c>
       <c r="BT18" s="17">
         <v>36689.299999999996</v>
       </c>
+      <c r="BU18" s="17">
+        <v>34376</v>
+      </c>
     </row>
-    <row r="19" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B19" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="18">
         <v>163.1</v>
       </c>
       <c r="D19" s="18">
         <v>178.1</v>
       </c>
       <c r="E19" s="18">
         <v>163.4</v>
       </c>
       <c r="F19" s="18">
         <v>166.2</v>
       </c>
       <c r="G19" s="18">
         <v>17125.599999999999</v>
       </c>
       <c r="H19" s="18">
         <v>19004.2</v>
       </c>
       <c r="I19" s="18">
         <v>19341</v>
       </c>
       <c r="J19" s="18">
@@ -3965,52 +4007,55 @@
       </c>
       <c r="BM19" s="18">
         <v>32597.800000000003</v>
       </c>
       <c r="BN19" s="18">
         <v>29661.599999999999</v>
       </c>
       <c r="BO19" s="18">
         <v>31125.8</v>
       </c>
       <c r="BP19" s="18">
         <v>30517.799999999996</v>
       </c>
       <c r="BQ19" s="18">
         <v>32487.9</v>
       </c>
       <c r="BR19" s="18">
         <v>30641</v>
       </c>
       <c r="BS19" s="18">
         <v>33445</v>
       </c>
       <c r="BT19" s="18">
         <v>35165.699999999997</v>
       </c>
+      <c r="BU19" s="18">
+        <v>32837.599999999999</v>
+      </c>
     </row>
-    <row r="20" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B20" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="19">
         <v>0</v>
       </c>
       <c r="D20" s="19">
         <v>0</v>
       </c>
       <c r="E20" s="19">
         <v>0</v>
       </c>
       <c r="F20" s="19">
         <v>0</v>
       </c>
       <c r="G20" s="19">
         <v>0</v>
       </c>
       <c r="H20" s="19">
         <v>0</v>
       </c>
       <c r="I20" s="19">
         <v>0</v>
       </c>
       <c r="J20" s="19">
@@ -4180,52 +4225,55 @@
       </c>
       <c r="BM20" s="19">
         <v>0</v>
       </c>
       <c r="BN20" s="19">
         <v>0</v>
       </c>
       <c r="BO20" s="19">
         <v>0</v>
       </c>
       <c r="BP20" s="19">
         <v>0</v>
       </c>
       <c r="BQ20" s="19">
         <v>0</v>
       </c>
       <c r="BR20" s="19">
         <v>0</v>
       </c>
       <c r="BS20" s="19">
         <v>0</v>
       </c>
       <c r="BT20" s="19">
         <v>0</v>
       </c>
+      <c r="BU20" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="19">
         <v>0</v>
       </c>
       <c r="D21" s="19">
         <v>0</v>
       </c>
       <c r="E21" s="19">
         <v>0</v>
       </c>
       <c r="F21" s="19">
         <v>0</v>
       </c>
       <c r="G21" s="19">
         <v>375.6</v>
       </c>
       <c r="H21" s="19">
         <v>449.9</v>
       </c>
       <c r="I21" s="19">
         <v>447.6</v>
       </c>
       <c r="J21" s="19">
@@ -4395,52 +4443,55 @@
       </c>
       <c r="BM21" s="19">
         <v>7938.8000000000011</v>
       </c>
       <c r="BN21" s="19">
         <v>8493.2000000000007</v>
       </c>
       <c r="BO21" s="19">
         <v>9576.7999999999993</v>
       </c>
       <c r="BP21" s="19">
         <v>10939.1</v>
       </c>
       <c r="BQ21" s="19">
         <v>11378.7</v>
       </c>
       <c r="BR21" s="19">
         <v>13839.6</v>
       </c>
       <c r="BS21" s="19">
         <v>11693.800000000001</v>
       </c>
       <c r="BT21" s="19">
         <v>10527.5</v>
       </c>
+      <c r="BU21" s="19">
+        <v>9587.9</v>
+      </c>
     </row>
-    <row r="22" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B22" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="19">
         <v>163.1</v>
       </c>
       <c r="D22" s="19">
         <v>178.1</v>
       </c>
       <c r="E22" s="19">
         <v>163.4</v>
       </c>
       <c r="F22" s="19">
         <v>166.2</v>
       </c>
       <c r="G22" s="19">
         <v>16750</v>
       </c>
       <c r="H22" s="19">
         <v>18554.3</v>
       </c>
       <c r="I22" s="19">
         <v>18893.400000000001</v>
       </c>
       <c r="J22" s="19">
@@ -4610,52 +4661,55 @@
       </c>
       <c r="BM22" s="19">
         <v>24659</v>
       </c>
       <c r="BN22" s="19">
         <v>21168.399999999998</v>
       </c>
       <c r="BO22" s="19">
         <v>21549</v>
       </c>
       <c r="BP22" s="19">
         <v>19578.699999999997</v>
       </c>
       <c r="BQ22" s="19">
         <v>21109.200000000001</v>
       </c>
       <c r="BR22" s="19">
         <v>16801.400000000001</v>
       </c>
       <c r="BS22" s="19">
         <v>21751.200000000001</v>
       </c>
       <c r="BT22" s="19">
         <v>24638.199999999997</v>
       </c>
+      <c r="BU22" s="19">
+        <v>23249.699999999997</v>
+      </c>
     </row>
-    <row r="23" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="20">
         <v>0</v>
       </c>
       <c r="D23" s="20">
         <v>0</v>
       </c>
       <c r="E23" s="20">
         <v>0</v>
       </c>
       <c r="F23" s="20">
         <v>0</v>
       </c>
       <c r="G23" s="20">
         <v>0</v>
       </c>
       <c r="H23" s="20">
         <v>0</v>
       </c>
       <c r="I23" s="20">
         <v>0</v>
       </c>
       <c r="J23" s="20">
@@ -4825,52 +4879,55 @@
       </c>
       <c r="BM23" s="20">
         <v>0</v>
       </c>
       <c r="BN23" s="20">
         <v>0</v>
       </c>
       <c r="BO23" s="20">
         <v>0</v>
       </c>
       <c r="BP23" s="20">
         <v>0</v>
       </c>
       <c r="BQ23" s="20">
         <v>0</v>
       </c>
       <c r="BR23" s="20">
         <v>0</v>
       </c>
       <c r="BS23" s="20">
         <v>0</v>
       </c>
       <c r="BT23" s="20">
         <v>0</v>
       </c>
+      <c r="BU23" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="18">
         <v>0</v>
       </c>
       <c r="D24" s="18">
         <v>0</v>
       </c>
       <c r="E24" s="18">
         <v>0</v>
       </c>
       <c r="F24" s="18">
         <v>0</v>
       </c>
       <c r="G24" s="18">
         <v>0</v>
       </c>
       <c r="H24" s="18">
         <v>0</v>
       </c>
       <c r="I24" s="18">
         <v>368.2</v>
       </c>
       <c r="J24" s="18">
@@ -5040,52 +5097,55 @@
       </c>
       <c r="BM24" s="18">
         <v>1612.4</v>
       </c>
       <c r="BN24" s="18">
         <v>1580.3</v>
       </c>
       <c r="BO24" s="18">
         <v>1593</v>
       </c>
       <c r="BP24" s="18">
         <v>1596.8</v>
       </c>
       <c r="BQ24" s="18">
         <v>1574.8</v>
       </c>
       <c r="BR24" s="18">
         <v>1630.6</v>
       </c>
       <c r="BS24" s="18">
         <v>1593.0229999999999</v>
       </c>
       <c r="BT24" s="18">
         <v>1523.6</v>
       </c>
+      <c r="BU24" s="18">
+        <v>1538.4</v>
+      </c>
     </row>
-    <row r="25" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="19">
         <v>0</v>
       </c>
       <c r="D25" s="19">
         <v>0</v>
       </c>
       <c r="E25" s="19">
         <v>0</v>
       </c>
       <c r="F25" s="19">
         <v>0</v>
       </c>
       <c r="G25" s="19">
         <v>0</v>
       </c>
       <c r="H25" s="19">
         <v>0</v>
       </c>
       <c r="I25" s="19">
         <v>0</v>
       </c>
       <c r="J25" s="19">
@@ -5255,52 +5315,55 @@
       </c>
       <c r="BM25" s="19">
         <v>0</v>
       </c>
       <c r="BN25" s="19">
         <v>0</v>
       </c>
       <c r="BO25" s="19">
         <v>0</v>
       </c>
       <c r="BP25" s="19">
         <v>0</v>
       </c>
       <c r="BQ25" s="19">
         <v>0</v>
       </c>
       <c r="BR25" s="19">
         <v>0</v>
       </c>
       <c r="BS25" s="19">
         <v>0</v>
       </c>
       <c r="BT25" s="19">
         <v>0</v>
       </c>
+      <c r="BU25" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="26" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B26" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="19">
         <v>0</v>
       </c>
       <c r="D26" s="19">
         <v>0</v>
       </c>
       <c r="E26" s="19">
         <v>0</v>
       </c>
       <c r="F26" s="19">
         <v>0</v>
       </c>
       <c r="G26" s="19">
         <v>0</v>
       </c>
       <c r="H26" s="19">
         <v>0</v>
       </c>
       <c r="I26" s="19">
         <v>0</v>
       </c>
       <c r="J26" s="19">
@@ -5470,52 +5533,55 @@
       </c>
       <c r="BM26" s="19">
         <v>0</v>
       </c>
       <c r="BN26" s="19">
         <v>0</v>
       </c>
       <c r="BO26" s="19">
         <v>0</v>
       </c>
       <c r="BP26" s="19">
         <v>0</v>
       </c>
       <c r="BQ26" s="19">
         <v>0</v>
       </c>
       <c r="BR26" s="19">
         <v>0</v>
       </c>
       <c r="BS26" s="19">
         <v>0</v>
       </c>
       <c r="BT26" s="19">
         <v>0</v>
       </c>
+      <c r="BU26" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="19">
         <v>0</v>
       </c>
       <c r="D27" s="19">
         <v>0</v>
       </c>
       <c r="E27" s="19">
         <v>0</v>
       </c>
       <c r="F27" s="19">
         <v>0</v>
       </c>
       <c r="G27" s="19">
         <v>0</v>
       </c>
       <c r="H27" s="19">
         <v>0</v>
       </c>
       <c r="I27" s="19">
         <v>0</v>
       </c>
       <c r="J27" s="19">
@@ -5685,52 +5751,55 @@
       </c>
       <c r="BM27" s="19">
         <v>0</v>
       </c>
       <c r="BN27" s="19">
         <v>0</v>
       </c>
       <c r="BO27" s="19">
         <v>0</v>
       </c>
       <c r="BP27" s="19">
         <v>0</v>
       </c>
       <c r="BQ27" s="19">
         <v>0</v>
       </c>
       <c r="BR27" s="19">
         <v>0</v>
       </c>
       <c r="BS27" s="19">
         <v>0</v>
       </c>
       <c r="BT27" s="19">
         <v>0</v>
       </c>
+      <c r="BU27" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B28" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="19">
         <v>0</v>
       </c>
       <c r="D28" s="19">
         <v>0</v>
       </c>
       <c r="E28" s="19">
         <v>0</v>
       </c>
       <c r="F28" s="19">
         <v>0</v>
       </c>
       <c r="G28" s="19">
         <v>0</v>
       </c>
       <c r="H28" s="19">
         <v>0</v>
       </c>
       <c r="I28" s="19">
         <v>0</v>
       </c>
       <c r="J28" s="19">
@@ -5900,52 +5969,55 @@
       </c>
       <c r="BM28" s="19">
         <v>0</v>
       </c>
       <c r="BN28" s="19">
         <v>0</v>
       </c>
       <c r="BO28" s="19">
         <v>0</v>
       </c>
       <c r="BP28" s="19">
         <v>0</v>
       </c>
       <c r="BQ28" s="19">
         <v>0</v>
       </c>
       <c r="BR28" s="19">
         <v>0</v>
       </c>
       <c r="BS28" s="19">
         <v>0</v>
       </c>
       <c r="BT28" s="19">
         <v>0</v>
       </c>
+      <c r="BU28" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="19">
         <v>0</v>
       </c>
       <c r="D29" s="19">
         <v>0</v>
       </c>
       <c r="E29" s="19">
         <v>0</v>
       </c>
       <c r="F29" s="19">
         <v>0</v>
       </c>
       <c r="G29" s="19">
         <v>0</v>
       </c>
       <c r="H29" s="19">
         <v>0</v>
       </c>
       <c r="I29" s="19">
         <v>368.2</v>
       </c>
       <c r="J29" s="19">
@@ -6115,52 +6187,55 @@
       </c>
       <c r="BM29" s="19">
         <v>1612.4</v>
       </c>
       <c r="BN29" s="19">
         <v>1580.3</v>
       </c>
       <c r="BO29" s="19">
         <v>1593</v>
       </c>
       <c r="BP29" s="19">
         <v>1596.8</v>
       </c>
       <c r="BQ29" s="19">
         <v>1574.8</v>
       </c>
       <c r="BR29" s="19">
         <v>1630.6</v>
       </c>
       <c r="BS29" s="19">
         <v>1593.0229999999999</v>
       </c>
       <c r="BT29" s="19">
         <v>1523.6</v>
       </c>
+      <c r="BU29" s="19">
+        <v>1538.4</v>
+      </c>
     </row>
-    <row r="30" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C30" s="21">
         <v>10646.31287</v>
       </c>
       <c r="D30" s="21">
         <v>12247.211000000001</v>
       </c>
       <c r="E30" s="21">
         <v>12652.727800000001</v>
       </c>
       <c r="F30" s="21">
         <v>13599.1823</v>
       </c>
       <c r="G30" s="21">
         <v>5091.5401863540728</v>
       </c>
       <c r="H30" s="21">
         <v>4960.6971982453661</v>
       </c>
       <c r="I30" s="21">
         <v>5578.851355596531</v>
       </c>
       <c r="J30" s="21">
@@ -6330,52 +6405,55 @@
       </c>
       <c r="BM30" s="17">
         <v>22118.7</v>
       </c>
       <c r="BN30" s="17">
         <v>24093.4</v>
       </c>
       <c r="BO30" s="17">
         <v>24249.399999999998</v>
       </c>
       <c r="BP30" s="17">
         <v>23553.800000000003</v>
       </c>
       <c r="BQ30" s="17">
         <v>24691.599999999999</v>
       </c>
       <c r="BR30" s="17">
         <v>26805.200000000001</v>
       </c>
       <c r="BS30" s="17">
         <v>26053</v>
       </c>
       <c r="BT30" s="17">
         <v>26829.999999999996</v>
       </c>
+      <c r="BU30" s="17">
+        <v>28342.9</v>
+      </c>
     </row>
-    <row r="31" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B31" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C31" s="18">
         <v>8747.3809999999994</v>
       </c>
       <c r="D31" s="18">
         <v>10221.038</v>
       </c>
       <c r="E31" s="18">
         <v>10083.561</v>
       </c>
       <c r="F31" s="18">
         <v>10867.174999999999</v>
       </c>
       <c r="G31" s="18">
         <v>2326.6199879771566</v>
       </c>
       <c r="H31" s="18">
         <v>2037.7839677373706</v>
       </c>
       <c r="I31" s="18">
         <v>2502.7306084818683</v>
       </c>
       <c r="J31" s="18">
@@ -6545,52 +6623,55 @@
       </c>
       <c r="BM31" s="18">
         <v>11332.400000000001</v>
       </c>
       <c r="BN31" s="18">
         <v>10407.799999999999</v>
       </c>
       <c r="BO31" s="18">
         <v>10884.4</v>
       </c>
       <c r="BP31" s="18">
         <v>9535.5000000000018</v>
       </c>
       <c r="BQ31" s="18">
         <v>9479.2999999999993</v>
       </c>
       <c r="BR31" s="18">
         <v>11144</v>
       </c>
       <c r="BS31" s="18">
         <v>9904</v>
       </c>
       <c r="BT31" s="18">
         <v>8811.2999999999993</v>
       </c>
+      <c r="BU31" s="18">
+        <v>9103.4</v>
+      </c>
     </row>
-    <row r="32" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B32" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="22">
         <v>353.38099999999997</v>
       </c>
       <c r="D32" s="22">
         <v>472.83800000000002</v>
       </c>
       <c r="E32" s="22">
         <v>218.96100000000001</v>
       </c>
       <c r="F32" s="22">
         <v>0.375</v>
       </c>
       <c r="G32" s="22">
         <v>0.4</v>
       </c>
       <c r="H32" s="22">
         <v>0.4</v>
       </c>
       <c r="I32" s="22">
         <v>0.4</v>
       </c>
       <c r="J32" s="22">
@@ -6760,52 +6841,55 @@
       </c>
       <c r="BM32" s="19">
         <v>0</v>
       </c>
       <c r="BN32" s="19">
         <v>0</v>
       </c>
       <c r="BO32" s="19">
         <v>0</v>
       </c>
       <c r="BP32" s="19">
         <v>0</v>
       </c>
       <c r="BQ32" s="19">
         <v>0</v>
       </c>
       <c r="BR32" s="19">
         <v>0</v>
       </c>
       <c r="BS32" s="19">
         <v>0</v>
       </c>
       <c r="BT32" s="19">
         <v>0</v>
       </c>
+      <c r="BU32" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B33" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="19">
         <v>240.2</v>
       </c>
       <c r="D33" s="19">
         <v>608</v>
       </c>
       <c r="E33" s="19">
         <v>919.2</v>
       </c>
       <c r="F33" s="19">
         <v>1532.5</v>
       </c>
       <c r="G33" s="19">
         <v>129.62128043282237</v>
       </c>
       <c r="H33" s="19">
         <v>64.666761001839546</v>
       </c>
       <c r="I33" s="19">
         <v>62.89694734685515</v>
       </c>
       <c r="J33" s="19">
@@ -6975,52 +7059,55 @@
       </c>
       <c r="BM33" s="19">
         <v>520.09999999999991</v>
       </c>
       <c r="BN33" s="19">
         <v>871.2</v>
       </c>
       <c r="BO33" s="19">
         <v>968</v>
       </c>
       <c r="BP33" s="19">
         <v>1266</v>
       </c>
       <c r="BQ33" s="19">
         <v>1261.5999999999999</v>
       </c>
       <c r="BR33" s="19">
         <v>982.1</v>
       </c>
       <c r="BS33" s="19">
         <v>1116.9000000000001</v>
       </c>
       <c r="BT33" s="19">
         <v>1059.3</v>
       </c>
+      <c r="BU33" s="19">
+        <v>1224.5</v>
+      </c>
     </row>
-    <row r="34" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B34" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="19">
         <v>8029.5</v>
       </c>
       <c r="D34" s="19">
         <v>9029</v>
       </c>
       <c r="E34" s="19">
         <v>8655.5</v>
       </c>
       <c r="F34" s="19">
         <v>9282.5</v>
       </c>
       <c r="G34" s="19">
         <v>2130.8987075443342</v>
       </c>
       <c r="H34" s="19">
         <v>1895.2172067355311</v>
       </c>
       <c r="I34" s="19">
         <v>2299.7336611350133</v>
       </c>
       <c r="J34" s="19">
@@ -7190,52 +7277,55 @@
       </c>
       <c r="BM34" s="19">
         <v>9047.2000000000007</v>
       </c>
       <c r="BN34" s="19">
         <v>5499.5999999999995</v>
       </c>
       <c r="BO34" s="19">
         <v>6691.6</v>
       </c>
       <c r="BP34" s="19">
         <v>5870.4000000000015</v>
       </c>
       <c r="BQ34" s="19">
         <v>5548.4</v>
       </c>
       <c r="BR34" s="19">
         <v>6527.4000000000005</v>
       </c>
       <c r="BS34" s="19">
         <v>6797</v>
       </c>
       <c r="BT34" s="19">
         <v>6176.5</v>
       </c>
+      <c r="BU34" s="19">
+        <v>6577.2999999999993</v>
+      </c>
     </row>
-    <row r="35" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="19">
         <v>124.3</v>
       </c>
       <c r="D35" s="19">
         <v>111.2</v>
       </c>
       <c r="E35" s="19">
         <v>289.89999999999998</v>
       </c>
       <c r="F35" s="19">
         <v>51.8</v>
       </c>
       <c r="G35" s="19">
         <v>65.7</v>
       </c>
       <c r="H35" s="19">
         <v>77.5</v>
       </c>
       <c r="I35" s="19">
         <v>139.69999999999999</v>
       </c>
       <c r="J35" s="19">
@@ -7405,52 +7495,55 @@
       </c>
       <c r="BM35" s="20">
         <v>1765.1</v>
       </c>
       <c r="BN35" s="20">
         <v>4037</v>
       </c>
       <c r="BO35" s="20">
         <v>3224.7999999999997</v>
       </c>
       <c r="BP35" s="20">
         <v>2399.1</v>
       </c>
       <c r="BQ35" s="20">
         <v>2669.3</v>
       </c>
       <c r="BR35" s="20">
         <v>3634.5</v>
       </c>
       <c r="BS35" s="20">
         <v>1990.1</v>
       </c>
       <c r="BT35" s="20">
         <v>1575.5</v>
       </c>
+      <c r="BU35" s="20">
+        <v>1301.6000000000001</v>
+      </c>
     </row>
-    <row r="36" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="23">
         <v>1898.9318699999999</v>
       </c>
       <c r="D36" s="23">
         <v>2026.173</v>
       </c>
       <c r="E36" s="23">
         <v>2569.1668</v>
       </c>
       <c r="F36" s="23">
         <v>2732.0073000000002</v>
       </c>
       <c r="G36" s="23">
         <v>2764.9201983769162</v>
       </c>
       <c r="H36" s="23">
         <v>2922.9132305079952</v>
       </c>
       <c r="I36" s="23">
         <v>3076.1207471146622</v>
       </c>
       <c r="J36" s="23">
@@ -7620,52 +7713,55 @@
       </c>
       <c r="BM36" s="18">
         <v>10786.3</v>
       </c>
       <c r="BN36" s="18">
         <v>13685.6</v>
       </c>
       <c r="BO36" s="18">
         <v>13364.999999999998</v>
       </c>
       <c r="BP36" s="18">
         <v>14018.3</v>
       </c>
       <c r="BQ36" s="18">
         <v>15212.3</v>
       </c>
       <c r="BR36" s="18">
         <v>15661.2</v>
       </c>
       <c r="BS36" s="18">
         <v>16148.999999999998</v>
       </c>
       <c r="BT36" s="18">
         <v>18018.699999999997</v>
       </c>
+      <c r="BU36" s="18">
+        <v>19239.5</v>
+      </c>
     </row>
-    <row r="37" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="22">
         <v>678.03187000000003</v>
       </c>
       <c r="D37" s="22">
         <v>866.77300000000002</v>
       </c>
       <c r="E37" s="22">
         <v>1302.8668</v>
       </c>
       <c r="F37" s="22">
         <v>1449.4073000000001</v>
       </c>
       <c r="G37" s="22">
         <v>1438.5</v>
       </c>
       <c r="H37" s="22">
         <v>1603.4</v>
       </c>
       <c r="I37" s="22">
         <v>1702.7</v>
       </c>
       <c r="J37" s="22">
@@ -7835,52 +7931,55 @@
       </c>
       <c r="BM37" s="22">
         <v>7362.5999999999995</v>
       </c>
       <c r="BN37" s="22">
         <v>8348.4</v>
       </c>
       <c r="BO37" s="22">
         <v>8332.6999999999989</v>
       </c>
       <c r="BP37" s="22">
         <v>9059.5999999999985</v>
       </c>
       <c r="BQ37" s="22">
         <v>9881.9</v>
       </c>
       <c r="BR37" s="22">
         <v>10060.299999999999</v>
       </c>
       <c r="BS37" s="22">
         <v>10189.4</v>
       </c>
       <c r="BT37" s="22">
         <v>10864.4</v>
       </c>
+      <c r="BU37" s="22">
+        <v>11871</v>
+      </c>
     </row>
-    <row r="38" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B38" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="19">
         <v>558.5</v>
       </c>
       <c r="D38" s="19">
         <v>557.9</v>
       </c>
       <c r="E38" s="19">
         <v>648.29999999999995</v>
       </c>
       <c r="F38" s="19">
         <v>712.8</v>
       </c>
       <c r="G38" s="19">
         <v>952.20919747520293</v>
       </c>
       <c r="H38" s="19">
         <v>939.08306211971126</v>
       </c>
       <c r="I38" s="19">
         <v>983.81479205080927</v>
       </c>
       <c r="J38" s="19">
@@ -8050,52 +8149,55 @@
       </c>
       <c r="BM38" s="22">
         <v>2173.6999999999998</v>
       </c>
       <c r="BN38" s="22">
         <v>2595.6</v>
       </c>
       <c r="BO38" s="22">
         <v>2354.9</v>
       </c>
       <c r="BP38" s="22">
         <v>2034.9</v>
       </c>
       <c r="BQ38" s="22">
         <v>2152.7999999999997</v>
       </c>
       <c r="BR38" s="22">
         <v>2387.1999999999998</v>
       </c>
       <c r="BS38" s="22">
         <v>2658.7</v>
       </c>
       <c r="BT38" s="22">
         <v>3404.1</v>
       </c>
+      <c r="BU38" s="22">
+        <v>3535.6</v>
+      </c>
     </row>
-    <row r="39" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="19">
         <v>662.4</v>
       </c>
       <c r="D39" s="19">
         <v>601.5</v>
       </c>
       <c r="E39" s="19">
         <v>618</v>
       </c>
       <c r="F39" s="19">
         <v>569.79999999999995</v>
       </c>
       <c r="G39" s="19">
         <v>374.21100090171325</v>
       </c>
       <c r="H39" s="19">
         <v>380.43016838828362</v>
       </c>
       <c r="I39" s="19">
         <v>389.60595506385306</v>
       </c>
       <c r="J39" s="19">
@@ -8265,52 +8367,55 @@
       </c>
       <c r="BM39" s="22">
         <v>1249</v>
       </c>
       <c r="BN39" s="22">
         <v>2740.1000000000004</v>
       </c>
       <c r="BO39" s="22">
         <v>2676.8</v>
       </c>
       <c r="BP39" s="22">
         <v>2922.8</v>
       </c>
       <c r="BQ39" s="22">
         <v>3171.7000000000003</v>
       </c>
       <c r="BR39" s="22">
         <v>3207.6000000000004</v>
       </c>
       <c r="BS39" s="22">
         <v>3295.3</v>
       </c>
       <c r="BT39" s="22">
         <v>3750.1</v>
       </c>
+      <c r="BU39" s="22">
+        <v>3832.7</v>
+      </c>
     </row>
-    <row r="40" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B40" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="19">
         <v>0</v>
       </c>
       <c r="D40" s="19">
         <v>0</v>
       </c>
       <c r="E40" s="19">
         <v>0</v>
       </c>
       <c r="F40" s="19">
         <v>0</v>
       </c>
       <c r="G40" s="19">
         <v>0</v>
       </c>
       <c r="H40" s="19">
         <v>0</v>
       </c>
       <c r="I40" s="19">
         <v>0</v>
       </c>
       <c r="J40" s="19">
@@ -8480,52 +8585,55 @@
       </c>
       <c r="BM40" s="24">
         <v>1</v>
       </c>
       <c r="BN40" s="24">
         <v>1.5</v>
       </c>
       <c r="BO40" s="24">
         <v>0.6</v>
       </c>
       <c r="BP40" s="24">
         <v>1</v>
       </c>
       <c r="BQ40" s="24">
         <v>5.9</v>
       </c>
       <c r="BR40" s="24">
         <v>6.1</v>
       </c>
       <c r="BS40" s="24">
         <v>5.6</v>
       </c>
       <c r="BT40" s="24">
         <v>0.1</v>
       </c>
+      <c r="BU40" s="24">
+        <v>0.2</v>
+      </c>
     </row>
-    <row r="41" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B41" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="21">
         <v>8153.602789999999</v>
       </c>
       <c r="D41" s="21">
         <v>8154.37986</v>
       </c>
       <c r="E41" s="21">
         <v>7882.0431200000003</v>
       </c>
       <c r="F41" s="21">
         <v>7150.2162600000001</v>
       </c>
       <c r="G41" s="21">
         <v>7048.0190000000002</v>
       </c>
       <c r="H41" s="21">
         <v>7148.6149999999998</v>
       </c>
       <c r="I41" s="21">
         <v>7311.2999999999993</v>
       </c>
       <c r="J41" s="21">
@@ -8695,52 +8803,55 @@
       </c>
       <c r="BM41" s="17">
         <v>13577.249532600001</v>
       </c>
       <c r="BN41" s="17">
         <v>13140.360907669001</v>
       </c>
       <c r="BO41" s="17">
         <v>12204.983329860002</v>
       </c>
       <c r="BP41" s="17">
         <v>12127.649739029999</v>
       </c>
       <c r="BQ41" s="17">
         <v>11533.463032470001</v>
       </c>
       <c r="BR41" s="17">
         <v>11346.081415659999</v>
       </c>
       <c r="BS41" s="17">
         <v>13588.472281750001</v>
       </c>
       <c r="BT41" s="17">
         <v>13254.18726069</v>
       </c>
+      <c r="BU41" s="17">
+        <v>12290.218396890001</v>
+      </c>
     </row>
-    <row r="42" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B42" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C42" s="18">
         <v>4034.404</v>
       </c>
       <c r="D42" s="18">
         <v>3998.5993600000002</v>
       </c>
       <c r="E42" s="18">
         <v>4064.7801199999999</v>
       </c>
       <c r="F42" s="18">
         <v>3234.6464599999999</v>
       </c>
       <c r="G42" s="18">
         <v>3212.3519999999999</v>
       </c>
       <c r="H42" s="18">
         <v>3422.21</v>
       </c>
       <c r="I42" s="18">
         <v>3482.9369999999999</v>
       </c>
       <c r="J42" s="18">
@@ -8910,52 +9021,55 @@
       </c>
       <c r="BM42" s="18">
         <v>6403.52585413</v>
       </c>
       <c r="BN42" s="18">
         <v>5959.5040172389999</v>
       </c>
       <c r="BO42" s="18">
         <v>5434.1767619500006</v>
       </c>
       <c r="BP42" s="18">
         <v>5531.3940471400001</v>
       </c>
       <c r="BQ42" s="18">
         <v>5278.1512293300011</v>
       </c>
       <c r="BR42" s="18">
         <v>5432.3907738199987</v>
       </c>
       <c r="BS42" s="18">
         <v>5555.8165014800006</v>
       </c>
       <c r="BT42" s="18">
         <v>5504.0806807600002</v>
       </c>
+      <c r="BU42" s="18">
+        <v>4584.4212586700005</v>
+      </c>
     </row>
-    <row r="43" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="22">
         <v>1.1619999999999999</v>
       </c>
       <c r="D43" s="22">
         <v>1.4603600000000001</v>
       </c>
       <c r="E43" s="22">
         <v>1.5931200000000001</v>
       </c>
       <c r="F43" s="22">
         <v>1.12846</v>
       </c>
       <c r="G43" s="22">
         <v>3.4</v>
       </c>
       <c r="H43" s="22">
         <v>13.6</v>
       </c>
       <c r="I43" s="22">
         <v>15.5</v>
       </c>
       <c r="J43" s="22">
@@ -9125,52 +9239,55 @@
       </c>
       <c r="BM43" s="22">
         <v>11.4</v>
       </c>
       <c r="BN43" s="22">
         <v>13.5</v>
       </c>
       <c r="BO43" s="22">
         <v>15</v>
       </c>
       <c r="BP43" s="22">
         <v>12</v>
       </c>
       <c r="BQ43" s="22">
         <v>8.1</v>
       </c>
       <c r="BR43" s="22">
         <v>8.7000000000000011</v>
       </c>
       <c r="BS43" s="22">
         <v>7.5</v>
       </c>
       <c r="BT43" s="22">
         <v>9.3000000000000007</v>
       </c>
+      <c r="BU43" s="22">
+        <v>9.5</v>
+      </c>
     </row>
-    <row r="44" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B44" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="19">
         <v>463.8</v>
       </c>
       <c r="D44" s="19">
         <v>563.9</v>
       </c>
       <c r="E44" s="19">
         <v>634.5</v>
       </c>
       <c r="F44" s="19">
         <v>507.8</v>
       </c>
       <c r="G44" s="19">
         <v>579.58500000000004</v>
       </c>
       <c r="H44" s="19">
         <v>564.41700000000003</v>
       </c>
       <c r="I44" s="19">
         <v>641.53700000000003</v>
       </c>
       <c r="J44" s="19">
@@ -9340,52 +9457,55 @@
       </c>
       <c r="BM44" s="22">
         <v>636.7940000000001</v>
       </c>
       <c r="BN44" s="22">
         <v>472.173</v>
       </c>
       <c r="BO44" s="22">
         <v>338.10400000000004</v>
       </c>
       <c r="BP44" s="22">
         <v>311.858</v>
       </c>
       <c r="BQ44" s="22">
         <v>367.24799999999999</v>
       </c>
       <c r="BR44" s="22">
         <v>478.64600000000002</v>
       </c>
       <c r="BS44" s="22">
         <v>455.81</v>
       </c>
       <c r="BT44" s="22">
         <v>501.56600000000003</v>
       </c>
+      <c r="BU44" s="22">
+        <v>479.15800000000002</v>
+      </c>
     </row>
-    <row r="45" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B45" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="19">
         <v>0</v>
       </c>
       <c r="D45" s="19">
         <v>0</v>
       </c>
       <c r="E45" s="19">
         <v>0</v>
       </c>
       <c r="F45" s="19">
         <v>0</v>
       </c>
       <c r="G45" s="19">
         <v>0</v>
       </c>
       <c r="H45" s="19">
         <v>0</v>
       </c>
       <c r="I45" s="19">
         <v>0</v>
       </c>
       <c r="J45" s="19">
@@ -9555,52 +9675,55 @@
       </c>
       <c r="BM45" s="22">
         <v>0</v>
       </c>
       <c r="BN45" s="22">
         <v>0</v>
       </c>
       <c r="BO45" s="22">
         <v>0</v>
       </c>
       <c r="BP45" s="22">
         <v>0</v>
       </c>
       <c r="BQ45" s="22">
         <v>0</v>
       </c>
       <c r="BR45" s="22">
         <v>0</v>
       </c>
       <c r="BS45" s="22">
         <v>0</v>
       </c>
       <c r="BT45" s="22">
         <v>0</v>
       </c>
+      <c r="BU45" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="46" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B46" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C46" s="19">
         <v>3569.442</v>
       </c>
       <c r="D46" s="19">
         <v>3433.239</v>
       </c>
       <c r="E46" s="19">
         <v>3428.6869999999999</v>
       </c>
       <c r="F46" s="19">
         <v>2725.7179999999998</v>
       </c>
       <c r="G46" s="19">
         <v>2629.3669999999997</v>
       </c>
       <c r="H46" s="19">
         <v>2844.1930000000002</v>
       </c>
       <c r="I46" s="19">
         <v>2825.9</v>
       </c>
       <c r="J46" s="19">
@@ -9770,52 +9893,55 @@
       </c>
       <c r="BM46" s="22">
         <v>5748.1925366899995</v>
       </c>
       <c r="BN46" s="22">
         <v>5457.8804959890003</v>
       </c>
       <c r="BO46" s="22">
         <v>4993.2343681500006</v>
       </c>
       <c r="BP46" s="22">
         <v>5082.4758822200001</v>
       </c>
       <c r="BQ46" s="22">
         <v>4836.413773100001</v>
       </c>
       <c r="BR46" s="22">
         <v>4941.8213147099996</v>
       </c>
       <c r="BS46" s="22">
         <v>5026.9697062499999</v>
       </c>
       <c r="BT46" s="22">
         <v>4927.65966596</v>
       </c>
+      <c r="BU46" s="22">
+        <v>4048.9404090100002</v>
+      </c>
     </row>
-    <row r="47" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B47" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="19">
         <v>0</v>
       </c>
       <c r="D47" s="19">
         <v>0</v>
       </c>
       <c r="E47" s="19">
         <v>0</v>
       </c>
       <c r="F47" s="19">
         <v>0</v>
       </c>
       <c r="G47" s="19">
         <v>0</v>
       </c>
       <c r="H47" s="19">
         <v>0</v>
       </c>
       <c r="I47" s="19">
         <v>0</v>
       </c>
       <c r="J47" s="19">
@@ -9985,52 +10111,55 @@
       </c>
       <c r="BM47" s="24">
         <v>7.139317440000001</v>
       </c>
       <c r="BN47" s="24">
         <v>15.95052125</v>
       </c>
       <c r="BO47" s="24">
         <v>87.838393800000006</v>
       </c>
       <c r="BP47" s="24">
         <v>125.06016491999998</v>
       </c>
       <c r="BQ47" s="24">
         <v>66.389456230000008</v>
       </c>
       <c r="BR47" s="24">
         <v>3.2234591100000003</v>
       </c>
       <c r="BS47" s="24">
         <v>65.53679523000001</v>
       </c>
       <c r="BT47" s="24">
         <v>65.555014800000009</v>
       </c>
+      <c r="BU47" s="24">
+        <v>46.822849660000003</v>
+      </c>
     </row>
-    <row r="48" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B48" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C48" s="23">
         <v>4119.1987899999995</v>
       </c>
       <c r="D48" s="23">
         <v>4155.7804999999998</v>
       </c>
       <c r="E48" s="23">
         <v>3817.2629999999999</v>
       </c>
       <c r="F48" s="23">
         <v>3915.5698000000002</v>
       </c>
       <c r="G48" s="23">
         <v>3835.6669999999999</v>
       </c>
       <c r="H48" s="23">
         <v>3726.4050000000002</v>
       </c>
       <c r="I48" s="23">
         <v>3828.3629999999994</v>
       </c>
       <c r="J48" s="23">
@@ -10200,52 +10329,55 @@
       </c>
       <c r="BM48" s="18">
         <v>7173.7236784700008</v>
       </c>
       <c r="BN48" s="18">
         <v>7180.85689043</v>
       </c>
       <c r="BO48" s="18">
         <v>6770.8065679100009</v>
       </c>
       <c r="BP48" s="18">
         <v>6596.25569189</v>
       </c>
       <c r="BQ48" s="18">
         <v>6255.311803139999</v>
       </c>
       <c r="BR48" s="18">
         <v>5913.6906418400004</v>
       </c>
       <c r="BS48" s="18">
         <v>8032.6557802699999</v>
       </c>
       <c r="BT48" s="18">
         <v>7750.1065799300004</v>
       </c>
+      <c r="BU48" s="18">
+        <v>7705.7971382200003</v>
+      </c>
     </row>
-    <row r="49" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="22">
         <v>348.54478999999998</v>
       </c>
       <c r="D49" s="22">
         <v>646.77350000000001</v>
       </c>
       <c r="E49" s="22">
         <v>212.91399999999999</v>
       </c>
       <c r="F49" s="22">
         <v>203.12280000000001</v>
       </c>
       <c r="G49" s="22">
         <v>200.6</v>
       </c>
       <c r="H49" s="22">
         <v>207</v>
       </c>
       <c r="I49" s="22">
         <v>189.5</v>
       </c>
       <c r="J49" s="22">
@@ -10415,52 +10547,55 @@
       </c>
       <c r="BM49" s="22">
         <v>2022.5</v>
       </c>
       <c r="BN49" s="22">
         <v>2224.6999999999998</v>
       </c>
       <c r="BO49" s="22">
         <v>2224.5</v>
       </c>
       <c r="BP49" s="22">
         <v>2237.6999999999998</v>
       </c>
       <c r="BQ49" s="22">
         <v>2299.3999999999996</v>
       </c>
       <c r="BR49" s="22">
         <v>2291.1</v>
       </c>
       <c r="BS49" s="22">
         <v>2351</v>
       </c>
       <c r="BT49" s="22">
         <v>2299.1</v>
       </c>
+      <c r="BU49" s="22">
+        <v>2397.6</v>
+      </c>
     </row>
-    <row r="50" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B50" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="19">
         <v>3735.3689999999997</v>
       </c>
       <c r="D50" s="19">
         <v>3475.3069999999998</v>
       </c>
       <c r="E50" s="19">
         <v>3577.3490000000002</v>
       </c>
       <c r="F50" s="19">
         <v>3680.6469999999999</v>
       </c>
       <c r="G50" s="19">
         <v>3611.1149999999998</v>
       </c>
       <c r="H50" s="19">
         <v>3493.8830000000003</v>
       </c>
       <c r="I50" s="19">
         <v>3598.8629999999994</v>
       </c>
       <c r="J50" s="19">
@@ -10630,52 +10765,55 @@
       </c>
       <c r="BM50" s="22">
         <v>5100.4726156200004</v>
       </c>
       <c r="BN50" s="22">
         <v>4906.6990551500003</v>
       </c>
       <c r="BO50" s="22">
         <v>4517.7283268200008</v>
       </c>
       <c r="BP50" s="22">
         <v>4330.6911105899999</v>
       </c>
       <c r="BQ50" s="22">
         <v>3910.7062567899998</v>
       </c>
       <c r="BR50" s="22">
         <v>3577.1472637799998</v>
       </c>
       <c r="BS50" s="22">
         <v>5636.2083322400003</v>
       </c>
       <c r="BT50" s="22">
         <v>5406.0990075099999</v>
       </c>
+      <c r="BU50" s="22">
+        <v>5269.4586420700007</v>
+      </c>
     </row>
-    <row r="51" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B51" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="19">
         <v>0</v>
       </c>
       <c r="D51" s="19">
         <v>0</v>
       </c>
       <c r="E51" s="19">
         <v>0</v>
       </c>
       <c r="F51" s="19">
         <v>0</v>
       </c>
       <c r="G51" s="19">
         <v>0</v>
       </c>
       <c r="H51" s="19">
         <v>0</v>
       </c>
       <c r="I51" s="19">
         <v>0</v>
       </c>
       <c r="J51" s="19">
@@ -10845,52 +10983,55 @@
       </c>
       <c r="BM51" s="22">
         <v>0</v>
       </c>
       <c r="BN51" s="22">
         <v>0</v>
       </c>
       <c r="BO51" s="22">
         <v>0</v>
       </c>
       <c r="BP51" s="22">
         <v>0</v>
       </c>
       <c r="BQ51" s="22">
         <v>0</v>
       </c>
       <c r="BR51" s="22">
         <v>0</v>
       </c>
       <c r="BS51" s="22">
         <v>0</v>
       </c>
       <c r="BT51" s="22">
         <v>0</v>
       </c>
+      <c r="BU51" s="22">
+        <v>0</v>
+      </c>
     </row>
-    <row r="52" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C52" s="19">
         <v>35.284999999999997</v>
       </c>
       <c r="D52" s="19">
         <v>33.700000000000003</v>
       </c>
       <c r="E52" s="19">
         <v>27</v>
       </c>
       <c r="F52" s="19">
         <v>31.8</v>
       </c>
       <c r="G52" s="19">
         <v>23.952000000000002</v>
       </c>
       <c r="H52" s="19">
         <v>25.521999999999998</v>
       </c>
       <c r="I52" s="19">
         <v>40</v>
       </c>
       <c r="J52" s="19">
@@ -11060,52 +11201,55 @@
       </c>
       <c r="BM52" s="22">
         <v>50.751062849999997</v>
       </c>
       <c r="BN52" s="22">
         <v>49.457835279999998</v>
       </c>
       <c r="BO52" s="22">
         <v>28.578241090000002</v>
       </c>
       <c r="BP52" s="22">
         <v>27.864581300000001</v>
       </c>
       <c r="BQ52" s="22">
         <v>45.205546350000006</v>
       </c>
       <c r="BR52" s="22">
         <v>45.443378060000001</v>
       </c>
       <c r="BS52" s="22">
         <v>45.447448030000004</v>
       </c>
       <c r="BT52" s="22">
         <v>44.907572420000001</v>
       </c>
+      <c r="BU52" s="22">
+        <v>38.738496150000003</v>
+      </c>
     </row>
-    <row r="53" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B53" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="19">
         <v>0</v>
       </c>
       <c r="D53" s="19">
         <v>0</v>
       </c>
       <c r="E53" s="19">
         <v>0</v>
       </c>
       <c r="F53" s="19">
         <v>0</v>
       </c>
       <c r="G53" s="19">
         <v>0</v>
       </c>
       <c r="H53" s="19">
         <v>0</v>
       </c>
       <c r="I53" s="19">
         <v>0</v>
       </c>
       <c r="J53" s="19">
@@ -11275,52 +11419,55 @@
       </c>
       <c r="BM53" s="19">
         <v>0</v>
       </c>
       <c r="BN53" s="19">
         <v>0</v>
       </c>
       <c r="BO53" s="19">
         <v>0</v>
       </c>
       <c r="BP53" s="19">
         <v>0</v>
       </c>
       <c r="BQ53" s="19">
         <v>0</v>
       </c>
       <c r="BR53" s="19">
         <v>0</v>
       </c>
       <c r="BS53" s="19">
         <v>0</v>
       </c>
       <c r="BT53" s="19">
         <v>0</v>
       </c>
+      <c r="BU53" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B54" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C54" s="17">
         <v>9486.889000000001</v>
       </c>
       <c r="D54" s="17">
         <v>9668.2589999999982</v>
       </c>
       <c r="E54" s="17">
         <v>10234.083999999999</v>
       </c>
       <c r="F54" s="17">
         <v>10382.473</v>
       </c>
       <c r="G54" s="17">
         <v>11626.019999999999</v>
       </c>
       <c r="H54" s="17">
         <v>11657.916999999999</v>
       </c>
       <c r="I54" s="17">
         <v>11359.39</v>
       </c>
       <c r="J54" s="17">
@@ -11485,57 +11632,60 @@
       <c r="BK54" s="17">
         <v>18739.103353959999</v>
       </c>
       <c r="BL54" s="17">
         <v>19053.357985310002</v>
       </c>
       <c r="BM54" s="17">
         <v>18986.514752229999</v>
       </c>
       <c r="BN54" s="17">
         <v>19051.569051049999</v>
       </c>
       <c r="BO54" s="17">
         <v>18676.290502450003</v>
       </c>
       <c r="BP54" s="17">
         <v>19057.90620406</v>
       </c>
       <c r="BQ54" s="17">
         <v>19179.718874909999</v>
       </c>
       <c r="BR54" s="17">
         <v>18946.66396442</v>
       </c>
       <c r="BS54" s="17">
-        <v>17836.9728846</v>
+        <v>17975.838884600002</v>
       </c>
       <c r="BT54" s="17">
-        <v>18153.581914160004</v>
+        <v>18400.530914160001</v>
+      </c>
+      <c r="BU54" s="17">
+        <v>18219.16313583</v>
       </c>
     </row>
-    <row r="55" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B55" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="25">
         <v>5146.8169999999991</v>
       </c>
       <c r="D55" s="25">
         <v>5025.326</v>
       </c>
       <c r="E55" s="25">
         <v>5196.4089999999997</v>
       </c>
       <c r="F55" s="25">
         <v>5273.4</v>
       </c>
       <c r="G55" s="25">
         <v>5918.9699999999993</v>
       </c>
       <c r="H55" s="25">
         <v>5802.6440000000002</v>
       </c>
       <c r="I55" s="25">
         <v>5610.2129999999997</v>
       </c>
       <c r="J55" s="25">
@@ -11700,57 +11850,60 @@
       <c r="BK55" s="25">
         <v>9109.0214750199993</v>
       </c>
       <c r="BL55" s="25">
         <v>8593.565553819999</v>
       </c>
       <c r="BM55" s="25">
         <v>8402.408538220001</v>
       </c>
       <c r="BN55" s="25">
         <v>8552.4066524499976</v>
       </c>
       <c r="BO55" s="25">
         <v>8337.6430792300016</v>
       </c>
       <c r="BP55" s="25">
         <v>8590.3866471399997</v>
       </c>
       <c r="BQ55" s="25">
         <v>8756.2244908299981</v>
       </c>
       <c r="BR55" s="25">
         <v>8945.9629706700016</v>
       </c>
       <c r="BS55" s="25">
-        <v>9188.4124652899991</v>
+        <v>9243.0284652900009</v>
       </c>
       <c r="BT55" s="25">
-        <v>9533.7777212100009</v>
+        <v>9646.1627212100029</v>
+      </c>
+      <c r="BU55" s="25">
+        <v>9482.0290426300016</v>
       </c>
     </row>
-    <row r="56" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B56" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="26">
         <v>4340.0720000000001</v>
       </c>
       <c r="D56" s="26">
         <v>4642.933</v>
       </c>
       <c r="E56" s="26">
         <v>5037.6750000000002</v>
       </c>
       <c r="F56" s="26">
         <v>5109.1000000000004</v>
       </c>
       <c r="G56" s="26">
         <v>5707.0499999999993</v>
       </c>
       <c r="H56" s="26">
         <v>5855.2729999999992</v>
       </c>
       <c r="I56" s="26">
         <v>5749.1769999999997</v>
       </c>
       <c r="J56" s="26">
@@ -11915,57 +12068,60 @@
       <c r="BK56" s="26">
         <v>9630.0818789400018</v>
       </c>
       <c r="BL56" s="26">
         <v>10459.792431490001</v>
       </c>
       <c r="BM56" s="26">
         <v>10584.10621401</v>
       </c>
       <c r="BN56" s="26">
         <v>10499.162398600001</v>
       </c>
       <c r="BO56" s="26">
         <v>10338.64742322</v>
       </c>
       <c r="BP56" s="26">
         <v>10467.51955692</v>
       </c>
       <c r="BQ56" s="26">
         <v>10423.494384080001</v>
       </c>
       <c r="BR56" s="26">
         <v>10000.700993750001</v>
       </c>
       <c r="BS56" s="26">
-        <v>8648.5604193099989</v>
+        <v>8732.8104193099989</v>
       </c>
       <c r="BT56" s="26">
-        <v>8619.8041929499996</v>
+        <v>8754.3681929499999</v>
+      </c>
+      <c r="BU56" s="26">
+        <v>8737.1340932000003</v>
       </c>
     </row>
-    <row r="57" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B57" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C57" s="26">
         <v>258.87900000000002</v>
       </c>
       <c r="D57" s="26">
         <v>229.303</v>
       </c>
       <c r="E57" s="26">
         <v>267.64200000000005</v>
       </c>
       <c r="F57" s="26">
         <v>236.57300000000001</v>
       </c>
       <c r="G57" s="26">
         <v>234.786</v>
       </c>
       <c r="H57" s="26">
         <v>611.37199999999996</v>
       </c>
       <c r="I57" s="26">
         <v>595.0859999999999</v>
       </c>
       <c r="J57" s="26">
@@ -12135,52 +12291,55 @@
       </c>
       <c r="BM57" s="26">
         <v>212.15824662999998</v>
       </c>
       <c r="BN57" s="26">
         <v>224.80228783000001</v>
       </c>
       <c r="BO57" s="26">
         <v>248.78913198999999</v>
       </c>
       <c r="BP57" s="26">
         <v>244.61807706000002</v>
       </c>
       <c r="BQ57" s="26">
         <v>254.05662384999999</v>
       </c>
       <c r="BR57" s="26">
         <v>210.63291172999999</v>
       </c>
       <c r="BS57" s="26">
         <v>328.34127869000002</v>
       </c>
       <c r="BT57" s="26">
         <v>295.66081969000004</v>
       </c>
+      <c r="BU57" s="26">
+        <v>280.86592561999998</v>
+      </c>
     </row>
-    <row r="58" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B58" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C58" s="27">
         <v>9228.01</v>
       </c>
       <c r="D58" s="27">
         <v>9438.9559999999983</v>
       </c>
       <c r="E58" s="27">
         <v>9966.4419999999991</v>
       </c>
       <c r="F58" s="27">
         <v>10145.9</v>
       </c>
       <c r="G58" s="27">
         <v>11391.233999999999</v>
       </c>
       <c r="H58" s="27">
         <v>11046.545</v>
       </c>
       <c r="I58" s="27">
         <v>10764.304</v>
       </c>
       <c r="J58" s="27">
@@ -12345,57 +12504,60 @@
       <c r="BK58" s="27">
         <v>18580.91374842</v>
       </c>
       <c r="BL58" s="27">
         <v>18845.724266310001</v>
       </c>
       <c r="BM58" s="27">
         <v>18774.356505600001</v>
       </c>
       <c r="BN58" s="27">
         <v>18826.766763219999</v>
       </c>
       <c r="BO58" s="27">
         <v>18427.501370460002</v>
       </c>
       <c r="BP58" s="27">
         <v>18813.288127</v>
       </c>
       <c r="BQ58" s="27">
         <v>18925.662251059999</v>
       </c>
       <c r="BR58" s="27">
         <v>18736.031052689999</v>
       </c>
       <c r="BS58" s="27">
-        <v>17508.631605909999</v>
+        <v>17647.497605910001</v>
       </c>
       <c r="BT58" s="27">
-        <v>17857.921094470003</v>
+        <v>18104.870094469999</v>
+      </c>
+      <c r="BU58" s="27">
+        <v>17938.297210209999</v>
       </c>
     </row>
-    <row r="59" spans="2:72" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:73" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B59" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C59" s="17">
         <v>35625.588759999999</v>
       </c>
       <c r="D59" s="17">
         <v>37667.978060000001</v>
       </c>
       <c r="E59" s="17">
         <v>38429.311520000003</v>
       </c>
       <c r="F59" s="17">
         <v>38603.365060000004</v>
       </c>
       <c r="G59" s="17">
         <v>46603.717186354064</v>
       </c>
       <c r="H59" s="17">
         <v>50466.138198245368</v>
       </c>
       <c r="I59" s="17">
         <v>51978.326355596524</v>
       </c>
       <c r="J59" s="17">
@@ -12560,57 +12722,60 @@
       <c r="BK59" s="17">
         <v>117228.27249094707</v>
       </c>
       <c r="BL59" s="17">
         <v>118354.07523155521</v>
       </c>
       <c r="BM59" s="17">
         <v>121030.55675222044</v>
       </c>
       <c r="BN59" s="17">
         <v>121229.77772065459</v>
       </c>
       <c r="BO59" s="17">
         <v>126559.36611380978</v>
       </c>
       <c r="BP59" s="17">
         <v>127021.97378511071</v>
       </c>
       <c r="BQ59" s="17">
         <v>130924.12546859184</v>
       </c>
       <c r="BR59" s="17">
         <v>132065.0234242109</v>
       </c>
       <c r="BS59" s="17">
-        <v>138054.30045488136</v>
+        <v>138193.16645488137</v>
       </c>
       <c r="BT59" s="17">
-        <v>140682.22831190459</v>
+        <v>140941.60975362459</v>
+      </c>
+      <c r="BU59" s="17">
+        <v>139616.30629950622</v>
       </c>
     </row>
-    <row r="60" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B60" s="12"/>
       <c r="C60" s="13"/>
       <c r="D60" s="13"/>
       <c r="E60" s="13"/>
       <c r="F60" s="13"/>
       <c r="G60" s="14"/>
       <c r="H60" s="14"/>
       <c r="I60" s="14"/>
       <c r="J60" s="14"/>
       <c r="K60" s="14"/>
       <c r="L60" s="14"/>
       <c r="M60" s="14"/>
       <c r="N60" s="14"/>
       <c r="O60" s="14"/>
       <c r="P60" s="14"/>
       <c r="Q60" s="14"/>
       <c r="R60" s="14"/>
       <c r="S60" s="14"/>
       <c r="T60" s="14"/>
       <c r="U60" s="14"/>
       <c r="V60" s="14"/>
       <c r="W60" s="15"/>
       <c r="X60" s="15"/>
       <c r="Y60" s="15"/>
       <c r="Z60" s="15"/>
@@ -12618,51 +12783,51 @@
       <c r="AB60" s="15"/>
       <c r="AC60" s="15"/>
       <c r="AD60" s="15"/>
       <c r="AE60" s="13"/>
       <c r="AF60" s="13"/>
       <c r="AG60" s="13"/>
       <c r="AH60" s="13"/>
       <c r="AI60" s="13"/>
       <c r="AJ60" s="13"/>
       <c r="AK60" s="13"/>
       <c r="AL60" s="13"/>
       <c r="AM60" s="13"/>
       <c r="AN60" s="13"/>
       <c r="AO60" s="13"/>
       <c r="AP60" s="13"/>
       <c r="AQ60" s="13"/>
       <c r="AR60" s="13"/>
       <c r="AS60" s="13"/>
       <c r="AT60" s="13"/>
       <c r="AU60" s="13"/>
       <c r="AV60" s="13"/>
       <c r="AW60" s="13"/>
       <c r="AX60" s="13"/>
       <c r="AY60" s="13"/>
     </row>
-    <row r="61" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B61" s="12"/>
       <c r="C61" s="13"/>
       <c r="D61" s="13"/>
       <c r="E61" s="13"/>
       <c r="F61" s="13"/>
       <c r="G61" s="14"/>
       <c r="H61" s="14"/>
       <c r="I61" s="14"/>
       <c r="J61" s="14"/>
       <c r="K61" s="14"/>
       <c r="L61" s="14"/>
       <c r="M61" s="14"/>
       <c r="N61" s="14"/>
       <c r="O61" s="14"/>
       <c r="P61" s="14"/>
       <c r="Q61" s="14"/>
       <c r="R61" s="14"/>
       <c r="S61" s="14"/>
       <c r="T61" s="14"/>
       <c r="U61" s="14"/>
       <c r="V61" s="14"/>
       <c r="W61" s="15"/>
       <c r="X61" s="15"/>
       <c r="Y61" s="15"/>
       <c r="Z61" s="15"/>
@@ -12670,51 +12835,51 @@
       <c r="AB61" s="15"/>
       <c r="AC61" s="15"/>
       <c r="AD61" s="15"/>
       <c r="AE61" s="13"/>
       <c r="AF61" s="13"/>
       <c r="AG61" s="13"/>
       <c r="AH61" s="13"/>
       <c r="AI61" s="13"/>
       <c r="AJ61" s="13"/>
       <c r="AK61" s="13"/>
       <c r="AL61" s="13"/>
       <c r="AM61" s="13"/>
       <c r="AN61" s="13"/>
       <c r="AO61" s="13"/>
       <c r="AP61" s="13"/>
       <c r="AQ61" s="13"/>
       <c r="AR61" s="13"/>
       <c r="AS61" s="13"/>
       <c r="AT61" s="13"/>
       <c r="AU61" s="13"/>
       <c r="AV61" s="13"/>
       <c r="AW61" s="13"/>
       <c r="AX61" s="13"/>
       <c r="AY61" s="13"/>
     </row>
-    <row r="62" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B62" s="12"/>
       <c r="C62" s="13"/>
       <c r="D62" s="13"/>
       <c r="E62" s="13"/>
       <c r="F62" s="13"/>
       <c r="G62" s="14"/>
       <c r="H62" s="14"/>
       <c r="I62" s="14"/>
       <c r="J62" s="14"/>
       <c r="K62" s="14"/>
       <c r="L62" s="14"/>
       <c r="M62" s="14"/>
       <c r="N62" s="14"/>
       <c r="O62" s="14"/>
       <c r="P62" s="14"/>
       <c r="Q62" s="14"/>
       <c r="R62" s="14"/>
       <c r="S62" s="14"/>
       <c r="T62" s="14"/>
       <c r="U62" s="14"/>
       <c r="V62" s="14"/>
       <c r="W62" s="15"/>
       <c r="X62" s="15"/>
       <c r="Y62" s="15"/>
       <c r="Z62" s="15"/>
@@ -12722,51 +12887,51 @@
       <c r="AB62" s="15"/>
       <c r="AC62" s="15"/>
       <c r="AD62" s="15"/>
       <c r="AE62" s="13"/>
       <c r="AF62" s="13"/>
       <c r="AG62" s="13"/>
       <c r="AH62" s="13"/>
       <c r="AI62" s="13"/>
       <c r="AJ62" s="13"/>
       <c r="AK62" s="13"/>
       <c r="AL62" s="13"/>
       <c r="AM62" s="13"/>
       <c r="AN62" s="13"/>
       <c r="AO62" s="13"/>
       <c r="AP62" s="13"/>
       <c r="AQ62" s="13"/>
       <c r="AR62" s="13"/>
       <c r="AS62" s="13"/>
       <c r="AT62" s="13"/>
       <c r="AU62" s="13"/>
       <c r="AV62" s="13"/>
       <c r="AW62" s="13"/>
       <c r="AX62" s="13"/>
       <c r="AY62" s="13"/>
     </row>
-    <row r="63" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B63" s="12"/>
       <c r="C63" s="13"/>
       <c r="D63" s="13"/>
       <c r="E63" s="13"/>
       <c r="F63" s="13"/>
       <c r="G63" s="14"/>
       <c r="H63" s="14"/>
       <c r="I63" s="14"/>
       <c r="J63" s="14"/>
       <c r="K63" s="14"/>
       <c r="L63" s="14"/>
       <c r="M63" s="14"/>
       <c r="N63" s="14"/>
       <c r="O63" s="14"/>
       <c r="P63" s="14"/>
       <c r="Q63" s="14"/>
       <c r="R63" s="14"/>
       <c r="S63" s="14"/>
       <c r="T63" s="14"/>
       <c r="U63" s="14"/>
       <c r="V63" s="14"/>
       <c r="W63" s="15"/>
       <c r="X63" s="15"/>
       <c r="Y63" s="15"/>
       <c r="Z63" s="15"/>
@@ -12774,51 +12939,51 @@
       <c r="AB63" s="15"/>
       <c r="AC63" s="15"/>
       <c r="AD63" s="15"/>
       <c r="AE63" s="13"/>
       <c r="AF63" s="13"/>
       <c r="AG63" s="13"/>
       <c r="AH63" s="13"/>
       <c r="AI63" s="13"/>
       <c r="AJ63" s="13"/>
       <c r="AK63" s="13"/>
       <c r="AL63" s="13"/>
       <c r="AM63" s="13"/>
       <c r="AN63" s="13"/>
       <c r="AO63" s="13"/>
       <c r="AP63" s="13"/>
       <c r="AQ63" s="13"/>
       <c r="AR63" s="13"/>
       <c r="AS63" s="13"/>
       <c r="AT63" s="13"/>
       <c r="AU63" s="13"/>
       <c r="AV63" s="13"/>
       <c r="AW63" s="13"/>
       <c r="AX63" s="13"/>
       <c r="AY63" s="13"/>
     </row>
-    <row r="64" spans="2:72" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:73" x14ac:dyDescent="0.25">
       <c r="B64" s="12"/>
       <c r="C64" s="13"/>
       <c r="D64" s="13"/>
       <c r="E64" s="13"/>
       <c r="F64" s="13"/>
       <c r="G64" s="14"/>
       <c r="H64" s="14"/>
       <c r="I64" s="14"/>
       <c r="J64" s="14"/>
       <c r="K64" s="14"/>
       <c r="L64" s="14"/>
       <c r="M64" s="14"/>
       <c r="N64" s="14"/>
       <c r="O64" s="14"/>
       <c r="P64" s="14"/>
       <c r="Q64" s="14"/>
       <c r="R64" s="14"/>
       <c r="S64" s="14"/>
       <c r="T64" s="14"/>
       <c r="U64" s="14"/>
       <c r="V64" s="14"/>
       <c r="W64" s="15"/>
       <c r="X64" s="15"/>
       <c r="Y64" s="15"/>
       <c r="Z64" s="15"/>